--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Joint Resolution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Oremus</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Oremus, Pope and White</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0167AHB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Constitutional Amendment</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Reffad9cf020947ca">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 65</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R2cd21e199bf04af9">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 65</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc2c5d17e74f54088">
+      <w:hyperlink r:id="Ra503fac58b2740c3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +540,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rf3c72a7c43e74d16">
+      <w:hyperlink r:id="R392c2cc23d874494">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="00991F67" w:rsidP="00D84BAA" w:rsidRDefault="00991F67" w14:paraId="34D2EA4A" w14:textId="6A8E3418">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="002851CF" w:rsidP="00D84BAA" w:rsidRDefault="002851CF" w14:paraId="1FA882A8" w14:textId="6C7160AC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="002851CF" w:rsidP="00D84BAA" w:rsidRDefault="002851CF" w14:paraId="258A4A7B" w14:textId="54968C29">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="00D84BAA" w:rsidRDefault="009B2ECA" w14:paraId="0B7B3D7A" w14:textId="2E8BED78">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="00D84BAA" w:rsidRDefault="009B2ECA" w14:paraId="70A89330" w14:textId="4921CFA3">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="00D84BAA" w:rsidRDefault="009B2ECA" w14:paraId="02B9039A" w14:textId="31277F26">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -586,119 +700,127 @@
           </w:r>
           <w:r w:rsidRPr="00EA1D2F">
             <w:t>WITH THE ADVICE AND CONSENT OF THE GENERAL ASSEMBLY RATHER THAN B</w:t>
           </w:r>
           <w:r>
             <w:t>y the advice and consent of the senate</w:t>
           </w:r>
           <w:r w:rsidR="009524BF">
             <w:t>; to provide for a majority vote of each chamber of the general assembly; to delete provisions providing the general assembly shall provide for magistrates’ terms of office and their civil and criminal jurisdiction; and to provide for terms of office of magistrates of four years and until their successors are appointed and qualified</w:t>
           </w:r>
           <w:r>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00207826" w:rsidP="00204EB0" w:rsidRDefault="00207826" w14:paraId="69B9DA7F" w14:textId="763D9B9E">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="00F751FE" w:rsidP="001C682C" w:rsidRDefault="001C682C" w14:paraId="6D3CD473" w14:textId="25207875">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_0d2e8d4f3" w:id="1"/>
+      <w:bookmarkStart w:name="ew_0d2e8d4f3" w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A3903" w:rsidP="00124703" w:rsidRDefault="008A3903" w14:paraId="6453605F" w14:textId="61CB9A68">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00601687" w:rsidP="00124703" w:rsidRDefault="000B2BC0" w14:paraId="75F91559" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_edebea8ce" w:id="2"/>
+      <w:bookmarkStart w:name="bs_num_1_edebea8ce" w:id="1"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_dc7a446cb" w:id="3"/>
+      <w:bookmarkStart w:name="dl_dc7a446cb" w:id="2"/>
       <w:r w:rsidR="00601687">
         <w:t>I</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00601687">
         <w:t>t is proposed that Section 26, Article V of the Constitution of this State be amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00601687" w:rsidP="00601687" w:rsidRDefault="00601687" w14:paraId="0952F982" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B2BC0" w:rsidP="00601687" w:rsidRDefault="00601687" w14:paraId="0C8CBDF1" w14:textId="5C7801C8">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_ArtVSec26_ee0cea348" w:id="4"/>
+      <w:bookmarkStart w:name="cs_ArtVSec26_ee0cea348" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">ection 26. The Governor, by and with the advice and consent of the </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>Senate</w:t>
       </w:r>
       <w:r w:rsidR="008B3CA9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>General Assembly</w:t>
+        <w:t>General</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008B3CA9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assembly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, shall appoint </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">a number of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">magistrates </w:t>
       </w:r>
       <w:r w:rsidR="0013512A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">in such number </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for each county as </w:t>
       </w:r>
       <w:r w:rsidR="0013512A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
@@ -708,268 +830,271 @@
       <w:r>
         <w:t xml:space="preserve">provided by law. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>The General Assembly shall provide for their terms of office and their civil and criminal jurisdiction. The terms of office must be uniform throughout the State.</w:t>
       </w:r>
       <w:r w:rsidR="0013512A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> The General Assembly shall require a majority vote of each chamber.  The terms of office of magistrates shall be four years and until their successors are appointed and qualified.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00601687" w:rsidP="00124703" w:rsidRDefault="00601687" w14:paraId="27000B18" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00124703" w:rsidP="00124703" w:rsidRDefault="00601687" w14:paraId="1D4383B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_4a91c2ec8" w:id="5"/>
-      <w:bookmarkStart w:name="constitution_voting_1c8bb53d4" w:id="6"/>
+      <w:bookmarkStart w:name="bs_num_2_4a91c2ec8" w:id="4"/>
+      <w:bookmarkStart w:name="constitution_voting_1c8bb53d4" w:id="5"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00124703">
         <w:t>The proposed</w:t>
       </w:r>
       <w:r w:rsidR="00124703">
         <w:t xml:space="preserve"> amendment</w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00124703">
         <w:t xml:space="preserve"> must be submitted to the qualified electors at the next general election for representatives.</w:t>
       </w:r>
       <w:r w:rsidR="00124703">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00124703">
         <w:t xml:space="preserve"> Ballots must be provided at the various voting precincts with the follow</w:t>
       </w:r>
       <w:r w:rsidR="00124703">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00124703">
         <w:t xml:space="preserve"> words printed or written on the ballot:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00124703" w:rsidP="00124703" w:rsidRDefault="00124703" w14:paraId="42209D42" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00124703" w:rsidP="00124703" w:rsidRDefault="00124703" w14:paraId="783DB308" w14:textId="5AAB4068">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_86f2fe799" w:id="7"/>
+      <w:bookmarkStart w:name="up_86f2fe799" w:id="6"/>
       <w:r>
         <w:t>“</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00C91CFA">
         <w:t>Must Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 26,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:t xml:space="preserve"> Article </w:t>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:t xml:space="preserve"> of the Constitution of this State, relating to </w:t>
       </w:r>
       <w:r w:rsidR="0013512A">
         <w:t>the appointments of magistrates</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0418">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7188A">
         <w:t>be amended so as to provide</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0013512A">
-        <w:t xml:space="preserve">that magistrates shall be appointed by the Governor, by and with the advice and consent of the General Assembly, rather than by and with the advise and consent of the Senate only; to provide for a majority vote of each chamber </w:t>
+        <w:t xml:space="preserve">that magistrates shall be appointed by the Governor, by and with the advice and consent of the General Assembly, rather than by and with the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0013512A">
+        <w:t>advise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0013512A">
+        <w:t xml:space="preserve"> and consent of the Senate only; to provide for a majority vote of each chamber </w:t>
       </w:r>
       <w:r w:rsidR="009524BF">
         <w:t xml:space="preserve">of the General Assembly; to delete provisions providing the General Assembly shall provide for magistrates’ terms of office and their civil and criminal jurisdiction; and to provide for terms of office of magistrates of four years and until their </w:t>
       </w:r>
       <w:r w:rsidR="009524BF">
         <w:lastRenderedPageBreak/>
         <w:t>successors are appointed and qualified</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00124703" w:rsidP="00124703" w:rsidRDefault="00124703" w14:paraId="720A33BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00124703" w:rsidP="00124703" w:rsidRDefault="00124703" w14:paraId="0C6FC0FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_8162fadb4" w:id="8"/>
+      <w:bookmarkStart w:name="up_8162fadb4" w:id="7"/>
       <w:r w:rsidRPr="00116292">
         <w:t>Y</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00116292">
         <w:t>es</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00124703" w:rsidP="00124703" w:rsidRDefault="00124703" w14:paraId="364B6FF8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_f365542ef" w:id="9"/>
+      <w:bookmarkStart w:name="up_f365542ef" w:id="8"/>
       <w:r w:rsidRPr="00116292">
         <w:t>N</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00116292">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00124703" w:rsidP="00124703" w:rsidRDefault="00124703" w14:paraId="07135091" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00601687" w:rsidP="00124703" w:rsidRDefault="00124703" w14:paraId="3C0739F1" w14:textId="5CB7CAF7">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_aff3f0817" w:id="10"/>
+      <w:bookmarkStart w:name="up_aff3f0817" w:id="9"/>
       <w:r w:rsidRPr="00116292">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00116292">
         <w:t xml:space="preserve">hose voting in favor of the question shall deposit a ballot with a check or cross mark in the square after the word </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t xml:space="preserve">, and those voting against the question shall deposit a ballot with a check or cross mark in the square after the word </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>No</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="002A667A" w:rsidRDefault="000D6B78" w14:paraId="28DD7057" w14:textId="47B669D7">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_5a370e51f" w:id="11"/>
       <w:r w:rsidRPr="00105D52">
-        <w:t>-</w:t>
-[...3 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>--</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>--XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:t>--</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>--</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidSect="002F26FB">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -1045,125 +1170,125 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="793A3767" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="25BA1E08" w14:textId="3F3B6BE8" w:rsidR="00674220" w:rsidRDefault="001E5168" w:rsidP="00674220">
+  <w:p w14:paraId="25BA1E08" w14:textId="17FC83D8" w:rsidR="00674220" w:rsidRDefault="00F04FAD" w:rsidP="00674220">
     <w:pPr>
       <w:pStyle w:val="scbillfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="2068836066"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00902A77">
-          <w:t>[...]</w:t>
+        <w:r w:rsidR="008B5BA6">
+          <w:t>[4716]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00674220">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008577F1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:alias w:val="footer_filename"/>
         <w:tag w:val="footer_filename"/>
         <w:id w:val="703371821"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00763218">
+        <w:r w:rsidR="008B5BA6">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>LC-0167AHB26.docx</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="469B53C7" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F3779D5" w14:textId="77777777" w:rsidR="00A33A5F" w:rsidRDefault="00A33A5F" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1421,227 +1546,236 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="694771090">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="252201783">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1039820966">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="310595583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="965234399">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1476528253">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="0000145F"/>
     <w:rsid w:val="000247A9"/>
     <w:rsid w:val="00037916"/>
+    <w:rsid w:val="00052F2E"/>
     <w:rsid w:val="000562E4"/>
     <w:rsid w:val="00061E8E"/>
     <w:rsid w:val="00074D6A"/>
     <w:rsid w:val="000758C3"/>
     <w:rsid w:val="0009245B"/>
     <w:rsid w:val="000B21B2"/>
     <w:rsid w:val="000B2BC0"/>
     <w:rsid w:val="000B67F5"/>
     <w:rsid w:val="000D02F0"/>
     <w:rsid w:val="000D6B78"/>
     <w:rsid w:val="000E4143"/>
     <w:rsid w:val="000E582D"/>
     <w:rsid w:val="00102FCA"/>
     <w:rsid w:val="00105D52"/>
     <w:rsid w:val="00110702"/>
     <w:rsid w:val="0011615E"/>
     <w:rsid w:val="00124703"/>
     <w:rsid w:val="0013512A"/>
     <w:rsid w:val="00137445"/>
     <w:rsid w:val="00152B7B"/>
     <w:rsid w:val="00166A4D"/>
     <w:rsid w:val="00181970"/>
     <w:rsid w:val="001919DF"/>
     <w:rsid w:val="00191D34"/>
     <w:rsid w:val="001A12D9"/>
     <w:rsid w:val="001A1493"/>
     <w:rsid w:val="001B50D2"/>
     <w:rsid w:val="001C682C"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F3FAE"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00202067"/>
     <w:rsid w:val="00202D6C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00204EB0"/>
     <w:rsid w:val="00207826"/>
     <w:rsid w:val="002230E1"/>
     <w:rsid w:val="00232C94"/>
     <w:rsid w:val="00235415"/>
     <w:rsid w:val="00257349"/>
     <w:rsid w:val="002608CD"/>
     <w:rsid w:val="0028510C"/>
     <w:rsid w:val="002851CF"/>
     <w:rsid w:val="002A2C79"/>
     <w:rsid w:val="002A667A"/>
     <w:rsid w:val="002A6902"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B15CC"/>
     <w:rsid w:val="002B5BEA"/>
     <w:rsid w:val="002C7C7E"/>
     <w:rsid w:val="002C7E97"/>
     <w:rsid w:val="002E0094"/>
     <w:rsid w:val="002E1999"/>
     <w:rsid w:val="002F26FB"/>
     <w:rsid w:val="003039B6"/>
     <w:rsid w:val="00314400"/>
     <w:rsid w:val="003337A0"/>
     <w:rsid w:val="00335981"/>
     <w:rsid w:val="00351A09"/>
     <w:rsid w:val="0037647E"/>
     <w:rsid w:val="003959A4"/>
+    <w:rsid w:val="003A7201"/>
     <w:rsid w:val="003C444D"/>
     <w:rsid w:val="003C4F86"/>
     <w:rsid w:val="003C6C2A"/>
     <w:rsid w:val="003D225B"/>
     <w:rsid w:val="003D55B6"/>
     <w:rsid w:val="003E1B89"/>
     <w:rsid w:val="0040332C"/>
     <w:rsid w:val="00410B89"/>
     <w:rsid w:val="004368D3"/>
     <w:rsid w:val="00440937"/>
     <w:rsid w:val="0046169A"/>
     <w:rsid w:val="00463356"/>
     <w:rsid w:val="004731C0"/>
     <w:rsid w:val="00474FE7"/>
     <w:rsid w:val="0048091E"/>
     <w:rsid w:val="00490B14"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="004A72B7"/>
     <w:rsid w:val="004B232D"/>
     <w:rsid w:val="004B759D"/>
     <w:rsid w:val="004C40D0"/>
     <w:rsid w:val="004E13A3"/>
     <w:rsid w:val="00512914"/>
     <w:rsid w:val="00523BCC"/>
     <w:rsid w:val="00530E88"/>
     <w:rsid w:val="00547DD5"/>
     <w:rsid w:val="005606AD"/>
     <w:rsid w:val="00560F91"/>
     <w:rsid w:val="00564E88"/>
     <w:rsid w:val="00572811"/>
     <w:rsid w:val="00581165"/>
     <w:rsid w:val="005836C3"/>
     <w:rsid w:val="00592861"/>
     <w:rsid w:val="005B4332"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D45A9"/>
     <w:rsid w:val="005D583F"/>
     <w:rsid w:val="005D7630"/>
     <w:rsid w:val="005E2355"/>
     <w:rsid w:val="005E7403"/>
     <w:rsid w:val="00601687"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00674220"/>
     <w:rsid w:val="00677E52"/>
     <w:rsid w:val="00684741"/>
     <w:rsid w:val="00696ABA"/>
     <w:rsid w:val="006B5610"/>
     <w:rsid w:val="006B76FE"/>
     <w:rsid w:val="006D41CD"/>
     <w:rsid w:val="006F728E"/>
     <w:rsid w:val="00702736"/>
     <w:rsid w:val="007262F1"/>
     <w:rsid w:val="00737D47"/>
     <w:rsid w:val="00741923"/>
     <w:rsid w:val="00746691"/>
     <w:rsid w:val="00747A48"/>
     <w:rsid w:val="00763218"/>
     <w:rsid w:val="0077594C"/>
     <w:rsid w:val="007766E5"/>
     <w:rsid w:val="007834CB"/>
     <w:rsid w:val="007A6F9E"/>
     <w:rsid w:val="007B35C3"/>
     <w:rsid w:val="007C5B1F"/>
     <w:rsid w:val="007F179F"/>
     <w:rsid w:val="00807D9F"/>
     <w:rsid w:val="00810D57"/>
     <w:rsid w:val="008242C7"/>
     <w:rsid w:val="00827AEA"/>
     <w:rsid w:val="008466A9"/>
     <w:rsid w:val="00853526"/>
     <w:rsid w:val="00856918"/>
     <w:rsid w:val="008577F1"/>
     <w:rsid w:val="00857D61"/>
     <w:rsid w:val="00876AA5"/>
     <w:rsid w:val="00892040"/>
     <w:rsid w:val="008A3903"/>
     <w:rsid w:val="008A6ED6"/>
     <w:rsid w:val="008B3CA9"/>
+    <w:rsid w:val="008B5BA6"/>
     <w:rsid w:val="008C1243"/>
     <w:rsid w:val="00902A77"/>
     <w:rsid w:val="0090596A"/>
     <w:rsid w:val="009266BA"/>
     <w:rsid w:val="00935259"/>
     <w:rsid w:val="00936D1A"/>
     <w:rsid w:val="00937B34"/>
     <w:rsid w:val="009524BF"/>
     <w:rsid w:val="009552CC"/>
     <w:rsid w:val="00956988"/>
+    <w:rsid w:val="0096273B"/>
     <w:rsid w:val="00967247"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="009B2ECA"/>
     <w:rsid w:val="009C43C3"/>
     <w:rsid w:val="009D1A37"/>
     <w:rsid w:val="009D54F7"/>
     <w:rsid w:val="009E4A37"/>
     <w:rsid w:val="009F2CB4"/>
     <w:rsid w:val="009F4163"/>
     <w:rsid w:val="00A02894"/>
     <w:rsid w:val="00A03A60"/>
     <w:rsid w:val="00A10047"/>
     <w:rsid w:val="00A32B46"/>
     <w:rsid w:val="00A33A5F"/>
     <w:rsid w:val="00A73649"/>
     <w:rsid w:val="00A750E8"/>
     <w:rsid w:val="00A8574D"/>
     <w:rsid w:val="00A96112"/>
     <w:rsid w:val="00AE0454"/>
     <w:rsid w:val="00AE6E10"/>
     <w:rsid w:val="00B2206F"/>
     <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B2707D"/>
     <w:rsid w:val="00B3575E"/>
     <w:rsid w:val="00B421A5"/>
@@ -1669,59 +1803,61 @@
     <w:rsid w:val="00CC0258"/>
     <w:rsid w:val="00CD2FA8"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CF0006"/>
     <w:rsid w:val="00CF0C03"/>
     <w:rsid w:val="00CF502F"/>
     <w:rsid w:val="00CF50E0"/>
     <w:rsid w:val="00D03992"/>
     <w:rsid w:val="00D20D80"/>
     <w:rsid w:val="00D20F23"/>
     <w:rsid w:val="00D24A45"/>
     <w:rsid w:val="00D36E22"/>
     <w:rsid w:val="00D41583"/>
     <w:rsid w:val="00D52B38"/>
     <w:rsid w:val="00D55459"/>
     <w:rsid w:val="00D56452"/>
     <w:rsid w:val="00D76E08"/>
     <w:rsid w:val="00D84BAA"/>
     <w:rsid w:val="00DC14A6"/>
     <w:rsid w:val="00DE02A3"/>
     <w:rsid w:val="00E13307"/>
     <w:rsid w:val="00E31700"/>
     <w:rsid w:val="00E33E4F"/>
     <w:rsid w:val="00E4700B"/>
     <w:rsid w:val="00E53AAD"/>
+    <w:rsid w:val="00E67614"/>
     <w:rsid w:val="00EA1D2F"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA3586"/>
     <w:rsid w:val="00EB0B43"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EB2F38"/>
     <w:rsid w:val="00ED4053"/>
     <w:rsid w:val="00EE3AB0"/>
     <w:rsid w:val="00EF3015"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rsid w:val="00F1362B"/>
     <w:rsid w:val="00F44E29"/>
     <w:rsid w:val="00F64849"/>
     <w:rsid w:val="00F751FE"/>
     <w:rsid w:val="00F804C6"/>
     <w:rsid w:val="00F92AF7"/>
     <w:rsid w:val="00FB02A8"/>
     <w:rsid w:val="00FD0B09"/>
     <w:rsid w:val="00FD3616"/>
     <w:rsid w:val="00FE2E1D"/>
     <w:rsid w:val="00FE4340"/>
     <w:rsid w:val="00FF71E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -2119,2766 +2255,2768 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00F04FAD"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00F04FAD"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="seantest">
     <w:name w:val="sean_test"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni"/>
       <w:sz w:val="44"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendamendnum">
     <w:name w:val="sc_amend_amendnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendbillnum">
     <w:name w:val="sc_amend_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendclerk">
     <w:name w:val="sc_amend_clerk"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddate">
     <w:name w:val="sc_amend_date"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddrafter">
     <w:name w:val="sc_amend_drafter"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendfooterpath">
     <w:name w:val="sc_amend_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendheader1">
     <w:name w:val="sc_amend_header1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendordernum">
     <w:name w:val="sc_amend_ordernum"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendreference">
     <w:name w:val="sc_amend_reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendselectionboxes">
     <w:name w:val="sc_amend_selectionboxes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsignatureline">
     <w:name w:val="sc_amend_signatureline"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsponsorline">
     <w:name w:val="sc_amend_sponsorline"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendadoptnum">
     <w:name w:val="sc_amend_adoptnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
     <w:name w:val="sc_amend_conformline"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddirectionallanguage">
     <w:name w:val="sc_amend_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
     <w:name w:val="sc_amend_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendnewcodesection">
     <w:name w:val="sc_amend_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
     <w:name w:val="sc_amend_titleconform"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacket">
     <w:name w:val="sc_bill_senate_back_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacketproofreadline">
     <w:name w:val="sc_bill_senate_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateclippage">
     <w:name w:val="sc_senate_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolution">
     <w:name w:val="sc_senate_resolution"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbythis">
     <w:name w:val="sc_senate_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageattorney">
     <w:name w:val="sc_senate_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedate">
     <w:name w:val="sc_senate_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="810"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocname">
     <w:name w:val="sc_senate_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="scsenateresolutionclippagedocumentname"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedraftingassistant">
     <w:name w:val="sc_senate_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageheader">
     <w:name w:val="sc_senate_resolution_clip_page_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenate">
     <w:name w:val="sc_senate_resolution_clip_page_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenator">
     <w:name w:val="sc_senate_resolution_clip_page_senator"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagetitle">
     <w:name w:val="sc_senate_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionemptyline">
     <w:name w:val="sc_senate_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionfurtherresolved">
     <w:name w:val="sc_senate_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionheader">
     <w:name w:val="sc_senate_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjacketintroduced">
     <w:name w:val="sc_senate_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjackettitle">
     <w:name w:val="sc_senate_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionresolved">
     <w:name w:val="sc_senate_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutiontitle">
     <w:name w:val="sc_senate_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionwhereas">
     <w:name w:val="sc_senate_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
     <w:name w:val="sc_coversheet_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbilldetails">
     <w:name w:val="sc_confrep_billdetails"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbillnum">
     <w:name w:val="sc_confrep_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scconfrepbilltitle">
     <w:name w:val="sc_confrep_billtitle"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepcodifiedsection">
     <w:name w:val="sc_confrep_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepdirectionallanguage">
     <w:name w:val="sc_confrep_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfilepath">
     <w:name w:val="sc_confrep_filepath"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfooterpath">
     <w:name w:val="sc_confrep_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepgenassembly">
     <w:name w:val="sc_confrep_genassembly"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepheading">
     <w:name w:val="sc_confrep_heading"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreplanginstruction">
     <w:name w:val="sc_confrep_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreponpartof">
     <w:name w:val="sc_confrep_onpartof"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="5976"/>
       </w:tabs>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreppasswithamend">
     <w:name w:val="sc_confrep_passwithamend"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreprecommend">
     <w:name w:val="sc_confrep_recommend"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepreferred">
     <w:name w:val="sc_confrep_referred"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepsignaturelines">
     <w:name w:val="sc_confrep_signaturelines"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippageinfo">
     <w:name w:val="sc_act_clip_page_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcatchline">
     <w:name w:val="sc_act_catchline"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjremptyline">
     <w:name w:val="sc_jr_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrblanksection">
     <w:name w:val="sc_jr_blank_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel1">
     <w:name w:val="sc_jr_list_level_1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel2">
     <w:name w:val="sc_jr_list_level_2"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="007A6F9E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="00BC4136"/>
+    <w:rsid w:val="00F04FAD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA1D2F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4716&amp;session=126&amp;summary=B" TargetMode="External" Id="Rc2c5d17e74f54088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4716_20251217.docx" TargetMode="External" Id="Rf3c72a7c43e74d16" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4716&amp;session=126&amp;summary=B" TargetMode="External" Id="Ra503fac58b2740c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4716_20251217.docx" TargetMode="External" Id="R392c2cc23d874494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Reffad9cf020947ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R2cd21e199bf04af9" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBA12576-C54B-4BE3-BA96-6BB324E9DAE5}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4952,61 +5090,63 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00616D59"/>
     <w:rsid w:val="000958FC"/>
     <w:rsid w:val="00111C14"/>
     <w:rsid w:val="00115F1C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00257349"/>
     <w:rsid w:val="002C7E97"/>
     <w:rsid w:val="003D4509"/>
     <w:rsid w:val="003E0E59"/>
     <w:rsid w:val="004B232D"/>
     <w:rsid w:val="004F5550"/>
     <w:rsid w:val="00507587"/>
     <w:rsid w:val="00566531"/>
     <w:rsid w:val="005B01B7"/>
     <w:rsid w:val="006005F9"/>
     <w:rsid w:val="00616D59"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="0063236C"/>
     <w:rsid w:val="0067244F"/>
     <w:rsid w:val="006F728E"/>
     <w:rsid w:val="00716BDF"/>
     <w:rsid w:val="007766E5"/>
     <w:rsid w:val="008012F7"/>
     <w:rsid w:val="0086493C"/>
     <w:rsid w:val="008744C6"/>
     <w:rsid w:val="00880BEF"/>
     <w:rsid w:val="008E62D1"/>
     <w:rsid w:val="008E6823"/>
     <w:rsid w:val="00960AA9"/>
     <w:rsid w:val="009C4429"/>
     <w:rsid w:val="009E12D7"/>
     <w:rsid w:val="009F6A8C"/>
     <w:rsid w:val="00D8287A"/>
     <w:rsid w:val="00D90437"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F1214E"/>
     <w:rsid w:val="00F917F1"/>
     <w:rsid w:val="00FC3575"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -5793,57 +5933,59 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>18749f17-b707-4180-bd65-b0adce8854fc</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-10-21T10:20:36.623181-04:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>012a3bef-ee89-4a70-93ed-633e1aa0225c</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>26e2cef7-7062-4197-845c-83f090c5e0cb</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>dabbf86a-e5e7-4b4e-a7d9-88d265b2a655</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4716]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4716</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND Section 26, ARTICLE V OF THE CONSTITUTION OF SOUTH CAROLINA, 1895, RELATING TO THE appointment of magistrates, SO AS TO PROVIDE THAT they SHALL BE APPOINTED BY THE GOVERNOR by and WITH THE ADVICE AND CONSENT OF THE GENERAL ASSEMBLY RATHER THAN By the advice and consent of the senate; to provide for a majority vote of each chamber of the general assembly; to delete provisions providing the general assembly shall provide for magistrates’ terms of office and their civil and criminal jurisdiction; and to provide for terms of office of magistrates of four years and until their successors are appointed and qualified.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>joint_resolution_constitution</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"39bfaa3e-cf78-453f-80be-f5bfef6852ec","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_ArtVSec26_ee0cea348","IsConstitutionSection":true,"Identity":"V-26","IsNew":false,"SubSections":[],"TitleRelatedTo":"Magistrates.","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_edebea8ce"},{"SectionUUID":"4b12c94b-31f9-487f-bef2-25783b189983","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_4a91c2ec8"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Constitutional Amendment</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
@@ -6155,78 +6297,78 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB12C06-B8B5-460A-A736-9839774D61E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>434</Words>
-  <Characters>2107</Characters>
+  <Words>430</Words>
+  <Characters>2111</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2527</CharactersWithSpaces>
+  <CharactersWithSpaces>2534</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>