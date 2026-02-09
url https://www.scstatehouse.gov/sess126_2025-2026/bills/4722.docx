--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,86 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. White</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. White and Edgerton</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 4719</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0162AHB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +359,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R8bc2bbf934f240b6">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 67</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc116997a53fa426a">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 67</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R49d1b3807d954192">
+      <w:hyperlink r:id="Rb0995f488f7f4002">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +536,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R123043de637c4ba9">
+      <w:hyperlink r:id="R5afa00c58e6544af">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -666,301 +778,359 @@
       <w:bookmarkStart w:name="ss_T16C3N20S1_lv2_c7811dc18" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>1) The murder was committed while in the commission of the following crimes or acts:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="64D89241" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sa_lv1_0dec4a5bc" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sa_lv3_0dec4a5bc" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>a) criminal sexual conduct in any degree;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) criminal sexual conduct in any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>degree;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="5120BC4E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sb_lv1_215cf47ab" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sb_lv3_215cf47ab" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>b) kidnapping;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>kidnapping;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="3B213531" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sc_lv1_5c7f423bb" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sc_lv3_5c7f423bb" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>c) trafficking in persons;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) trafficking in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="69517926" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sd_lv1_371dddb84" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sd_lv3_371dddb84" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>d) burglary in any degree;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) burglary in any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>degree;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="5460171B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Se_lv1_274100bb7" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Se_lv3_274100bb7" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>e) robbery while armed with a deadly weapon;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e) robbery while armed with a deadly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>weapon;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="4DDBD925" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sf_lv1_59506d3cf" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sf_lv3_59506d3cf" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>f) larceny with use of a deadly weapon;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">f) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>larceny</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> with use of a deadly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>weapon;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="05AD55C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sg_lv1_3fee6a452" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sg_lv3_3fee6a452" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>g) killing by poison;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">g) killing by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>poison;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="213EE4B9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sh_lv1_2d7878cdd" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sh_lv3_2d7878cdd" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>h) drug trafficking as defined in Section 44‑53‑370(e), 44‑53‑375(B), 44‑53‑440, or 44‑53‑445;</w:t>
-      </w:r>
+        <w:t>h) drug trafficking as defined in Section 44‑53‑370(e), 44‑53‑375(B), 44‑53‑440, or 44‑53‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>445;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="20C96643" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Si_lv1_df49ce078" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Si_lv3_df49ce078" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) physical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>torture;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="5C72D102" w14:textId="6FB25F04">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sj_lv1_d192a2956" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sj_lv3_d192a2956" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>j) dismemberment of a person; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="2E2E1A43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C3N20Sk_lv1_475da26c7" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T16C3N20Sk_lv3_475da26c7" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>k) arson in the first degree as defined in Section 16‑11‑110(A).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="04BBACC6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C3N20S2_lv2_fce6ce82d" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
@@ -1102,51 +1272,59 @@
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>8) The murder of a family member of an official listed in subitems (5) and (7) above with the intent to impede or retaliate against the official. “Family member” means a spouse, parent, brother, sister, child, or person to whom the official stands in the place of a parent or a person living in the official's household and related to him by blood or marriage.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="611B0177" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C3N20S9_lv2_dd2cda978" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>9) Two or more persons were murdered by the defendant by one act or pursuant to one scheme or course of conduct.</w:t>
+        <w:t xml:space="preserve">9) Two or more </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> were murdered by the defendant by one act or pursuant to one scheme or course of conduct.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="74C02AED" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C3N20S10_lv2_ee25fff20" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>10) The murder of a child eleven years of age or under.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A81C64" w:rsidP="00A81C64" w:rsidRDefault="00A81C64" w14:paraId="0DA69B92" w14:textId="77777777">
@@ -1211,51 +1389,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C3N20S13_lv2_9878f19c8" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">13) The offender planned the murder of a person and it was found beyond a reasonable doubt that the murder was </w:t>
+        <w:t xml:space="preserve">13) The offender planned the murder of a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and it was found beyond a reasonable doubt that the murder was </w:t>
       </w:r>
       <w:r w:rsidR="00D62C51">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">in fact </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>premeditated.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008607D5" w:rsidP="00A81C64" w:rsidRDefault="008607D5" w14:paraId="78292504" w14:textId="4326CCD1">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -1395,51 +1587,55 @@
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="00683A6D" w:rsidR="00E530BA">
         <w:t xml:space="preserve">The repeal or amendment by this act of any law, whether temporary or permanent or civil or criminal, does not </w:t>
       </w:r>
       <w:r w:rsidR="00E530BA">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00683A6D" w:rsidR="00E530BA">
         <w:t>ffect pending actions, rights, duties, or liabilities founded thereon, or alter</w:t>
       </w:r>
       <w:r w:rsidRPr="007E38A7" w:rsidR="00E530BA">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00683A6D" w:rsidR="00E530BA">
         <w:t xml:space="preserve"> discharge, release or extinguish any penalty, forfeiture, or liability</w:t>
       </w:r>
       <w:r w:rsidRPr="007E38A7" w:rsidR="00E530BA">
-        <w:t xml:space="preserve"> incurred under the repealed or amended law, unless the repealed or amended provision shall so expressly provide.  After the effective date of this act, all laws repealed or amended by this act must be taken and treated as remaining in full force and effect for the purpose of sustaining any pending or vested right, civil action, special proceeding, criminal prosecution, or appeal existing as of the effective date of this act, and for the enforcement of rights, duties, penalties, forfeitures, and liabilities as they stood under the repealed or amended laws</w:t>
+        <w:t xml:space="preserve"> incurred under the repealed or amended law, unless the repealed or amended provision shall so expressly provide.  After the effective date of this act, all laws repealed or amended by this act must be taken and treated as remaining in full force and effect for the purpose of sustaining any pending or vested right, civil action, special proceeding, criminal prosecution, or appeal existing as of the effective date of this act, and for the enforcement of rights, duties, penalties, forfeitures, and liabilities as they stood under the repealed or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E38A7" w:rsidR="00E530BA">
+        <w:lastRenderedPageBreak/>
+        <w:t>amended laws</w:t>
       </w:r>
       <w:r w:rsidRPr="00683A6D" w:rsidR="00E530BA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B72BF5" w:rsidP="00B72BF5" w:rsidRDefault="00B72BF5" w14:paraId="1C1988C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B72BF5" w:rsidP="007D33C1" w:rsidRDefault="00B72BF5" w14:paraId="3B1F1454" w14:textId="65DE80C3">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_3_f2cd3b30a" w:id="35"/>
       <w:bookmarkStart w:name="severability_0d57dacea" w:id="36"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
@@ -1566,175 +1762,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="559BA163" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0075439E" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="2F046141" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00DA660D" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="001E5E06">
+              <w:t>[4722]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="003423A2">
+            <w:r w:rsidR="001E5E06">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0162AHB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1996,51 +2190,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2062,99 +2258,104 @@
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E0B46"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F1D42"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="001050CB"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00121680"/>
     <w:rsid w:val="00140049"/>
+    <w:rsid w:val="00145D4B"/>
     <w:rsid w:val="00150E54"/>
     <w:rsid w:val="001700C6"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A11AA"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A5BA4"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D1AF2"/>
     <w:rsid w:val="001E2C54"/>
+    <w:rsid w:val="001E5E06"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00206201"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A4BDC"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B100A"/>
+    <w:rsid w:val="002B17DD"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C7E97"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E1ED1"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
+    <w:rsid w:val="0030037C"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003155A4"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="003423A2"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00352A28"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D620A"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00405FBC"/>
@@ -2199,119 +2400,122 @@
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00593B8A"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B381E"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="0065506B"/>
     <w:rsid w:val="006551F6"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00670309"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006946DB"/>
     <w:rsid w:val="006964F9"/>
+    <w:rsid w:val="006A0B24"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F37FE"/>
     <w:rsid w:val="006F4E4A"/>
     <w:rsid w:val="0070390C"/>
     <w:rsid w:val="00707F15"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00714F3E"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00727CC2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00763D68"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00796435"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A6DE2"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D33C1"/>
     <w:rsid w:val="007D7A19"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E7C8D"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00846494"/>
     <w:rsid w:val="00852A03"/>
     <w:rsid w:val="00857FF6"/>
     <w:rsid w:val="008607D5"/>
     <w:rsid w:val="008625C1"/>
+    <w:rsid w:val="0086328D"/>
     <w:rsid w:val="00864921"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="0092254A"/>
     <w:rsid w:val="0092302A"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="009351FD"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
@@ -2322,76 +2526,81 @@
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00984743"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B3EC6"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A03B49"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A22AB7"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
+    <w:rsid w:val="00A3181E"/>
+    <w:rsid w:val="00A33277"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A63B28"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A81C64"/>
     <w:rsid w:val="00A92F6F"/>
+    <w:rsid w:val="00A94217"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
+    <w:rsid w:val="00AB67D3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
+    <w:rsid w:val="00AF631B"/>
     <w:rsid w:val="00AF690F"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B152A5"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B72BF5"/>
     <w:rsid w:val="00B73A02"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA28D5"/>
     <w:rsid w:val="00BB0725"/>
@@ -2426,122 +2635,125 @@
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD30D4"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D615EC"/>
     <w:rsid w:val="00D62C51"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D73DE0"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
+    <w:rsid w:val="00DA660D"/>
     <w:rsid w:val="00DB6FA6"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF55EF"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E47ED7"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E530BA"/>
     <w:rsid w:val="00E560AF"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F0084A"/>
+    <w:rsid w:val="00F02A7B"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F95FCF"/>
     <w:rsid w:val="00F96B15"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FA5B56"/>
     <w:rsid w:val="00FB3F2A"/>
+    <w:rsid w:val="00FC3057"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -2934,1360 +3146,1360 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D620A"/>
+    <w:rsid w:val="00A3181E"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4314,51 +4526,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4722&amp;session=126&amp;summary=B" TargetMode="External" Id="R49d1b3807d954192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4722_20251217.docx" TargetMode="External" Id="R123043de637c4ba9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4722&amp;session=126&amp;summary=B" TargetMode="External" Id="Rb0995f488f7f4002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4722_20251217.docx" TargetMode="External" Id="R5afa00c58e6544af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R8bc2bbf934f240b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rc116997a53fa426a" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4385,116 +4597,116 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002C7E97"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A22AB7"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CD30D4"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E560AF"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
@@ -5245,60 +5457,60 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -5519,178 +5731,180 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
-    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">false</Inventorysheet>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>a4261eff-8925-4746-b440-363a2b26a939</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-09-23T14:23:14.928872-04:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>ca70046b-a3aa-4b6d-aca2-17a314346010</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>25e4cae3-79aa-48cd-b486-6c38ace6b491</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>0b639b53-20c4-482b-bffd-18fd45fe0a43</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4722]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4722</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑3‑20, RELATING TO PUNISHMENT FOR MURDER AND SEPARATE SENTENCING PROCEEDINGS WHEN THE DEATH PENALTY IS SOUGHT WHEN AGGRAVATING CIRCUMSTANCES ARE PRESENT, SO AS TO ADD ADDITIONAL AGGRAVATING CIRCUMSTANCES FOR WHICH THE DEATH PENALTY MAY BE IMPOSED.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
-  <T_BILL_T_SECTIONS>[{"SectionUUID":"ea651faf-3a33-48a7-88a2-e652ec2e20e6","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T16C3N20_71c602a5b","IsConstitutionSection":false,"Identity":"16-3-20","IsNew":false,"SubSections":[{"Level":1,"Identity":"T16C3N20Sa","SubSectionBookmarkName":"ss_T16C3N20Sa_lv1_36d9bbdf3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S1","SubSectionBookmarkName":"ss_T16C3N20S1_lv2_c7811dc18","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sa","SubSectionBookmarkName":"ss_T16C3N20Sa_lv1_0dec4a5bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sb","SubSectionBookmarkName":"ss_T16C3N20Sb_lv1_215cf47ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sc","SubSectionBookmarkName":"ss_T16C3N20Sc_lv1_5c7f423bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sd","SubSectionBookmarkName":"ss_T16C3N20Sd_lv1_371dddb84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Se","SubSectionBookmarkName":"ss_T16C3N20Se_lv1_274100bb7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sf","SubSectionBookmarkName":"ss_T16C3N20Sf_lv1_59506d3cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sg","SubSectionBookmarkName":"ss_T16C3N20Sg_lv1_3fee6a452","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sh","SubSectionBookmarkName":"ss_T16C3N20Sh_lv1_2d7878cdd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Si","SubSectionBookmarkName":"ss_T16C3N20Si_lv1_df49ce078","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sj","SubSectionBookmarkName":"ss_T16C3N20Sj_lv1_d192a2956","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C3N20Sk","SubSectionBookmarkName":"ss_T16C3N20Sk_lv1_475da26c7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S2","SubSectionBookmarkName":"ss_T16C3N20S2_lv2_fce6ce82d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S3","SubSectionBookmarkName":"ss_T16C3N20S3_lv2_6e28abcf3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S4","SubSectionBookmarkName":"ss_T16C3N20S4_lv2_fc8beca7e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S5","SubSectionBookmarkName":"ss_T16C3N20S5_lv2_83117db76","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S6","SubSectionBookmarkName":"ss_T16C3N20S6_lv2_e2bb6209d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S7","SubSectionBookmarkName":"ss_T16C3N20S7_lv2_ee4883c0e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S8","SubSectionBookmarkName":"ss_T16C3N20S8_lv2_f56336486","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S9","SubSectionBookmarkName":"ss_T16C3N20S9_lv2_dd2cda978","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S10","SubSectionBookmarkName":"ss_T16C3N20S10_lv2_ee25fff20","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S11","SubSectionBookmarkName":"ss_T16C3N20S11_lv2_98290cf49","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S12","SubSectionBookmarkName":"ss_T16C3N20S12_lv2_5ce711cff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S13","SubSectionBookmarkName":"ss_T16C3N20S13_lv2_9878f19c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S14","SubSectionBookmarkName":"ss_T16C3N20S14_lv2_12bfde3f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C3N20S15","SubSectionBookmarkName":"ss_T16C3N20S15_lv2_83847e074","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Punishment for murder;  separate sentencing proceedings when the death penalty sought when aggravating circumstances are present","TitleSoAsTo":"add additional aggravating circumstances for which the death penalty may be imposed","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_cc960863b"},{"SectionUUID":"c7675af7-e1fa-46e9-86c3-4c26f6a0f6ee","SectionName":"Savings","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_b1e2b8d4a"},{"SectionUUID":"01eb2a1a-e620-42c9-935f-a858fdb25d22","SectionName":"Severability","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_f2cd3b30a"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONS>[{"CodeSections":[{"CodeSectionBookmarkName":"cs_T16C3N20_71c602a5b","Deleted":false,"Identity":"16-3-20","IsConstitutionSection":false,"IsNew":false,"IsStricken":false,"SubSections":[{"Identity":"T16C3N20Sa","IsNewSubSection":false,"Level":1,"SubSectionBookmarkName":"ss_T16C3N20Sa_lv1_36d9bbdf3","SubSectionReplacement":""},{"Identity":"T16C3N20S1","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S1_lv2_c7811dc18","SubSectionReplacement":""},{"Identity":"T16C3N20Sa","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sa_lv3_0dec4a5bc","SubSectionReplacement":""},{"Identity":"T16C3N20Sb","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sb_lv3_215cf47ab","SubSectionReplacement":""},{"Identity":"T16C3N20Sc","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sc_lv3_5c7f423bb","SubSectionReplacement":""},{"Identity":"T16C3N20Sd","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sd_lv3_371dddb84","SubSectionReplacement":""},{"Identity":"T16C3N20Se","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Se_lv3_274100bb7","SubSectionReplacement":""},{"Identity":"T16C3N20Sf","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sf_lv3_59506d3cf","SubSectionReplacement":""},{"Identity":"T16C3N20Sg","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sg_lv3_3fee6a452","SubSectionReplacement":""},{"Identity":"T16C3N20Sh","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sh_lv3_2d7878cdd","SubSectionReplacement":""},{"Identity":"T16C3N20Si","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Si_lv3_df49ce078","SubSectionReplacement":""},{"Identity":"T16C3N20Sj","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sj_lv3_d192a2956","SubSectionReplacement":""},{"Identity":"T16C3N20Sk","IsNewSubSection":false,"Level":3,"SubSectionBookmarkName":"ss_T16C3N20Sk_lv3_475da26c7","SubSectionReplacement":""},{"Identity":"T16C3N20S2","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S2_lv2_fce6ce82d","SubSectionReplacement":""},{"Identity":"T16C3N20S3","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S3_lv2_6e28abcf3","SubSectionReplacement":""},{"Identity":"T16C3N20S4","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S4_lv2_fc8beca7e","SubSectionReplacement":""},{"Identity":"T16C3N20S5","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S5_lv2_83117db76","SubSectionReplacement":""},{"Identity":"T16C3N20S6","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S6_lv2_e2bb6209d","SubSectionReplacement":""},{"Identity":"T16C3N20S7","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S7_lv2_ee4883c0e","SubSectionReplacement":""},{"Identity":"T16C3N20S8","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S8_lv2_f56336486","SubSectionReplacement":""},{"Identity":"T16C3N20S9","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S9_lv2_dd2cda978","SubSectionReplacement":""},{"Identity":"T16C3N20S10","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S10_lv2_ee25fff20","SubSectionReplacement":""},{"Identity":"T16C3N20S11","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S11_lv2_98290cf49","SubSectionReplacement":""},{"Identity":"T16C3N20S12","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S12_lv2_5ce711cff","SubSectionReplacement":""},{"Identity":"T16C3N20S13","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S13_lv2_9878f19c8","SubSectionReplacement":""},{"Identity":"T16C3N20S14","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S14_lv2_12bfde3f3","SubSectionReplacement":""},{"Identity":"T16C3N20S15","IsNewSubSection":false,"Level":2,"SubSectionBookmarkName":"ss_T16C3N20S15_lv2_83847e074","SubSectionReplacement":""}],"TitleRelatedTo":"Punishment for murder;  separate sentencing proceedings when the death penalty sought when aggravating circumstances are present","TitleSoAsTo":"add additional aggravating circumstances for which the death penalty may be imposed"}],"Deleted":false,"DisableControls":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_cc960863b","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","SectionUUID":"ea651faf-3a33-48a7-88a2-e652ec2e20e6","TitleText":""},{"CodeSections":[],"Deleted":false,"DisableControls":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_b1e2b8d4a","SectionName":"Savings","SectionNumber":2,"SectionType":"new","SectionUUID":"c7675af7-e1fa-46e9-86c3-4c26f6a0f6ee","TitleText":""},{"CodeSections":[],"Deleted":false,"DisableControls":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_f2cd3b30a","SectionName":"Severability","SectionNumber":3,"SectionType":"new","SectionUUID":"01eb2a1a-e620-42c9-935f-a858fdb25d22","TitleText":""},{"CodeSections":[],"Deleted":false,"DisableControls":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","TitleText":""}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Death Penalty, aggravating circumstances</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1A0B7E7-1A55-454D-ABB3-4D7BC26F217B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30936224-4B13-43F8-8527-2C1950485DBD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>878</Words>
   <Characters>4482</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>91</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>5318</CharactersWithSpaces>