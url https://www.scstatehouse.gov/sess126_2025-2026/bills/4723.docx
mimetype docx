--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Wooten</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Wooten, Lawson, Chapman, Gagnon, Forrest and Duncan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0182AHB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Protection of Lawful Commerce in Arms Act</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,193 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R9b491eea986a42a2">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 67</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R4ffc045ecb0a4734">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 67</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Chapman,
+ Gagnon, Forrest, Duncan
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc7b2c4f326344f95">
+      <w:hyperlink r:id="R29095c6897614a7d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +541,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R729fd28060504c6f">
+      <w:hyperlink r:id="R36635fab0b084d50">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00804233" w:rsidRDefault="00432135" w14:paraId="27251803" w14:textId="645642A0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00804233" w:rsidRDefault="00A73EFA" w14:paraId="5516EB74" w14:textId="5C46DC20">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00804233" w:rsidRDefault="00A73EFA" w14:paraId="6B539C1A" w14:textId="257795F6">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00804233" w:rsidRDefault="00A73EFA" w14:paraId="01987EEB" w14:textId="77C0CC24">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00804233" w:rsidRDefault="00A73EFA" w14:paraId="5249BF62" w14:textId="3A646FBF">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00804233" w:rsidRDefault="00A73EFA" w14:paraId="723FED6A" w14:textId="3A1FD72A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -562,635 +677,635 @@
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00E776E7" w14:paraId="1D52B29A" w14:textId="4FC9A680">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER </w:t>
           </w:r>
           <w:r w:rsidR="00D86116">
             <w:t>83</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> TO TITLE 15 SO AS TO CREATE THE SOUTH CAROLINA PROTECTION OF LAWFUL COMMERCE IN ARMS ACT, TO DEFINE NECESSARY TERMS, AND TO PROHIBIT THE BRINGING OF A QUALIFIED CIVIL LIABILITY ACTION IN THIS STATE AGAINST A DEALER, MANUFACTURER, OR SELLER OF A QUALIFIED PRODUCT, WHICH INCLUDE</w:t>
           </w:r>
           <w:r w:rsidR="00D86116">
             <w:t>s</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> CERTAIN FIREARMS AND RELATED ITEMS, OR A TRADE ASSOCIATION EXCEPT UNDER CERTAIN DELINEATED CIRCUMSTANCES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_c31c0d691" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_c31c0d691" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="089A81C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="2A70B1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_64b75bdb3" w:id="2"/>
+      <w:bookmarkStart w:name="ew_64b75bdb3" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E5375E" w:rsidP="00E5375E" w:rsidRDefault="00E5375E" w14:paraId="72825262" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E5375E" w:rsidP="00842FF6" w:rsidRDefault="00E5375E" w14:paraId="58E9156F" w14:textId="2AAF4B7B">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_50da7df14" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_50da7df14" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E2413">
         <w:t>The General Assembly finds that t</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2413" w:rsidR="007E2413">
         <w:t xml:space="preserve">o protect the individual right to keep and bear arms, as guaranteed by both </w:t>
       </w:r>
       <w:r w:rsidRPr="00D86116" w:rsidR="00D86116">
         <w:t>Section 20</w:t>
       </w:r>
       <w:r w:rsidR="00D86116">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007E2413" w:rsidR="007E2413">
         <w:t>Article I of the Constitution of South Carolina, 1895, and the Second Amendment to the United States Constitution, by fostering a robust marketplace to ensure ready access to arms and accompanying accoutrements, it is the public policy of this State not to allow recovery against a dealer, manufacturer, or seller of a qualified product,</w:t>
       </w:r>
       <w:r w:rsidR="00421A3E">
         <w:t xml:space="preserve"> which includes certain firearms and related items,</w:t>
       </w:r>
       <w:r w:rsidRPr="007E2413" w:rsidR="007E2413">
         <w:t xml:space="preserve"> or a trade association, for qualified civil liability actions or other causes of action resulting from or relating to the criminal or unlawful misuse of qualified products by third parties, public nuisance or market share theories of liability, or any other theory of liability not recognized by the laws of this State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="405E82D6" w14:textId="0C9F5E15">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="04CE1EEB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_28bac2891" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_2_28bac2891" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_ac6a1a8fd" w:id="4"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>itle 15 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="7284C24F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="6A1F3F97" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_2cf377847" w:id="6"/>
+      <w:bookmarkStart w:name="up_2cf377847" w:id="5"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>HAPTER 83</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="4BD77D77" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00C11F1F" w14:paraId="24F51081" w14:textId="7DA8B425">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_d42e10cb9" w:id="7"/>
+      <w:bookmarkStart w:name="up_d42e10cb9" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>outh Carolina Protection of Lawful Commerce in Arms Act</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="6886E945" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="1AAFF60D" w14:textId="15863D78">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T15C83N10_b86e91eaa" w:id="7"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>outh Carolina Protection of Lawful Commerce in Arms Act</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 15‑83‑10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_5b545646b" w:id="9"/>
+      <w:bookmarkStart w:name="up_5b545646b" w:id="8"/>
       <w:r w:rsidR="00C11F1F">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00C11F1F">
         <w:t>s used in this chapter, the term:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C11F1F" w:rsidP="00C11F1F" w:rsidRDefault="00C11F1F" w14:paraId="38F8C3C6" w14:textId="6E00444A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S1_lv1_140377527" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S1_lv1_140377527" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>1) “Ammunition” means loaded firearm ammunition, an ammunition or cartridge</w:t>
       </w:r>
       <w:r w:rsidR="00AB6269">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">case, primer, bullet, or propellant designed for use in a firearm, or that </w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">defined </w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00AB6269">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">18 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="000525DA">
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 921(a)(17)</w:t>
       </w:r>
       <w:r w:rsidR="00CC2CEE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C11F1F" w:rsidP="00C11F1F" w:rsidRDefault="00C11F1F" w14:paraId="7DC8BD1C" w14:textId="58FBF134">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S2_lv1_2b773395b" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S2_lv1_2b773395b" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>2) “Dealer” means a person who is licensed to engage in business as a dealer in</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tate in accordance 18 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="000525DA">
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 923</w:t>
       </w:r>
       <w:r w:rsidR="00CC2CEE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C11F1F" w:rsidP="00C11F1F" w:rsidRDefault="00C11F1F" w14:paraId="4850F91D" w14:textId="14073B9A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S3_lv1_07a76db2a" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S3_lv1_07a76db2a" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>3) “Defective condition</w:t>
       </w:r>
       <w:r w:rsidR="00CC2CEE">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means a condition:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C11F1F" w:rsidP="00C11F1F" w:rsidRDefault="00C11F1F" w14:paraId="2201604F" w14:textId="562637EB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_cd0c190f3" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_cd0c190f3" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>a) of a product that renders it unsafe for normal or foreseeable use or</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>handling; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C11F1F" w:rsidP="00CC2CEE" w:rsidRDefault="00C11F1F" w14:paraId="2A96A285" w14:textId="489DBC47">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_9db3a8766" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_9db3a8766" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve">b) that </w:t>
       </w:r>
       <w:r w:rsidR="00CC2CEE">
         <w:t>is the result of the dealer, manufacturer, or seller’s negligent</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC2CEE">
         <w:t>deviation from the qualified product design or quality.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidP="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="1D7D94CC" w14:textId="77DC325E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S4_lv1_52cd8b299" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S4_lv1_52cd8b299" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">4) “Engaged in the business” has the same meaning as defined </w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 18 U.S.C.</w:t>
       </w:r>
       <w:r w:rsidR="009D7780">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000525DA">
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 921(a)(21), and as applied to a seller of ammunition, means a person who devotes</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>time, attention, and labor to the sale of ammunition as a regular course of trade or</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>business through the sale or distribution of ammunition.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidP="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="7E653795" w14:textId="7B1D1632">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S5_lv1_a448f8485" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S5_lv1_a448f8485" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">5) “Firearm” has the same meaning as defined </w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t>in Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 23‑31‑1050(3), 18 U.S.C.</w:t>
       </w:r>
       <w:r w:rsidR="000525DA">
         <w:t xml:space="preserve"> Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 921(a)(3), 18 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="000525DA">
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 921(a)(16), or 26 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="000525DA">
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 5845(a).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00CC2CEE" w14:paraId="6B298118" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S6_lv1_62532dfee" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S6_lv1_62532dfee" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">6) “Manufacturer” means </w:t>
       </w:r>
       <w:r w:rsidR="00A05B2A">
         <w:t>a person who is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="324A6FDA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_906a74007" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_906a74007" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>a) engaged in the business of manufacturing a qualified product; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="6CB1DB07" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_fdaa1b066" w:id="18"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>a) engaged in the business of manufacturing a qualified product; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="6CB1DB07" w14:textId="77777777">
+        <w:t>b) incorporated, formed, or registered in this State, or headquartered or maintaining a place of business in this State.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="7C9F0FE3" w14:textId="2F834217">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_fdaa1b066" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S7_lv1_f6012a594" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>7) “Negligent entrustment</w:t>
       </w:r>
       <w:r w:rsidR="000F0E1A">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means the supplying of a qualified product by a seller</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for use by another person when the seller knows, or reasonably should know</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>clear and convincing evidence that the person to whom the product is supplied</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>intends to, and does, use the product in a criminal manner involving physical injury</w:t>
       </w:r>
       <w:r w:rsidR="008E5027">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to others.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="6D920F3F" w14:textId="1CB1D2E8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S8_lv1_73cff97f5" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S8_lv1_73cff97f5" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>8) “Person” means an individual, corporation, company, association, firm,</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>partnership, society, joint stock company, governmental entity, or other entity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="2D392C26" w14:textId="43E7A02C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S9_lv1_ed4b954c2" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S9_lv1_ed4b954c2" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>9) “Qualified civil liability action</w:t>
       </w:r>
       <w:r w:rsidR="000F0E1A">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means a civil action or proceeding, arbitration</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>proceeding, or administrative proceeding brought by a person against a</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>manufacturer or seller of a qualified product for damages, punitive damages,</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -1203,821 +1318,821 @@
         <w:t>relief, resulting from the criminal or unlawful misuse of a qualified product by a</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>person, or resulting from a theory of liability construing the manufacture,</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>marketing, or sale of qualified products as tortious or the breach of a legal duty.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="055F86F9" w14:textId="0CC90C90">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S10_lv1_21a79d61a" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S10_lv1_21a79d61a" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>10) “Qualified product</w:t>
       </w:r>
       <w:r w:rsidR="000F0E1A">
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="3CC9B7C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_eaccfa7a4" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_eaccfa7a4" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>a) a firearm;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="219C2569" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_4636459f0" w:id="24"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t>a) a firearm;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="219C2569" w14:textId="77777777">
+        <w:t>b) a firearm or ammunition part or component;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="7E53F7FF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_4636459f0" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sc_lv2_d216cad21" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>b) a firearm or ammunition part or component;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="7E53F7FF" w14:textId="77777777">
+        <w:t>c) ammunition;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="765DDD15" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sc_lv2_d216cad21" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sd_lv2_652aca2aa" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>c) ammunition;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="765DDD15" w14:textId="77777777">
+        <w:t>d) an antique firearm as defined in Section 16‑23‑210;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="09F75AC1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sd_lv2_652aca2aa" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Se_lv2_7983beb69" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>d) an antique firearm as defined in Section 16‑23‑210;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="09F75AC1" w14:textId="77777777">
+        <w:t>e) body armor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="3E24D849" w14:textId="1AC47E74">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Se_lv2_7983beb69" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sf_lv2_c96742535" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>f) devices that assist in increasing the rapidity with which a user may</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>discharge a semiautomatic firearm;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="20FE16A6" w14:textId="24CE48D3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sg_lv2_d214f5dff" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sg_lv2_d214f5dff" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>g) firearm magazines, clips, or other devices that store ammunition in a</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ready state to be loaded into a firearm;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="74F8A4F6" w14:textId="7C0D65E8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sh_lv2_baa30efe1" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sh_lv2_baa30efe1" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>h) firearm silencers, mufflers, or other devices designed and intended to</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>reduce the audible report of a firearm;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="01DD6762" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Si_lv2_03e7ef24f" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Si_lv2_03e7ef24f" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t>i) knives, saps, and other bladed or blunt‑impact defensive weapons;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A05B2A" w:rsidP="00A05B2A" w:rsidRDefault="00A05B2A" w14:paraId="6B5C2335" w14:textId="36591D94">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T15C83N10Sj_lv2_ead06f9f1" w:id="32"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="32"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>j) optical devices, lights, lasers, sights, or scopes used or intended to be</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>used while attached to or in conjunction with a firearm, including those</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>which allow the user to see in low light or no light conditions or to view the</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>thermal spectrum;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidP="00EF5E9E" w:rsidRDefault="00A05B2A" w14:paraId="614FFAE0" w14:textId="7676A4EB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sk_lv2_3bd1e61c6" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sk_lv2_3bd1e61c6" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t xml:space="preserve">k) </w:t>
       </w:r>
       <w:r w:rsidR="00EF5E9E">
         <w:t>other accessories or products used or intended to be used in association</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF5E9E">
         <w:t>or conjunction with a qualified product; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF5E9E" w:rsidP="00EF5E9E" w:rsidRDefault="00EF5E9E" w14:paraId="7B8866CB" w14:textId="11C0AF03">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sl_lv2_d5631c3a4" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sl_lv2_d5631c3a4" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>l) tasers, stun guns, pepper spray, and other defensive weapons which</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>utilize electricity or capsaicinoids.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF5E9E" w:rsidP="00EF5E9E" w:rsidRDefault="00EF5E9E" w14:paraId="1AE1215F" w14:textId="126103A4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S11_lv1_55d6b613e" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S11_lv1_55d6b613e" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>11) “Seller” means a person distributing, selling, or transferring a qualified product</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in this State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C25D6" w:rsidP="000C25D6" w:rsidRDefault="000C25D6" w14:paraId="5D0B9C5C" w14:textId="78773A27">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10S12_lv1_e56c71da1" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T15C83N10S12_lv1_e56c71da1" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>12) “Trade association” means any person, corporation, unincorporated</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>association, federation, business league, or business organization that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C25D6" w:rsidP="00D40A13" w:rsidRDefault="000C25D6" w14:paraId="4714AB27" w14:textId="5BE10F0B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_81f3a4fa0" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sa_lv2_81f3a4fa0" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t xml:space="preserve">a) is not </w:t>
       </w:r>
       <w:r w:rsidR="00D40A13">
         <w:t>organized or operated for profit and for which none of its net</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D40A13">
         <w:t>earnings inures to the benefit of any private shareholder or individual;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D40A13" w:rsidP="00D40A13" w:rsidRDefault="00D40A13" w14:paraId="687FFE61" w14:textId="75C6068A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_24aa48d95" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sb_lv2_24aa48d95" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>b) has two or more firearm entities such as firearm dealers, manufacturers,</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>or sellers as members; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00D40A13" w14:paraId="6B7F1F78" w14:textId="7A7678AA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N10Sc_lv2_e308cab28" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T15C83N10Sc_lv2_e308cab28" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>c) is exempt from federal income taxation under Section 501(a) of the</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Internal Revenue Code of 1986, as an organization described by Section</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>501(c) of that code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E776E7" w:rsidRDefault="00E776E7" w14:paraId="477D193B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidP="0012125A" w:rsidRDefault="00CC2CEE" w14:paraId="06E73B21" w14:textId="5AF7DFC1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T15C83N20_902488998" w:id="41"/>
+      <w:bookmarkStart w:name="ns_T15C83N20_902488998" w:id="40"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>ection 15‑83‑20.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20SA_lv1_4bed35300" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T15C83N20SA_lv1_4bed35300" w:id="41"/>
       <w:r w:rsidR="0012125A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="0012125A">
         <w:t>A) A person may not bring a qualified civil liability action in this State against a dealer, manufacturer, or seller of a qualified product, or a trade association, except</w:t>
       </w:r>
       <w:r w:rsidR="005B5C03">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0012125A">
         <w:t>under the following circumstances:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0012125A" w:rsidP="0012125A" w:rsidRDefault="0012125A" w14:paraId="545DBDBA" w14:textId="290FE56B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20S1_lv2_ea79033c5" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T15C83N20S1_lv2_ea79033c5" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>1) the dealer, manufacturer, seller, or trade association was involved</w:t>
       </w:r>
       <w:r w:rsidR="007A0482">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>directly in the crime giving rise to the action;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0012125A" w:rsidP="0012125A" w:rsidRDefault="0012125A" w14:paraId="14A93AC0" w14:textId="56966552">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20S2_lv2_acc91b34b" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T15C83N20S2_lv2_acc91b34b" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>2) an action brought against a transferor convicted under 18 U.S.C.</w:t>
       </w:r>
       <w:r w:rsidR="005F2062">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000525DA">
         <w:t>Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 924(h), by a party directly harmed by the conduct of which the transferor</w:t>
       </w:r>
       <w:r w:rsidR="007A0482">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>is so convicted;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0012125A" w:rsidP="0012125A" w:rsidRDefault="0012125A" w14:paraId="2E22ECA5" w14:textId="056E0002">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20S3_lv2_c7ba32897" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T15C83N20S3_lv2_c7ba32897" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t xml:space="preserve">3) an </w:t>
       </w:r>
       <w:r w:rsidRPr="0012125A">
         <w:t>action brought against a seller for negligent entrustment;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0012125A" w:rsidP="0012125A" w:rsidRDefault="0012125A" w14:paraId="77E13AE5" w14:textId="53F7DF45">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20S4_lv2_60ceba528" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T15C83N20S4_lv2_60ceba528" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t>4) an action in which a manufacturer, seller, or transferor of a qualified product knowingly, wilfully, and intentionally violated a state or federal statute applicable to the sale or marketing of the product, and the violation was the sole proximate cause of the harm for which relief is sought, including a case in which the manufacturer, seller, or transferor knowingly, wilfully, and intentionally made a false entry in, or knowingly, wilfully, and intentionally failed to make appropriate entry in, any record required to be kept under federal or state law with respect to the qualified product, or aided, abetted, or conspired with a person in making a false or fictitious oral or written statement with respect to a fact material to the lawfulness of the sale or other disposition of a qualified product;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012125A" w:rsidP="0012125A" w:rsidRDefault="0012125A" w14:paraId="331E2904" w14:textId="273E521D">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T15C83N20S5_lv2_bf5422428" w:id="46"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
-        <w:t>4) an action in which a manufacturer, seller, or transferor of a qualified product knowingly, wilfully, and intentionally violated a state or federal statute applicable to the sale or marketing of the product, and the violation was the sole proximate cause of the harm for which relief is sought, including a case in which the manufacturer, seller, or transferor knowingly, wilfully, and intentionally made a false entry in, or knowingly, wilfully, and intentionally failed to make appropriate entry in, any record required to be kept under federal or state law with respect to the qualified product, or aided, abetted, or conspired with a person in making a false or fictitious oral or written statement with respect to a fact material to the lawfulness of the sale or other disposition of a qualified product;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0012125A" w:rsidP="0012125A" w:rsidRDefault="0012125A" w14:paraId="331E2904" w14:textId="273E521D">
+        <w:t>5) an action for breach of contract or warranty in connection with the purchase of the product; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0012125A" w:rsidP="0012125A" w:rsidRDefault="0012125A" w14:paraId="2AE64A26" w14:textId="1046D8D4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20S5_lv2_bf5422428" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T15C83N20S6_lv2_a9602a349" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>6) an action for death, physical injur</w:t>
       </w:r>
       <w:r w:rsidR="009B670D">
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:t>, or property damage resulting directly from a defect in design or manufacture of the product, when used as intended or in a reasonably foreseeable manner, except that whe</w:t>
       </w:r>
       <w:r w:rsidR="00765145">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the discharge of the product was caused by a volitional act that constituted a criminal offense, then such act is considered the sole proximate cause of any resulting death, personal injur</w:t>
       </w:r>
       <w:r w:rsidR="00765145">
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:t>, or property damage.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0012125A" w:rsidP="008C7FC5" w:rsidRDefault="0012125A" w14:paraId="337BC328" w14:textId="0E633F42">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20SB_lv1_2a59da953" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T15C83N20SB_lv1_2a59da953" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
       <w:r w:rsidR="008C7FC5">
         <w:t xml:space="preserve"> In a qualified civil liability action brought against a dealer, manufacturer, or seller of a qualified product, or a trade association, the complaint must allege that the dealer, manufacturer, or seller of the qualified product, or the trade association, directly caused the damages alleged. The burden of proof is on the plaintiff to demonstrate by clear and convincing evidence that the civil liability action is not barred by this section. If a court determines a civil liability action is barred by this section, then the court shall dismiss the civil liability action with prejudice for failure to state a claim upon which relief </w:t>
       </w:r>
       <w:r w:rsidR="0095172B">
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="008C7FC5">
         <w:t xml:space="preserve"> be granted.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001052A0" w:rsidP="00152462" w:rsidRDefault="001052A0" w14:paraId="4C12DD5D" w14:textId="5EA6363B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T15C83N20SC_lv1_3e1202dbf" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T15C83N20SC_lv1_3e1202dbf" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="00681391">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) If a litigant seeks to enforce, pursuant to the Uniform Enforcement of Foreign Judgments Act, compiled in Article 11, </w:t>
       </w:r>
       <w:r w:rsidRPr="009D7780" w:rsidR="009D7780">
         <w:t>Chapter 35</w:t>
       </w:r>
       <w:r w:rsidR="009D7780">
         <w:t xml:space="preserve">, Title 15, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or otherwise, a foreign judgment or award against a dealer, manufacturer, or seller of a qualified product, or a trade association, then the litigant and the litigant’s attorney must certify that enforcement of the foreign judgment does not violate the public policy of this State. The burden of proof in an action to enforce a foreign judgment in this </w:t>
       </w:r>
       <w:r w:rsidR="0095172B">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate is on the plaintiff to demonstrate by clear and convincing evidence that the basis for liability under the foreign judgment would not have been barred by this section if</w:t>
       </w:r>
       <w:r w:rsidR="00152462">
         <w:t xml:space="preserve"> the action had been brought as a qualified civil liability action in this State. If the court determines that the foreign judgment does violate the public policy of this State, then the court shall dismiss the action to enforce the foreign judgment with prejudice. The court shall enter a judgment against the judgment creditor and the judgment creditor’s attorneys, jointly and severally, in favor of the dealer, manufacturer, or seller of a qualified product, or the trade association, for three times the value of the foreign judgment attempted to be domesticated, plus </w:t>
       </w:r>
       <w:r w:rsidR="00D86116">
         <w:t>attorney’s</w:t>
       </w:r>
       <w:r w:rsidR="00152462">
         <w:t xml:space="preserve"> fees and costs incurred defending against enforcement of the foreign judgment.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004D0C0E" w:rsidP="004D0C0E" w:rsidRDefault="004D0C0E" w14:paraId="606F196E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004D0C0E" w:rsidP="005F44E8" w:rsidRDefault="004D0C0E" w14:paraId="37067F45" w14:textId="4F0ABCCA">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_3d1a18ff9" w:id="51"/>
-      <w:bookmarkStart w:name="severability_1575af805" w:id="52"/>
+      <w:bookmarkStart w:name="bs_num_3_3d1a18ff9" w:id="50"/>
+      <w:bookmarkStart w:name="severability_1575af805" w:id="51"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="51"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00B0415B" w:rsidR="005F44E8">
         <w:t>If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC2CEE" w:rsidRDefault="00CC2CEE" w14:paraId="6FD41044" w14:textId="212F84CD">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="3580F225" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="53"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="54"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="52"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="53"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="2ED64F95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -2088,175 +2203,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12C19149" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="481F7FFF" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00792BBE" w:rsidP="00D14995">
+      <w:p w14:paraId="481F7FFF" w14:textId="175F4CBF" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00C04ACF" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00017DD9">
+              <w:t>[4723]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00470ECB">
+            <w:r w:rsidR="00017DD9">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0182AHB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FD0577E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="73D648E4" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2518,141 +2631,146 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="170"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
+    <w:rsid w:val="00017DD9"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
+    <w:rsid w:val="000233BA"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000525DA"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00065A5E"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A2D97"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C25D6"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
+    <w:rsid w:val="000D1F9B"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F0E1A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F4DAF"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="001046DD"/>
     <w:rsid w:val="001052A0"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="001210AA"/>
     <w:rsid w:val="0012125A"/>
     <w:rsid w:val="00133CDC"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00152462"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001977A9"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6288"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E2914"/>
     <w:rsid w:val="001E6970"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00201E20"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="002419A3"/>
     <w:rsid w:val="00241A79"/>
     <w:rsid w:val="002453C5"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00263438"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="0029124F"/>
     <w:rsid w:val="002A0504"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
@@ -2746,50 +2864,51 @@
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A4763"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B5C03"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D272B"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F2062"/>
     <w:rsid w:val="005F380B"/>
     <w:rsid w:val="005F44E8"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00602415"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00615C2E"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="0063476D"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067338B"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00674C5B"/>
     <w:rsid w:val="00681391"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00695A45"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B6AED"/>
@@ -2946,50 +3065,51 @@
     <w:rsid w:val="00B60BDD"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B854B1"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA514D"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC194E"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD3798"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD6F6E"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rsid w:val="00C11F1F"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C62CB8"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C85B41"/>
     <w:rsid w:val="00C87F27"/>
     <w:rsid w:val="00C92EEF"/>
     <w:rsid w:val="00C94C6E"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA02A0"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC2CEE"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
@@ -3517,1360 +3637,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00C04ACF"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00C04ACF"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA4824"/>
+    <w:rsid w:val="00C04ACF"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4884,51 +5006,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4723&amp;session=126&amp;summary=B" TargetMode="External" Id="Rc7b2c4f326344f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4723_20251217.docx" TargetMode="External" Id="R729fd28060504c6f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4723&amp;session=126&amp;summary=B" TargetMode="External" Id="R29095c6897614a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4723_20251217.docx" TargetMode="External" Id="R36635fab0b084d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R9b491eea986a42a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R4ffc045ecb0a4734" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4955,118 +5077,118 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="001210AA"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="001E6970"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="00615C2E"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009860E6"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A60B8D"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C62CB8"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D56232"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F41810"/>
     <w:rsid w:val="00F82BD9"/>
@@ -5811,116 +5933,143 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>e795907c-5c1f-49d4-92e4-e57c2796f4ee</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-03T11:05:42.419117-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>75c75e9a-66c4-41df-b4b0-269f61c6b686</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>b84a13aa-7655-47ab-8298-5e014a4c1378</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>2e2e359c-f70b-42d6-b8d6-cf21ab483f4a</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4723]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4723</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER 83 TO TITLE 15 SO AS TO CREATE THE SOUTH CAROLINA PROTECTION OF LAWFUL COMMERCE IN ARMS ACT, TO DEFINE NECESSARY TERMS, AND TO PROHIBIT THE BRINGING OF A QUALIFIED CIVIL LIABILITY ACTION IN THIS STATE AGAINST A DEALER, MANUFACTURER, OR SELLER OF A QUALIFIED PRODUCT, WHICH INCLUDEs CERTAIN FIREARMS AND RELATED ITEMS, OR A TRADE ASSOCIATION EXCEPT UNDER CERTAIN DELINEATED CIRCUMSTANCES.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"118d6f34-4862-4f7a-a8c4-aafb02e9f98f","SectionName":"New Blank SECTION","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_50da7df14"},{"SectionUUID":"3340c912-44e5-4d1c-b7f7-bf9aa16de50c","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T15C83N10_b86e91eaa","IsConstitutionSection":false,"Identity":"15-83-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T15C83N10S1","SubSectionBookmarkName":"ss_T15C83N10S1_lv1_140377527","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S2","SubSectionBookmarkName":"ss_T15C83N10S2_lv1_2b773395b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S3","SubSectionBookmarkName":"ss_T15C83N10S3_lv1_07a76db2a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sa","SubSectionBookmarkName":"ss_T15C83N10Sa_lv2_cd0c190f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sb","SubSectionBookmarkName":"ss_T15C83N10Sb_lv2_9db3a8766","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S4","SubSectionBookmarkName":"ss_T15C83N10S4_lv1_52cd8b299","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S5","SubSectionBookmarkName":"ss_T15C83N10S5_lv1_a448f8485","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S6","SubSectionBookmarkName":"ss_T15C83N10S6_lv1_62532dfee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sa","SubSectionBookmarkName":"ss_T15C83N10Sa_lv2_906a74007","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sb","SubSectionBookmarkName":"ss_T15C83N10Sb_lv2_fdaa1b066","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S7","SubSectionBookmarkName":"ss_T15C83N10S7_lv1_f6012a594","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S8","SubSectionBookmarkName":"ss_T15C83N10S8_lv1_73cff97f5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S9","SubSectionBookmarkName":"ss_T15C83N10S9_lv1_ed4b954c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S10","SubSectionBookmarkName":"ss_T15C83N10S10_lv1_21a79d61a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sa","SubSectionBookmarkName":"ss_T15C83N10Sa_lv2_eaccfa7a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sb","SubSectionBookmarkName":"ss_T15C83N10Sb_lv2_4636459f0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sc","SubSectionBookmarkName":"ss_T15C83N10Sc_lv2_d216cad21","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sd","SubSectionBookmarkName":"ss_T15C83N10Sd_lv2_652aca2aa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Se","SubSectionBookmarkName":"ss_T15C83N10Se_lv2_7983beb69","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sf","SubSectionBookmarkName":"ss_T15C83N10Sf_lv2_c96742535","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sg","SubSectionBookmarkName":"ss_T15C83N10Sg_lv2_d214f5dff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sh","SubSectionBookmarkName":"ss_T15C83N10Sh_lv2_baa30efe1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Si","SubSectionBookmarkName":"ss_T15C83N10Si_lv2_03e7ef24f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sj","SubSectionBookmarkName":"ss_T15C83N10Sj_lv2_ead06f9f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sk","SubSectionBookmarkName":"ss_T15C83N10Sk_lv2_3bd1e61c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sl","SubSectionBookmarkName":"ss_T15C83N10Sl_lv2_d5631c3a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S11","SubSectionBookmarkName":"ss_T15C83N10S11_lv1_55d6b613e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N10S12","SubSectionBookmarkName":"ss_T15C83N10S12_lv1_e56c71da1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sa","SubSectionBookmarkName":"ss_T15C83N10Sa_lv2_81f3a4fa0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sb","SubSectionBookmarkName":"ss_T15C83N10Sb_lv2_24aa48d95","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N10Sc","SubSectionBookmarkName":"ss_T15C83N10Sc_lv2_e308cab28","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T15C83N20_902488998","IsConstitutionSection":false,"Identity":"15-83-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T15C83N20SA","SubSectionBookmarkName":"ss_T15C83N20SA_lv1_4bed35300","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N20S1","SubSectionBookmarkName":"ss_T15C83N20S1_lv2_ea79033c5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N20S2","SubSectionBookmarkName":"ss_T15C83N20S2_lv2_acc91b34b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N20S3","SubSectionBookmarkName":"ss_T15C83N20S3_lv2_c7ba32897","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N20S4","SubSectionBookmarkName":"ss_T15C83N20S4_lv2_60ceba528","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N20S5","SubSectionBookmarkName":"ss_T15C83N20S5_lv2_bf5422428","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T15C83N20S6","SubSectionBookmarkName":"ss_T15C83N20S6_lv2_a9602a349","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N20SB","SubSectionBookmarkName":"ss_T15C83N20SB_lv1_2a59da953","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T15C83N20SC","SubSectionBookmarkName":"ss_T15C83N20SC_lv1_3e1202dbf","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"so as to create the South Carolina Protection of Lawful Commerce in Arms Act, to define necessary terms, and to prohibit the bringing of a qualified civil liability action in this State against a dealer, manufacturer, or seller of a qualified product which include certain firearms, ammuninition and other weapons and related items, or a trade association except under certain delineated circumstances","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_28bac2891"},{"SectionUUID":"c2862d7d-f5b6-492c-ba09-b4ba3ada328b","SectionName":"Severability","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_3d1a18ff9"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Protection of Lawful Commerce in Arms Act</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6137,159 +6286,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{022967BF-71AF-4DB6-AFFD-0308520FA05A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1664</Words>
-  <Characters>8724</Characters>
+  <Words>1702</Words>
+  <Characters>8686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>153</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>177</Lines>
+  <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10327</CharactersWithSpaces>
+  <CharactersWithSpaces>10306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>