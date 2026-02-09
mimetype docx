--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Luck</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Luck, Pope and Spann-Wilder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0512WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R69ae034effa64b8e">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 70</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R252263355e29473b">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 70</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd36cc70970fa4614">
+      <w:hyperlink r:id="Rc6fe11cdc2f64d86">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rca12cb1fcf534465">
+      <w:hyperlink r:id="Rc2d57224291242c7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="001B5E51" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="7E1AF78F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="001B5E51" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="6B9827F3">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="001B5E51" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="474190FC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="001B5E51" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="3963E931">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="001B5E51" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="48F5C7E1">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="001B5E51" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="1801DCBB">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -562,183 +657,183 @@
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00A60245" w14:paraId="40FEFADA" w14:textId="38619DFB">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 38‑77‑720, RELATING TO PROPERTY DAMAGE LIABILITY CLAIMS ARBITRATION FEES AND ARBITRATOR COMPENSATION, SO AS TO INCREASE FEES AND COMPENSATION; BY AMENDING SECTION 38‑77‑730, RELATING TO ARBITRATION CLAIM FILINGS, SO AS TO REVISE FILING REQUIREMENTS; BY AMENDING SECTION 38‑77‑740, RELATING TO ARBITRATION CLAIM HEARINGS</w:t>
           </w:r>
           <w:r w:rsidR="00900439">
             <w:t>,</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> SO AS TO PROVIDE ARBITRATORS MAY AWARD REASONABLE ATTORNEY</w:t>
           </w:r>
           <w:r w:rsidR="00B25D3A">
             <w:t>’</w:t>
           </w:r>
           <w:r>
             <w:t>S FEES AND COSTS TO THE PREVAILING PARTY; AND BY AMENDING SECTION 38‑77‑770, RELATING TO THE RIGHT TO A DE NOVO APPEAL OF ARBITRATOR DECISIONS, SO AS TO PROVIDE ARBITRATOR DECISIONS ARE ADMISSIBLE AS SUBSTANTIVE EVIDENCE OF LIABILITY, DAMAGES, OR BOTH.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_30ad3ce4b" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_30ad3ce4b" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_4b4edc2d6" w:id="2"/>
+      <w:bookmarkStart w:name="ew_4b4edc2d6" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007619F8" w:rsidP="007619F8" w:rsidRDefault="007619F8" w14:paraId="0A352ECF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007619F8" w:rsidP="007619F8" w:rsidRDefault="007619F8" w14:paraId="145D288F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_179d01071" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_179d01071" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_152468557" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-      </w:r>
+        <w:t>ection 38‑77‑720 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007619F8" w:rsidP="007619F8" w:rsidRDefault="007619F8" w14:paraId="23F00271" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007619F8" w:rsidP="007619F8" w:rsidRDefault="007619F8" w14:paraId="0A226BBC" w14:textId="31A7FDC2">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_152468557" w:id="4"/>
+      <w:bookmarkStart w:name="cs_T38C77N720_5f66f0564" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 38‑77‑720 of the S.C. Code is amended to read:</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>ection 38‑77‑720.</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T38C77N720_5f66f0564" w:id="5"/>
-[...1 lines deleted...]
-        <w:t>S</w:t>
+      <w:bookmarkStart w:name="ss_T38C77N720Sa_lv1_fb41dcf1d" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>a) The order of reference shall establish a panel of arbitrators</w:t>
       </w:r>
       <w:r w:rsidR="00357310">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> each of whom must be a member of the bar and the members must be selected for service in particular cases on some fair rotation basis.  Three arbitrators shall hear and determine each case and the decision of two of the three arbitrators shall determine the issue.  However, the parties to the dispute may, by agreement, provide for determination of the disputed claim by one arbitrator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007619F8" w:rsidP="007619F8" w:rsidRDefault="007619F8" w14:paraId="3C172FA1" w14:textId="391DC6A2">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T38C77N720Sb_lv1_1ffd134f5" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T38C77N720Sb_lv1_1ffd134f5" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve">b) Each arbitrator assigned to determine the claim may be compensated, not to exceed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>thirty‑five</w:t>
       </w:r>
       <w:r w:rsidR="0067610C">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>four hundred</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dollars for his services and time, payable out of the funds of the court and which may not be taxable as costs to either party.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007619F8" w:rsidP="007619F8" w:rsidRDefault="007619F8" w14:paraId="1196A2EF" w14:textId="3312F0E6">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T38C77N720Sc_lv1_c1d46197b" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T38C77N720Sc_lv1_c1d46197b" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t xml:space="preserve">c) The claimant who is the moving party in seeking arbitration shall pay to the clerk of court a fee of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>ten</w:t>
       </w:r>
       <w:r w:rsidR="0067610C">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>fifty</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dollars.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">Five </w:t>
       </w:r>
       <w:r w:rsidR="0067610C">
@@ -753,308 +848,308 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
       <w:r w:rsidR="0067610C">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>twenty‑five</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dollars must be used to pay the cost of service on the other party or parties.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B02019" w:rsidP="00B02019" w:rsidRDefault="00B02019" w14:paraId="42C04922" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B02019" w:rsidP="00B02019" w:rsidRDefault="00B02019" w14:paraId="301FCE68" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_249d26ef2" w:id="9"/>
+      <w:bookmarkStart w:name="bs_num_2_249d26ef2" w:id="8"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_c4eed6331" w:id="9"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>ECTION 2.</w:t>
-      </w:r>
+        <w:t>ection 38‑77‑730(b) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B02019" w:rsidP="00B02019" w:rsidRDefault="00B02019" w14:paraId="23C24DC5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B02019" w:rsidP="00B02019" w:rsidRDefault="00B02019" w14:paraId="70F614E1" w14:textId="5574694B">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T38C77N730_ab0ea0480" w:id="10"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_c4eed6331" w:id="10"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T38C77N730Sb_lv1_0cf43948a" w:id="11"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>ection 38‑77‑730(b) of the S.C. Code is amended to read:</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T38C77N730Sb_lv1_0cf43948a" w:id="12"/>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">b) The claim must be filed with the clerk of court in the county in which the cause of action arose or where the plaintiff or defendant resides.  The claim must be filed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">in triplicate </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">with the clerk of court </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">on forms to be provided by him.  The forms shall set forth the names of the parties, the date and place of the accident, and the amount of property damage claimed.  The clerk shall file one copy in his office, and one copy must be served upon the defendant as provided by law for service of summons and complaints.  The sheriff, or such other person, shall promptly serve the claim upon the defendant and shall receive the sum of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
       <w:r w:rsidR="0067610C">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>twenty‑five</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dollars to defray the cost of securing this service.  The sheriff, or such other person, serving the process shall promptly file an affidavit of personal service with the clerk of court on forms to be provided by the clerk.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00745D4C" w:rsidP="00745D4C" w:rsidRDefault="00745D4C" w14:paraId="257EB2CB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EB41DD" w:rsidP="00EB41DD" w:rsidRDefault="00745D4C" w14:paraId="43BFBED1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_58ec4f108" w:id="13"/>
+      <w:bookmarkStart w:name="bs_num_3_58ec4f108" w:id="12"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_ad85a54f8" w:id="14"/>
+      <w:bookmarkStart w:name="dl_ad85a54f8" w:id="13"/>
       <w:r w:rsidR="00EB41DD">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00EB41DD">
         <w:t>ection 38‑77‑740 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB41DD" w:rsidP="00EB41DD" w:rsidRDefault="00EB41DD" w14:paraId="0A225816" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00745D4C" w:rsidP="00EB41DD" w:rsidRDefault="00EB41DD" w14:paraId="2BCF7841" w14:textId="20EACB7D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T38C77N740_d4b12864e" w:id="15"/>
+      <w:bookmarkStart w:name="ns_T38C77N740_d4b12864e" w:id="14"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T38C77N740Sd_lv1_4f450e84e" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T38C77N740Sd_lv1_4f450e84e" w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="15"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidRPr="0067610C" w:rsidR="0067610C">
         <w:t>The arbitrators, or the single arbitrator, may award the prevailing party reasonable attorney’s fees and costs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB41DD" w:rsidP="00EB41DD" w:rsidRDefault="00EB41DD" w14:paraId="35B93887" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EB41DD" w:rsidP="00EB41DD" w:rsidRDefault="00EB41DD" w14:paraId="455802A6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_ada306cab" w:id="17"/>
+      <w:bookmarkStart w:name="bs_num_4_ada306cab" w:id="16"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>ECTION 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_62aa0282a" w:id="17"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>ECTION 4.</w:t>
-      </w:r>
+        <w:t>ection 38‑77‑770 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB41DD" w:rsidP="00EB41DD" w:rsidRDefault="00EB41DD" w14:paraId="7D076950" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EB41DD" w:rsidP="00EB41DD" w:rsidRDefault="00EB41DD" w14:paraId="11A58629" w14:textId="1AAD8D50">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_62aa0282a" w:id="18"/>
+      <w:bookmarkStart w:name="cs_T38C77N770_4ae6f10eb" w:id="18"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
-      <w:r>
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>ection 38‑77‑770.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>If any party is dissatisfied with the decision of the arbitrators, or the single arbitrator, he may appeal within twenty days of the decision to the court in which the claim is filed by service upon the other parties of a notice of appeal. Every notice of appeal shall include a statement under oath that the appeal is taken in good faith and not merely for the purpose of delay. The trial on appeal must be a trial de novo</w:t>
       </w:r>
       <w:r w:rsidR="0067610C">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D4225F" w:rsidR="00D4225F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>where the decision of the arbitrators, or the single arbitrator, shall be admissible as substantive evidence of liability, damages, or both</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="1DBA5D99">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="20"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="21"/>
+      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="19"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="20"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00FA41B4">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E8AF5B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1087,175 +1182,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="7E64D948" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00614FEB" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="00536F5D" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00D90FA7" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00FB39F7">
+              <w:t>[4732]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00557DBF">
+            <w:r w:rsidR="00FB39F7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0512WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1517,51 +1610,52 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="170"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -1599,50 +1693,51 @@
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00127E14"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B5E51"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C1C92"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002023E2"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00245B46"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00254F77"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
@@ -1653,50 +1748,51 @@
     <w:rsid w:val="00316D05"/>
     <w:rsid w:val="003218A3"/>
     <w:rsid w:val="003254BC"/>
     <w:rsid w:val="003352DC"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00357310"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="0039528F"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E4BE3"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
+    <w:rsid w:val="00400668"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00450778"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="004744AD"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B0D55"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
@@ -1723,76 +1819,78 @@
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B5810"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C47EE"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F460B"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="0061191E"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="0061370F"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="006616AC"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="0067610C"/>
     <w:rsid w:val="00676B84"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C48CA"/>
+    <w:rsid w:val="006C4F6C"/>
     <w:rsid w:val="006C57F1"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E515D"/>
     <w:rsid w:val="006F09A5"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00745D4C"/>
     <w:rsid w:val="007619F8"/>
     <w:rsid w:val="00770FCA"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
@@ -1949,50 +2047,51 @@
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF638D"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D05BCC"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D4225F"/>
     <w:rsid w:val="00D449B2"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D831CD"/>
     <w:rsid w:val="00D86777"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB75AC"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC7421"/>
     <w:rsid w:val="00DD0571"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF5E0B"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E56631"/>
@@ -2027,50 +2126,51 @@
     <w:rsid w:val="00F21305"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F37EF4"/>
     <w:rsid w:val="00F42709"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F524AD"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F81213"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F937AF"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA41B4"/>
     <w:rsid w:val="00FA4DB1"/>
+    <w:rsid w:val="00FB39F7"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB57E2"/>
     <w:rsid w:val="00FB6AA4"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
@@ -2466,1360 +2566,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00D90FA7"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00D90FA7"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827455"/>
+    <w:rsid w:val="00D90FA7"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -3846,51 +3948,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4732&amp;session=126&amp;summary=B" TargetMode="External" Id="Rd36cc70970fa4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4732_20251217.docx" TargetMode="External" Id="Rca12cb1fcf534465" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4732&amp;session=126&amp;summary=B" TargetMode="External" Id="Rc6fe11cdc2f64d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4732_20251217.docx" TargetMode="External" Id="Rc2d57224291242c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R69ae034effa64b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R252263355e29473b" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -3917,119 +4019,119 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C1C92"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00450778"/>
     <w:rsid w:val="004D7FE0"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="0061191E"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008E49E1"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DB75AC"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F126A3"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
@@ -4772,75 +4874,127 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>319f6d71-73b9-4369-a6fa-97a2ee9c54a7</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>df6bc4af-94fc-439f-be08-b079c14c078f</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>b14ffdb8-cc1f-4339-98a9-f5d24c05dd70</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>83b5c6cd-bb3b-47df-8b74-3bf303f25ac5</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4732]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4732</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 38‑77‑720, RELATING TO PROPERTY DAMAGE LIABILITY CLAIMS ARBITRATION FEES AND ARBITRATOR COMPENSATION, SO AS TO INCREASE FEES AND COMPENSATION; BY AMENDING SECTION 38‑77‑730, RELATING TO ARBITRATION CLAIM FILINGS, SO AS TO REVISE FILING REQUIREMENTS; BY AMENDING SECTION 38‑77‑740, RELATING TO ARBITRATION CLAIM HEARINGS, SO AS TO PROVIDE ARBITRATORS MAY AWARD REASONABLE ATTORNEY’S FEES AND COSTS TO THE PREVAILING PARTY; AND BY AMENDING SECTION 38‑77‑770, RELATING TO THE RIGHT TO A DE NOVO APPEAL OF ARBITRATOR DECISIONS, SO AS TO PROVIDE ARBITRATOR DECISIONS ARE ADMISSIBLE AS SUBSTANTIVE EVIDENCE OF LIABILITY, DAMAGES, OR BOTH.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"52ae1084-0093-4b0f-aa9e-373614453eab","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C77N720_5f66f0564","IsConstitutionSection":false,"Identity":"38-77-720","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C77N720Sa","SubSectionBookmarkName":"ss_T38C77N720Sa_lv1_fb41dcf1d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C77N720Sb","SubSectionBookmarkName":"ss_T38C77N720Sb_lv1_1ffd134f5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C77N720Sc","SubSectionBookmarkName":"ss_T38C77N720Sc_lv1_c1d46197b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Property damage liability claims arbitration fees and arbitrator compensation","TitleSoAsTo":"increase fees and compensation","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_179d01071"},{"SectionUUID":"c9ff792c-97a7-436f-a68c-b5f00bcc7f8b","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C77N730_ab0ea0480","IsConstitutionSection":false,"Identity":"38-77-730","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C77N730Sb","SubSectionBookmarkName":"ss_T38C77N730Sb_lv1_0cf43948a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"arbitration claim filings","TitleSoAsTo":"revise filing requirements","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_249d26ef2"},{"SectionUUID":"32912a18-69f2-4d82-8241-2fc047be9853","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T38C77N740_d4b12864e","IsConstitutionSection":false,"Identity":"38-77-740","IsNew":true,"SubSections":[{"Level":1,"Identity":"T38C77N740Sd","SubSectionBookmarkName":"ss_T38C77N740Sd_lv1_4f450e84e","IsNewSubSection":true,"SubSectionReplacement":""}],"TitleRelatedTo":"arbitration claim hearings ","TitleSoAsTo":"provide arbitrators may award reasonable attorney's fees and costs to the prevailing party","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_58ec4f108"},{"SectionUUID":"d1f13502-2891-44da-b710-fb9a50944bc2","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C77N770_4ae6f10eb","IsConstitutionSection":false,"Identity":"38-77-770","IsNew":false,"SubSections":[],"TitleRelatedTo":"the Right to a de novo appeal of arbitrator decisions","TitleSoAsTo":"provide arbitrator decisions are admissible as substantive evidence of liability, damages, or both, in the discretion of the court","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_ada306cab"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":5,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Autobomobile insurance arbitration</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5057,200 +5211,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>648</Words>
-  <Characters>3115</Characters>
+  <Words>586</Words>
+  <Characters>3177</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3745</CharactersWithSpaces>
+  <CharactersWithSpaces>3747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>