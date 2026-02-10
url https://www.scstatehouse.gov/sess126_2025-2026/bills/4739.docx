--- v0 (2025-12-18)
+++ v1 (2026-02-10)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. McGinnis, Erickson and Grant</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. McGinnis, Erickson, Grant and Spann-Wilder</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0507WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Education and Public Works</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Education and Public Works</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb4302852c8a1433b">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 74</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education and Public Works</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rf589748353bc4bee">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 74</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb91b4696fe3e4160">
+      <w:hyperlink r:id="R8e7efcbb35d54a38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R110c39ac3a714bec">
+      <w:hyperlink r:id="R0108c12eebc8461d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00836561" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="38AE23D1">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00836561" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="0BA0CD7D">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00836561" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="32F7EF9B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00836561" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="6CAFD3D0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00836561" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="305DCFD8">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00836561" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="19FB5FEC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,946 +645,990 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00E75E1E" w14:paraId="40FEFADA" w14:textId="1C68312F">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 4 TO CHAPTER 101, TITLE 59 SO AS TO REQUIRE EACH PUBLIC COLLEGE, UNIVERSITY, AND TECHNICAL COLLEGE IN THIS STATE AND EACH INDEPENDENT INSTITUTION OF HIGHER EDUCATION IN THIS STATE THAT RECEIVES CERTAIN LOTTERY SCHOLARSHIP‑FUNDED TUITION PAYMENTS TO IMPLEMENT A SAFETY TRAINING PROGRAM FOR ALL NEW STUDENTS, TO PROVIDE EXCLUSIONS FROM THE PROGRAMS, TO PROVIDE REQUIREMENTS OF THE PROGRAMS, TO REQUIRE EACH INSTITUTION TO COMPILE AND ANNUALLY REPORT CERTAIN CAMPUS CRIME STATISTICS, AMONG OTHER THINGS, TO PROVIDE ADDITIONAL REPORTING REQUIREMENTS, AND TO PROVIDE ENFORCEMENT MECHANISMS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_4065ddf61" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_4065ddf61" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_8b1900b4f" w:id="2"/>
+      <w:bookmarkStart w:name="ew_8b1900b4f" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264B11" w:rsidP="00264B11" w:rsidRDefault="00264B11" w14:paraId="12A555DA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="00264B11" w14:paraId="777816BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_dcea7feb9" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_dcea7feb9" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_b3b24bbb8" w:id="4"/>
+      <w:bookmarkStart w:name="dl_b3b24bbb8" w:id="3"/>
       <w:r w:rsidR="006E0013">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="006E0013">
         <w:t>hapter 101, Title 59 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="059484EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="0529FBF3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_48bde4582" w:id="5"/>
+      <w:bookmarkStart w:name="up_48bde4582" w:id="4"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>rticle 4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="183B1249" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="00B96E6B" w14:paraId="19B9A11D" w14:textId="7DAAC047">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_9c005eae9" w:id="6"/>
+      <w:bookmarkStart w:name="up_9c005eae9" w:id="5"/>
       <w:r w:rsidRPr="00B96E6B">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00B96E6B">
         <w:t>ollege Safety Training Programs for Students</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B96E6B" w:rsidP="006E0013" w:rsidRDefault="00B96E6B" w14:paraId="68033281" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="73B3DF64" w14:textId="59F6D06A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C101N810_359d2ac53" w:id="7"/>
+      <w:bookmarkStart w:name="ns_T59C101N810_359d2ac53" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>ection 59‑101‑810.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_80c3e8737" w:id="7"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>ection 59‑101‑810.</w:t>
-[...6 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>s used in this article:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA7F15" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="495ADD5E" w14:textId="06AAB8CA">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N810S1_lv1_85815a5d8" w:id="8"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00FA7F15">
         <w:t>“Institution of higher learning” means each public college, public university, private college, private university, and technical college in this State that receives tuition payments from a South Carolina Education Lottery‑funded scholarship or grant.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="00FA7F15" w14:paraId="568E0586" w14:textId="19DAB028">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N810S2_lv1_25caef53d" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T59C101N810S2_lv1_25caef53d" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="006E0013">
         <w:t>“Public safety director” means the director or equivalent designated leader of a campus public safety department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="5C553168" w14:textId="2D964BA6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N810S3_lv1_925f6e97e" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T59C101N810S3_lv1_925f6e97e" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00FA7F15">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) “Campus public safety department” means the division of </w:t>
       </w:r>
       <w:r w:rsidR="00897F6B">
         <w:t>an institution of higher learning that</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> provides law enforcement and safety services to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="212B841D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="006E0013" w14:paraId="3ED46386" w14:textId="16358E50">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C101N820_683a54f64" w:id="12"/>
+      <w:bookmarkStart w:name="ns_T59C101N820_683a54f64" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>ection 59‑101‑820.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N820SA_lv1_117342601" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T59C101N820SA_lv1_117342601" w:id="12"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00B96E6B">
         <w:t xml:space="preserve">A) Each </w:t>
       </w:r>
       <w:r w:rsidR="00FA7F15">
         <w:t>institution of higher learning</w:t>
       </w:r>
       <w:r w:rsidR="00B96E6B">
         <w:t xml:space="preserve"> shall develop and implement a safety training program for all new students. The training must be administered during the student’s initial orientation or within the first thirty days of the student’s arrival on campus. The provisions of this subsection apply to undergraduate and graduate students who are enrolled on a full‑time or part‑time </w:t>
       </w:r>
       <w:r w:rsidR="00B96E6B">
         <w:lastRenderedPageBreak/>
         <w:t>basis and physically attend class on campus. The provisions of this subsection do not apply to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="003F6E90" w14:paraId="74FAE5BE" w14:textId="798C42E5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N820S1_lv2_59086e231" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T59C101N820S1_lv2_59086e231" w:id="13"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidR="00B96E6B">
+        <w:t xml:space="preserve">1) students who are only enrolled in adult education, dual enrollment, or certificate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B96E6B">
+        <w:t>programs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="003F6E90" w14:paraId="584C9099" w14:textId="33E6129E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S2_lv2_6a5c14ba8" w:id="14"/>
+      <w:r w:rsidR="00B96E6B">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00B96E6B">
-        <w:t>1) students who are only enrolled in adult education, dual enrollment, or certificate programs;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C101N820S2_lv2_6a5c14ba8" w:id="15"/>
+        <w:t>2) continuing education students; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="003F6E90" w14:paraId="0C54310D" w14:textId="5576B3DC">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S3_lv2_77ddaf477" w:id="15"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00B96E6B">
-        <w:t>2) continuing education students; and</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C101N820S3_lv2_77ddaf477" w:id="16"/>
+        <w:t>3) transient students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="14EA6FAE" w14:textId="72232231">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820SB_lv1_014d30375" w:id="16"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S1_lv2_c88570653" w:id="17"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t xml:space="preserve">1) The training program for </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7F15">
+        <w:t>an institution of higher learning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to which the provisions of this article apply pursuant to subsection (A) must be developed by the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> public safety director, in coordination with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7F15">
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">’s president and governing board. In the absence of a campus public safety department, a technical college or an independent institution of higher </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA7F15">
+        <w:t>learning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to which the provisions of this article apply pursuant to subsection (A) shall contract with the security personnel that it uses on campus to develop and implement the student safety training in coordination with the president and governing board.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="00CB2348" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S2_lv2_554435f3b" w:id="18"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>2) Notwithstanding the provisions of item (1), the president of the University of South Carolina system, in coordination with the governing board, shall work with the appropriate administrative personnel, public safety personnel, or both at each system institution to ensure that each campus implements a training program as required by this chapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="0C15360F" w14:textId="64E7FCFA">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S3_lv2_52ec86132" w:id="19"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve">3) The content, format, and delivery method of the training must be determined by each </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve"> and may include orientation programs, first‑year experience courses, online modules, or any other methods considered appropriate by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="24C79A12" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820SC_lv1_f0282f09a" w:id="20"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>C) A student safety training program must include information and instruction on the following topics:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="186E617F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S1_lv2_764d3fdd5" w:id="21"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve">1) personal safety and situational awareness on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>campus;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="5D9F02C4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S2_lv2_4df66869a" w:id="22"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve">2) emergency procedures, including evacuation, lockdown, and shelter‑in‑place </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>protocols;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="3839EF2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S3_lv2_188cc97d5" w:id="23"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve">3) how to access campus security services, emergency alerts, and communication </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>systems;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="2199B54B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S4_lv2_b9a1ee9d8" w:id="24"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve">4) prevention of and response to sexual assault, dating violence, domestic violence, and stalking, including Title IX rights and reporting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>procedures;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="20CCC235" w14:textId="0D395F03">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S5_lv2_5c03b72b9" w:id="25"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve">5) the role and contact information of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
+        <w:t>institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>’s behavioral intervention team or threat assessment team, if applicable; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00FA7F15" w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="6A433B6D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S6_lv2_783034f87" w:id="26"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>6) bystander intervention strategies and safe reporting practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="304BAC13" w14:textId="56D635CA">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820SD_lv1_807f9c201" w:id="27"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t xml:space="preserve">D) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
+        <w:t>Institution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA7F15">
+        <w:t>s may</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tailor their training to the unique needs, size, and resources of their campus, and may include additional topics as considered appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="00B96E6B" w14:paraId="621528D2" w14:textId="48EE36DE">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820SE_lv1_0c9a6332c" w:id="28"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>E)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S1_lv2_625d26f15" w:id="29"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t xml:space="preserve">1) Before </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3D77">
+        <w:t>January thirty‑first</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of each academic year:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="003F6E90" w14:paraId="60CBEAE9" w14:textId="718432A1">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820Sa_lv3_ab27b137c" w:id="30"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00B96E6B">
-        <w:t>3) transient students.</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">1) The training program for </w:t>
+        <w:t xml:space="preserve">a) each public college and university and each independent institution of </w:t>
       </w:r>
       <w:r w:rsidR="00FA7F15">
-        <w:t>an institution of higher learning</w:t>
-[...283 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C101N820Sa_lv3_ab27b137c" w:id="31"/>
+        <w:t>higher learning</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96E6B">
+        <w:t xml:space="preserve"> to which the provisions of this article apply pursuant to subsection (A) shall submit an annual report to the Commission on Higher Education; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B96E6B" w:rsidP="00B96E6B" w:rsidRDefault="003F6E90" w14:paraId="09FFD8B2" w14:textId="5E695513">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820Sb_lv3_768b10b0c" w:id="31"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidR="00B96E6B">
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>b) each technical college shall submit an annual report to the State Board for Technical and Comprehensive Education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="000C0D8B" w:rsidRDefault="003F6E90" w14:paraId="7ACD017E" w14:textId="0DA9F360">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C101N820S2_lv2_076bb0e59" w:id="33"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N820S2_lv2_076bb0e59" w:id="32"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="00B96E6B">
         <w:t>2) The report required in item (1) must include a summary of the student safety training program, the methods of delivery, and any associated training materials.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="356BAE46" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E248EB" w:rsidP="003A4222" w:rsidRDefault="006E0013" w14:paraId="29C9591B" w14:textId="758ECB30">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C101N830_33a95fe7b" w:id="34"/>
+      <w:bookmarkStart w:name="ns_T59C101N830_33a95fe7b" w:id="33"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>ection 59‑101‑830.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SA_lv1_1d6c72321" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SA_lv1_1d6c72321" w:id="34"/>
       <w:r w:rsidR="003A4222">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidR="003A4222">
         <w:t>A)</w:t>
       </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N830S1_lv2_84ad6cbab" w:id="35"/>
       <w:r w:rsidR="00E248EB">
-        <w:t xml:space="preserve">(1) </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="00E248EB">
+        <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="003A4222">
         <w:t>Each institution of higher learning in this State shall compile and report campus crime statistics on an annual basis to the Commission on Higher Education</w:t>
       </w:r>
       <w:r w:rsidR="00E75E1E">
         <w:t xml:space="preserve"> or the State Board of Technical and Comprehensive Education, as appropriate</w:t>
       </w:r>
       <w:r w:rsidR="00E53279">
         <w:t xml:space="preserve">, no later than </w:t>
       </w:r>
       <w:r w:rsidR="00DE3DB1">
         <w:t>January thirty‑first</w:t>
       </w:r>
       <w:r w:rsidR="00E53279">
         <w:t xml:space="preserve"> of each year</w:t>
       </w:r>
       <w:r w:rsidR="003A4222">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E248EB">
         <w:t>Each institution shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E248EB" w:rsidP="003A4222" w:rsidRDefault="00E248EB" w14:paraId="367A43CF" w14:textId="13566F73">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv2_85423918b" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv3_85423918b" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>a) post its report on its internet website when it provides the report to the commission or state board</w:t>
       </w:r>
       <w:r w:rsidR="00E53279">
         <w:t xml:space="preserve"> no later than </w:t>
       </w:r>
       <w:r w:rsidR="00DE3DB1">
         <w:t xml:space="preserve">January thirty‑first </w:t>
       </w:r>
       <w:r w:rsidR="00E53279">
         <w:t>of each year</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E248EB" w:rsidP="003A4222" w:rsidRDefault="00E248EB" w14:paraId="08368CB5" w14:textId="13E0B5E2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv2_57e284af4" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv3_57e284af4" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>b) email the report to students</w:t>
       </w:r>
       <w:r w:rsidR="007E3D77">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">before </w:t>
       </w:r>
       <w:r w:rsidR="00E53279">
         <w:t xml:space="preserve">the first day of the class during the </w:t>
       </w:r>
       <w:r w:rsidR="002337DC">
         <w:t>following fall semester</w:t>
       </w:r>
       <w:r w:rsidR="007E3D77">
         <w:t xml:space="preserve">, excluding students enumerated in </w:t>
       </w:r>
       <w:r w:rsidRPr="007E3D77" w:rsidR="007E3D77">
         <w:t>Section 59‑101‑820(A)</w:t>
       </w:r>
       <w:r w:rsidR="007E3D77">
-        <w:t>(1)‑(3)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007E3D77">
+        <w:t>1)‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E3D77">
+        <w:t>(3)</w:t>
       </w:r>
       <w:r w:rsidR="00E53279">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE3DB1" w:rsidP="003A4222" w:rsidRDefault="00E248EB" w14:paraId="4A08135E" w14:textId="01370C94">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S2_lv3_b532874fc" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S2_lv2_b532874fc" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="000D4937">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="003A4222">
         <w:t xml:space="preserve">he commission </w:t>
       </w:r>
       <w:r w:rsidR="00E75E1E">
-        <w:t xml:space="preserve">and board </w:t>
+        <w:t>and b</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="39"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidR="00E75E1E">
+        <w:t xml:space="preserve">oard </w:t>
       </w:r>
       <w:r w:rsidR="003A4222">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00DE3DB1">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE3DB1" w:rsidP="003A4222" w:rsidRDefault="00DE3DB1" w14:paraId="73A24DB8" w14:textId="41C45B3C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv2_c222c13fd" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv3_c222c13fd" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="003A4222">
         <w:t xml:space="preserve"> make these reports publicly available on </w:t>
       </w:r>
       <w:r w:rsidR="00E75E1E">
         <w:t>their respective</w:t>
       </w:r>
       <w:r w:rsidR="003A4222">
         <w:t xml:space="preserve"> website</w:t>
       </w:r>
       <w:r w:rsidR="00E75E1E">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000D4937">
         <w:t xml:space="preserve"> no later than February fifteenth of each year</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="00DE3DB1" w14:paraId="2DD19DCF" w14:textId="23ACDCCD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv2_d461ad899" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv3_d461ad899" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidR="00E75E1E">
         <w:t xml:space="preserve"> provide a composite </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">summary </w:t>
       </w:r>
       <w:r w:rsidR="00E75E1E">
         <w:t xml:space="preserve">report of </w:t>
       </w:r>
       <w:r>
         <w:t>each of</w:t>
       </w:r>
       <w:r w:rsidR="00E75E1E">
         <w:t xml:space="preserve"> these reports to provide to the </w:t>
       </w:r>
       <w:r>
         <w:t>respective chairs</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3DB1">
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r>
@@ -1580,972 +1719,1053 @@
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3DB1">
         <w:t xml:space="preserve">inance </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3DB1">
         <w:t>ommittee</w:t>
       </w:r>
       <w:r w:rsidR="000D4937">
         <w:t xml:space="preserve"> no later than March first of each year</w:t>
       </w:r>
       <w:r w:rsidR="003A4222">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="5D9FE231" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SB_lv1_0480e9cdd" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SB_lv1_0480e9cdd" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>B) Each institution shall collect and maintain data on crimes reported to have occurred on property owned, leased, or controlled by the institution, including buildings, grounds, and other facilities regularly used by students, faculty, or staff.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="59B56364" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SC_lv1_3b74ecbc7" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SC_lv1_3b74ecbc7" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>C) The annual report required under subsection (A) must include, for the preceding calendar year, a detailed accounting of the number and type of crimes reported to have occurred on campus, divided:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="1EB2DB42" w14:textId="5EFFA4D0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S1_lv2_0e0d97497" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S1_lv2_0e0d97497" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>1) by crime category including</w:t>
       </w:r>
       <w:r w:rsidR="00C16327">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="00C16327">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> homicide, sexual assault, robbery, aggravated assault, burglary, motor vehicle theft, arson, and any other category designated by the State Law Enforcement Division or the United States Department of Education for campus safety reporting purposes;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> homicide, sexual assault, robbery, aggravated assault, burglary, motor vehicle theft, arson, and any other category designated by the State Law Enforcement Division or the United States Department of Education for campus safety reporting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>purposes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="4E9223FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S2_lv2_5618321b4" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S2_lv2_5618321b4" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t>2) by status of the alleged offender, identifying whether the offender was:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="577B2614" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv3_5bb474edb" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv3_5bb474edb" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t xml:space="preserve">a) a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>student;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="2A70BB90" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv3_4ac7f4897" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv3_4ac7f4897" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>b) a member of the institution’s faculty or staff; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="41D8452D" w14:textId="29AD8625">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sc_lv3_f964ba93a" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sc_lv3_f964ba93a" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t xml:space="preserve">c) a visitor or other nonaffiliated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="20E29C3A" w14:textId="0B17598B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S3_lv2_c43135b85" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S3_lv2_c43135b85" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00852790">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>y status of the victim, identifying whether the victim was:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="30901E7C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv3_9cf0a9856" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sa_lv3_9cf0a9856" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t xml:space="preserve">a) a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>student;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="23EE447B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv3_cb4497024" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sb_lv3_cb4497024" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>b) a member of the institution’s faculty or staff; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="06C5D676" w14:textId="2BBECBC5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830Sc_lv3_599b4ae02" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T59C101N830Sc_lv3_599b4ae02" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>c) a visitor or other nonaffiliated person.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="6EC1340C" w14:textId="5B9EED98">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SD_lv1_1291a2f01" w:id="52"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SD_lv1_1291a2f01" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>D) Each annual report must also include a summary analysis of the number of crimes, for each crime category, in the following relationship categories:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="04F69FA2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C101N830S1_lv2_58e1339b1" w:id="53"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N830S1_lv2_58e1339b1" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t xml:space="preserve">1) student‑on‑student </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>crimes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="0456B34A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S2_lv2_55c5f1be7" w:id="54"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S2_lv2_55c5f1be7" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t xml:space="preserve">2) student‑on‑visitor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>crimes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="0D28E285" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S3_lv2_fd3c98f94" w:id="55"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S3_lv2_fd3c98f94" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t xml:space="preserve">3) student‑on‑school‑personnel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>crimes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="7486CA7A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S4_lv2_52c9fe780" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S4_lv2_52c9fe780" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:t xml:space="preserve">4) visitor‑on‑student </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>crimes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="72129311" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S5_lv2_3e24fc876" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S5_lv2_3e24fc876" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:t xml:space="preserve">5) visitor‑on‑visitor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>crimes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="4DA0F0FB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S6_lv2_1d70f0e1b" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S6_lv2_1d70f0e1b" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:t xml:space="preserve">6) visitor‑on‑school‑personnel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>crimes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="3249A620" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S7_lv2_27c715cf4" w:id="59"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S7_lv2_27c715cf4" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t xml:space="preserve">7) school‑personnel‑on‑school‑personnel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>crimes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="4E76E467" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S8_lv2_e5d57335e" w:id="60"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S8_lv2_e5d57335e" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:t>8) school‑personnel‑on‑student crimes; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="422527E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830S9_lv2_9517a2534" w:id="61"/>
+      <w:bookmarkStart w:name="ss_T59C101N830S9_lv2_9517a2534" w:id="62"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t>9) school‑personnel‑on‑visitor crimes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="26786C49" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SE_lv1_b3dc1cb7a" w:id="62"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SE_lv1_b3dc1cb7a" w:id="63"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-[...1 lines deleted...]
-        <w:t>E) Institutions shall collect and maintain the data required by this section on at least a quarterly basis to ensure accuracy and timeliness of reporting.</w:t>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t xml:space="preserve">E) Institutions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> collect and maintain the data required by this section on at least a quarterly basis to ensure accuracy and timeliness of reporting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="74DEFC2A" w14:textId="7669D4BD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SF_lv1_4d6bc5ee9" w:id="63"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SF_lv1_4d6bc5ee9" w:id="64"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:t>F) Although the reporting obligation under this section is annual, if the chairman of any standing committee of the South Carolina General Assembly determines that concerns exist regarding campus safety or crime reporting, that chairman may submit a written request for the most recent quarterly data maintained by an institution. Upon such a request, the institution must provide the requested data within thirty calendar days after receipt of the request.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="35DE3621" w14:textId="5D5018C6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SG_lv1_d12c80b5a" w:id="64"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SG_lv1_d12c80b5a" w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:t>G) Nothing in this section shall be construed to require disclosure of personally identifiable information or information that would compromise an ongoing criminal investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="28CF5F90" w14:textId="11A3BDA0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SH_lv1_30a8d3e59" w:id="65"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SH_lv1_30a8d3e59" w:id="66"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidR="00E53279">
         <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:t>) The reporting requirements established pursuant to this section are in addition to</w:t>
       </w:r>
       <w:r w:rsidR="00C16327">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and not in substitution for</w:t>
       </w:r>
       <w:r w:rsidR="00C16327">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> any crime reporting obligations imposed under federal law including</w:t>
       </w:r>
       <w:r w:rsidR="00C16327">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="00C16327">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the Jeanne Clery Disclosure of Campus Security Policy and Campus Crime Statistics Act, 20 U.S.C. section 1092(f), and any regulations promulgated thereunder.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A4222" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="3691ED68" w14:textId="4A66E6FE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SI_lv1_3674239d7" w:id="66"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SI_lv1_3674239d7" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidR="00E53279">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t>) Nothing in this section may be construed to limit, modify, or otherwise affect the duties of institutions of higher learning under the Jeanne Clery Disclosure of Campus Security Policy and Campus Crime Statistics Act, 20 U.S.C. section 1092(f), or to relieve any institution from complying with all applicable federal reporting and disclosure requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="003A4222" w:rsidRDefault="003A4222" w14:paraId="22D6FED7" w14:textId="4E353702">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SJ_lv1_35149d868" w:id="67"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SJ_lv1_35149d868" w:id="68"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidR="00E53279">
         <w:t>J</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) The reports required by this section shall be prepared and published separately from the annual security report required by </w:t>
       </w:r>
       <w:r w:rsidR="002B7BEC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="002B7BEC" w:rsidR="002B7BEC">
         <w:t>Jeanne Clery Disclosure of Campus Security Policy and Campus Crime Statistics Act,</w:t>
       </w:r>
       <w:r w:rsidR="002B7BEC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>20 U.S.C. section 1092(f), unless the institution elects to include the additional data required by this section within the annual report, provided that such inclusion is clearly identified and presented in a distinct section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E3D77" w:rsidP="003A4222" w:rsidRDefault="007E3D77" w14:paraId="59B0BE9E" w14:textId="4E068278">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N830SK_lv1_6b41fabb0" w:id="68"/>
+      <w:bookmarkStart w:name="ss_T59C101N830SK_lv1_6b41fabb0" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
-[...1 lines deleted...]
-        <w:t>K) Data collected and reported pursuant to this section must be retained for a period seven years.</w:t>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:t xml:space="preserve">K) Data collected and reported pursuant to this section must be retained for a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> seven years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E0013" w:rsidP="006E0013" w:rsidRDefault="006E0013" w14:paraId="41137477" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00FA7F15" w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="006E0013" w14:paraId="736822CD" w14:textId="4A84F0F0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C101N840_f2c5cd2e7" w:id="69"/>
+      <w:bookmarkStart w:name="ns_T59C101N840_f2c5cd2e7" w:id="70"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:t>ection 59‑101‑840.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N840SA_lv1_c302573b0" w:id="70"/>
+      <w:bookmarkStart w:name="ss_T59C101N840SA_lv1_c302573b0" w:id="71"/>
       <w:r w:rsidR="000C0D8B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidR="000C0D8B">
         <w:t xml:space="preserve">A) Each </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="000C0D8B">
         <w:t xml:space="preserve"> shall make publicly available on its website its campus safety plan or plans, to the extent that such plans are not confidential, sensitive, or otherwise protected from public disclosure under state or federal law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00FA7F15" w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="7D0C0A34" w14:textId="1C445A10">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00FA7F15">
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C101N840SB_lv1_fddd5366f" w:id="71"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C101N840SB_lv1_fddd5366f" w:id="72"/>
       <w:r w:rsidRPr="00FA7F15">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidRPr="00FA7F15">
         <w:t>B) If a</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15">
         <w:t xml:space="preserve"> does not currently have a campus safety plan, it shall develop and implement one in coordination with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15">
         <w:t xml:space="preserve">’s public safety director, president, and board of trustees. The </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15">
         <w:t xml:space="preserve"> shall then post the nonconfidential portions of the plan on its website.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="48DCA7D9" w14:textId="777C0DBA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA7F15">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N840SC_lv1_d580c91de" w:id="72"/>
+      <w:bookmarkStart w:name="ss_T59C101N840SC_lv1_d580c91de" w:id="73"/>
       <w:r w:rsidRPr="00FA7F15">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="00FA7F15">
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>Institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15">
         <w:t>s must review and update their posted</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> safety plans at least once per academic year.</w:t>
       </w:r>
       <w:r w:rsidR="002B7526">
         <w:t xml:space="preserve"> A posted safety plan must include the date of its issuance and most recent update if any update has been made.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="52D57B3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="006E0013" w14:paraId="46163969" w14:textId="3ED972E2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C101N850_6c9038a2f" w:id="73"/>
+      <w:bookmarkStart w:name="ns_T59C101N850_6c9038a2f" w:id="74"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t>ection 59‑101‑850.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N850SA_lv1_b580628c8" w:id="74"/>
+      <w:bookmarkStart w:name="ss_T59C101N850SA_lv1_b580628c8" w:id="75"/>
       <w:r w:rsidR="000C0D8B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidR="000C0D8B">
         <w:t xml:space="preserve">A) The Commission on Higher Education and State Board for Technical and Comprehensive Education respectively shall maintain a record </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="000C0D8B">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="000C0D8B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="000C0D8B">
         <w:t xml:space="preserve"> that submit the annual reports required </w:t>
       </w:r>
       <w:r w:rsidR="00852790">
         <w:t>pursuant to</w:t>
       </w:r>
       <w:r w:rsidR="000C0D8B">
         <w:t xml:space="preserve"> Section 59‑101‑820(E) and Section 59‑101‑830.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="5DA53D0C" w14:textId="421EC636">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N850SB_lv1_583261984" w:id="75"/>
+      <w:bookmarkStart w:name="ss_T59C101N850SB_lv1_583261984" w:id="76"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t>B) By December first of each year, the Commission on Higher Education and State Board for Technical and Comprehensive Education shall determine whether each institution under its respective purview has complied with the provisions of this article for that calendar year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="2723CF46" w14:textId="1DEC372B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N850SC_lv1_cf207eb21" w:id="76"/>
+      <w:bookmarkStart w:name="ss_T59C101N850SC_lv1_cf207eb21" w:id="77"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t xml:space="preserve">C) By January first of each year, the Commission on Higher Education and State Board for Technical and Comprehensive Education shall notify the </w:t>
       </w:r>
       <w:r w:rsidR="007E3D77">
         <w:t xml:space="preserve">respective chairmen of the </w:t>
       </w:r>
       <w:r>
         <w:t>House Education and Public Works Committee</w:t>
       </w:r>
       <w:r w:rsidR="007E3D77">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E3D77">
         <w:t xml:space="preserve">the House Ways and Means Committee, the </w:t>
       </w:r>
       <w:r>
         <w:t>Senate Education Committee</w:t>
       </w:r>
       <w:r w:rsidR="007E3D77">
         <w:t>, and the Senate Finance Committee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of any </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15" w:rsidR="00FA7F15">
         <w:t>institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA7F15">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is not in compliance with the provisions of this article. The House Education and Public Works Committee, the Senate Finance Committee, or both may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C0D8B" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="23D38912" w14:textId="6D0FE50E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N850S1_lv2_ac3a3908d" w:id="77"/>
+      <w:bookmarkStart w:name="ss_T59C101N850S1_lv2_ac3a3908d" w:id="78"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidR="00800610">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>) recommend a reduction or suspension in institutional funding for the following fiscal year to the House Ways and Means Committee and the Senate Finance Committee; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264B11" w:rsidP="000C0D8B" w:rsidRDefault="000C0D8B" w14:paraId="59006ECC" w14:textId="15658017">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C101N850S2_lv2_d65a8d07d" w:id="78"/>
+      <w:bookmarkStart w:name="ss_T59C101N850S2_lv2_d65a8d07d" w:id="79"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidR="00800610">
         <w:t>2</w:t>
       </w:r>
       <w:r>
-        <w:t>) refer a finding of noncompliance to the Attorney General who may bring an enforcement action in the circuit court of appropriate jurisdiction</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>refer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a finding of noncompliance to the Attorney General who may bring an enforcement action in the circuit court of appropriate jurisdiction</w:t>
       </w:r>
       <w:r w:rsidR="00B96E6B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="6BDB595E">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="4B618B3D">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="79"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="80"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="80"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="81"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B96E6B" w:rsidR="00B96E6B">
         <w:t xml:space="preserve">This act takes effect upon approval by the Governor and first applies to students enrolling for the academic year beginning in the </w:t>
       </w:r>
       <w:r w:rsidR="003411D6">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96E6B" w:rsidR="00B96E6B">
         <w:t>all of 2027</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00F50FC4">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E8AF5B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2578,175 +2798,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="089BE04D" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="006769D2" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="027417F7" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00C44C58" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00E73565">
+              <w:t>[4739]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00121C15">
+            <w:r w:rsidR="00714CCE">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0507WAB26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3008,86 +3226,89 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00020F9A"/>
     <w:rsid w:val="0002469E"/>
     <w:rsid w:val="00026421"/>
+    <w:rsid w:val="000264CC"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B59BF"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C0D8B"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6173"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D4937"/>
     <w:rsid w:val="000E578A"/>
@@ -3098,506 +3319,531 @@
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00121C15"/>
     <w:rsid w:val="001267CC"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="001423C3"/>
     <w:rsid w:val="00143F05"/>
     <w:rsid w:val="00162B66"/>
     <w:rsid w:val="001635E9"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00177CEB"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001B6FB3"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F35C6"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002014C5"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="0022391D"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="002337DC"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00264B11"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00280E8F"/>
     <w:rsid w:val="002815DB"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002852EC"/>
     <w:rsid w:val="00287753"/>
     <w:rsid w:val="00295C57"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B7526"/>
     <w:rsid w:val="002B7BEC"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
+    <w:rsid w:val="002E42C4"/>
     <w:rsid w:val="002E4A2E"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F70E4"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003112EA"/>
     <w:rsid w:val="003411D6"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="00355204"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="0036273B"/>
     <w:rsid w:val="00363312"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
+    <w:rsid w:val="0037462B"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00382FA1"/>
     <w:rsid w:val="003A4222"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D464D"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F6E90"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004139B5"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00446E3A"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="0047488E"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004921BB"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A546C"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
+    <w:rsid w:val="004C0DEB"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C2B8A"/>
     <w:rsid w:val="004C3947"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00504C70"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005165A0"/>
     <w:rsid w:val="00521917"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00530626"/>
     <w:rsid w:val="0053469C"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
+    <w:rsid w:val="005616FE"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A064F"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A4B44"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E22DF"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E3B16"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00601B6F"/>
     <w:rsid w:val="00604429"/>
+    <w:rsid w:val="006050B6"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="006078C5"/>
     <w:rsid w:val="00610AE3"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006222A6"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00624194"/>
     <w:rsid w:val="0063059B"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="006570D6"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00660609"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663379"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006954C8"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006A7B1B"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0013"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E1C61"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00711387"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="0071308F"/>
     <w:rsid w:val="00714670"/>
+    <w:rsid w:val="00714CCE"/>
     <w:rsid w:val="007158AA"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00733959"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
+    <w:rsid w:val="007B0347"/>
     <w:rsid w:val="007B04B8"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B6F52"/>
+    <w:rsid w:val="007C296F"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E3D77"/>
     <w:rsid w:val="007E4839"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00800610"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00817436"/>
     <w:rsid w:val="00820B50"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00836561"/>
     <w:rsid w:val="00852790"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0086614F"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00884545"/>
     <w:rsid w:val="00887396"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00897F6B"/>
     <w:rsid w:val="008A203A"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B07C7"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008B725F"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
+    <w:rsid w:val="008C1D8A"/>
     <w:rsid w:val="008D0878"/>
     <w:rsid w:val="008D0BBC"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D6AEB"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E12FF"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F0327"/>
     <w:rsid w:val="008F66A5"/>
     <w:rsid w:val="00900196"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="0093241C"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="00936188"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="0097177C"/>
     <w:rsid w:val="0097626E"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
+    <w:rsid w:val="00991286"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A6B68"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24AAD"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A32AFA"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A61599"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A80C6E"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD7C53"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE46B6"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
+    <w:rsid w:val="00B70804"/>
     <w:rsid w:val="00B74077"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B824F5"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B90158"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B96E6B"/>
     <w:rsid w:val="00BA18EB"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD6DF4"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF0193"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C042D1"/>
     <w:rsid w:val="00C11D32"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C16327"/>
     <w:rsid w:val="00C169E7"/>
     <w:rsid w:val="00C17D1D"/>
+    <w:rsid w:val="00C44C58"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C53F7D"/>
     <w:rsid w:val="00C543E7"/>
+    <w:rsid w:val="00C62556"/>
     <w:rsid w:val="00C67097"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C85EEF"/>
     <w:rsid w:val="00C860EC"/>
     <w:rsid w:val="00C923FF"/>
     <w:rsid w:val="00C95233"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB114A"/>
+    <w:rsid w:val="00CB1E02"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC1B7B"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD2604"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D02331"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
+    <w:rsid w:val="00D15643"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D446FC"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D90091"/>
+    <w:rsid w:val="00D9548B"/>
     <w:rsid w:val="00D96D0A"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB133D"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC6550"/>
     <w:rsid w:val="00DE0CAF"/>
+    <w:rsid w:val="00DE2161"/>
     <w:rsid w:val="00DE3DB1"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E10ECF"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E22D15"/>
     <w:rsid w:val="00E23F85"/>
     <w:rsid w:val="00E248EB"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
+    <w:rsid w:val="00E36503"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E53279"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
+    <w:rsid w:val="00E66B42"/>
+    <w:rsid w:val="00E73565"/>
     <w:rsid w:val="00E75E1E"/>
     <w:rsid w:val="00E8164B"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA152B"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC31FE"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE0A01"/>
     <w:rsid w:val="00EE27FB"/>
     <w:rsid w:val="00EE3CDA"/>
+    <w:rsid w:val="00EF2AB6"/>
     <w:rsid w:val="00EF35B8"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00EF6111"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
+    <w:rsid w:val="00F135D2"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17B8C"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F26F8E"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F33ECD"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F50FC4"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F5323B"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F900B4"/>
@@ -4021,1360 +4267,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005616FE"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005616FE"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="006E1C61"/>
+    <w:rsid w:val="005616FE"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -5388,51 +5636,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4739&amp;session=126&amp;summary=B" TargetMode="External" Id="Rb91b4696fe3e4160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4739_20251217.docx" TargetMode="External" Id="R110c39ac3a714bec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4739&amp;session=126&amp;summary=B" TargetMode="External" Id="R8e7efcbb35d54a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4739_20251217.docx" TargetMode="External" Id="R0108c12eebc8461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rb4302852c8a1433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rf589748353bc4bee" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5459,120 +5707,120 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000C6173"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="0036273B"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="0047488E"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="0053469C"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006078C5"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00660609"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00711387"/>
     <w:rsid w:val="00714670"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008B725F"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="0097626E"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DB133D"/>
     <w:rsid w:val="00E76813"/>
@@ -6335,54 +6583,50 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
@@ -6629,150 +6873,130 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>3eb90f0c-aa03-4c7d-888b-832426a50206</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-10-16T14:07:42.732063-04:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>8765d3c4-ffdf-413d-88d6-e1009a4394af</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>a88fe4be-7ef5-4139-8571-6864b439831f</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>3905c320-664e-4d5b-a0a1-392b038c0134</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4739]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4739</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 4 TO CHAPTER 101, TITLE 59 SO AS TO REQUIRE EACH PUBLIC COLLEGE, UNIVERSITY, AND TECHNICAL COLLEGE IN THIS STATE AND EACH INDEPENDENT INSTITUTION OF HIGHER EDUCATION IN THIS STATE THAT RECEIVES CERTAIN LOTTERY SCHOLARSHIP‑FUNDED TUITION PAYMENTS TO IMPLEMENT A SAFETY TRAINING PROGRAM FOR ALL NEW STUDENTS, TO PROVIDE EXCLUSIONS FROM THE PROGRAMS, TO PROVIDE REQUIREMENTS OF THE PROGRAMS, TO REQUIRE EACH INSTITUTION TO COMPILE AND ANNUALLY REPORT CERTAIN CAMPUS CRIME STATISTICS, AMONG OTHER THINGS, TO PROVIDE ADDITIONAL REPORTING REQUIREMENTS, AND TO PROVIDE ENFORCEMENT MECHANISMS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
-  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
-  <T_BILL_T_SECTIONS>[{"SectionUUID":"3bc90af8-a2ca-4f09-898a-33edce1f3ad5","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T59C101N810_359d2ac53","IsConstitutionSection":false,"Identity":"59-101-810","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N810S1","SubSectionBookmarkName":"ss_T59C101N810S1_lv1_85815a5d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N810S2","SubSectionBookmarkName":"ss_T59C101N810S2_lv1_25caef53d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N810S3","SubSectionBookmarkName":"ss_T59C101N810S3_lv1_925f6e97e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 4 TO CHAPTER 101, TITLE 59 SO AS TO REQUIRE EACH PUBLIC COLLEGE, UNIVERSITY, AND TECHNICAL COLLEGE IN THIS STATE AND EACH INDEPENDENT INSTITUTION OF HIGHER EDUCATION IN THIS STATE THAT RECEIVES CERTAIN LOTTERY SCHOLARSHIP-FUNDED TUITION PAYMENTS TO IMPLEMENT A SAFETY TRAINING PROGRAM FOR ALL NEW STUDENTS, TO PROVIDE EXCLUSIONS FROM THE PROGRAMS, TO PROVIDE REQUIREMENTS OF THE PROGRAMS, TO REQUIRE EACH INSTITUTION TO COMPILE AND ANNUALLY REPORT CERTAIN CAMPUS CRIME STATISTICS TO THE COMMISSION ON HIGHER EDUCATION OR THE STATE BOARD OF TECHNICAL AND COMPREHENSIVE EDUCATION, AND TO PROVIDE RELATED REPORTING REQUIREMENTS OF THE COMMISSION AND STATE BOARD, AMONG OTHER THINGS, TO PROVIDE ADDITIONAL REPORTING REQUIREMENTS, AND TO PROVIDE ENFORCEMENT MECHANISMS","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N820_683a54f64","IsConstitutionSection":false,"Identity":"59-101-820","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N820SA","SubSectionBookmarkName":"ss_T59C101N820SA_lv1_117342601","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_59086e231","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_6a5c14ba8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S3","SubSectionBookmarkName":"ss_T59C101N820S3_lv2_77ddaf477","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SB","SubSectionBookmarkName":"ss_T59C101N820SB_lv1_014d30375","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_c88570653","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_554435f3b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S3","SubSectionBookmarkName":"ss_T59C101N820S3_lv2_52ec86132","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SC","SubSectionBookmarkName":"ss_T59C101N820SC_lv1_f0282f09a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_764d3fdd5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_4df66869a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S3","SubSectionBookmarkName":"ss_T59C101N820S3_lv2_188cc97d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S4","SubSectionBookmarkName":"ss_T59C101N820S4_lv2_b9a1ee9d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S5","SubSectionBookmarkName":"ss_T59C101N820S5_lv2_5c03b72b9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S6","SubSectionBookmarkName":"ss_T59C101N820S6_lv2_783034f87","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SD","SubSectionBookmarkName":"ss_T59C101N820SD_lv1_807f9c201","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SE","SubSectionBookmarkName":"ss_T59C101N820SE_lv1_0c9a6332c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_625d26f15","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N820Sa","SubSectionBookmarkName":"ss_T59C101N820Sa_lv3_ab27b137c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N820Sb","SubSectionBookmarkName":"ss_T59C101N820Sb_lv3_768b10b0c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_076bb0e59","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N830_33a95fe7b","IsConstitutionSection":false,"Identity":"59-101-830","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N830SA","SubSectionBookmarkName":"ss_T59C101N830SA_lv1_1d6c72321","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv2_85423918b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv2_57e284af4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830S2","SubSectionBookmarkName":"ss_T59C101N830S2_lv3_b532874fc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv2_c222c13fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv2_d461ad899","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SB","SubSectionBookmarkName":"ss_T59C101N830SB_lv1_0480e9cdd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SC","SubSectionBookmarkName":"ss_T59C101N830SC_lv1_3b74ecbc7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S1","SubSectionBookmarkName":"ss_T59C101N830S1_lv2_0e0d97497","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S2","SubSectionBookmarkName":"ss_T59C101N830S2_lv2_5618321b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv3_5bb474edb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv3_4ac7f4897","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sc","SubSectionBookmarkName":"ss_T59C101N830Sc_lv3_f964ba93a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S3","SubSectionBookmarkName":"ss_T59C101N830S3_lv2_c43135b85","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv3_9cf0a9856","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv3_cb4497024","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sc","SubSectionBookmarkName":"ss_T59C101N830Sc_lv3_599b4ae02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SD","SubSectionBookmarkName":"ss_T59C101N830SD_lv1_1291a2f01","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S1","SubSectionBookmarkName":"ss_T59C101N830S1_lv2_58e1339b1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S2","SubSectionBookmarkName":"ss_T59C101N830S2_lv2_55c5f1be7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S3","SubSectionBookmarkName":"ss_T59C101N830S3_lv2_fd3c98f94","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S4","SubSectionBookmarkName":"ss_T59C101N830S4_lv2_52c9fe780","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S5","SubSectionBookmarkName":"ss_T59C101N830S5_lv2_3e24fc876","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S6","SubSectionBookmarkName":"ss_T59C101N830S6_lv2_1d70f0e1b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S7","SubSectionBookmarkName":"ss_T59C101N830S7_lv2_27c715cf4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S8","SubSectionBookmarkName":"ss_T59C101N830S8_lv2_e5d57335e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S9","SubSectionBookmarkName":"ss_T59C101N830S9_lv2_9517a2534","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SE","SubSectionBookmarkName":"ss_T59C101N830SE_lv1_b3dc1cb7a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SF","SubSectionBookmarkName":"ss_T59C101N830SF_lv1_4d6bc5ee9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SG","SubSectionBookmarkName":"ss_T59C101N830SG_lv1_d12c80b5a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SH","SubSectionBookmarkName":"ss_T59C101N830SH_lv1_30a8d3e59","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SI","SubSectionBookmarkName":"ss_T59C101N830SI_lv1_3674239d7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SJ","SubSectionBookmarkName":"ss_T59C101N830SJ_lv1_35149d868","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SK","SubSectionBookmarkName":"ss_T59C101N830SK_lv1_6b41fabb0","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N840_f2c5cd2e7","IsConstitutionSection":false,"Identity":"59-101-840","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N840SA","SubSectionBookmarkName":"ss_T59C101N840SA_lv1_c302573b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N840SB","SubSectionBookmarkName":"ss_T59C101N840SB_lv1_fddd5366f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N840SC","SubSectionBookmarkName":"ss_T59C101N840SC_lv1_d580c91de","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N850_6c9038a2f","IsConstitutionSection":false,"Identity":"59-101-850","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N850SA","SubSectionBookmarkName":"ss_T59C101N850SA_lv1_b580628c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N850SB","SubSectionBookmarkName":"ss_T59C101N850SB_lv1_583261984","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N850SC","SubSectionBookmarkName":"ss_T59C101N850SC_lv1_cf207eb21","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N850S1","SubSectionBookmarkName":"ss_T59C101N850S1_lv2_ac3a3908d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N850S2","SubSectionBookmarkName":"ss_T59C101N850S2_lv2_d65a8d07d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_dcea7feb9"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"3bc90af8-a2ca-4f09-898a-33edce1f3ad5","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T59C101N810_359d2ac53","IsConstitutionSection":false,"Identity":"59-101-810","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N810S1","SubSectionBookmarkName":"ss_T59C101N810S1_lv1_85815a5d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N810S2","SubSectionBookmarkName":"ss_T59C101N810S2_lv1_25caef53d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N810S3","SubSectionBookmarkName":"ss_T59C101N810S3_lv1_925f6e97e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 4 TO CHAPTER 101, TITLE 59 SO AS TO REQUIRE EACH PUBLIC COLLEGE, UNIVERSITY, AND TECHNICAL COLLEGE IN THIS STATE AND EACH INDEPENDENT INSTITUTION OF HIGHER EDUCATION IN THIS STATE THAT RECEIVES CERTAIN LOTTERY SCHOLARSHIP-FUNDED TUITION PAYMENTS TO IMPLEMENT A SAFETY TRAINING PROGRAM FOR ALL NEW STUDENTS, TO PROVIDE EXCLUSIONS FROM THE PROGRAMS, TO PROVIDE REQUIREMENTS OF THE PROGRAMS, TO REQUIRE EACH INSTITUTION TO COMPILE AND ANNUALLY REPORT CERTAIN CAMPUS CRIME STATISTICS TO THE COMMISSION ON HIGHER EDUCATION OR THE STATE BOARD OF TECHNICAL AND COMPREHENSIVE EDUCATION, AND TO PROVIDE RELATED REPORTING REQUIREMENTS OF THE COMMISSION AND STATE BOARD, AMONG OTHER THINGS, TO PROVIDE ADDITIONAL REPORTING REQUIREMENTS, AND TO PROVIDE ENFORCEMENT MECHANISMS","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N820_683a54f64","IsConstitutionSection":false,"Identity":"59-101-820","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N820SA","SubSectionBookmarkName":"ss_T59C101N820SA_lv1_117342601","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_59086e231","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_6a5c14ba8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S3","SubSectionBookmarkName":"ss_T59C101N820S3_lv2_77ddaf477","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SB","SubSectionBookmarkName":"ss_T59C101N820SB_lv1_014d30375","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_c88570653","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_554435f3b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S3","SubSectionBookmarkName":"ss_T59C101N820S3_lv2_52ec86132","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SC","SubSectionBookmarkName":"ss_T59C101N820SC_lv1_f0282f09a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_764d3fdd5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_4df66869a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S3","SubSectionBookmarkName":"ss_T59C101N820S3_lv2_188cc97d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S4","SubSectionBookmarkName":"ss_T59C101N820S4_lv2_b9a1ee9d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S5","SubSectionBookmarkName":"ss_T59C101N820S5_lv2_5c03b72b9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S6","SubSectionBookmarkName":"ss_T59C101N820S6_lv2_783034f87","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SD","SubSectionBookmarkName":"ss_T59C101N820SD_lv1_807f9c201","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N820SE","SubSectionBookmarkName":"ss_T59C101N820SE_lv1_0c9a6332c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S1","SubSectionBookmarkName":"ss_T59C101N820S1_lv2_625d26f15","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N820Sa","SubSectionBookmarkName":"ss_T59C101N820Sa_lv3_ab27b137c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N820Sb","SubSectionBookmarkName":"ss_T59C101N820Sb_lv3_768b10b0c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N820S2","SubSectionBookmarkName":"ss_T59C101N820S2_lv2_076bb0e59","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N830_33a95fe7b","IsConstitutionSection":false,"Identity":"59-101-830","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N830SA","SubSectionBookmarkName":"ss_T59C101N830SA_lv1_1d6c72321","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SB","SubSectionBookmarkName":"ss_T59C101N830SB_lv1_0480e9cdd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SC","SubSectionBookmarkName":"ss_T59C101N830SC_lv1_3b74ecbc7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S1","SubSectionBookmarkName":"ss_T59C101N830S1_lv2_0e0d97497","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S2","SubSectionBookmarkName":"ss_T59C101N830S2_lv2_5618321b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv3_5bb474edb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv3_4ac7f4897","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sc","SubSectionBookmarkName":"ss_T59C101N830Sc_lv3_f964ba93a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S3","SubSectionBookmarkName":"ss_T59C101N830S3_lv2_c43135b85","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv3_9cf0a9856","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv3_cb4497024","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sc","SubSectionBookmarkName":"ss_T59C101N830Sc_lv3_599b4ae02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SD","SubSectionBookmarkName":"ss_T59C101N830SD_lv1_1291a2f01","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S1","SubSectionBookmarkName":"ss_T59C101N830S1_lv2_58e1339b1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S2","SubSectionBookmarkName":"ss_T59C101N830S2_lv2_55c5f1be7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S3","SubSectionBookmarkName":"ss_T59C101N830S3_lv2_fd3c98f94","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S4","SubSectionBookmarkName":"ss_T59C101N830S4_lv2_52c9fe780","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S5","SubSectionBookmarkName":"ss_T59C101N830S5_lv2_3e24fc876","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S6","SubSectionBookmarkName":"ss_T59C101N830S6_lv2_1d70f0e1b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S7","SubSectionBookmarkName":"ss_T59C101N830S7_lv2_27c715cf4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S8","SubSectionBookmarkName":"ss_T59C101N830S8_lv2_e5d57335e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S9","SubSectionBookmarkName":"ss_T59C101N830S9_lv2_9517a2534","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SE","SubSectionBookmarkName":"ss_T59C101N830SE_lv1_b3dc1cb7a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SF","SubSectionBookmarkName":"ss_T59C101N830SF_lv1_4d6bc5ee9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SG","SubSectionBookmarkName":"ss_T59C101N830SG_lv1_d12c80b5a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SH","SubSectionBookmarkName":"ss_T59C101N830SH_lv1_30a8d3e59","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SI","SubSectionBookmarkName":"ss_T59C101N830SI_lv1_3674239d7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SJ","SubSectionBookmarkName":"ss_T59C101N830SJ_lv1_35149d868","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N830SK","SubSectionBookmarkName":"ss_T59C101N830SK_lv1_6b41fabb0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S1","SubSectionBookmarkName":"ss_T59C101N830S1_lv2_84ad6cbab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv3_85423918b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv3_57e284af4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N830S2","SubSectionBookmarkName":"ss_T59C101N830S2_lv2_b532874fc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sa","SubSectionBookmarkName":"ss_T59C101N830Sa_lv3_c222c13fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C101N830Sb","SubSectionBookmarkName":"ss_T59C101N830Sb_lv3_d461ad899","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N840_f2c5cd2e7","IsConstitutionSection":false,"Identity":"59-101-840","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N840SA","SubSectionBookmarkName":"ss_T59C101N840SA_lv1_c302573b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N840SB","SubSectionBookmarkName":"ss_T59C101N840SB_lv1_fddd5366f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N840SC","SubSectionBookmarkName":"ss_T59C101N840SC_lv1_d580c91de","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C101N850_6c9038a2f","IsConstitutionSection":false,"Identity":"59-101-850","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C101N850SA","SubSectionBookmarkName":"ss_T59C101N850SA_lv1_b580628c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N850SB","SubSectionBookmarkName":"ss_T59C101N850SB_lv1_583261984","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C101N850SC","SubSectionBookmarkName":"ss_T59C101N850SC_lv1_cf207eb21","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N850S1","SubSectionBookmarkName":"ss_T59C101N850S1_lv2_ac3a3908d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C101N850S2","SubSectionBookmarkName":"ss_T59C101N850S2_lv2_d65a8d07d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_dcea7feb9"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>College Safety Training Programs for Students</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
-</file>
-[...10 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>5</Pages>
   <Words>1788</Words>
   <Characters>10156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>181</Lines>
   <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>11858</CharactersWithSpaces>