--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. T. Moore</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. T. Moore, Lawson and Chumley</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0526WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Education and Public Works</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Public School Strength and Conditioning Coaches</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,193 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Education and Public Works</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rff9482ce62e241ac">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 75</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education and Public Works</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Reaefd686fc3f42ab">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 75</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Lawson, 
+ Chumley
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rae2e7e078ca2464e">
+      <w:hyperlink r:id="R3062936f346e4755">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +541,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R275584b27f294573">
+      <w:hyperlink r:id="Ra2fdd77355884e1b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00032A2A" w:rsidRDefault="00432135" w14:paraId="42EDA7D5" w14:textId="723BA0D2">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00032A2A" w:rsidRDefault="00A73EFA" w14:paraId="324C6E32" w14:textId="74959784">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00032A2A" w:rsidRDefault="00A73EFA" w14:paraId="392C4982" w14:textId="29E28D47">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00032A2A" w:rsidRDefault="00A73EFA" w14:paraId="730CD5CB" w14:textId="7352AD0A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00032A2A" w:rsidRDefault="00A73EFA" w14:paraId="4E72B738" w14:textId="45C54714">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00032A2A" w:rsidRDefault="00A73EFA" w14:paraId="21EBBD88" w14:textId="3C449A37">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -556,1203 +671,1349 @@
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="003F586E" w14:paraId="02F87BFC" w14:textId="710C8DE3">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 59-63-67 SO AS TO REQUIRE CERTIFICATION OF PUBLIC SCHOOL STRENGTH AND CONDITIONING COACHES, TO ESTABLISH CERTIFICATION STANDARDS, REQUIRE PROFESSIONAL DEVELOPMENT SUPPORT, AND ESTABLISH OVERSIGHT AND COMPLIANCE PROCEDURES</w:t>
           </w:r>
           <w:r w:rsidR="00766111">
             <w:t>, among other things</w:t>
           </w:r>
           <w:r>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_8f4cb7d9f" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_8f4cb7d9f" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="11B92700" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="0719E42D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_19c64ca12" w:id="2"/>
+      <w:bookmarkStart w:name="ew_19c64ca12" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F10F9" w:rsidRDefault="006F10F9" w14:paraId="07534D2C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="21C434A7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_bda8860af" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_bda8860af" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_36db12b40" w:id="3"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...6 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>rticle 1, Chapter 63, Title 59 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F10F9" w:rsidRDefault="006F10F9" w14:paraId="7F24AFD3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="006F10F9" w14:paraId="1ABC6F94" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T59C63N67_d2e3fae02" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>rticle 1, Chapter 63, Title 59 of the S.C. Code is amended by adding:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006F10F9" w:rsidRDefault="006F10F9" w14:paraId="7F24AFD3" w14:textId="77777777">
+        <w:t>ection 59-63-67.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67SA_lv1_d92793e10" w:id="5"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">A) The purpose of this section is to ensure that all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>public school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve"> athletic strength and conditioning programs are conducted safely, effectively, and consistently to student-athletes in public schools in this State to promote injury prevention, performance development, and equitable access for student-athletes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="4A114660" w14:textId="68DA5468">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="006F10F9" w14:paraId="1ABC6F94" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67SB_lv1_aaece3366" w:id="6"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_b25d00073" w:id="7"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>1) Any individual designated as a strength and conditioning coach by a public school or school district must be certified through a nationally recognized strength and conditioning program. This requirement applies to any person primarily responsible for developing, supervising, or leading strength and conditioning workouts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="13C5A0E7" w14:textId="7E20EA9B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C63N67_d2e3fae02" w:id="5"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_6a03955e9" w:id="8"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="4A114660" w14:textId="68DA5468">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>2) If a school does not formally designate a strength and conditioning coach, any individual who conducts strength and conditioning workouts must hold such certification, except for individuals who conduct conditioning activities solely as part of regular sport practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="1FBA7119" w14:textId="220EE64B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67SB_lv1_aaece3366" w:id="7"/>
-      <w:r w:rsidR="00E50EB7">
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_00bda2b55" w:id="9"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_b25d00073" w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>3) For purposes of meeting the requirement in items (1) and (2), an individual must hold:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="4E9181E1" w14:textId="1867F557">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sa_lv3_a35f336f1" w:id="10"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...36 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...22 lines deleted...]
-        <w:t>(a) the National High School Strength Coaches Association (NHSSCA) High School Strength Coach Certification (HSSCC);</w:t>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>a) the National High School Strength Coaches Association (NHSSCA) High School Strength Coach Certification (HSSCC);</w:t>
       </w:r>
       <w:r w:rsidR="00E83F8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E50EB7">
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="3F307E9D" w14:textId="10299A8F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_6058dcb91" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_6058dcb91" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>b) another similar nationally recognized strength and conditioning certification designated by the State Department of Education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="427619C3" w14:textId="497671EF">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S4_lv2_903e50302" w:id="12"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>b) another similar nationally recognized strength and conditioning certification designated by the State Department of Education.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="427619C3" w14:textId="497671EF">
+        <w:t>4) In designating acceptable certifications under item (3)(b), the department shall consider whether the credential:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="47C727AE" w14:textId="35B12959">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S4_lv2_903e50302" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T59C63N67Sa_lv3_03ffce9c1" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>4) In designating acceptable certifications under item (3)(b), the department shall consider whether the credential:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="47C727AE" w14:textId="35B12959">
+        <w:t xml:space="preserve">a) establishes a recognized professional standard for interscholastic strength and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>conditioning;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="3E4A0FE2" w14:textId="32C82E84">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E03B8">
-[...3 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_80e1c3e14" w:id="14"/>
+      <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="3E4A0FE2" w14:textId="32C82E84">
+      <w:r w:rsidR="00E50EB7">
+        <w:t>b) aligns training with the developmental needs of student-athletes; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="3A502A7E" w14:textId="18D68E0E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_80e1c3e14" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T59C63N67Sc_lv3_51d530006" w:id="15"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00E50EB7">
-        <w:t>b) aligns training with the developmental needs of student-athletes; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="3A502A7E" w14:textId="18D68E0E">
+        <w:t>c) promotes research-based, consistent, and safe training practices across schools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="307AF200" w14:textId="20EBCC44">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67Sc_lv3_51d530006" w:id="16"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67SC_lv1_07dab5919" w:id="16"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00E50EB7">
-        <w:t>c) promotes research-based, consistent, and safe training practices across schools.</w:t>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67SC_lv1_07dab5919" w:id="17"/>
+        <w:t>C)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_c941c504d" w:id="17"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidR="00E50EB7">
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00E50EB7">
         <w:t xml:space="preserve">1) A public school is eligible to receive any state-funded or district-funded athletic supplement designated for a strength and conditioning coach only if it employs at least one individual with a current, verifiable certification meeting </w:t>
       </w:r>
       <w:r w:rsidR="005E5201">
         <w:t xml:space="preserve">requirements in </w:t>
       </w:r>
       <w:r w:rsidR="00E50EB7">
         <w:t>subsection (B).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="77A2B5C0" w14:textId="592F1C7B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_77b0d4b6a" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_77b0d4b6a" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>2) Certification must be active before any supplement is authorized or disbursed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="38237917" w14:textId="76E6C4C8">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_81b073b8f" w:id="19"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="38237917" w14:textId="76E6C4C8">
+      <w:r w:rsidR="00E50EB7">
+        <w:t>3) Schools without a certified strength and conditioning coach are not eligible for the supplement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="43E94863" w14:textId="58BA61DB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E50EB7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_81b073b8f" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S4_lv2_e9ea4f99f" w:id="20"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00E50EB7">
-        <w:t>3) Schools without a certified strength and conditioning coach are not eligible for the supplement.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="43E94863" w14:textId="58BA61DB">
+        <w:t>4) Schools may designate personnel to obtain the required certification; however, no supplement may be issued until certification is complete.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="678AE06B" w14:textId="79910D64">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E50EB7">
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67S4_lv2_e9ea4f99f" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T59C63N67SD_lv1_a1ba17522" w:id="21"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00E50EB7">
-        <w:t>4) Schools may designate personnel to obtain the required certification; however, no supplement may be issued until certification is complete.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="678AE06B" w14:textId="79910D64">
+        <w:t>D)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_5a4ead245" w:id="22"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>1) The department shall, subject to appropriation, provide professional development funding to support required certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="55D05CA2" w14:textId="3AAEF560">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67SD_lv1_a1ba17522" w:id="22"/>
-      <w:r w:rsidR="00E50EB7">
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_33dd122d1" w:id="23"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>2) Funds may be used for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="357EA50B" w14:textId="5C5C9B02">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sa_lv3_89f0bd89c" w:id="24"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="55D05CA2" w14:textId="3AAEF560">
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t>a) the designated strength and conditioning coach at each public high school; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="568E69F1" w14:textId="5CAA22F3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_33dd122d1" w:id="24"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_68c32a3cf" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="357EA50B" w14:textId="5C5C9B02">
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t>b) any coach assigned to teach weight training, strength training, or sport-specific physical education courses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="30831F50" w14:textId="3DAA5A3A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_3d4d18083" w:id="26"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>3) The department shall publish procedures for reimbursement, documentation, and allowable expenses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="315514F5" w14:textId="159D6626">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67SE_lv1_23dc607f0" w:id="27"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>E) To implement the provisions of this section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="2811CD21" w14:textId="7CB25317">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_7dd34db43" w:id="28"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">1) each public high school shall employ or designate at least one staff member to serve as a certified strength and conditioning </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>coach;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="4DF72176" w14:textId="00B8F7FD">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67Sa_lv3_89f0bd89c" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_2d4059b01" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="568E69F1" w14:textId="5CAA22F3">
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>2) individuals currently serving in this role at the time of enactment must obtain a qualifying certification within two months of assignment, or within a timeline established by the State Board of Education not to exceed six months; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="1CCB87BB" w14:textId="189DDADC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_68c32a3cf" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_69055be1f" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="30831F50" w14:textId="3DAA5A3A">
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>3) the department shall provide resources and guidance to assist schools in obtaining and maintaining certification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="4722DEEF" w14:textId="47B52701">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E50EB7">
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_3d4d18083" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T59C63N67SF_lv1_f7ae70cb5" w:id="31"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="315514F5" w14:textId="159D6626">
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">F) Regarding oversight and compliance </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve"> the provisions of this section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="1FCF540A" w14:textId="41F0F18B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67SE_lv1_23dc607f0" w:id="28"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_c21d89b97" w:id="32"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="2811CD21" w14:textId="7CB25317">
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">1) each district athletic director shall maintain a record of certified strength and conditioning personnel assigned to each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>school;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="6FD7B59B" w14:textId="1F33C9D6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E50EB7">
-[...3 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_c1ce639ec" w:id="33"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="4DF72176" w14:textId="00B8F7FD">
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>2) certification status must be reviewed annually as part of the district’s athletic compliance process and reported to the department; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="415F016E" w14:textId="127B257C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_2d4059b01" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_55878bd1e" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="1CCB87BB" w14:textId="189DDADC">
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>schools</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> must ensure timely certification renewal and report any staff changes affecting compliance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="74C6B831" w14:textId="5C51DA32">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67SG_lv1_eb1ce4fa4" w:id="35"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>G) A certified strength and conditioning coach shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="06952AD6" w14:textId="4AE92CDB">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_69055be1f" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_4ebca7489" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="4722DEEF" w14:textId="47B52701">
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t xml:space="preserve">1) implement safe, structured, and progressive training </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>programs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="2399111C" w14:textId="143808FD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67SF_lv1_f7ae70cb5" w:id="32"/>
-      <w:r w:rsidR="00E50EB7">
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_5b816786d" w:id="37"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="1FCF540A" w14:textId="41F0F18B">
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t xml:space="preserve">2) prioritize injury prevention and long-term athletic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>development;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="42322FF2" w14:textId="105B051A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E50EB7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_c21d89b97" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_bc65fb3d5" w:id="38"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="6FD7B59B" w14:textId="1F33C9D6">
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">3) provide equitable training opportunities for all sports and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>genders;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="1A66296A" w14:textId="4D95AEE7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_c1ce639ec" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S4_lv2_a369d6f5b" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
-[...90 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="39"/>
-      <w:r w:rsidR="00E50EB7">
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>4) supervise all training environments and ensure equipment safety;</w:t>
       </w:r>
       <w:r w:rsidR="005E5201">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="5C4F7A75" w14:textId="1226501C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S5_lv2_4dea5c181" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S5_lv2_4dea5c181" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:t>5) coordinate with head coaches to meet sport-specific and seasonal needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="7019C81F" w14:textId="22BA561C">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67SH_lv1_c8c51f963" w:id="41"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="41"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="7019C81F" w14:textId="22BA561C">
+      <w:r w:rsidR="00E50EB7">
+        <w:t>H) The department shall review this section at least once every three years to ensure alignment with interscholastic athletic best practices and evolving national standards.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="281F4380" w14:textId="0218C7C7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67SH_lv1_c8c51f963" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T59C63N67SI_lv1_6cfe2a9c5" w:id="42"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00E50EB7">
-        <w:t>H) The department shall review this section at least once every three years to ensure alignment with interscholastic athletic best practices and evolving national standards.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="281F4380" w14:textId="0218C7C7">
+        <w:t>I)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S1_lv2_0bc3bf4a6" w:id="43"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>1) Each</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve"> public school shall submit an annual report to the department, in the manner and form prescribed by the department, that includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="526D5140" w14:textId="7AED1F46">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67SI_lv1_6cfe2a9c5" w:id="43"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sa_lv3_4f31c90a8" w:id="44"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">a) the names of all individuals who provided strength and conditioning coaching, instruction, or supervision to student-athletes during the school </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>year;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="46D2F697" w14:textId="7D814C25">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_b9a16354f" w:id="45"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="526D5140" w14:textId="7AED1F46">
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t xml:space="preserve">b) proof of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>each individual’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> certification that demonstrates compliance with the requirements of subsection (B</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="264ADFBD" w14:textId="5AB7D5B8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E50EB7">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sc_lv3_dcc217dbd" w:id="46"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="46D2F697" w14:textId="7D814C25">
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t xml:space="preserve">c) the role or capacity in which </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>each individual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> provided strength and conditioning guidance; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="21762A2E" w14:textId="06FD17F1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_b9a16354f" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T59C63N67Sd_lv3_8a8a3b3b1" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="264ADFBD" w14:textId="5AB7D5B8">
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t>d) any additional information the department determines necessary for tracking compliance, maintaining the statewide registry, or ensuring program safety and quality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="4D3CFC5A" w14:textId="444EFBBB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67Sc_lv3_dcc217dbd" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S2_lv2_3247a0f3b" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="21762A2E" w14:textId="06FD17F1">
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t>2) Each school must submit the required report no later than August first following the end of each school year, unless the department establishes a different timeline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="37A9FA23" w14:textId="38720E63">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67Sd_lv3_8a8a3b3b1" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S3_lv2_a9cf91cfb" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-[...17 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="49"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t xml:space="preserve">3) School districts shall review and verify the accuracy of each school’s report prior to submission to the </w:t>
       </w:r>
       <w:r w:rsidR="005E5201">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t>epartment and shall ensure that all required information is complete.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="0EEDEAB5" w14:textId="58907D73">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E50EB7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67S4_lv2_b580ab3a8" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T59C63N67S4_lv2_b580ab3a8" w:id="50"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>4) Failure to submit accurate and timely information under this subsection shall constitute noncompliance for purposes of the district and state athletic compliance review processes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="5851DAFF" w14:textId="7F191166">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E50EB7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67S5_lv2_028cb1e4b" w:id="51"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00E50EB7">
-        <w:t>4) Failure to submit accurate and timely information under this subsection shall constitute noncompliance for purposes of the district and state athletic compliance review processes.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="5851DAFF" w14:textId="7F191166">
+        <w:t>5)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sa_lv3_b16489e15" w:id="52"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">a) The department shall create and maintain an online, publicly accessible database that displays information reported by each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>public school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve"> regarding strength and conditioning personnel and certifications. The database must be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="574B6025" w14:textId="230B79A0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E50EB7">
-[...3 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Si_lv4_8d29e56df" w:id="53"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
+      <w:bookmarkEnd w:id="53"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) organized by school, with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a separate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> entry for each school; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="01B460C9" w14:textId="42089013">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E03B8">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sii_lv4_69cc28202" w:id="54"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="574B6025" w14:textId="230B79A0">
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t>ii) posted on the department’s website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="7FF19D5D" w14:textId="209D6E53">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C63N67Si_lv4_8d29e56df" w:id="54"/>
+      <w:bookmarkStart w:name="ss_T59C63N67Sb_lv3_c9b178af1" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="01B460C9" w14:textId="42089013">
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>b) Each school entry in the database must include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="732EE847" w14:textId="2FAFC2EB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E03B8">
-[...6 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Si_lv4_abf3f61af" w:id="56"/>
+      <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="00E50EB7" w14:paraId="7FF19D5D" w14:textId="209D6E53">
+      <w:bookmarkEnd w:id="56"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">) the names of all individuals who provided strength and conditioning coaching, instruction, or supervision to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>student-athletes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve"> during the reporting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>year;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="6991E77F" w14:textId="426CD6E9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007E03B8">
-[...6 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C63N67Sii_lv4_e386c2177" w:id="57"/>
+      <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="732EE847" w14:textId="2FAFC2EB">
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">ii) the type of certification held by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>each individual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve"> and whether it complies with subsection (B</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="1D6AEF25" w14:textId="0BF99E51">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67Si_lv4_abf3f61af" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T59C63N67Siii_lv4_b48d153a5" w:id="58"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E50EB7" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="6991E77F" w14:textId="426CD6E9">
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve">iii) the role or capacity in which </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t>each individual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E50EB7">
+        <w:t xml:space="preserve"> provided strength and conditioning services; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F10F9" w:rsidP="00E50EB7" w:rsidRDefault="007E03B8" w14:paraId="3D7A2498" w14:textId="7A100A71">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C63N67Sii_lv4_e386c2177" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T59C63N67Siv_lv4_66e605962" w:id="59"/>
       <w:r w:rsidR="00E50EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-[...23 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidR="00E50EB7">
-        <w:t>iii) the role or capacity in which each individual provided strength and conditioning services; and</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidR="00E50EB7">
         <w:t>iv) any other information the department considers necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F10F9" w:rsidRDefault="006F10F9" w14:paraId="11DAA746" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0C4FE9EC" w14:textId="60811472">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="61"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="62"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="60"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="61"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t xml:space="preserve">This act takes effect </w:t>
       </w:r>
       <w:r w:rsidR="007E03B8">
         <w:t>on July 1, 2027</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="70CDACC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1871,125 +2132,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="554B0E3C" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="06A390F7" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="006B6077" w:rsidP="00D14995">
+      <w:p w14:paraId="06A390F7" w14:textId="3D5BEC36" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="003107A5" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00AA3BB1">
+              <w:t>[4743]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00C623D1">
+            <w:r w:rsidR="00AA3BB1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0526WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24AB53BF" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="577E811B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2251,51 +2512,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2333,81 +2596,84 @@
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00187F0D"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A67F8"/>
     <w:rsid w:val="001B1AB8"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E29B1"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00276BEA"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002839F7"/>
     <w:rsid w:val="002A0368"/>
     <w:rsid w:val="002A093A"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002D74D5"/>
     <w:rsid w:val="002E19BF"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
+    <w:rsid w:val="00302596"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="003107A5"/>
     <w:rsid w:val="003405D9"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00363E7F"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003A6089"/>
     <w:rsid w:val="003B2A66"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C5174"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F19EA"/>
     <w:rsid w:val="003F4791"/>
@@ -2434,75 +2700,77 @@
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="005558A1"/>
     <w:rsid w:val="00561B64"/>
     <w:rsid w:val="00564B58"/>
+    <w:rsid w:val="00567A25"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="0058067D"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B5FF4"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E5201"/>
     <w:rsid w:val="005F66F0"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00616DA1"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00625C24"/>
     <w:rsid w:val="00630F7E"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00677855"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="00697D3E"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A5D4A"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
@@ -2580,95 +2848,98 @@
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A709BA"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
+    <w:rsid w:val="00AA3BB1"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06195"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B1230D"/>
     <w:rsid w:val="00B1390E"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B51B87"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD7150"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF043A"/>
+    <w:rsid w:val="00BF0485"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C623D1"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD68A9"/>
     <w:rsid w:val="00CF3B19"/>
     <w:rsid w:val="00CF68D6"/>
@@ -2721,50 +2992,51 @@
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF3BC6"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F12333"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
+    <w:rsid w:val="00F25E83"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0AFC"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
@@ -3175,1360 +3447,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00302596"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00302596"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00677855"/>
+    <w:rsid w:val="00302596"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4542,51 +4816,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4743&amp;session=126&amp;summary=B" TargetMode="External" Id="Rae2e7e078ca2464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4743_20251217.docx" TargetMode="External" Id="R275584b27f294573" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4743&amp;session=126&amp;summary=B" TargetMode="External" Id="R3062936f346e4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4743_20251217.docx" TargetMode="External" Id="Ra2fdd77355884e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rff9482ce62e241ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Reaefd686fc3f42ab" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4671,59 +4945,61 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000A12BE"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002839F7"/>
     <w:rsid w:val="002A093A"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="002E19BF"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007C3211"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BD7150"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CD68A9"/>
     <w:rsid w:val="00D054C1"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
@@ -5467,141 +5743,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...40 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...23 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5818,134 +6028,201 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>77fa0ac0-26b3-4460-ae33-bc73d3293ef0</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>b112d875-0bd6-46cf-a0d5-52959fa10bad</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>0db425a1-9ddd-441c-b171-88edb642260d</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>743b84f9-2144-42b4-95a9-e2c1f94a6dbf</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4743]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4743</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 59-63-67 SO AS TO REQUIRE CERTIFICATION OF PUBLIC SCHOOL STRENGTH AND CONDITIONING COACHES, TO ESTABLISH CERTIFICATION STANDARDS, REQUIRE PROFESSIONAL DEVELOPMENT SUPPORT, AND ESTABLISH OVERSIGHT AND COMPLIANCE PROCEDURES, among other things.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"64b262a4-35c4-4687-9996-19b0a012d569","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T59C63N67_d2e3fae02","IsConstitutionSection":false,"Identity":"59-63-67","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C63N67SA","SubSectionBookmarkName":"ss_T59C63N67SA_lv1_d92793e10","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SB","SubSectionBookmarkName":"ss_T59C63N67SB_lv1_aaece3366","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S1","SubSectionBookmarkName":"ss_T59C63N67S1_lv2_b25d00073","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S2","SubSectionBookmarkName":"ss_T59C63N67S2_lv2_6a03955e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S3","SubSectionBookmarkName":"ss_T59C63N67S3_lv2_00bda2b55","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sb","SubSectionBookmarkName":"ss_T59C63N67Sb_lv3_6058dcb91","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S4","SubSectionBookmarkName":"ss_T59C63N67S4_lv2_903e50302","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sa","SubSectionBookmarkName":"ss_T59C63N67Sa_lv3_03ffce9c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sb","SubSectionBookmarkName":"ss_T59C63N67Sb_lv3_80e1c3e14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sc","SubSectionBookmarkName":"ss_T59C63N67Sc_lv3_51d530006","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SC","SubSectionBookmarkName":"ss_T59C63N67SC_lv1_07dab5919","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S1","SubSectionBookmarkName":"ss_T59C63N67S1_lv2_c941c504d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S2","SubSectionBookmarkName":"ss_T59C63N67S2_lv2_77b0d4b6a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S3","SubSectionBookmarkName":"ss_T59C63N67S3_lv2_81b073b8f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S4","SubSectionBookmarkName":"ss_T59C63N67S4_lv2_e9ea4f99f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SD","SubSectionBookmarkName":"ss_T59C63N67SD_lv1_a1ba17522","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S1","SubSectionBookmarkName":"ss_T59C63N67S1_lv2_5a4ead245","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S2","SubSectionBookmarkName":"ss_T59C63N67S2_lv2_33dd122d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sa","SubSectionBookmarkName":"ss_T59C63N67Sa_lv3_89f0bd89c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sb","SubSectionBookmarkName":"ss_T59C63N67Sb_lv3_68c32a3cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S3","SubSectionBookmarkName":"ss_T59C63N67S3_lv2_3d4d18083","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SE","SubSectionBookmarkName":"ss_T59C63N67SE_lv1_23dc607f0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S1","SubSectionBookmarkName":"ss_T59C63N67S1_lv2_7dd34db43","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S2","SubSectionBookmarkName":"ss_T59C63N67S2_lv2_2d4059b01","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S3","SubSectionBookmarkName":"ss_T59C63N67S3_lv2_69055be1f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SF","SubSectionBookmarkName":"ss_T59C63N67SF_lv1_f7ae70cb5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S1","SubSectionBookmarkName":"ss_T59C63N67S1_lv2_c21d89b97","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S2","SubSectionBookmarkName":"ss_T59C63N67S2_lv2_c1ce639ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S3","SubSectionBookmarkName":"ss_T59C63N67S3_lv2_55878bd1e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SG","SubSectionBookmarkName":"ss_T59C63N67SG_lv1_eb1ce4fa4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S1","SubSectionBookmarkName":"ss_T59C63N67S1_lv2_4ebca7489","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S2","SubSectionBookmarkName":"ss_T59C63N67S2_lv2_5b816786d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S3","SubSectionBookmarkName":"ss_T59C63N67S3_lv2_bc65fb3d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S4","SubSectionBookmarkName":"ss_T59C63N67S4_lv2_a369d6f5b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S5","SubSectionBookmarkName":"ss_T59C63N67S5_lv2_4dea5c181","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SH","SubSectionBookmarkName":"ss_T59C63N67SH_lv1_c8c51f963","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C63N67SI","SubSectionBookmarkName":"ss_T59C63N67SI_lv1_6cfe2a9c5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S1","SubSectionBookmarkName":"ss_T59C63N67S1_lv2_0bc3bf4a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sa","SubSectionBookmarkName":"ss_T59C63N67Sa_lv3_4f31c90a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sb","SubSectionBookmarkName":"ss_T59C63N67Sb_lv3_b9a16354f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sc","SubSectionBookmarkName":"ss_T59C63N67Sc_lv3_dcc217dbd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sd","SubSectionBookmarkName":"ss_T59C63N67Sd_lv3_8a8a3b3b1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S2","SubSectionBookmarkName":"ss_T59C63N67S2_lv2_3247a0f3b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S3","SubSectionBookmarkName":"ss_T59C63N67S3_lv2_a9cf91cfb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S4","SubSectionBookmarkName":"ss_T59C63N67S4_lv2_b580ab3a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C63N67S5","SubSectionBookmarkName":"ss_T59C63N67S5_lv2_028cb1e4b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sa","SubSectionBookmarkName":"ss_T59C63N67Sa_lv3_b16489e15","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T59C63N67Si","SubSectionBookmarkName":"ss_T59C63N67Si_lv4_8d29e56df","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T59C63N67Sii","SubSectionBookmarkName":"ss_T59C63N67Sii_lv4_69cc28202","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sb","SubSectionBookmarkName":"ss_T59C63N67Sb_lv3_c9b178af1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T59C63N67Si","SubSectionBookmarkName":"ss_T59C63N67Si_lv4_abf3f61af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T59C63N67Sii","SubSectionBookmarkName":"ss_T59C63N67Sii_lv4_e386c2177","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T59C63N67Siii","SubSectionBookmarkName":"ss_T59C63N67Siii_lv4_b48d153a5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T59C63N67Siv","SubSectionBookmarkName":"ss_T59C63N67Siv_lv4_66e605962","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C63N67Sa","SubSectionBookmarkName":"ss_T59C63N67Sa_lv3_a35f336f1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"REQUIRE CERTIFICATION OF PUBLIC SCHOOL STRENGTH AND CONDITIONING COACHES, TO ESTABLISH CERTIFICATION STANDARDS, REQUIRE PROFESSIONAL DEVELOPMENT SUPPORT, AND ESTABLISH OVERSIGHT AND COMPLIANCE PROCEDURES","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_bda8860af"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Public School Strength and Conditioning Coaches</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">false</Inventorysheet>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD29DA81-8923-433C-95C8-8CA3CEFD016C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5982</Characters>
+  <Pages>3</Pages>
+  <Words>978</Words>
+  <Characters>5870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6912</CharactersWithSpaces>
+  <CharactersWithSpaces>6906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>