--- v0 (2025-12-19)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Yow</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Yow, C. Mitchell, Burns, Willis, B. Newton, Bowers, White, Moss and Pope</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0528WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Religous corporations</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,270 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R314c74ce0a624e3b">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 78</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R13d40f6220704c65">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 78</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: B. Newton
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Bowers, White
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Moss
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Pope
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Re2baaca6d4fd4c12">
+      <w:hyperlink r:id="Rc3fc5df687bb41b8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +618,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rbbe7aa2a6659456b">
+      <w:hyperlink r:id="Rc16201cd49274d80">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00BC22CB" w:rsidRDefault="00432135" w14:paraId="45782307" w14:textId="3962A49E">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BC22CB" w:rsidRDefault="00A73EFA" w14:paraId="2CE4ACE5" w14:textId="1852165F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BC22CB" w:rsidRDefault="00A73EFA" w14:paraId="5BC9A681" w14:textId="2030ED3E">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00BC22CB" w:rsidRDefault="00A73EFA" w14:paraId="6205907B" w14:textId="100A15E1">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00BC22CB" w:rsidRDefault="00A73EFA" w14:paraId="0A84B4ED" w14:textId="6DF60E9C">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00BC22CB" w:rsidRDefault="00A73EFA" w14:paraId="201D8D57" w14:textId="139B6784">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,491 +742,491 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="007E748A" w14:paraId="2C095EE0" w14:textId="6D4BA0A8">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 33‑31‑1709 SO AS TO ESTABLISH NEUTRAL PRINCIPLES OF LAW GOVERNING THE OWNERSHIP, TRANSFER, AND RELEASE OF TRUST INTERESTS IN REAL PROPERTY OF LOCAL CHURCHES DISAFFILIATING WITH STATE OR NATIONAL RELIGIOUS ORGANIZATIONS WHICH ASSERTS A TRUST INTEREST IN THE REAL PROPERTY IN CERTAIN CIRCUMSTANCES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_933a59d12" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_933a59d12" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="7E89848C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7CAEF281" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_8447a9d95" w:id="2"/>
+      <w:bookmarkStart w:name="ew_8447a9d95" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004164A5" w:rsidRDefault="004164A5" w14:paraId="5E9A449C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="5F46F75A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_011561da9" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_011561da9" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_d17e6870e" w:id="3"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...6 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>rticle 17, Chapter 31, Title 33 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004164A5" w:rsidRDefault="004164A5" w14:paraId="408C1A00" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="004164A5" w14:paraId="0AE3BC51" w14:textId="0FEE1CD4">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T33C31N1709_d84cbd5bb" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>rticle 17, Chapter 31, Title 33 of the S.C. Code is amended by adding:</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 33‑31‑1709.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709SA_lv1_cbb797a8e" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SA_lv1_cbb797a8e" w:id="5"/>
       <w:r w:rsidR="006824C6">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="006824C6">
         <w:t>A) The purpose of this section is to establish neutral principles of law governing the ownership, transfer, and release of trust interests in real property used by local churches affiliated with state or national religious organization</w:t>
       </w:r>
       <w:r w:rsidR="000C5997">
         <w:t xml:space="preserve"> conference</w:t>
       </w:r>
       <w:r w:rsidR="006824C6">
         <w:t>. This section governs civil property consequences when a local church disaffiliates</w:t>
       </w:r>
       <w:r w:rsidR="000C5997">
         <w:t>, bu</w:t>
       </w:r>
       <w:r w:rsidR="00823924">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="000C5997">
         <w:t xml:space="preserve"> this section</w:t>
       </w:r>
       <w:r w:rsidR="006824C6">
         <w:t xml:space="preserve"> does not regulate doctrine, ecclesiastical authority, internal governance, or matters of faith.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="5DBC1FE7" w14:textId="105F3716">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709SB_lv1_22dc71c70" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SB_lv1_22dc71c70" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>B) For purposes of this section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="1520CEC4" w14:textId="78C635BC">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C31N1709S1_lv2_1b875b555" w:id="7"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>B) For purposes of this section:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="1520CEC4" w14:textId="78C635BC">
+        <w:t>1) “Local church” means a congregation, parish, or other local religious body organized as a religious corporation under the provisions of this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="26A8F39F" w14:textId="5A4371BC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709S1_lv2_1b875b555" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709S2_lv2_92fe56955" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>1) “Local church” means a congregation, parish, or other local religious body organized as a religious corporation under the provisions of this section.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="26A8F39F" w14:textId="5A4371BC">
+        <w:t>2) “Organization conference” means any state, regional, national, or international religious body, denomination, convention, or conference with which a local church is affiliated, and which asserts a trust interest in the real property of the local church.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="3A96DA00" w14:textId="773770E7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709S2_lv2_92fe56955" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709S3_lv2_6ed92175f" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>2) “Organization conference” means any state, regional, national, or international religious body, denomination, convention, or conference with which a local church is affiliated, and which asserts a trust interest in the real property of the local church.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="3A96DA00" w14:textId="773770E7">
+        <w:t>3) “Real property” means all land, buildings, and improvements used by the local church for religious, charitable, educational, or administrative purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="48361787" w14:textId="573B87F9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709S3_lv2_6ed92175f" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709S4_lv2_8a8bf0d2b" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>3) “Real property” means all land, buildings, and improvements used by the local church for religious, charitable, educational, or administrative purposes.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="48361787" w14:textId="573B87F9">
+        <w:t>4) “Financial investments” means monetary contributions by the organization conference directly used for the acquisition, maintenance, improvement, or capital renovation of the local church’s real property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="5E31749A" w14:textId="0F3B9A0C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C31N1709S4_lv2_8a8bf0d2b" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SC_lv1_e375184bb" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>4) “Financial investments” means monetary contributions by the organization conference directly used for the acquisition, maintenance, improvement, or capital renovation of the local church’s real property.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="5E31749A" w14:textId="0F3B9A0C">
+        <w:t>C) When a local church disaffiliates from an organization conference, the local church shall retain ownership of its real and personal property, free and clear of any trust, reversionary interest, or other claim asserted by the organization conference, when the local church, in its sole discretion, determines that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="2A531AA1" w14:textId="6C96EF84">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C31N1709SC_lv1_e375184bb" w:id="12"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C31N1709S1_lv2_a36344030" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>C) When a local church disaffiliates from an organization conference, the local church shall retain ownership of its real and personal property, free and clear of any trust, reversionary interest, or other claim asserted by the organization conference, when the local church, in its sole discretion, determines that:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="2A531AA1" w14:textId="6C96EF84">
+        <w:t>1) the organization conference, or a national conference of which it is a member, has failed or refused to consistently uphold or abide by its own democratically adopted laws, doctrines, bylaws, or governing documents, including disciplinary rules, internal policies, or standards of conduct; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="51314E6E" w14:textId="60EBE5AC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C31N1709S1_lv2_a36344030" w:id="13"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C31N1709S2_lv2_1c926dfc2" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>1) the organization conference, or a national conference of which it is a member, has failed or refused to consistently uphold or abide by its own democratically adopted laws, doctrines, bylaws, or governing documents, including disciplinary rules, internal policies, or standards of conduct; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="51314E6E" w14:textId="60EBE5AC">
+        <w:t>2) the failure described in item (1) materially affects the ongoing relationship between the local church and the organization conference. A determination under this subsection must be made by the body authorized by the local church’s governing documents and certified in writing; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="6B9AB7C9" w14:textId="1F1488BE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709S2_lv2_1c926dfc2" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709S3_lv2_bd3eb60e5" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>2) the failure described in item (1) materially affects the ongoing relationship between the local church and the organization conference. A determination under this subsection must be made by the body authorized by the local church’s governing documents and certified in writing; or</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="6B9AB7C9" w14:textId="1F1488BE">
+        <w:t>3) the local church determines that such disaffiliation is in the best interests of the church.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="29899474" w14:textId="6522D235">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C31N1709S3_lv2_bd3eb60e5" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SD_lv1_aec21e986" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>3) the local church determines that such disaffiliation is in the best interests of the church.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="29899474" w14:textId="6522D235">
+        <w:t>D) When a local church disaffiliates, the local church shall reimburse the organization conference for financial investments made by the organization conference for the acquisition, maintenance, or improvement of the real property used by the local church, as determined under subsection (E).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="1E10F87D" w14:textId="67651C31">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709SD_lv1_aec21e986" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SE_lv1_1e7b6ce0d" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>D) When a local church disaffiliates, the local church shall reimburse the organization conference for financial investments made by the organization conference for the acquisition, maintenance, or improvement of the real property used by the local church, as determined under subsection (E).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="1E10F87D" w14:textId="67651C31">
+        <w:t>E)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C31N1709S1_lv2_5b09ac20a" w:id="17"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>1) Upon receiving written notice that a local church has disaffiliated or intends to disaffiliate, the organization conference shall provide the local church with a full, transparent, itemized, and documented accounting of all financial investments it has made in the acquisition, maintenance, or improvement of the real property used by the local church. The accounting must include dates, amounts, purposes, and supporting documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="0C199ECB" w14:textId="5D63E06B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709SE_lv1_1e7b6ce0d" w:id="17"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C31N1709S2_lv2_6f689ec82" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C31N1709S1_lv2_5b09ac20a" w:id="18"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>2) A disaffiliating local church may not be required to reimburse the organization conference for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="4DED7AE2" w14:textId="1DF5B610">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C31N1709Sa_lv3_88781adf2" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="0C199ECB" w14:textId="5D63E06B">
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>a) any amounts attributable to financial investments for the acquisition, maintenance, or renovation of real property made by the local church itself; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="2A8FFF3A" w14:textId="5C172C81">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709S2_lv2_6f689ec82" w:id="19"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C31N1709Sb_lv3_56809ed8a" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="4DED7AE2" w14:textId="1DF5B610">
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t>b) any amounts contributed by the local church to the organization conference that were allocated for general denominational purposes or for activities not directly related to the real property at issue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="713F26B7" w14:textId="6655FE84">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C31N1709Sa_lv3_88781adf2" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SF_lv1_d0f12772d" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="2A8FFF3A" w14:textId="5C172C81">
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>F) When the reimbursement amount determined under subsection (E) has been paid, the organization conference shall execute and deliver all documents necessary to release, extinguish, or transfer any trust interest, lien, or encumbrance it claims in the local church’s real property. The release must be recorded in the county where the property is located.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="1EBD21BC" w14:textId="4148D12F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C31N1709Sb_lv3_56809ed8a" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SG_lv1_8547f8ce1" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="006824C6" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="713F26B7" w14:textId="6655FE84">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t>G) All disputes arising under this section must be resolved exclusively under neutral principles of law, without inquiry into or resolution of questions of doctrine, discipline, ecclesiology, or internal church governance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004164A5" w:rsidP="006824C6" w:rsidRDefault="006824C6" w14:paraId="59CE57D4" w14:textId="10AF1501">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C31N1709SF_lv1_d0f12772d" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T33C31N1709SH_lv1_b5f07260c" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...14 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
-        <w:t>G) All disputes arising under this section must be resolved exclusively under neutral principles of law, without inquiry into or resolution of questions of doctrine, discipline, ecclesiology, or internal church governance.</w:t>
-[...14 lines deleted...]
-      <w:r>
         <w:t>H) The articles or bylaws of an organization conference may limit or abolish the right of a religious corporation under this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004164A5" w:rsidRDefault="004164A5" w14:paraId="5C0C3415" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="5B370230" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="25"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="26"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="24"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="25"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="685BCF3D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1105,175 +1297,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60F0AE7B" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3D00C54C" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00CD307B" w:rsidP="00D14995">
+      <w:p w14:paraId="3D00C54C" w14:textId="0ED060EA" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00A60941" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00E27F29">
+              <w:t>[4754]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00D15B30">
+            <w:r w:rsidR="00E27F29">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0528WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="172C6CE2" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="364238F5" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1535,51 +1725,52 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="170"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -1617,50 +1808,51 @@
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F2365"/>
     <w:rsid w:val="00100935"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="0010572B"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00154252"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="002250B3"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A71D7"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B392F"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C4BA5"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
@@ -1693,127 +1885,130 @@
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F6684"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004164A5"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="004221EB"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00433E56"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
+    <w:rsid w:val="004C01A1"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F5731"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00543EE8"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="005623F5"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="0056601A"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00602C19"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00606E89"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="006824C6"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A4688"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C54DC"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D4AF2"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
+    <w:rsid w:val="006E2A7C"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00776A89"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A542B"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E51E1"/>
     <w:rsid w:val="007E748A"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
@@ -1858,50 +2053,51 @@
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
+    <w:rsid w:val="00A60941"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD1A4A"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD622D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B26715"/>
     <w:rsid w:val="00B32B4D"/>
@@ -1963,50 +2159,51 @@
     <w:rsid w:val="00D15B30"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D7500F"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC3364"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
+    <w:rsid w:val="00E27F29"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED56FC"/>
@@ -2458,1360 +2655,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00A60941"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00A60941"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00FA583D"/>
+    <w:rsid w:val="00A60941"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -3825,51 +4024,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4754&amp;session=126&amp;summary=B" TargetMode="External" Id="Re2baaca6d4fd4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4754_20251217.docx" TargetMode="External" Id="Rbbe7aa2a6659456b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4754&amp;session=126&amp;summary=B" TargetMode="External" Id="Rc3fc5df687bb41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4754_20251217.docx" TargetMode="External" Id="Rc16201cd49274d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R314c74ce0a624e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R13d40f6220704c65" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -3896,119 +4095,119 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="0000575C"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="0010572B"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002250B3"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="0032399D"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776A89"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D7500F"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00ED56FC"/>
     <w:rsid w:val="00F80F79"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
@@ -4756,124 +4955,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...55 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5090,147 +5232,206 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>fce18369-85b2-42ee-a0bd-b54fffb12785</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>d149c256-958b-435e-ad01-3994aa5be0ce</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>611d1ea5-869e-4874-8706-71561a3c15ea</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>3d02c30b-bc30-43c6-8032-0c23b34b1c0c</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4754]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4754</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 33‑31‑1709 SO AS TO ESTABLISH NEUTRAL PRINCIPLES OF LAW GOVERNING THE OWNERSHIP, TRANSFER, AND RELEASE OF TRUST INTERESTS IN REAL PROPERTY OF LOCAL CHURCHES DISAFFILIATING WITH STATE OR NATIONAL RELIGIOUS ORGANIZATIONS WHICH ASSERTS A TRUST INTEREST IN THE REAL PROPERTY IN CERTAIN CIRCUMSTANCES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"1fbb8a95-b936-452e-833e-4cbaf999725c","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T33C31N1709_d84cbd5bb","IsConstitutionSection":false,"Identity":"33-31-1709","IsNew":true,"SubSections":[{"Level":1,"Identity":"T33C31N1709SA","SubSectionBookmarkName":"ss_T33C31N1709SA_lv1_cbb797a8e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C31N1709SB","SubSectionBookmarkName":"ss_T33C31N1709SB_lv1_22dc71c70","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S1","SubSectionBookmarkName":"ss_T33C31N1709S1_lv2_1b875b555","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S2","SubSectionBookmarkName":"ss_T33C31N1709S2_lv2_92fe56955","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S3","SubSectionBookmarkName":"ss_T33C31N1709S3_lv2_6ed92175f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S4","SubSectionBookmarkName":"ss_T33C31N1709S4_lv2_8a8bf0d2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C31N1709SC","SubSectionBookmarkName":"ss_T33C31N1709SC_lv1_e375184bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S1","SubSectionBookmarkName":"ss_T33C31N1709S1_lv2_a36344030","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S2","SubSectionBookmarkName":"ss_T33C31N1709S2_lv2_1c926dfc2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S3","SubSectionBookmarkName":"ss_T33C31N1709S3_lv2_bd3eb60e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C31N1709SD","SubSectionBookmarkName":"ss_T33C31N1709SD_lv1_aec21e986","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C31N1709SE","SubSectionBookmarkName":"ss_T33C31N1709SE_lv1_1e7b6ce0d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S1","SubSectionBookmarkName":"ss_T33C31N1709S1_lv2_5b09ac20a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C31N1709S2","SubSectionBookmarkName":"ss_T33C31N1709S2_lv2_6f689ec82","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T33C31N1709Sa","SubSectionBookmarkName":"ss_T33C31N1709Sa_lv3_88781adf2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T33C31N1709Sb","SubSectionBookmarkName":"ss_T33C31N1709Sb_lv3_56809ed8a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C31N1709SF","SubSectionBookmarkName":"ss_T33C31N1709SF_lv1_d0f12772d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C31N1709SG","SubSectionBookmarkName":"ss_T33C31N1709SG_lv1_8547f8ce1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C31N1709SH","SubSectionBookmarkName":"ss_T33C31N1709SH_lv1_b5f07260c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"ESTABLISH NEUTRAL PRINCIPLES OF LAW GOVERNING THE OWNERSHIP, TRANSFER, AND RELEASE OF TRUST INTERESTS IN REAL PROPERTY OF LOCAL CHURCHES DISAFFILIATING WITH STATE OR NATIONAL RELIGIOUS ORGANIZATIONS WHICH ASSERTS A TRUST INTEREST IN THE REAL PROPERTY IN CERTAIN CIRCUMSTANCES","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_011561da9"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Religous corporations</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF59613C-8CC0-4EE7-947B-50DC0BCE6C11}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>714</Words>
-  <Characters>4111</Characters>
+  <Words>729</Words>
+  <Characters>4096</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>75</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4797</CharactersWithSpaces>
+  <CharactersWithSpaces>4791</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>