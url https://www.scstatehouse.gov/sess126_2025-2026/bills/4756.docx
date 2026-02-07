--- v0 (2025-12-18)
+++ v1 (2026-02-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -124,108 +124,151 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Pope, Bailey, Ballentine, Brewer, Brittain, Bustos, Caskey, Chapman, Crawford, Davis, Duncan, Forrest, Gagnon, Gatch, Gilliam, Guest, Hardee, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, J.E. Johnson, Lawson, Ligon, Long, Lowe, Martin, McCravy, McGinnis, Mitchell, T. Moore, W. Newton, Oremus, Pedalino, Rankin, Robbins, Sanders, Schuessler, Sessions, G.M. Smith, M.M. Smith, Taylor, Vaughan, Whitmire, Wickensimer, Willis, Wooten and Yow</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Pope, Bailey, Ballentine, Brewer, Brittain, Bustos, Caskey, Chapman, Crawford, Davis, Duncan, Forrest, Gagnon, Gatch, Gilliam, Guest, Hardee, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, J.E. Johnson, Lawson, Ligon, Long, Lowe, Martin, McCravy, McGinnis, C. Mitchell, T. Moore, W. Newton, Oremus, Pedalino, Rankin, Robbins, Sanders, Schuessler, Sessions, G.M. Smith, M.M. Smith, Taylor, Vaughan, Whitmire, Wickensimer, Willis, Wooten, Yow, B. Newton, Chumley, Edgerton, Magnuson, Terribile, White, D. Mitchell, Cromer, Gilreath, Huff, Landing, Lastinger, Teeple, Guffey, McCabe, Gibson and Bowers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 3263</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0515WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on February 4, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Last Amended on January 29, 2026
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Currently residing in the Senate Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve"> Education</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: South Carolina Student Physical Privacy Act</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +388,731 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc4e6ec2b6d1a4d77">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 79</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R00d389cd1d084932">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 79</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White, 
+ D. Mitchell, Cromer, Gilreath, Huff
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/15/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Landing
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor:
+ Lastinger, Teeple, Guffey, McCabe
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R404118cde9824912">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Gibson, 
+ Bowers
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amended</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R24e748006f3f4580">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 410</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Requests for debate-Rep(s).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Hiott, Pope, Magnuson, McCravy, Edgerton, Gisbson, Terribile, Morgan, Calhoon, Cox, Ford, Cromer, Robbins, Gatch, Whitmire, Duncan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb1424c7ccdc74223">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 410</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amended</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R40ad54c96f2b4bd9">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read second time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rda51cf0d660e43e7">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Roll call</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Yeas-96  Nays-19</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rd1a8ef0f852e4661">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 30</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read third time and sent to Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R11a974a959054b78">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R096b130608d44de1">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R13ead5cc25a34534">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R21b8b435237a4ad7">
+      <w:hyperlink r:id="R2c0de09a1f404b28">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,2212 +1130,2988 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R35f630980a25494c">
+      <w:hyperlink r:id="R100583d3e62f4bfa">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R9d67785531074ab3">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/22/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rea4a056a92684d71">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/28/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rae5f6585bc7e471c">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/29/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rb92d8ffc70e74dba">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/03/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="0032383B" w:rsidRDefault="00432135" w14:paraId="19D1E02E" w14:textId="6529F6A9">
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00E02AFC" w14:paraId="0E825C49" w14:textId="1AB60FDF">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstatus"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="status"/>
+          <w:tag w:val="status"/>
+          <w:id w:val="854397200"/>
+          <w:placeholder>
+            <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00615929">
+            <w:t>Amended</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="3A1B1444" w14:textId="37F083A9">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>January 29, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="3BE553F0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="67D1F2DB" w14:textId="357379CD">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4756</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="7C5E9F23" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="550BEAEA" w14:textId="3F619132">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="000167BB">
+            <w:t xml:space="preserve">Pope, Bailey, Ballentine, Brewer, Brittain, Bustos, Caskey, Chapman, Crawford, Davis, Duncan, Forrest, Gagnon, Gatch, Gilliam, Guest, Hardee, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, J. E. Johnson, Lawson, Ligon, Long, Lowe, Martin, McCravy, McGinnis, C. Mitchell, T. Moore, W. Newton, Oremus, Pedalino, Rankin, Robbins, Sanders, Schuessler, Sessions, G. M. Smith, M. M. Smith, Taylor, Vaughan, Whitmire, Wickensimer, Willis, Wooten, Yow, B. Newton, Chumley, Edgerton, Magnuson, Terribile, White, D. Mitchell, Cromer, Gilreath, Huff, Landing, Lastinger, Teeple, Guffey, McCabe, Gibson and Bowers </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="453FEDBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="000167BB" w:rsidRDefault="00E02AFC" w14:paraId="409090F4" w14:textId="6CB91DA3">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00615929">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00615929">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00615929">
+            <w:t>1/29/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00615929">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00615929">
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00615929">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000167BB">
+        <w:tab/>
+        <w:t>[SEC 2/3/2026 6:14 PM]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="0515AEF2" w14:textId="3D2DA1EB">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="2BE52646" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="0055017D" w14:paraId="64C2B8C6" w14:textId="581413C9">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="12BEDB8D" w14:textId="062E3FE7">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00615929" w:rsidSect="00615929">
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00615929" w:rsidP="00615929" w:rsidRDefault="00615929" w14:paraId="3EF96306" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="15084952" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="2391F87D" w14:textId="15E89DF8">
+    </w:p>
+    <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="79F19A8A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="31F69A98" w14:textId="1800EE24">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="44C29279" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="5C95821F" w14:textId="76BC93A5">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="777A0CFC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="6EADD559" w14:textId="3B792677">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="2051285E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0032383B" w:rsidRDefault="00A73EFA" w14:paraId="1DDE9B5D" w14:textId="31C57115">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="00037F04" w:rsidRDefault="002C3463" w14:paraId="64866BB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="00037F04" w:rsidRDefault="002C3463" w14:paraId="7FFB0524" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="008E61A1" w:rsidP="00446987" w:rsidRDefault="008E61A1" w14:paraId="13DE8BCB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="008E61A1" w:rsidP="00446987" w:rsidRDefault="008E61A1" w14:paraId="5C01256C" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="00EB120E" w:rsidRDefault="002C3463" w14:paraId="33057714" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="00EB120E" w:rsidRDefault="002C3463" w14:paraId="5BA5B573" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="73B601BF" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="7F2EDA49" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="004C3E37" w14:paraId="286DE12B" w14:textId="77777777">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="004C3E37" w14:paraId="437916BC" w14:textId="77777777">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA STUDENT PHYSICAL PRIVACY ACT” BY ADDING ARTICLE 5 TO CHAPTER 23, TITLE 59 SO AS TO PROVIDE VARIOUS MEASURES TO PROMOTE AND ENSURE PRIVACY AMONG SEXES USING CERTAIN RESTROOMS AND CHANGING FACILITIES IN PUBLIC SCHOOLS AND PUBLIC INSTITUTIONS OF HIGHER LEARNING, AND TO PROVIDE PENALTIES FOR NONCOMPLIANCE, AMONG OTHER THINGS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_8b369747f" w:displacedByCustomXml="prev" w:id="1"/>
-[...6 lines deleted...]
-    <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="06ABD653" w14:textId="77777777">
+    <w:bookmarkStart w:name="at_8b369747f" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="0055017D" w:rsidP="0055017D" w:rsidRDefault="0055017D" w14:paraId="0F9DB4A5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amend Title </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>To</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Conform</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="0055017D" w:rsidRDefault="006C18F0" w14:paraId="1769F9A6" w14:textId="254CD540">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0094541D" w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="579B167E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_ad278e8d3" w:id="2"/>
+      <w:bookmarkStart w:name="ew_ad278e8d3" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C1C6D" w:rsidP="001C1C6D" w:rsidRDefault="001C1C6D" w14:paraId="0949E23B" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="73BABAA9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C1C6D" w:rsidP="00792820" w:rsidRDefault="001C1C6D" w14:paraId="7278AE1F" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="5D97CBE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_f0d9eb7d5" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_44fd067cb" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_f0d9eb7d5" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_44fd067cb" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="00792820">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>This act may be cited as the “</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00433F48" w:rsidP="00433F48" w:rsidRDefault="00433F48" w14:paraId="1ABCE069" w14:textId="77777777">
+        <w:t>This act may be cited as the “South Carolina Student Physical Privacy Act.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="2375FC9D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00433F48" w14:paraId="5AF9ED71" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="0068E682" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_5835e14ec" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_2_5835e14ec" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_0e9199b5c" w:id="5"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>ECTION 2.</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00767F74">
         <w:t>hapter 23, Title 59 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00767F74" w14:paraId="4116E4F6" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="535FCA0A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00767F74" w14:paraId="265A9433" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="1CD6C00C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_28587c1ae" w:id="7"/>
+      <w:bookmarkStart w:name="up_28587c1ae" w:id="6"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>rticle 5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00767F74" w14:paraId="7BF43267" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="75924920" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="0049463E" w14:paraId="623E9D5D" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="080C3662" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_bd159b3db" w:id="8"/>
+      <w:bookmarkStart w:name="up_bd159b3db" w:id="7"/>
       <w:r w:rsidRPr="0049463E">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="0049463E">
         <w:t>tudent Physical Privacy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00767F74" w14:paraId="1727F40C" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="578EF47D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0049463E" w:rsidP="0049463E" w:rsidRDefault="00767F74" w14:paraId="72CA1C1D" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="224643AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C23N510_3079c2df9" w:id="9"/>
+      <w:bookmarkStart w:name="ns_T59C23N510_3079c2df9" w:id="8"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>ection 59‑23‑510.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_70b8e4e5a" w:id="9"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>ection 59‑23‑510.</w:t>
-[...6 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>s used in this article:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="7C9EABF1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N510S1_lv1_d3ee19391" w:id="10"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="0049463E">
-[...3 lines deleted...]
-    <w:p w:rsidR="00F54D10" w:rsidP="0049463E" w:rsidRDefault="00F54D10" w14:paraId="7B18058A" w14:textId="1031E2A8">
+      <w:r>
+        <w:t>1) “Changing facility” means a facility in which a person may be in a state of undress in the presence of others, including a locker room, changing room, or shower room.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="6E373EEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="0049463E" w:rsidP="0049463E" w:rsidRDefault="00F54D10" w14:paraId="4EA587BC" w14:textId="2B30505B">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N510S2_lv1_1b878b504" w:id="11"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>2) “Restroom” means a facility that includes one or more toilets or urinals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="5875E609" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C23N510S1_lv1_cbe759db9" w:id="11"/>
-      <w:r w:rsidR="0049463E">
+      <w:bookmarkStart w:name="ss_T59C23N510S3_lv1_eeb32a03d" w:id="12"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="0049463E" w:rsidP="0049463E" w:rsidRDefault="0049463E" w14:paraId="3F55133C" w14:textId="77777777">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t xml:space="preserve">3) “Sex” means </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6D38">
+        <w:t>a person’s biological sex, either male or female, as observed or clinically verified at birth</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="3E06BC50" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_d6fd77ff4" w:id="12"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="0049463E" w:rsidP="0049463E" w:rsidRDefault="0049463E" w14:paraId="3DCFB9C4" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N510S4_lv1_da6fc42ba" w:id="13"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>4) “Sleeping quarters” means a room with a bed in which more than one individual is housed overnight.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="2373291F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_6c54a96ae" w:id="13"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00767F74" w:rsidP="0049463E" w:rsidRDefault="0049463E" w14:paraId="65166D4A" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N510S5_lv1_33a95d6f1" w:id="14"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>5) “Female” means an individual who naturally has, had, or would have, but for a congenital anomaly or intentional or unintentional disruption, the reproductive system that at some point produces, transports, and utilizes eggs for fertilization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="13FD5EDC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_85c89ff2b" w:id="14"/>
-[...22 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C23N510S5_lv1_c294cc032" w:id="15"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N510S6_lv1_bfb38c23b" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">6) “Male” means an individual who naturally has, had, or would have, but for a congenital anomaly or intentional or unintentional disruption, the reproductive system that at some point produces, </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>transports, and utilizes sperm for fertilization.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA6D38" w:rsidP="00767F74" w:rsidRDefault="00CA6D38" w14:paraId="6BABD7C9" w14:textId="77777777">
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="7A2CD42B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C23N510S7_lv1_224ed161e" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T59C23N510S7_lv1_534a21fed" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>7) “Multioccupancy” means a space designed for use by multiple persons simultaneously.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="24D462F2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D87A99" w:rsidRDefault="00A44E89" w14:paraId="02E491FE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T59C23N520_b2bc1e309" w:id="17"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>7) “Multioccupancy” means a space designed for use by multiple persons simultaneously.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F54D10" w:rsidP="00CA6D38" w:rsidRDefault="00F54D10" w14:paraId="1BE0FCD8" w14:textId="77777777">
+        <w:t>ection 59‑23‑520.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t xml:space="preserve">A public school district may not permit any public school within the district to use any funds to maintain or operate any restroom or changing facility on its premises that is not in compliance with this article or facilitate any public school‑authorized activity or event involving overnight lodging that is not in compliance with this article. A public school district that violates any portion of this article </w:t>
+      </w:r>
+      <w:r>
+        <w:t>shall have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t xml:space="preserve"> twenty‑five percent of the funds appropriated by </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the General Assembly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t xml:space="preserve"> that are used to support the school district</w:t>
+      </w:r>
+      <w:r w:rsidR="00526BA4">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t>s operations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> withheld until the district is determined to be in compliance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D87A99" w:rsidRDefault="00D87A99" w14:paraId="15C179F8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D87A99" w:rsidRDefault="00A44E89" w14:paraId="3A70D785" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T59C23N530_35984532c" w:id="18"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>ection 59‑23‑530.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t>A public institution of higher learning may not use any funds to maintain or operate any restroom or changing facility on its premises that is not in compliance with this article or facilitate any institution</w:t>
+      </w:r>
+      <w:r w:rsidR="00526BA4">
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t>authorized activity or event involving overnight lodging that is not in compliance with this article. A public institution of higher learning that violates any portion of this article</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, as determined by the South Carolina Commission on Higher Education, shall have</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t xml:space="preserve"> twenty‑five percent of the funds </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t xml:space="preserve">appropriated by </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the General Assembly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t xml:space="preserve"> that are used to support the institution</w:t>
+      </w:r>
+      <w:r w:rsidR="00526BA4">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049463E" w:rsidR="0049463E">
+        <w:t xml:space="preserve"> operations</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2143">
+        <w:t>withheld until the institution is determined to be in compliance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> by the South Carolina Commission on Higher Education</w:t>
+      </w:r>
+      <w:r w:rsidR="0049463E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D87A99" w:rsidRDefault="00D87A99" w14:paraId="1608CB2E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00964A87" w:rsidP="00964A87" w:rsidRDefault="00B31E77" w14:paraId="4152178D" w14:textId="3D04AD24">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T59C23N540_cdd466c8a" w:id="19"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>ection 59‑23‑540.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540SA_lv1_d20fedbd3" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00964A87" w:rsidR="00964A87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">(1) All </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00964A87">
+        <w:t>public school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve"> buildings and all building</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE5CD0">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve"> in public institutions of higher learning must provide at least one single</w:t>
+      </w:r>
+      <w:r w:rsidR="001704D5">
+        <w:t>-</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="21"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="00964A87">
+        <w:t>user restroom and changing facility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00964A87" w:rsidRDefault="00964A87" w14:paraId="6A677096" w14:textId="055E5A69">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540S2_lv2_97c153e1c" w:id="22"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31E77">
+        <w:t xml:space="preserve"> Multioccupancy public school or public institution of higher learning restrooms and changing facilities must be designated for use only by members of one sex </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C016D5" w:rsidR="00B31E77">
+        <w:t>at a time, on either a permanent basis or temporary or event-based basis</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31E77">
+        <w:t xml:space="preserve">. Any public school or public institution of higher learning restrooms and changing facilities that are designated for one sex must be used only by members of that sex. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0011253A" w:rsidR="00B31E77">
+        <w:t>Any restroom or changing facility designated for one sex on a temporary or event-based basis, must be used only by members of that sex during the period of such designation</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31E77">
+        <w:t>. No person may enter a restroom or changing facility that is designated for one sex unless he or she is a member of that sex; and the public school or public institution of higher learning shall take reasonable steps to ensure that all restrooms and changing facilities provide its users with privacy from members of the opposite sex. The provisions in this item do not apply:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="1D571245" w14:textId="3D078374">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540Sa_lv3_38829702b" w:id="23"/>
+      <w:r w:rsidR="00964A87">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to custodial or maintenance work when the restroom or changing facility is not being used or otherwise occupied by a member of the opposite </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>sex;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="3064AA7F" w14:textId="280A35C8">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540Sb_lv3_788ca7881" w:id="24"/>
+      <w:r w:rsidR="00964A87">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6D38">
+        <w:t xml:space="preserve">to provide coaching or athletic training during athletic events by coaching staff in changing rooms when no individual is in a state of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA6D38">
+        <w:t>undress;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="20EDA447" w14:textId="45908E2C">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540Sc_lv3_bdde34aff" w:id="25"/>
+      <w:r w:rsidR="00964A87">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidR="00964A87">
+        <w:t>c)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>to a person or people rendering medical assistance; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="57C3FEF9" w14:textId="5965E6CA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00767F74" w14:paraId="3A8228FD" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540Sd_lv3_6f741e5a6" w:id="26"/>
+      <w:r w:rsidR="00964A87">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">d) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>during a natural disaster, emergency, or when use of the restroom or changing facility is necessary to prevent a serious threat to good order or student safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="151985BA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00767F74" w14:paraId="2E6B4C33" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540SB_lv1_c765e0a7f" w:id="27"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>B) During any public school or public institution of higher learning‑authorized activity or event where students share overnight lodging, no student may be required to share a sleeping quarter or multioccupancy restroom or changing facility with a member of the opposite sex, unless such persons are members of the same family, such as a parent, legal guardian, sibling, or grandparent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="0F2C004C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C23N520_b2bc1e309" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T59C23N540SC_lv1_c6caec7d2" w:id="28"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>C) In any other public school or public institution of higher learning facility or setting where a person may be in a state of undress in the presence of others, school personnel shall provide separate, private areas designated for use by persons based on their sex, and no person may enter these private areas unless he or she is a member of the designated sex.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="26142147" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N540SD_lv1_6d3f8baba" w:id="29"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>D) A public institution of higher learning that offers housing for student residents must provide students the option to be housed only with persons of the same sex.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="6D4D6713" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="4D782C47" w14:textId="3A208F0B">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T59C23N550_d2570470a" w:id="30"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00F54D10" w:rsidP="00767F74" w:rsidRDefault="00F54D10" w14:paraId="6270F93B" w14:textId="77777777">
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>ection 59‑23‑550.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N550SA_lv1_e829f26ac" w:id="31"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t xml:space="preserve">A) An </w:t>
+      </w:r>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">employee or student </w:t>
+      </w:r>
+      <w:r>
+        <w:t>who, while accessing a restroom or changing facility designated for use by their sex, encounters a person of the opposite sex in that restroom or changing facility, has a private cause of action for declaratory and injunctive relief against the public school or public institution of higher learning that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="16477AAF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N550S1_lv2_043b2717c" w:id="32"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t>1) provided the person permission to use a restroom or changing facility of the opposite sex; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="4F3A4BB6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N550S2_lv2_cbc5b51d8" w:id="33"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>2) failed to take reasonable steps to prohibit the person of the opposite sex from using the restroom or changing facility of the opposite sex.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="0A77718B" w14:textId="164CD795">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N550SB_lv1_6db3981b2" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t xml:space="preserve">B) An </w:t>
+      </w:r>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">employee or student </w:t>
+      </w:r>
+      <w:r>
+        <w:t>required by the public school or public institution of higher learning to share sleeping quarters with a person of the opposite sex has a private cause of action for declaratory and injunctive relief against the offending public school or public institution of higher learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="234B8E9B" w14:textId="65026238">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N550SC_lv1_a85a4480b" w:id="35"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t xml:space="preserve">C) All civil action brought pursuant to this section must be initiated within two years after the violation occurred. An </w:t>
+      </w:r>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">employee or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00964A87">
+        <w:t xml:space="preserve">student </w:t>
+      </w:r>
+      <w:r>
+        <w:t>aggrieved under this section</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> who prevails in court may recover reasonable attorney fees and costs from the offending public school or public institution of higher learning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="24AA9120" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="3E8E30AC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
-          <w:rStyle w:val="scstrike"/>
+          <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ns_T59C23N530_35984532c" w:id="19"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T59C23N560_81538f941" w:id="36"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00F54D10" w:rsidP="00767F74" w:rsidRDefault="00F54D10" w14:paraId="2EBCA807" w14:textId="77777777">
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t>ection 59-23-560.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N560SA_lv1_ded39c06f" w:id="37"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1111">
+        <w:t xml:space="preserve">Nothing in this article may be construed to prohibit </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">public </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1111">
+        <w:t xml:space="preserve">schools or public institutions of higher learning from adopting policies necessary to accommodate disabled persons </w:t>
+      </w:r>
+      <w:r w:rsidR="007938A3">
+        <w:t xml:space="preserve">protected under the Americans with Disabilities Act, elderly persons requiring aid, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C1111">
+        <w:t>or young children in need of physical assistance when using restrooms or changing facilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="6FEE0B3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
-          <w:rStyle w:val="scstrike"/>
+          <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00767F74" w:rsidP="00767F74" w:rsidRDefault="00767F74" w14:paraId="147D9792" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N560SB_lv1_978ba7d12" w:id="38"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>B) Nothing in this article may be construed to prohibit public schools or public institutions of higher learning from establishing single-occupancy restrooms, changing facilities, or sleeping quarters, or family restrooms, changing facilities, or sleeping quarters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="1A319A9F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-[...19 lines deleted...]
-      <w:r w:rsidR="0049463E">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C23N560SC_lv1_6c184a4ba" w:id="39"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="0049463E" w:rsidP="0049463E" w:rsidRDefault="0049463E" w14:paraId="4F5CCAF6" w14:textId="77777777">
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>C) Nothing in this article may be construed to prohibit public schools or public institutions of higher learning from redesignating a multioccupancy restroom, changing facility, or sleeping quarters designated for exclusive use by one sex to a designation for exclusive use by the opposite sex, on either a permanent basis or temporary or event-based basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="7C0584A0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
-          <w:rStyle w:val="scstrike"/>
+          <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...79 lines deleted...]
-    <w:p w:rsidR="00F54D10" w:rsidP="00CA6D38" w:rsidRDefault="00F54D10" w14:paraId="70FDB685" w14:textId="77777777">
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="7ABDD72C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
-          <w:rStyle w:val="scstrike"/>
+          <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ns_T59C23N550_d2570470a" w:id="29"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T59C23N570_c30793383" w:id="40"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-[...115 lines deleted...]
-    <w:p w:rsidR="004A1F55" w:rsidRDefault="004A1F55" w14:paraId="24CE5382" w14:textId="77777777">
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:t>ection 59-23-570.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008745C2">
+        <w:t>If any subsection or portion of this article is declared invalid, that declaration shall not affect the validity of the remaining portions of the article</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="5FF4A64C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="1A667600" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="479CA06E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="35"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="36"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="41"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="42"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
+      <w:r w:rsidRPr="00DF3B44">
+        <w:tab/>
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="67C99452" w14:textId="77777777">
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00B31E77" w:rsidP="00B31E77" w:rsidRDefault="00B31E77" w14:paraId="5EC3683D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00D0695E">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="005516F6" w14:paraId="0982C28E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scbillendxx"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="000804BC">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25F45A84" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
+    <w:p w14:paraId="350E2F8E" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A414868" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
+    <w:p w14:paraId="7C431A6C" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FA256E1" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
+    <w:p w14:paraId="492EA778" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EBD7BE" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
+    <w:p w14:paraId="1DDB933E" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="77A1E228" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535">
+    <w:p w14:paraId="71D92994" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="671FDFD5" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
-[...2 lines deleted...]
-    </w:pPr>
+  <w:p w14:paraId="59CA3446" w14:textId="6C0D068E" w:rsidR="00615929" w:rsidRPr="00BC78CD" w:rsidRDefault="00615929" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>4756</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="11652771"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="474E2CA3" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0436905E" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="009969FD" w:rsidP="00D14995">
+      <w:p w14:paraId="092B08CD" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00E02AFC" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="FA9D9F301427445584DE97B4DB3659B9"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00337029">
+              <w:t>[4756]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="FA9D9F301427445584DE97B4DB3659B9"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00F2764C">
+            <w:r w:rsidR="00111393">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0515WAB26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5202B2D2" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="240BC1E9" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73A64AAF" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
+    <w:p w14:paraId="4308FBE7" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D8C2178" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
+    <w:p w14:paraId="4AB4B059" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02BB96AF" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
+    <w:p w14:paraId="34BBA733" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719077C9" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
+    <w:p w14:paraId="1E0A2758" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="79B69B91" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535">
+    <w:p w14:paraId="7E0E42A1" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="515905D2" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="7E47FC02" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6282C86C" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="37E693E5" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="75417C44" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="5D02F202" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="94E6D92E"/>
+    <w:tmpl w:val="3EB63278"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CA080A8"/>
+    <w:tmpl w:val="0B26EC1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="48EC091E"/>
+    <w:tmpl w:val="4B14C61E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="EC7043A0"/>
+    <w:tmpl w:val="3CB66924"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8966991C"/>
+    <w:tmpl w:val="4FCCDC0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8D324A10"/>
+    <w:tmpl w:val="87AE95CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1E645258"/>
+    <w:tmpl w:val="46FA7254"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F645F22"/>
+    <w:tmpl w:val="365A93F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FAA8842C"/>
+    <w:tmpl w:val="0C0686EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="84F0597C"/>
+    <w:tmpl w:val="80802D88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1314262902">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="516625294">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1459255414">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="1845319648">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="377317740">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="722600306">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1005743774">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="496969026">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002D38"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
+    <w:rsid w:val="00012130"/>
     <w:rsid w:val="00012912"/>
+    <w:rsid w:val="00016648"/>
+    <w:rsid w:val="000167BB"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
+    <w:rsid w:val="0002113A"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00027191"/>
     <w:rsid w:val="00030409"/>
+    <w:rsid w:val="00033762"/>
     <w:rsid w:val="00037D7B"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B37"/>
     <w:rsid w:val="00044B84"/>
+    <w:rsid w:val="00046072"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000579FB"/>
     <w:rsid w:val="00060BD5"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00064BEA"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
+    <w:rsid w:val="000804BC"/>
+    <w:rsid w:val="00082D26"/>
     <w:rsid w:val="0008508A"/>
+    <w:rsid w:val="00087CC2"/>
     <w:rsid w:val="00094D8D"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000A46E2"/>
+    <w:rsid w:val="000A7C11"/>
     <w:rsid w:val="000B00D4"/>
     <w:rsid w:val="000B0429"/>
+    <w:rsid w:val="000B0F0C"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C4FF9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D3721"/>
     <w:rsid w:val="000E03FD"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F4DD2"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
+    <w:rsid w:val="00111393"/>
     <w:rsid w:val="001141A0"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00134795"/>
     <w:rsid w:val="00137E43"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00140BA4"/>
+    <w:rsid w:val="001447B7"/>
+    <w:rsid w:val="001517F2"/>
     <w:rsid w:val="00153BCC"/>
     <w:rsid w:val="00153FE5"/>
     <w:rsid w:val="0015693D"/>
+    <w:rsid w:val="001704D5"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
+    <w:rsid w:val="00176682"/>
     <w:rsid w:val="001876C0"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
+    <w:rsid w:val="00195581"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C1111"/>
     <w:rsid w:val="001C1C6D"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D0E2E"/>
     <w:rsid w:val="001D3429"/>
     <w:rsid w:val="001D57E3"/>
     <w:rsid w:val="001E6635"/>
     <w:rsid w:val="001F036B"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F44FB"/>
     <w:rsid w:val="001F5C81"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002025DA"/>
     <w:rsid w:val="00202709"/>
     <w:rsid w:val="0020382B"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002039E0"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002127E0"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00220860"/>
     <w:rsid w:val="00221B83"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00231A81"/>
     <w:rsid w:val="00233975"/>
+    <w:rsid w:val="00233A6E"/>
     <w:rsid w:val="002348F8"/>
     <w:rsid w:val="00236D73"/>
+    <w:rsid w:val="00243E1B"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="0025207C"/>
+    <w:rsid w:val="002526B3"/>
     <w:rsid w:val="0025412D"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002601B2"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="002639DC"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00267770"/>
     <w:rsid w:val="00270ECD"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00277087"/>
     <w:rsid w:val="002836D8"/>
+    <w:rsid w:val="00292ABE"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C1A30"/>
     <w:rsid w:val="002C2D77"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D45A4"/>
     <w:rsid w:val="002D5B3D"/>
+    <w:rsid w:val="002D7368"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E2536"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="002E6ACE"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
+    <w:rsid w:val="00300FE1"/>
+    <w:rsid w:val="003017F2"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00311266"/>
     <w:rsid w:val="0031672B"/>
     <w:rsid w:val="00317778"/>
     <w:rsid w:val="003202A0"/>
     <w:rsid w:val="0032383B"/>
     <w:rsid w:val="0032531F"/>
     <w:rsid w:val="00327156"/>
     <w:rsid w:val="00332F6C"/>
+    <w:rsid w:val="00337029"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00367874"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
+    <w:rsid w:val="00381BA2"/>
     <w:rsid w:val="00383576"/>
     <w:rsid w:val="00384D10"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C53B6"/>
+    <w:rsid w:val="003D1032"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E115B"/>
+    <w:rsid w:val="003E1925"/>
     <w:rsid w:val="003E3A21"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E58CC"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
+    <w:rsid w:val="0040034B"/>
     <w:rsid w:val="00400F25"/>
     <w:rsid w:val="0040145F"/>
     <w:rsid w:val="004017E3"/>
     <w:rsid w:val="00402A59"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00425BF8"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00433F48"/>
+    <w:rsid w:val="00440E45"/>
     <w:rsid w:val="004448DA"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
+    <w:rsid w:val="004547F5"/>
     <w:rsid w:val="00466B63"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00480E69"/>
     <w:rsid w:val="004815D3"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
+    <w:rsid w:val="0048673F"/>
     <w:rsid w:val="00491FBA"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="0049463E"/>
     <w:rsid w:val="00494BEF"/>
+    <w:rsid w:val="004A0936"/>
     <w:rsid w:val="004A1F55"/>
     <w:rsid w:val="004A1F7E"/>
     <w:rsid w:val="004A5512"/>
+    <w:rsid w:val="004A61FE"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B232B"/>
     <w:rsid w:val="004B6BDB"/>
+    <w:rsid w:val="004C186F"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C3E37"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C67C9"/>
     <w:rsid w:val="004C733D"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E2B0A"/>
     <w:rsid w:val="004E450B"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00502B9F"/>
     <w:rsid w:val="005102BE"/>
+    <w:rsid w:val="005108E4"/>
     <w:rsid w:val="005172B8"/>
     <w:rsid w:val="00517FCB"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00526BA4"/>
     <w:rsid w:val="00526D6F"/>
+    <w:rsid w:val="005425E4"/>
+    <w:rsid w:val="0054268B"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="005459CD"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
+    <w:rsid w:val="0055017D"/>
     <w:rsid w:val="00550BD5"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
+    <w:rsid w:val="0055749A"/>
     <w:rsid w:val="00564B58"/>
+    <w:rsid w:val="00567B74"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="00580815"/>
     <w:rsid w:val="00580B1E"/>
     <w:rsid w:val="00583064"/>
     <w:rsid w:val="00584100"/>
     <w:rsid w:val="00590A6D"/>
     <w:rsid w:val="005914C0"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A3267"/>
     <w:rsid w:val="005A410F"/>
     <w:rsid w:val="005A4D4F"/>
     <w:rsid w:val="005A5377"/>
+    <w:rsid w:val="005B3A24"/>
     <w:rsid w:val="005B573E"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C5413"/>
     <w:rsid w:val="005D02B4"/>
+    <w:rsid w:val="005D0B8C"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E030B"/>
     <w:rsid w:val="005E0C6C"/>
+    <w:rsid w:val="005E0F6E"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
+    <w:rsid w:val="005E584D"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
+    <w:rsid w:val="00604943"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
+    <w:rsid w:val="00614553"/>
+    <w:rsid w:val="00615929"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
+    <w:rsid w:val="00622969"/>
     <w:rsid w:val="00623BEA"/>
+    <w:rsid w:val="00631C07"/>
     <w:rsid w:val="00632E51"/>
     <w:rsid w:val="00633426"/>
     <w:rsid w:val="006347E9"/>
+    <w:rsid w:val="00635010"/>
     <w:rsid w:val="006361DC"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="0065286F"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
+    <w:rsid w:val="006721E3"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="0067519D"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00691095"/>
     <w:rsid w:val="006961CF"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A1CAB"/>
     <w:rsid w:val="006A395F"/>
+    <w:rsid w:val="006A4B7B"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006D6876"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E4801"/>
     <w:rsid w:val="006F1E63"/>
+    <w:rsid w:val="006F4AD0"/>
+    <w:rsid w:val="006F5CCB"/>
     <w:rsid w:val="007071E5"/>
     <w:rsid w:val="00711AA9"/>
+    <w:rsid w:val="0071211F"/>
+    <w:rsid w:val="0071332F"/>
     <w:rsid w:val="00722155"/>
+    <w:rsid w:val="00722900"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007500F7"/>
     <w:rsid w:val="00751705"/>
+    <w:rsid w:val="00751CAF"/>
     <w:rsid w:val="007562FA"/>
     <w:rsid w:val="0076139F"/>
+    <w:rsid w:val="0076210D"/>
     <w:rsid w:val="00762727"/>
     <w:rsid w:val="00762945"/>
     <w:rsid w:val="00767923"/>
     <w:rsid w:val="00767F74"/>
     <w:rsid w:val="00773CD8"/>
     <w:rsid w:val="00776A89"/>
     <w:rsid w:val="00777A61"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00792820"/>
+    <w:rsid w:val="007938A3"/>
+    <w:rsid w:val="00793E89"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
+    <w:rsid w:val="007B425F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B7589"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C7C39"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00801484"/>
     <w:rsid w:val="00802BC0"/>
     <w:rsid w:val="00813738"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
+    <w:rsid w:val="00832135"/>
     <w:rsid w:val="00834272"/>
+    <w:rsid w:val="008435AD"/>
     <w:rsid w:val="00843F92"/>
     <w:rsid w:val="0085295A"/>
     <w:rsid w:val="00852DC3"/>
     <w:rsid w:val="00855B46"/>
     <w:rsid w:val="00857BFC"/>
     <w:rsid w:val="00860DBA"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00862B17"/>
     <w:rsid w:val="00865021"/>
     <w:rsid w:val="00873690"/>
+    <w:rsid w:val="00875CE9"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="0088142F"/>
     <w:rsid w:val="00887957"/>
+    <w:rsid w:val="008904D5"/>
+    <w:rsid w:val="00893A41"/>
     <w:rsid w:val="00894986"/>
+    <w:rsid w:val="00897143"/>
     <w:rsid w:val="008A12F1"/>
     <w:rsid w:val="008A2638"/>
     <w:rsid w:val="008A31B7"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008A7740"/>
     <w:rsid w:val="008B090F"/>
+    <w:rsid w:val="008B0AB3"/>
     <w:rsid w:val="008B13EB"/>
+    <w:rsid w:val="008B46F6"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D7767"/>
     <w:rsid w:val="008E0B30"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F0661"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009039F6"/>
+    <w:rsid w:val="009044E7"/>
+    <w:rsid w:val="00910D09"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
+    <w:rsid w:val="009272C4"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="00941FFA"/>
     <w:rsid w:val="00942A6B"/>
     <w:rsid w:val="0094494E"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
+    <w:rsid w:val="00964A87"/>
     <w:rsid w:val="00967510"/>
     <w:rsid w:val="00976F4D"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="00994526"/>
+    <w:rsid w:val="00997740"/>
     <w:rsid w:val="00997FA9"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A6D42"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B625E"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C19FE"/>
+    <w:rsid w:val="009C1C8B"/>
     <w:rsid w:val="009D1165"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E18E0"/>
     <w:rsid w:val="009E4191"/>
+    <w:rsid w:val="009E6BF1"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
+    <w:rsid w:val="009F799E"/>
     <w:rsid w:val="009F7F85"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1541F"/>
     <w:rsid w:val="00A16186"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
+    <w:rsid w:val="00A44E89"/>
     <w:rsid w:val="00A44F0C"/>
     <w:rsid w:val="00A45B3A"/>
     <w:rsid w:val="00A4631A"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A73C60"/>
     <w:rsid w:val="00A73EFA"/>
+    <w:rsid w:val="00A755CA"/>
+    <w:rsid w:val="00A7731D"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A87FE2"/>
     <w:rsid w:val="00A92F6F"/>
+    <w:rsid w:val="00A95692"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7174"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB19BF"/>
+    <w:rsid w:val="00AB31F1"/>
     <w:rsid w:val="00AB6ED4"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AB7DB1"/>
     <w:rsid w:val="00AC30AE"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC4EF2"/>
     <w:rsid w:val="00AC5C62"/>
     <w:rsid w:val="00AD1FB7"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE159A"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7361"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF1D9D"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B01A4E"/>
+    <w:rsid w:val="00B046CE"/>
     <w:rsid w:val="00B0490D"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B06F76"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B21062"/>
+    <w:rsid w:val="00B222EF"/>
     <w:rsid w:val="00B2734B"/>
+    <w:rsid w:val="00B31E77"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B364C3"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B43107"/>
+    <w:rsid w:val="00B4594A"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B70BCC"/>
     <w:rsid w:val="00B74AE8"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B81547"/>
     <w:rsid w:val="00B82B94"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B875DC"/>
     <w:rsid w:val="00B9090A"/>
+    <w:rsid w:val="00B92012"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA0E05"/>
     <w:rsid w:val="00BA3976"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB543D"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD1045"/>
+    <w:rsid w:val="00BD3B55"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD55D8"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE674F"/>
     <w:rsid w:val="00BF08E9"/>
     <w:rsid w:val="00BF11D9"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C13CEE"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C3733D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C5234F"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C87045"/>
     <w:rsid w:val="00C92438"/>
     <w:rsid w:val="00C942BC"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00C979D0"/>
+    <w:rsid w:val="00CA1C98"/>
     <w:rsid w:val="00CA6D38"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB53E0"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE032E"/>
+    <w:rsid w:val="00CE0FA1"/>
     <w:rsid w:val="00CE10A1"/>
     <w:rsid w:val="00CE16C9"/>
     <w:rsid w:val="00CE1F1A"/>
+    <w:rsid w:val="00CE6133"/>
+    <w:rsid w:val="00CE7B7A"/>
     <w:rsid w:val="00CF43AA"/>
     <w:rsid w:val="00CF5EC0"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7065"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D0372C"/>
     <w:rsid w:val="00D0695E"/>
     <w:rsid w:val="00D078DA"/>
+    <w:rsid w:val="00D10599"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
+    <w:rsid w:val="00D20E35"/>
     <w:rsid w:val="00D237E2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D24E7F"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
+    <w:rsid w:val="00D34428"/>
+    <w:rsid w:val="00D35056"/>
     <w:rsid w:val="00D43825"/>
+    <w:rsid w:val="00D43C10"/>
+    <w:rsid w:val="00D454ED"/>
     <w:rsid w:val="00D46A62"/>
+    <w:rsid w:val="00D50AD8"/>
     <w:rsid w:val="00D54A6F"/>
+    <w:rsid w:val="00D57C3E"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D6756D"/>
     <w:rsid w:val="00D772FB"/>
+    <w:rsid w:val="00D87A99"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB47FD"/>
+    <w:rsid w:val="00DC085B"/>
+    <w:rsid w:val="00DC13D4"/>
     <w:rsid w:val="00DC44A8"/>
+    <w:rsid w:val="00DC462B"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
+    <w:rsid w:val="00DE5CD0"/>
     <w:rsid w:val="00DE7112"/>
+    <w:rsid w:val="00DE74F1"/>
     <w:rsid w:val="00DF0B9F"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3935"/>
     <w:rsid w:val="00DF3B44"/>
+    <w:rsid w:val="00E02AFC"/>
+    <w:rsid w:val="00E12EFD"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E13D6E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E22D0E"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E32763"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E46C7D"/>
     <w:rsid w:val="00E47D03"/>
+    <w:rsid w:val="00E51262"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
+    <w:rsid w:val="00E6498C"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E66C82"/>
     <w:rsid w:val="00E66F00"/>
     <w:rsid w:val="00E72B05"/>
+    <w:rsid w:val="00E73332"/>
     <w:rsid w:val="00E774F2"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E92B51"/>
     <w:rsid w:val="00EA1641"/>
     <w:rsid w:val="00EA16AF"/>
     <w:rsid w:val="00EA2398"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
+    <w:rsid w:val="00EB4D1A"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED56CD"/>
     <w:rsid w:val="00EE0242"/>
     <w:rsid w:val="00EE1123"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE7F3D"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF3989"/>
     <w:rsid w:val="00EF5190"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F058F7"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F11EA1"/>
+    <w:rsid w:val="00F11ED4"/>
     <w:rsid w:val="00F13D87"/>
+    <w:rsid w:val="00F14563"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F2764C"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F41E9A"/>
+    <w:rsid w:val="00F425EC"/>
     <w:rsid w:val="00F428FC"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F5001C"/>
     <w:rsid w:val="00F502F1"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F54D10"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
+    <w:rsid w:val="00F71967"/>
+    <w:rsid w:val="00F76707"/>
     <w:rsid w:val="00F82227"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F92551"/>
     <w:rsid w:val="00FA0F2E"/>
+    <w:rsid w:val="00FA33B9"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FA6998"/>
+    <w:rsid w:val="00FB2B0E"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE12EB"/>
     <w:rsid w:val="00FE3514"/>
     <w:rsid w:val="00FE4089"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="084E0F5A"/>
+  <w14:docId w14:val="23286A24"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F4163ADD-ED62-45A9-88AC-063E4636351E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2989,1562 +4471,3701 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US"/>
+    <w:rsid w:val="002D7368"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007500F7"/>
+    <w:rsid w:val="002D7368"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B31E77"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B31E77"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B31E77"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B31E77"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B31E77"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00233A6E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00615929"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="006A4B7B"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4756&amp;session=126&amp;summary=B" TargetMode="External" Id="R21b8b435237a4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4756_20251217.docx" TargetMode="External" Id="R35f630980a25494c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4756&amp;session=126&amp;summary=B" TargetMode="External" Id="R2c0de09a1f404b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4756_20251217.docx" TargetMode="External" Id="R100583d3e62f4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4756_20260122.docx" TargetMode="External" Id="R9d67785531074ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4756_20260128.docx" TargetMode="External" Id="Rea4a056a92684d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4756_20260129.docx" TargetMode="External" Id="Rae5f6585bc7e471c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4756_20260203.docx" TargetMode="External" Id="Rb92d8ffc70e74dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rc4e6ec2b6d1a4d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R00d389cd1d084932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="R404118cde9824912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="R24e748006f3f4580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="Rb1424c7ccdc74223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="R40ad54c96f2b4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="Rda51cf0d660e43e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="Rd1a8ef0f852e4661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260203.docx" TargetMode="External" Id="R11a974a959054b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260204.docx" TargetMode="External" Id="R096b130608d44de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260204.docx" TargetMode="External" Id="R13ead5cc25a34534" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="611B1623AEA04E749F0A3A710B863621"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{68FAB0D8-1A2D-4682-A186-6951ED6A9F0A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="008624AB" w:rsidRDefault="008624AB" w:rsidP="008624AB">
+          <w:pPr>
+            <w:pStyle w:val="611B1623AEA04E749F0A3A710B863621"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FA9D9F301427445584DE97B4DB3659B9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F2B7AC7C-6F46-4035-B421-EFEA6CDE76FE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="008624AB" w:rsidRDefault="008624AB" w:rsidP="008624AB">
+          <w:pPr>
+            <w:pStyle w:val="FA9D9F301427445584DE97B4DB3659B9"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
+    <w:rsid w:val="00087CC2"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
+    <w:rsid w:val="001447B7"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="0032531F"/>
     <w:rsid w:val="00327156"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00466B63"/>
     <w:rsid w:val="004B6BDB"/>
+    <w:rsid w:val="004C186F"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="005459CD"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005E0C6C"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00776A89"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="00777A61"/>
+    <w:rsid w:val="008624AB"/>
     <w:rsid w:val="00862B17"/>
+    <w:rsid w:val="00875CE9"/>
     <w:rsid w:val="008A2638"/>
     <w:rsid w:val="008D7767"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00967510"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="00997FA9"/>
     <w:rsid w:val="009C19FE"/>
+    <w:rsid w:val="009C1C8B"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A87FE2"/>
     <w:rsid w:val="00AE7361"/>
     <w:rsid w:val="00B20DA6"/>
+    <w:rsid w:val="00B43107"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BE674F"/>
     <w:rsid w:val="00C13CEE"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CE10A1"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00E13D6E"/>
     <w:rsid w:val="00E32763"/>
     <w:rsid w:val="00E66C82"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00ED56CD"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -4960,53 +8581,79 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="008624AB"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="611B1623AEA04E749F0A3A710B863621">
+    <w:name w:val="611B1623AEA04E749F0A3A710B863621"/>
+    <w:rsid w:val="008624AB"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FA9D9F301427445584DE97B4DB3659B9">
+    <w:name w:val="FA9D9F301427445584DE97B4DB3659B9"/>
+    <w:rsid w:val="008624AB"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5270,72 +8917,114 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <AMENDMENTS_USED_FOR_MERGE>[{"drafter":null,"sponsor":"66f3aafa-8bee-4316-8945-591c07571c16","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"06b57465-616c-4990-892e-706585ce144e","name":"LC-4756.SA0008H-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4756.SA0008H-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":2,"isAdopted":false,"amendmentNumber":"40","internalBillVersion":2,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"a62368d4-e67e-4a95-aff0-13607404c2e9","name":"LC-4756.SA0008H","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4756.SA0008H","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},{"drafter":null,"sponsor":"743b84f9-2144-42b4-95a9-e2c1f94a6dbf","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"70f7b81e-1536-4633-8aa9-056018d08769","name":"LC-4756.WAB0009H-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4756.WAB0009H-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":2,"isAdopted":false,"amendmentNumber":"25","internalBillVersion":2,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"76f43127-0f43-4cc6-9b79-c29ad25cb566","name":"LC-4756.WAB0009H","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4756.WAB0009H","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},{"drafter":null,"sponsor":"89d0c412-1b25-4ea6-bc42-959f04fd2d12","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"f6b22937-efad-4d08-95b2-337fa8681073","name":"LC-4756.DG0001H-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4756.DG0001H-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":1,"isAdopted":false,"amendmentNumber":"23","internalBillVersion":2,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"94576961-47d2-4010-8862-6802e6c99c46","name":"LC-4756.DG0001H","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4756.DG0001H","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true}]</AMENDMENTS_USED_FOR_MERGE>
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>7f1452f2-a25f-417c-8297-ab074d07b941</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>True</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-29T12:23:13.384050-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>3</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>3</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>afb88e0e-248f-4bb9-94ec-a97d3f1051f7</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALBILL>b97bc143-f2a1-4881-aa5c-dfd619001650</T_BILL_R_ORIGINALBILL>
+  <T_BILL_R_ORIGINALDRAFT>a1f51a96-a75b-43a3-8d45-4ace304b7963</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>69c30c19-e536-4176-82b4-b7fe75e47f85</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4756]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4756</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA STUDENT PHYSICAL PRIVACY ACT” BY ADDING ARTICLE 5 TO CHAPTER 23, TITLE 59 SO AS TO PROVIDE VARIOUS MEASURES TO PROMOTE AND ENSURE PRIVACY AMONG SEXES USING CERTAIN RESTROOMS AND CHANGING FACILITIES IN PUBLIC SCHOOLS AND PUBLIC INSTITUTIONS OF HIGHER LEARNING, AND TO PROVIDE PENALTIES FOR NONCOMPLIANCE, AMONG OTHER THINGS.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"1d9887b9-52cc-4c19-8ea6-f35216dfb3ed","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “South Carolina Student Physical Privacy Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_f0d9eb7d5"},{"SectionUUID":"7170ca47-b280-46d2-ae41-599b5b95580e","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T59C23N510_3079c2df9","IsConstitutionSection":false,"Identity":"59-23-510","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N510S5","SubSectionBookmarkName":"ss_T59C23N510S5_lv1_33a95d6f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S6","SubSectionBookmarkName":"ss_T59C23N510S6_lv1_bfb38c23b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S7","SubSectionBookmarkName":"ss_T59C23N510S7_lv1_534a21fed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S1","SubSectionBookmarkName":"ss_T59C23N510S1_lv1_d3ee19391","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S2","SubSectionBookmarkName":"ss_T59C23N510S2_lv1_1b878b504","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S3","SubSectionBookmarkName":"ss_T59C23N510S3_lv1_eeb32a03d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S4","SubSectionBookmarkName":"ss_T59C23N510S4_lv1_da6fc42ba","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N520_b2bc1e309","IsConstitutionSection":false,"Identity":"59-23-520","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N530_35984532c","IsConstitutionSection":false,"Identity":"59-23-530","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N540_cdd466c8a","IsConstitutionSection":false,"Identity":"59-23-540","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N540SA","SubSectionBookmarkName":"ss_T59C23N540SA_lv1_d20fedbd3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C23N540Sa","SubSectionBookmarkName":"ss_T59C23N540Sa_lv3_38829702b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C23N540Sb","SubSectionBookmarkName":"ss_T59C23N540Sb_lv3_788ca7881","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C23N540Sc","SubSectionBookmarkName":"ss_T59C23N540Sc_lv3_bdde34aff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C23N540Sd","SubSectionBookmarkName":"ss_T59C23N540Sd_lv3_6f741e5a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N540SD","SubSectionBookmarkName":"ss_T59C23N540SD_lv1_6d3f8baba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N540SB","SubSectionBookmarkName":"ss_T59C23N540SB_lv1_c765e0a7f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N540SC","SubSectionBookmarkName":"ss_T59C23N540SC_lv1_c6caec7d2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N550_d2570470a","IsConstitutionSection":false,"Identity":"59-23-550","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N550SA","SubSectionBookmarkName":"ss_T59C23N550SA_lv1_e829f26ac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N550S1","SubSectionBookmarkName":"ss_T59C23N550S1_lv2_043b2717c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N550S2","SubSectionBookmarkName":"ss_T59C23N550S2_lv2_cbc5b51d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N550SB","SubSectionBookmarkName":"ss_T59C23N550SB_lv1_6db3981b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N550SC","SubSectionBookmarkName":"ss_T59C23N550SC_lv1_a85a4480b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N560_81538f941","IsConstitutionSection":false,"Identity":"59-23-560","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N560SA","SubSectionBookmarkName":"ss_T59C23N560SA_lv1_ded39c06f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N560SB","SubSectionBookmarkName":"ss_T59C23N560SB_lv1_978ba7d12","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N560SC","SubSectionBookmarkName":"ss_T59C23N560SC_lv1_6c184a4ba","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N570_c30793383","IsConstitutionSection":false,"Identity":"59-23-570","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_5835e14ec"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>South Carolina Student Physical Privacy Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -5556,199 +9245,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...40 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB445095-8BA5-41D8-A723-48486190AA16}">
-[...9 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5592</Characters>
+  <Pages>5</Pages>
+  <Words>1430</Words>
+  <Characters>7611</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>143</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6630</CharactersWithSpaces>
+  <CharactersWithSpaces>8988</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>