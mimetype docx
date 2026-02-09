--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,108 +123,114 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Pope, Erickson, Davis, M.M. Smith, Bailey, Bradley, Brewer, Caskey, Crawford, Duncan, Forrest, Gagnon, Gatch, Gilliam, Guest, Haddon, Hardee, Hartnett, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Long, Lowe, Martin, McCravy, McGinnis, Mitchell, T. Moore, B. Newton, W. Newton, Oremus, Pedalino, Robbins, Schuessler, Sessions, G.M. Smith, Taylor, Teeple, Vaughan, Whitmire, Wickensimer, Willis, Wooten and Yow</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Pope, Erickson, Davis, M.M. Smith, Bailey, Bradley, Brewer, Caskey, Crawford, Duncan, Forrest, Gagnon, Gatch, Gilliam, Guest, Haddon, Hardee, Hartnett, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Long, Lowe, Martin, McCravy, McGinnis, C. Mitchell, T. Moore, B. Newton, W. Newton, Oremus, Pedalino, Robbins, Schuessler, G.M. Smith, Taylor, Teeple, Vaughan, Whitmire, Wickensimer, Willis, Wooten, Yow, Chumley, Edgerton, Magnuson, Terribile, Kilmartin, White, Sanders, D. Mitchell, Cromer, Gilreath, Guffey and Lastinger</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document Path: LC-0558WAB26.docx</w:t>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 243, 840, 3011, 3118</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document Path: LC-0558WAB26.docx</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Parental Rights</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +350,273 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rad370a254a00449a">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 80</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R407e4e2faffe45d9">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 80</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White, 
+ Sanders
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/15/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: D.
+ Mitchell, Cromer
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Gilreath
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Guffey, 
+ Lastinger
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R39fa43bc4ceb43ac">
+      <w:hyperlink r:id="R32c8912c0a5749f3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +634,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R998513a8550847e4">
+      <w:hyperlink r:id="R68a4e2ee078e4771">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00622B2D" w:rsidRDefault="00432135" w14:paraId="52939E87" w14:textId="6D990507">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00622B2D" w:rsidRDefault="00A73EFA" w14:paraId="043570B2" w14:textId="2262C5FF">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00622B2D" w:rsidRDefault="00A73EFA" w14:paraId="1131135D" w14:textId="42528334">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00622B2D" w:rsidRDefault="00A73EFA" w14:paraId="22C0A131" w14:textId="72804B3D">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00622B2D" w:rsidRDefault="00A73EFA" w14:paraId="52F49670" w14:textId="3ED34BD6">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00622B2D" w:rsidRDefault="00A73EFA" w14:paraId="0C3C2507" w14:textId="4B112124">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,192 +758,194 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00E17EB8" w14:paraId="21E94E44" w14:textId="6D92F2B5">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “PARENTAL RIGHTS ACT” BY ADDING ARTICLE 3 TO CHAPTER 28, TITLE 59, TO AFFIRM AND ENUMERATE THE FUNDAMENTAL RIGHTS OF PARENTS TO DIRECT THE UPBRINGING, EDUCATION, HEALTHCARE, AND GENERAL WELFARE OF THEIR CHILDREN, TO REQUIRE THE STATE BOARD OF EDUCATION TO ADOPT MINIMUM STANDARDS TO IMPLEMENT PARENTAL RIGHTS AND A RELATED MODEL PARENTAL RIGHTS POLICY, TO PROVIDE LOCAL EDUCATION AGENCIES SHALL ADOPT AND IMPLEMENT RELATED POLICIES, TO ESTABLISH ADMINISTRATIVE PROCEDURES FOR THE INVESTIGATION AND RESOLUTION OF ALLEGED VIOLATIONS, TO PROVIDE FOR A LIMITED PRIVATE CAUSE OF ACTION UPON EXHAUSTION OF ADMINISTRATIVE REMEDIES, AND TO DEFINE NECESSARY TERMS, AMONG OTHER THINGS; BY AMENDING SECTION 63‑5‑340, RELATING TO MINOR CONSENT FOR HEALTH SERVICES, SO AS TO CLARIFY, STRENGTHEN, AND EXPAND REQUIREMENTS FOR PARENTAL CONSENT FOR NONEMERGENCY MEDICAL TREATMENT OF MINORS, TO PROVIDE PROCEDURES AND REMEDIES FOR VIOLATIONS ALLEGED BY PARENTS, AND TO DEFINE NECESSARY TERMS, AMONG OTHER THINGS; BY REPEALING SECTION 63‑5‑350 RELATING TO FURNISHING HEALTH SERVICES TO MINORS WITHOUT PARENTAL CONSENT; BY DESIGNATING THE EXISTING PROVISIONS OF CHAPTER 28, TITLE 59 AS “GENERAL PROVISIONS”; AND BY REPEALING SECTION 63‑5‑370 RELATING TO CERTAIN CONSENT NOT BEING SUBJECT TO DISAFFIRMANCE.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_edbb62068" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_edbb62068" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="0E6C3EE7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="005B602C" w:rsidRDefault="002C3463" w14:paraId="4A01B5EE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_912fbc7db" w:id="2"/>
+      <w:bookmarkStart w:name="ew_912fbc7db" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E761A2" w:rsidP="00E761A2" w:rsidRDefault="00E761A2" w14:paraId="3EAD4F91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E761A2" w:rsidP="00E611D3" w:rsidRDefault="00E761A2" w14:paraId="19D251EF" w14:textId="3893DF24">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_138ec2aae" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_59df69a9a" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_138ec2aae" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_59df69a9a" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...3 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00E611D3">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>This act may be cited as the “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4E85" w:rsidR="00EB4E85">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Parent</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4E85">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>al</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB4E85" w:rsidR="00EB4E85">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rights Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1541D">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E611D3">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00735CC8" w:rsidRDefault="00735CC8" w14:paraId="349DF2A6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="2A72A651" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_fbf0a82fd" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00E611D3">
-[...47 lines deleted...]
-        <w:t>S</w:t>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_bbd53d870" w:id="5"/>
+      <w:r>
+        <w:t>C</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>ECTION 2.</w:t>
-[...6 lines deleted...]
-        <w:t>C</w:t>
+        <w:t>hapter 28, Title 59 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00735CC8" w:rsidRDefault="00735CC8" w14:paraId="0B634D5E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A853E5" w:rsidP="00A853E5" w:rsidRDefault="00A853E5" w14:paraId="122E3BD0" w14:textId="6F933B93">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_830d1a8bf" w:id="6"/>
+      <w:r>
+        <w:t>A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>hapter 28, Title 59 of the S.C. Code is amended by adding:</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00A853E5" w:rsidP="00A853E5" w:rsidRDefault="00A853E5" w14:paraId="122E3BD0" w14:textId="6F933B93">
+        <w:t>rticle 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A853E5" w:rsidP="00A853E5" w:rsidRDefault="00A853E5" w14:paraId="12B9578F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A853E5" w:rsidP="00A853E5" w:rsidRDefault="00A853E5" w14:paraId="6B60B6E1" w14:textId="34E608E2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_830d1a8bf" w:id="7"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="up_0f63ddbe7" w:id="8"/>
+      <w:bookmarkStart w:name="up_0f63ddbe7" w:id="7"/>
+      <w:bookmarkStart w:name="open_doc_here" w:id="8"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00A853E5">
         <w:t>P</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00A853E5">
         <w:t xml:space="preserve">arental Rights </w:t>
       </w:r>
       <w:r>
         <w:t>in Education</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB287E" w:rsidRDefault="00DB287E" w14:paraId="374F99AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00735CC8" w14:paraId="03C78B6C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T59C28N310_5a97b030c" w:id="9"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
@@ -850,90 +1060,105 @@
       <w:bookmarkStart w:name="ss_T59C28N310S5_lv1_06c8f8301" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>5) “Local Education Agency” or “LEA” means a local education agency, to include the sponsor of a public charter school pursuant to Section 59‑40‑40, and the:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="29DC1ED3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N310Sa_lv2_97cbec9d8" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>a) Governor’s School for the Arts and Humanities;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) Governor’s School for the Arts and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Humanities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="7C974B02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N310Sb_lv2_e6a5f77a6" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>b) Governor’s School for Agriculture at John de la Howe;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) Governor’s School for Agriculture at John de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Howe;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="53257B12" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N310Sc_lv2_0009e6312" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>c) Special School of Science and Mathematics, also referred to as the Governor’s School for Science and Mathematics;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) Special School of Science and Mathematics, also referred to as the Governor’s School for Science and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Mathematics;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="5FEF3861" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N310Sd_lv2_ed5fe2218" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>d) Wil Lou Gray Opportunity School; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="7752CF15" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1094,219 +1319,273 @@
       <w:bookmarkStart w:name="ss_T59C28N320SC_lv1_3b57b37d8" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>C) All parental rights are exclusively reserved to the parent of a child without obstruction by or interference from the State including, without limitation, the following rights and responsibilities:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="155A1DC8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S1_lv2_aa650c237" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>1) directing the upbringing of the child;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) directing the upbringing of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="3D354B29" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S2_lv2_edbbefb4c" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:t>2) directing the moral or religious training of the child;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) directing the moral or religious training of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="40914500" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S3_lv2_48fc860c6" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
-        <w:t>3) making and consenting to all physical and mental healthcare decisions for the child;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) making and consenting to all physical and mental healthcare decisions for the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="2010FA6D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S4_lv2_c24b54785" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>4) accessing and reviewing all health and medical records of the child;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">4) accessing and reviewing all health and medical records of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="4663F0E1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S5_lv2_a25fe0e2b" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
-        <w:t>5) directing the education of the child, including the right to choose public, private, religious, or home schools, and the right to make reasonable choices within public schools for the education of the child;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">5) directing the education of the child, including the right to choose public, private, religious, or home schools, and the right to make reasonable choices within public schools for the education of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="031CB3F2" w14:textId="7944F938">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S6_lv2_8fd6c7d6a" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t xml:space="preserve">6) accessing and reviewing all written and electronic educational records relating to the child that are controlled by or in possession of </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
-        <w:t>an LEA</w:t>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00625C6A">
+        <w:t>LEA</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="7F2FF3F9" w14:textId="71E41FC8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S7_lv2_e180a047f" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>7) having the child excused from school attendance for religious purposes</w:t>
       </w:r>
       <w:r w:rsidRPr="00625C6A" w:rsidR="00625C6A">
-        <w:t>, including to attend released time class for religious instruction as provided in Section 59‑1‑460 and 59‑39‑112</w:t>
+        <w:t xml:space="preserve">, including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00625C6A" w:rsidR="00625C6A">
+        <w:t>to attend</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00625C6A" w:rsidR="00625C6A">
+        <w:t xml:space="preserve"> released time class for religious instruction as provided in Section 59‑1‑460 and 59‑39‑112</w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t>provided students who are excused must make up the class time missed pursuant to district policies;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">provided students who are excused must make up the class time missed pursuant to district </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>policies;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="6DAF85FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S8_lv2_5592ba3a0" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>8) participating in parent‑teacher organizations or school organizations that are sanctioned by the school district;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">8) participating in parent‑teacher organizations or school organizations that are sanctioned by the school </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>district;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="01B3B598" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S9_lv2_2f4d820cf" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
-        <w:t>9) being notified promptly if an employee of the State reasonably believes that abuse, neglect, exploitation, or any criminal offense has been committed against the child by someone other than the parent, unless doing so would interfere with a criminal or Department of Social Services investigation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">9) being notified promptly if an employee of the State reasonably believes that abuse, neglect, exploitation, or any criminal offense has been committed against the child by someone other than the parent, unless doing so would interfere with a criminal or Department of Social Services </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>investigation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="664A3FBD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S10_lv2_a4c5ac51a" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>10) consenting before the collection, storing, or sharing of any individual biometric data, including data generated by automatic measurements of an individual’s biological characteristics, such as a fingerprint, voiceprint, eye retina or iris, or other unique biological pattern or characteristic, that is used to identify a specific individual. Biometric data does not include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="497C265B" w14:textId="3F712868">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1330,52 +1609,57 @@
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et seq.; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="3AD842BB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320Sb_lv3_fcd0ae90b" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>b) data or information collected, used, or stored for law enforcement purposes;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) data or information collected, used, or stored for law enforcement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>purposes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="1584D953" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S11_lv2_e168622ff" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>11) to consent before any record of the child’s blood or deoxyribonucleic acid (DNA) is created, stored, or shared, unless authorized by law or pursuant to a court order; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="24921361" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1390,118 +1674,138 @@
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>12) to consent before any governmental entity makes a video or voice recording of the child, unless the video or voice recording is made during or as a part of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="12FE3BFE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320Sa_lv3_616219ecf" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
-        <w:t>a) a court proceeding;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) a court </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>proceeding;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="3E504B40" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320Sb_lv3_b5b22e1a7" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>b) a law enforcement investigation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) a law enforcement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>investigation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="2963B722" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320Sc_lv3_70a202de6" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t>c) a forensic interview in a criminal or Department of Social Services investigation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) a forensic interview in a criminal or Department of Social Services </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>investigation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="717567DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320Sd_lv3_b01d4ad23" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
-        <w:t>d) the security or surveillance of buildings or grounds;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) the security or surveillance of buildings or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>grounds;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="401EABA8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320Se_lv3_fa4144d5d" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>e) a photo identification card; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="73AC172E" w14:textId="77777777">
       <w:pPr>
@@ -1524,107 +1828,123 @@
       <w:r>
         <w:t>f) a public event where there is no reasonable expectation of privacy.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="2C024708" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320SD_lv1_1d5956dd1" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>D) This section does not:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="6E6BD98B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S1_lv2_34345c19e" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
-        <w:t>1) authorize or allow a parent to abuse or neglect a child as defined in Section 63‑7‑20;</w:t>
-      </w:r>
+        <w:t>1) authorize or allow a parent to abuse or neglect a child as defined in Section 63‑7‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>20;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="3A8588F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S2_lv2_d15d63738" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
-        <w:t>2) apply to a parental action or decision that would end life;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) apply to a parental action or decision that would end </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>life;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="2FE3E25E" w14:textId="7DE7B7C6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S3_lv2_b0ef0f495" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t>apply to</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Chapter 41, Title 44;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Chapter 41, Title </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>44;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="546FEEF0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S4_lv2_6c299fc0b" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>4) prohibit a court from issuing an order that is otherwise permitted by law; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="652E4F44" w14:textId="5C5FC52A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1635,121 +1955,150 @@
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S5_lv2_3f27baa20" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t xml:space="preserve">5) prevent the </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">epartment of </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ocial </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t>S</w:t>
       </w:r>
       <w:r>
-        <w:t>ervices or other law enforcement entity from conducting an investigation or otherwise carrying out its responsibilities under state law</w:t>
+        <w:t xml:space="preserve">ervices or other law enforcement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>entity</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> from </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>conducting an investigation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or otherwise carrying out its responsibilities under state law</w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00625C6A" w:rsidR="00625C6A">
         <w:t>and consistent with this section</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="3CA3DAFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320SE_lv1_8e8e83825" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
-        <w:t>E) The provisions of this section may not be construed to amend or otherwise alter mandatory reporting statutes found in Subarticle 1, Article 3, Chapter 7, Title 63.</w:t>
+        <w:t xml:space="preserve">E) The provisions of this section may not be construed to amend or otherwise alter mandatory reporting statutes found in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Subarticle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 1, Article 3, Chapter 7, Title 63.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="7514FC57" w14:textId="28155737">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320SF_lv1_bf11ca6c0" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t xml:space="preserve">F) </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidRPr="00625C6A" w:rsidR="00625C6A">
         <w:t>parent shall be presumed to have provided consent when</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="41218D0B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S1_lv2_c0dc83970" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
-        <w:t>1) a parent of the minor has given express written consent authorizing the person or entity to perform an activity listed in subsection (C);</w:t>
-      </w:r>
+        <w:t>1) a parent of the minor has given express written consent authorizing the person or entity to perform an activity listed in subsection (C</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="3F2CA727" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N320S2_lv2_9c5b49064" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>2) a government entity or any other person reasonably relies in good faith on an individual’s representations that the individual is the parent of a minor or has otherwise been granted authority to make decisions regarding a minor’s care under state law; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00850042" w:rsidP="00850042" w:rsidRDefault="00850042" w14:paraId="2F1559F0" w14:textId="3FDF300E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1953,2927 +2302,3190 @@
         <w:t>A) Each LEA governing board, in consultation with parents, teachers, and administrators, shall develop and adopt a parental rights policy to promote the involvement of parents of children enrolled in the LEA, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="0B0BAEAC" w14:textId="26D4FA39">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N340S1_lv2_6c620d761" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:t xml:space="preserve">1) the minimum standards required by Section 59‑28‑330(1), provided </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t>the LEA</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> that adopts the State Board’s model policy is presumed to be compliant with the requirements of this item;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> that adopts the State Board’s model policy is presumed to be compliant with the requirements of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>item;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="5A38A4B8" w14:textId="7C7630E0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N340S2_lv2_4c3a0bf67" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:t xml:space="preserve">2) a plan to improve </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t xml:space="preserve">parental involvement and </w:t>
       </w:r>
       <w:r>
-        <w:t>parent‑teacher cooperation in areas such as homework, attendance, and discipline;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">parent‑teacher cooperation in areas such as </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">homework, attendance, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>discipline;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="4A141570" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N340S3_lv2_04238866a" w:id="71"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:t>3) clear procedures allowing parents to learn about their child’s course of study and review all curriculum and teacher‑training materials, including the right to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="7F87476B" w14:textId="2E55DEF0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N340Sa_lv3_6967bb6d9" w:id="72"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:t>a) review all curriculum and teacher‑training materials for any class, either through online posting or in‑person inspection during regular hours or by appointment</w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
-        <w:t>, and without cost</w:t>
+        <w:t xml:space="preserve">, and without </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00625C6A">
+        <w:t>cost</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="03CBDCFE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N340Sb_lv3_f9f75ec16" w:id="73"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:t>b) copy or record such materials at cost if not posted online; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="3EE9BF56" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C28N340Sc_lv3_5f02ed6b1" w:id="74"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
-        <w:t>c) meet with a teacher, principal, or designated school representative to discuss the materials;</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>c) meet with a teacher, principal, or designated school representative to discuss the materials</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N340S4_lv2_bcef74a53" w:id="75"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">4) procedures enabling parents to learn the nature and purpose of approved clubs and extracurricular activities and withdraw their child from any activity to which they </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>object;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="285E0F86" w14:textId="0CB40A58">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N340S5_lv2_09dd79cb7" w:id="75"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkStart w:name="ss_T59C28N340S5_lv2_09dd79cb7" w:id="76"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t xml:space="preserve">5) procedures requiring at least five days’ notice to, and affirmative consent from, a parent before the child attends any instruction or presentation </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t>that has the goal or purpose of studying, exploring, or informing students about</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gender roles or stereotypes, gender identity, gender expression, or sexual orientation; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="3B8653E2" w14:textId="29521D49">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N340S6_lv2_8b4f6bf10" w:id="76"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkStart w:name="ss_T59C28N340S6_lv2_8b4f6bf10" w:id="77"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t xml:space="preserve">6) allowing parents to withdraw their child from any specific instruction or presentation the parent deems harmful, including materials or activities </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t>that conflict with the parents’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> beliefs or practices regarding sex, morality, or religion.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="2B4CD487" w14:textId="53EF3F37">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N340SB_lv1_c156a352b" w:id="77"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkStart w:name="ss_T59C28N340SB_lv1_c156a352b" w:id="78"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t xml:space="preserve">B) A parent is entitled to access all written or electronic </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t xml:space="preserve">educational </w:t>
       </w:r>
       <w:r>
         <w:t>records</w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t>, as defined in Section 59‑28‑310,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> concerning the parent’s child that are held by the </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t>LEA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, any </w:t>
       </w:r>
       <w:r w:rsidR="00625C6A">
         <w:t>LEA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> employee, or any person or organization contracted or authorized to provide services to students.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00735CC8" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="0ABF0F6D" w14:textId="07DA0B36">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N340SC_lv1_1b7722c42" w:id="78"/>
-[...5 lines deleted...]
-        <w:t>C) Nothing in this section prevents an LEA from adopting additional parent protections consistent with this chapter and the minimum standards established by the State Board of Education.</w:t>
+      <w:bookmarkStart w:name="ss_T59C28N340SC_lv1_1b7722c42" w:id="79"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:t xml:space="preserve">C) Nothing in this section prevents </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>an LEA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> from adopting additional parent protections consistent with this chapter and the minimum standards established by the State Board of Education.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="4B3F06E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00735CC8" w14:paraId="5E308B19" w14:textId="7599DF23">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T59C28N350_68bd6cc9b" w:id="79"/>
+      <w:bookmarkStart w:name="ns_T59C28N350_68bd6cc9b" w:id="80"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:t>ection 59‑28‑350.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SA_lv1_ee0fb95b0" w:id="80"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SA_lv1_ee0fb95b0" w:id="81"/>
       <w:r w:rsidR="00833718">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r w:rsidR="00833718">
         <w:t xml:space="preserve">A) As provided in this section, a parent alleging a violation of this article </w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve">by an LEA </w:t>
       </w:r>
       <w:r w:rsidR="00833718">
         <w:t>may seek relief through administrative channels before the LEA governing body</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00833718">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B1ACB">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00833718">
         <w:t>State Board of Education</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00833718">
         <w:t>as provided in subsections (B)</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00833718">
-        <w:t xml:space="preserve"> (C). After exhausting all of these administrative remedies, the parent may bring a private civil cause of action in circuit court.</w:t>
+        <w:t xml:space="preserve"> (C). After exhausting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00833718">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00833718">
+        <w:t xml:space="preserve"> these administrative remedies, the parent may bring a private civil cause of action </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00833718">
+        <w:t>in circuit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00833718">
+        <w:t xml:space="preserve"> court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="07552ABB" w14:textId="2C99217D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SB_lv1_294c7e8c9" w:id="81"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SB_lv1_294c7e8c9" w:id="82"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_ec7556a99" w:id="82"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_ec7556a99" w:id="83"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00492019" w:rsidR="00492019">
-        <w:t>Each LEA shall establish a designee to receive and investigate complaints under this section</w:t>
+        <w:t xml:space="preserve">Each LEA shall establish a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00492019" w:rsidR="00492019">
+        <w:t>designee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00492019" w:rsidR="00492019">
+        <w:t xml:space="preserve"> to receive and investigate complaints under this section</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>To initiate a complaint, a parent must file a written complaint with the governing board of the LEA.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="695509F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_48c595a84" w:id="83"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_48c595a84" w:id="84"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:t>2) The complaint must include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="7E6B63B9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_34de1134d" w:id="84"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_34de1134d" w:id="85"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:t xml:space="preserve">a) the name of the school, district, or provider alleged to have violated this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>article;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="78DDB61A" w14:textId="68D9B648">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_2c97bc964" w:id="85"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_2c97bc964" w:id="86"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:t xml:space="preserve">b) a description of the alleged </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>violation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="6C9FF40F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_46182d49f" w:id="86"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_46182d49f" w:id="87"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:t>c) the facts supporting the claim; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="4F62E3F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_416d52d9d" w:id="87"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_416d52d9d" w:id="88"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:t>d) any documentation the parent wishes the LEA to consider.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="02411D6F" w14:textId="65F56CAE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_dd0538d4a" w:id="88"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_dd0538d4a" w:id="89"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:t xml:space="preserve">3) Within seven calendar days </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t>receiving the complaint</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00492019">
         <w:t>designee</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> shall </w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve">attempt to </w:t>
       </w:r>
       <w:r>
         <w:t>meet with the parent, gather relevant information, and make a specific finding as to whether a violation occurred.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="1712D091" w14:textId="2FB33DED">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_3fb6d3e47" w:id="89"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_3fb6d3e47" w:id="90"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
       <w:r w:rsidR="00492019">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>) Within t</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> calendar days after receiving the complaint, the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00492019">
         <w:t>designee</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> shall submit its finding, a recommended response, and any proposed remedial steps to the LEA governing board for action at the board’s next regularly scheduled meeting. These remedial steps may include:</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> shall submit its </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>finding</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>recommended response, and any proposed remedial steps to the LEA governing board for action at the board’s next regularly scheduled meeting. These remedial steps may include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="47D808B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_0e61542c7" w:id="90"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_0e61542c7" w:id="91"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:t xml:space="preserve">a) compliance with the requirements of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>article;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="45D3549C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_43c1959ec" w:id="91"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_43c1959ec" w:id="92"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:t xml:space="preserve">b) revision of policies or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>procedures;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="5761AF60" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_0b139d1fa" w:id="92"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_0b139d1fa" w:id="93"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:t>c) staff training; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="5991D362" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_f72c30fe8" w:id="93"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_f72c30fe8" w:id="94"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:t>d) other lawful action the committee deems necessary to remedy the violation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="4A674AD1" w14:textId="145652FC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S5_lv2_900b7f860" w:id="94"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S5_lv2_900b7f860" w:id="95"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
       <w:r w:rsidR="00492019">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) If the </w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t>designee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> determines that the alleged conduct does not constitute a violation, the LEA governing body shall notify the parent in writing</w:t>
       </w:r>
       <w:r w:rsidR="006D5520">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00833718" w14:paraId="5C7E94BC" w14:textId="56E3FD2D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SC_lv1_a87592436" w:id="95"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SC_lv1_a87592436" w:id="96"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:t>C) If the LEA does not remedy the complaint through its final administrative action, the parent may appeal to the State Board of Education pursuant to the Administrative Procedures Act. The State Board shall review the matter under its established procedures and issue a written final decision</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve"> within fifteen business days. If the State Board determines that a violation has occurred, the State Board may issue a remedial order requiring corrective action including</w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve"> but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="7F1CD286" w14:textId="0109F5D1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_5fd5d6158" w:id="96"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_5fd5d6158" w:id="97"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:t xml:space="preserve">1) compliance with the requirements of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>article;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="0FC563E8" w14:textId="3D3DB275">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_e111ab160" w:id="97"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_e111ab160" w:id="98"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:t xml:space="preserve">2) revision of policies or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>procedures;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="22966D43" w14:textId="3CC593F9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_13afdd557" w:id="98"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_13afdd557" w:id="99"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:t>3) staff training; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="77AE0332" w14:textId="0F420DDA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_a33dab1a3" w:id="99"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_a33dab1a3" w:id="100"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:t>4) other lawful action deemed necessary to remedy the violation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00872DF4" w:rsidP="00492019" w:rsidRDefault="00833718" w14:paraId="2FE95363" w14:textId="32EF621E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SD_lv1_409573117" w:id="100"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SD_lv1_409573117" w:id="101"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="00872DF4" w:rsidR="00872DF4">
         <w:t>The Attorney General may conduct independent investigations of alleged violations of this article and bring actions to enforce the provisions of this article. Nothing in this article limits the authority of the Attorney General</w:t>
       </w:r>
       <w:r w:rsidR="00872DF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00872DF4" w:rsidR="00872DF4">
         <w:t>to institute or intervene in any proceeding</w:t>
       </w:r>
       <w:r w:rsidR="00872DF4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00492019" w:rsidRDefault="00872DF4" w14:paraId="4DA3DC18" w14:textId="5B160CDF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SE_lv1_ab487fcbe" w:id="101"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SE_lv1_ab487fcbe" w:id="102"/>
       <w:r w:rsidR="00833718">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
       <w:r w:rsidR="00833718">
         <w:t>E)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_537b37a1e" w:id="102"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_537b37a1e" w:id="103"/>
       <w:r w:rsidR="00833718">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
       <w:r w:rsidR="00833718">
         <w:t>1) After all available administrative remedies described in subsections (B)</w:t>
       </w:r>
       <w:r w:rsidR="00492019">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00833718">
         <w:t xml:space="preserve"> (C) have been fully exhausted, a parent may bring a private cause of action in circuit court against the LEA and may recover declaratory relief, injunctive relief</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB4BDC" w:rsidR="00833718">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB4BDC" w:rsidR="00BB2478">
         <w:t>liquidated damages of five thousand dollars per violation</w:t>
       </w:r>
       <w:r w:rsidR="00BB2478">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BB4BDC">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00833718">
         <w:t>reasonable attorney’s fees and costs</w:t>
       </w:r>
       <w:r w:rsidR="00BB2478">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="223F5F76" w14:textId="07029507">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_75f336564" w:id="103"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_75f336564" w:id="104"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t>2) The circuit court shall dismiss any action filed before exhaustion of administrative remedies as required in this s</w:t>
       </w:r>
       <w:r w:rsidR="00881219">
         <w:t>ubs</w:t>
       </w:r>
       <w:r>
         <w:t>ection</w:t>
       </w:r>
       <w:r w:rsidR="00BB2478">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2478" w:rsidR="00BB2478">
         <w:t xml:space="preserve">unless </w:t>
       </w:r>
       <w:r w:rsidR="00881219">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB2478" w:rsidR="00BB2478">
         <w:t xml:space="preserve"> parent demonstrates that immediate judicial relief is necessary to prevent imminent irreparable harm to the parent’s child</w:t>
       </w:r>
       <w:r w:rsidR="00BB2478">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="743DE411" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_0e9a7b07d" w:id="104"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_0e9a7b07d" w:id="105"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:t>3) A claim must be filed within three years after it accrues, with the limitations period tolled only during administrative proceedings initiated in good faith.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="0D2603D8" w14:textId="51A86F66">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_a1ef7ef10" w:id="105"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_a1ef7ef10" w:id="106"/>
       <w:r w:rsidRPr="00881219">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
       <w:r w:rsidRPr="00881219">
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidRPr="00881219" w:rsidR="00492019">
-        <w:t>A claimant may recover noneconomic damages only if the claimant proves, by clear and convincing evidence, that the defendant’s conduct was intentional or wilful and wanton and any noneconomic damages shall not exceed one hundred thousand dollars</w:t>
+        <w:t xml:space="preserve">A claimant may recover noneconomic damages only if the claimant proves, by clear and convincing evidence, that the defendant’s conduct was intentional or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00881219" w:rsidR="00492019">
+        <w:t>wilful</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00881219" w:rsidR="00492019">
+        <w:t xml:space="preserve"> and wanton and any noneconomic damages shall not exceed one hundred thousand dollars</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00881219" w:rsidP="00833718" w:rsidRDefault="00881219" w14:paraId="204AAC00" w14:textId="1A1D7142">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S5_lv2_8d57eb44d" w:id="106"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S5_lv2_8d57eb44d" w:id="107"/>
       <w:r w:rsidRPr="00F72B92">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
       <w:r w:rsidRPr="00F72B92">
         <w:t>5) An LEA employee is not liable under this section if he demonstrates substantial good‑faith compliance with all applicable procedures, guidance, or directives related to the subject matter of the claim, unless the claimant proves by clear and convincing evidence that the LEA employee knowingly violated this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="066E36BC" w14:textId="56777631">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="107"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350S6_lv2_efc3ddd6a" w:id="108"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="108"/>
       <w:r w:rsidR="00881219">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>) A</w:t>
       </w:r>
       <w:r w:rsidR="00BB2478">
         <w:t>n LEA</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> is not liable for the actions of a staff member who violates this article if the staff member acted:</w:t>
+        <w:t xml:space="preserve"> is not liable for the actions of a staff member who violates this article if the staff member </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>acted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="4D3685CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_a7e866247" w:id="108"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_a7e866247" w:id="109"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:t xml:space="preserve">a) outside the scope of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>employment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="3FB778C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_3156d1f70" w:id="109"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_3156d1f70" w:id="110"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:t>b) in contravention of written district policy; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="7CA0BDA2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_3f77cfaff" w:id="110"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_3f77cfaff" w:id="111"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:t>c) without the knowledge of the staff member’s supervisors.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004F262E" w:rsidP="00833718" w:rsidRDefault="004F262E" w14:paraId="7CD486C0" w14:textId="231B2FF2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SF_lv1_28926edc3" w:id="111"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SF_lv1_28926edc3" w:id="112"/>
       <w:r w:rsidRPr="00F74C3E">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="112"/>
       <w:r w:rsidR="008E757C">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00F74C3E">
         <w:t>) The Attorney General may bring an action to enforce this section. Nothing herein limits the authority of the Attorney General, the State, or any state agency or officer to institute or intervene in any proceeding.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00833718" w:rsidP="00833718" w:rsidRDefault="00833718" w14:paraId="5EBF788D" w14:textId="58EEBF56">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SG_lv1_aab06f550" w:id="112"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SG_lv1_aab06f550" w:id="113"/>
       <w:r w:rsidRPr="00516DDC">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
       <w:r w:rsidR="008E757C">
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00516DDC">
         <w:t>) Only a parent as defined</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in Section 59‑28‑</w:t>
       </w:r>
       <w:r w:rsidR="00BB2478">
         <w:t>310</w:t>
       </w:r>
       <w:r>
         <w:t>(6) has standing to initiate a complaint or private cause of action under this article. A parent may be represented by legal counsel in any phase of this process in this article.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00881219" w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="03AA00A8" w14:textId="5DBFCBA0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SH_lv1_e18be076e" w:id="113"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SH_lv1_e18be076e" w:id="114"/>
       <w:r w:rsidRPr="00881219">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
       <w:r w:rsidR="008E757C">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:t>) A parent alleging a violation of this article by the State other than an LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219" w:rsidR="00BB2478">
         <w:t>, or a violation of Section 63‑5‑340</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219" w:rsidR="00BB4BDC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219" w:rsidR="00BB2478">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219" w:rsidR="00BB2478">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:t>seek relief through administrative channels through the Office of the Attorney General</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219" w:rsidR="006917EF">
         <w:t xml:space="preserve"> first, then, after exhausting the administrative remedies provided herein, a parent may bring a private civil cause of action in circuit court alleging a violation of this article or Section 63‑5‑340</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00881219" w:rsidR="006917EF" w:rsidP="00492019" w:rsidRDefault="006917EF" w14:paraId="5A936046" w14:textId="30EEBD49">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00881219">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_5a8d4d2ab" w:id="114"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_5a8d4d2ab" w:id="115"/>
       <w:r w:rsidRPr="00881219">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
       <w:r w:rsidRPr="00881219">
         <w:t>1) Before filing a civil action under this article, a parent shall first submit a written complaint to the Attorney General alleging a violation of this article or Section 63‑5‑340.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="76DF4C73" w14:textId="22305EED">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00881219">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_4d733323a" w:id="115"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_4d733323a" w:id="116"/>
       <w:r w:rsidRPr="00881219">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
       <w:r w:rsidRPr="00881219" w:rsidR="006917EF">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00881219" w:rsidR="00BB2478">
         <w:t>If a parent chooses</w:t>
       </w:r>
       <w:r w:rsidR="00B94E9A">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidRPr="00881219">
         <w:t xml:space="preserve"> submit a written complaint to the Attorney General requesting investigation and enforcement of this article. The complaint must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="6F84DF9F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_2b18178db" w:id="116"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_2b18178db" w:id="117"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:t xml:space="preserve">a) identify the parent and child by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>name;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="5783BCBD" w14:textId="41A6714F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_6fe306adb" w:id="117"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_6fe306adb" w:id="118"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
       <w:r>
         <w:t xml:space="preserve">b) identify the </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t>tate agency or political subdivision alleged to have violated this article or Section 63‑5‑340;</w:t>
-      </w:r>
+        <w:t>tate agency or political subdivision alleged to have violated this article or Section 63‑5‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>340;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="73EC80BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_c87f89917" w:id="118"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_c87f89917" w:id="119"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
       <w:r>
         <w:t>c) describe with reasonable particularity the acts or omissions alleged to violate this article or Section 63‑5‑340; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="5313C9F2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_c17d52688" w:id="119"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_c17d52688" w:id="120"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="120"/>
       <w:r>
         <w:t>d) be submitted within one year after the parent knew or reasonably should have known of the alleged violation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="39372959" w14:textId="2AAFE791">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_95c0d8ea2" w:id="120"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_95c0d8ea2" w:id="121"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="121"/>
       <w:r w:rsidR="008E757C">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>) Within thirty days after receiving a complaint that appears on its face to allege a violation of this article or Section 63‑5‑340, the Attorney General shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="143A0C68" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_b5900dc1b" w:id="121"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_b5900dc1b" w:id="122"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:t>a) commence an investigatory or remedial effort pursuant to item (4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="11FAB9CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_e0e38b4a1" w:id="122"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_e0e38b4a1" w:id="123"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:t xml:space="preserve">b) commence a civil enforcement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>action;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="5AB64336" w14:textId="3C99D4A6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_7de96d76c" w:id="123"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_7de96d76c" w:id="124"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:t xml:space="preserve">c) issue a written notice to the parent stating that the Attorney General declines to commence an enforcement action but authorizes the parent to pursue a private civil action </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t xml:space="preserve">pursuant to </w:t>
       </w:r>
       <w:r>
         <w:t>item (5); or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="1D3D5DBD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_632969feb" w:id="124"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_632969feb" w:id="125"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
       <w:r>
         <w:t>d) issue a written notice to the parent stating that the Attorney General has determined that the facts alleged, even if true, would not constitute a violation of this article.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="5641DD72" w14:textId="550F349D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_adffdae58" w:id="125"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="125"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S4_lv2_adffdae58" w:id="126"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
       <w:r w:rsidR="008E757C">
         <w:t>4</w:t>
       </w:r>
       <w:r>
-        <w:t>) Upon receipt of a complaint that appears on its face to allege a violation of this article, the Attorney General may engage in any investigatory or remedial efforts that he considers appropriate, including:</w:t>
+        <w:t xml:space="preserve">) Upon receipt of a complaint that appears on its face to allege a violation of this article, the Attorney General may engage in any investigatory or remedial efforts that he considers appropriate, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="37D94AB0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_ab3a808a7" w:id="126"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_ab3a808a7" w:id="127"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:t xml:space="preserve">a) requesting information or documents from the entity of the alleged </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>violation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="26130779" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_58b10f313" w:id="127"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_58b10f313" w:id="128"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:t xml:space="preserve">b) providing written guidance to the entity of the alleged violation concerning compliance with this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>article;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="43127603" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_5e9bd204c" w:id="128"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_5e9bd204c" w:id="129"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="129"/>
       <w:r>
         <w:t>c) seeking corrective action or voluntary compliance, including changes to policies, practices, or procedures; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="36462EC0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_12c628e6d" w:id="129"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sd_lv3_12c628e6d" w:id="130"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="130"/>
       <w:r>
         <w:t>d) facilitating resolution between the parent and the entity of the alleged violation without commencing a civil enforcement action.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="3D7C578A" w14:textId="798AFC84">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S5_lv2_89a3c39c8" w:id="130"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S5_lv2_89a3c39c8" w:id="131"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="131"/>
       <w:r w:rsidR="008E757C">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_111b37f38" w:id="131"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_111b37f38" w:id="132"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="132"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00035863">
         <w:t xml:space="preserve">If the Attorney General declines or is deemed to have declined to commence an enforcement action, a parent may bring a civil action in his or her own name against the State for declaratory relief or injunctive relief, including reasonable attorney’s fees and costs. </w:t>
       </w:r>
       <w:r>
-        <w:t>A parent may not seek noneconomic damages unless the court or jury finds the defendant acted intentionally or with wilfulness, wantonness, and recklessness and such conduct proximately caused the noneconomic damages. Compensatory damages may not exceed one hundred thousand dollars.</w:t>
+        <w:t xml:space="preserve">A parent may not seek noneconomic damages unless the court or jury finds the defendant acted intentionally or with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>wilfulness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, wantonness, and recklessness and such conduct proximately caused the noneconomic damages. Compensatory damages may not exceed one hundred thousand dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="6637102A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_5d782ac3e" w:id="132"/>
-[...5 lines deleted...]
-        <w:t>b) A parent is required to bring a claim under this provision no later than three years after the day the cause of action accrues.</w:t>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_5d782ac3e" w:id="133"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:t xml:space="preserve">b) A parent is required to bring a claim under this provision no later than three years after the day the cause of action </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>accrues</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00881219" w:rsidP="00492019" w:rsidRDefault="00881219" w14:paraId="3F8656F9" w14:textId="36BFB42D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_7be4e3712" w:id="133"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sc_lv3_7be4e3712" w:id="134"/>
       <w:r w:rsidRPr="00F72B92">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
       <w:r w:rsidRPr="00F72B92">
         <w:t>c) The circuit court shall dismiss any action filed before exhaustion of administrative remedies as required in this subsection unless the parent demonstrates that immediate judicial relief is necessary to prevent imminent irreparable harm to the parent’s child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="6973FC96" w14:textId="65046C07">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S6_lv2_7abd6096e" w:id="134"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S6_lv2_7abd6096e" w:id="135"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="135"/>
       <w:r w:rsidR="008E757C">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) An entity subject to </w:t>
       </w:r>
       <w:r w:rsidR="00601025">
         <w:t xml:space="preserve">the provisions of </w:t>
       </w:r>
       <w:r>
         <w:t>this section is immune from civil liability for damages, and no cause of action may be brought under this section, based solely on an alleged violation of this article or section 63‑5‑340 arising from that act or omission, if the entity, in good faith:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="21AE04D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_9ddfd335b" w:id="135"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sa_lv3_9ddfd335b" w:id="136"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:t>a) relies upon a written consent, authorization, or direction executed by a parent as defined in this section; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="2BFBCF92" w14:textId="36C1BC01">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_356fe8366" w:id="136"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkStart w:name="ss_T59C28N350Sb_lv3_356fe8366" w:id="137"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="137"/>
       <w:r>
         <w:t xml:space="preserve">b) acts in </w:t>
       </w:r>
       <w:r w:rsidR="00035863">
         <w:t xml:space="preserve">substantial </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">compliance with </w:t>
       </w:r>
       <w:r w:rsidR="00035863">
         <w:t xml:space="preserve">this article or </w:t>
       </w:r>
       <w:r>
         <w:t>written guidance or regulations issued by the Department of Public Health or the Department of Mental Health implementing this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="7656E15D" w14:textId="34467859">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350SI_lv4_b8bda5bfa" w:id="137"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkStart w:name="ss_T59C28N350SI_lv1_b8bda5bfa" w:id="138"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="138"/>
       <w:r w:rsidR="008E757C">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t>) Nothing in this article may be construed to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="7E109801" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S1_lv5_ecbbac444" w:id="138"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T59C28N350S1_lv2_ecbbac444" w:id="139"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:t xml:space="preserve">1) create a medical malpractice cause of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>action;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="5DA45BDE" w14:textId="62B73EDB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S2_lv5_94d3560c2" w:id="139"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S2_lv2_94d3560c2" w:id="140"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="140"/>
       <w:r>
         <w:t xml:space="preserve">2) limit, restrict, or otherwise affect any cause of action for medical malpractice existing </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t>pursuant to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Title 15, Chapter 79; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00492019" w:rsidP="00492019" w:rsidRDefault="00492019" w14:paraId="3154DC39" w14:textId="05653715">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C28N350S3_lv5_9863d15fa" w:id="140"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkStart w:name="ss_T59C28N350S3_lv2_9863d15fa" w:id="141"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="141"/>
       <w:r>
         <w:t>3) alter the applicable standard of care, statute of limitations, statute of repose, procedural requirements, or damages provisions governing medical malpractice actions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF3AC0" w:rsidP="00AF3AC0" w:rsidRDefault="00AF3AC0" w14:paraId="6ADE18C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AF3AC0" w:rsidP="00AF3AC0" w:rsidRDefault="00AF3AC0" w14:paraId="65698639" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_145f79cce" w:id="141"/>
+      <w:bookmarkStart w:name="bs_num_3_145f79cce" w:id="142"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkEnd w:id="142"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_cc43d669c" w:id="142"/>
+      <w:bookmarkStart w:name="dl_cc43d669c" w:id="143"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="143"/>
       <w:r>
         <w:t>ection 63‑5‑340 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF3AC0" w:rsidP="00AF3AC0" w:rsidRDefault="00AF3AC0" w14:paraId="1C4F2355" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="00AF3AC0" w14:paraId="0C6BA29F" w14:textId="270C5E9C">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T63C5N340_efebb4d66" w:id="143"/>
+      <w:bookmarkStart w:name="cs_T63C5N340_efebb4d66" w:id="144"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="143"/>
+      <w:bookmarkEnd w:id="144"/>
       <w:r>
         <w:t>ection 63‑5‑340.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>Any minor who has reached the age of sixteen years may consent to any health services from a person authorized by law to render the particular health service for himself and the consent of no other person shall be necessary unless such involves an operation which shall be performed only if such is essential to the health or life of such child in the opinion of the performing physician and a consultant physician if one is available.</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C5N340SA_lv1_0c0c681bd" w:id="144"/>
+        <w:t xml:space="preserve">Any minor who has reached the age of sixteen years may consent to any health </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>services from a person authorized by law to render the particular health service for himself and the consent of no other person shall be necessary unless such involves an operation which shall be performed only if such is essential to the health or life of such child in the opinion of the performing physician and a consultant physician if one is available.</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C5N340SA_lv1_0c0c681bd" w:id="145"/>
       <w:r w:rsidR="00096688">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="144"/>
+      <w:bookmarkEnd w:id="145"/>
       <w:r w:rsidR="001F4213">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>A) As used in this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="184A6CDB" w14:textId="746411EE">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S1_lv2_d1ccba60e" w:id="145"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="145"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S1_lv2_d1ccba60e" w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="146"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">1) “Medical decision‑making authority” means the power granted by the </w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>tate to a nonparent to make important decisions regarding a child’s healthcare.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="7A3EBEC9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S2_lv2_ae951d366" w:id="146"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="146"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S2_lv2_ae951d366" w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="147"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>2) “First aid” means the one‑time treatment of scratches, cuts not requiring stitches, minor burns, splinters, and contusions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="542A0BD2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S3_lv2_8876610ec" w:id="147"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="147"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S3_lv2_8876610ec" w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="148"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>3) “Healthcare,” “healthcare provider,” and “healthcare professional,” have the same meaning as in Section 44‑66‑20(1), (2), and (3), respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="6C145938" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S4_lv2_c7da79080" w:id="148"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S4_lv2_c7da79080" w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>4) “Medical Records” means a record, either tangible or electronic, of a patient’s medical information such as, but not limited to, medical history, care or treatments received, test results, diagnoses, and medications taken.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="63AFA2B1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S5_lv2_fa56fd784" w:id="149"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="149"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S5_lv2_fa56fd784" w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>5) “Minor” or “child” means an unemancipated individual who has not attained eighteen years of age.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="64014920" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S6_lv2_b960a1b6b" w:id="150"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="150"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S6_lv2_b960a1b6b" w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="151"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>6) “Parent” means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="205F2EE3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340Sa_lv3_d027af31c" w:id="151"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="151"/>
+      <w:bookmarkStart w:name="ss_T63C5N340Sa_lv3_d027af31c" w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="152"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>a) biological parent, entity, adoptive parent, or person with legal custody, excluding an individual whose parental relationship to the child has been legally terminated; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="7E968145" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340Sb_lv3_f7d883326" w:id="152"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="152"/>
+      <w:bookmarkStart w:name="ss_T63C5N340Sb_lv3_f7d883326" w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="153"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>b) an individual who has been granted medical decision‑making authority over the child under state law or by court order.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="6EEA26DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S7_lv2_27aae27c8" w:id="153"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="153"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S7_lv2_27aae27c8" w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>7) “Person” includes, but is not limited to, an individual, association, corporation, the State, a state agency, a municipality located in this State, or any employee, agent, or representative of any such entity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="27E183E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S8_lv2_a47e93414" w:id="154"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="154"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S8_lv2_a47e93414" w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="155"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>8) “Prehospital care” has the same meaning as in Section 44‑61‑310(10).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="118D7DB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340SB_lv1_25f626eec" w:id="155"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="155"/>
+      <w:bookmarkStart w:name="ss_T63C5N340SB_lv1_25f626eec" w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="156"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>B) Except as otherwise provided by law, this section, or court order, a person or healthcare provider must obtain the consent of a parent of a minor before procuring, providing a referral for, or rendering healthcare to the minor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="7C1BF485" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340SC_lv1_5ef120bbd" w:id="156"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="156"/>
+      <w:bookmarkStart w:name="ss_T63C5N340SC_lv1_5ef120bbd" w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="157"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>C) Subsection (B) does not apply when:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="578090DF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S1_lv2_679eaad6d" w:id="157"/>
-[...12 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T63C5N340S1_lv2_679eaad6d" w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>1) a parent of the minor has provided prior consent authorizing the person or entity to perform an activity listed in subsection (B</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="7A428CE8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S2_lv2_b9b2acaf3" w:id="158"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="158"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S2_lv2_b9b2acaf3" w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="159"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>2) it has been reasonably determined by a healthcare provider that an emergency exists and either of the following conditions is true:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="66248E93" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340Sa_lv3_269c4b1cf" w:id="159"/>
-[...11 lines deleted...]
-        <w:t>a) it is necessary to perform an activity listed in subsection (B) in order to prevent death or imminent, irreparable physical injury to the minor, or</w:t>
+      <w:bookmarkStart w:name="ss_T63C5N340Sa_lv3_269c4b1cf" w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) it is necessary to perform an activity listed in subsection (B) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prevent death or imminent, irreparable physical injury to the minor, or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="237E85A1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340Sb_lv3_6721233e9" w:id="160"/>
-[...12 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T63C5N340Sb_lv3_6721233e9" w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) a parent of the child cannot be located or contacted after a good faith </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>effort;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="47D93E5D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S3_lv2_d97018ac1" w:id="161"/>
-[...12 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T63C5N340S3_lv2_d97018ac1" w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) a healthcare provider or healthcare professional renders prehospital care to a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>minor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="743A5D8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:tab/>
-[...20 lines deleted...]
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C5N340S4_lv2_aeddb3501" w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>4) a person renders emergency care at the scene of an accident or emergency pursuant to Section 15‑1‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>310;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="7E2426BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S5_lv2_6d3b4fd4e" w:id="163"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="163"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S5_lv2_6d3b4fd4e" w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>5) a healthcare provider, for the purpose of providing appropriate prenatal care, delivery, neonatal or postnatal care, renders healthcare to a child who has attained fourteen years of age; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="4BEF2129" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S6_lv2_8a4e89011" w:id="164"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="164"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S6_lv2_8a4e89011" w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="165"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>6) a person renders first aid to a minor.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005B1ACB" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="7FBF5C33" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340SD_lv1_c252e2fff" w:id="165"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="165"/>
+      <w:bookmarkStart w:name="ss_T63C5N340SD_lv1_c252e2fff" w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>D) This section does not</w:t>
       </w:r>
       <w:r w:rsidR="005B1ACB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005B1ACB" w:rsidP="001F4213" w:rsidRDefault="005B1ACB" w14:paraId="49E264BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S1_lv2_2e71f8265" w:id="166"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="166"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S1_lv2_2e71f8265" w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="167"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidR="001F4213">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> authorize or allow a parent to abuse or neglect a child as defined in Section 63‑7‑20(6</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="005B1ACB" w:rsidP="001F4213" w:rsidRDefault="005B1ACB" w14:paraId="338832BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S2_lv2_406fdd9f0" w:id="167"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="167"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S2_lv2_406fdd9f0" w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidR="001F4213">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> apply to a parental action or decision that would end life</w:t>
+        <w:t xml:space="preserve"> apply to a parental action or decision that would end </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001F4213">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>life</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="005B1ACB" w:rsidP="001F4213" w:rsidRDefault="005B1ACB" w14:paraId="0BDFA955" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S3_lv2_28d62cbf4" w:id="168"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="168"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S3_lv2_28d62cbf4" w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="169"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidR="001F4213">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> apply to Chapter 41, Title 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F4213" w:rsidP="001F4213" w:rsidRDefault="005B1ACB" w14:paraId="2FD80F84" w14:textId="75D1A092">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340S4_lv2_ac67c8b1a" w:id="169"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="169"/>
+      <w:bookmarkStart w:name="ss_T63C5N340S4_lv2_ac67c8b1a" w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="170"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r w:rsidR="001F4213">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> prohibit a court from issuing an order that is otherwise permitted by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF3AC0" w:rsidP="001F4213" w:rsidRDefault="001F4213" w14:paraId="58A01571" w14:textId="3271DF66">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C5N340SF_lv1_9f865b894" w:id="170"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="170"/>
+      <w:bookmarkStart w:name="ss_T63C5N340SF_lv1_9f865b894" w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="171"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>F) The Attorney General may bring an action to enforce compliance with this section. Nothing in this section may be construed to deny, impair, or otherwise affect any right or authority of the Attorney General, the State, or any agency, officer, or employee of the State to institute or intervene in any proceeding.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF3AC0" w:rsidP="00AF3AC0" w:rsidRDefault="00AF3AC0" w14:paraId="1063792E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AF3AC0" w:rsidP="00AF3AC0" w:rsidRDefault="00AF3AC0" w14:paraId="532C871E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_9ac398192" w:id="171"/>
+      <w:bookmarkStart w:name="bs_num_4_9ac398192" w:id="172"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="171"/>
+      <w:bookmarkEnd w:id="172"/>
       <w:r>
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C48C0">
         <w:t>The provisions of this act apply only to actions occurring after June 30, 2026</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E4E6F" w:rsidP="005E4E6F" w:rsidRDefault="005E4E6F" w14:paraId="75B948E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E4E6F" w:rsidP="00047FF5" w:rsidRDefault="005E4E6F" w14:paraId="5D1CD977" w14:textId="0F6E8163">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_89771f68b" w:id="172"/>
+      <w:bookmarkStart w:name="bs_num_5_89771f68b" w:id="173"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="172"/>
+      <w:bookmarkEnd w:id="173"/>
       <w:r>
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A82D35">
         <w:t>The existing provisions of Chapter 28, Title 59 are designated as “General Provisions</w:t>
       </w:r>
       <w:r w:rsidR="00AD3E50">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A82D35">
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F61504" w:rsidP="00F61504" w:rsidRDefault="00F61504" w14:paraId="6E486695" w14:textId="602DEE53">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F61504" w:rsidP="00E37C0C" w:rsidRDefault="00F61504" w14:paraId="6A94566A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_1405cfce6" w:id="173"/>
+      <w:bookmarkStart w:name="bs_num_6_1405cfce6" w:id="174"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="173"/>
+      <w:bookmarkEnd w:id="174"/>
       <w:r>
         <w:t>ECTION 6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E37C0C">
-        <w:t>Sections 63‑5‑350 and 63‑5‑370 of the S.C. Code are repealed.</w:t>
+        <w:t xml:space="preserve">Sections 63‑5‑350 and 63‑5‑370 of the S.C. Code are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E37C0C">
+        <w:t>repealed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E37C0C">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005118DF" w:rsidRDefault="005118DF" w14:paraId="40D28164" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="66BAC273" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_7_lastsection" w:id="174"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="175"/>
+      <w:bookmarkStart w:name="bs_num_7_lastsection" w:id="175"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="176"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="174"/>
+      <w:bookmarkEnd w:id="175"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 7.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t xml:space="preserve">This act takes effect </w:t>
       </w:r>
       <w:r w:rsidR="009C48C0">
         <w:t>on July 1, 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="175"/>
+      <w:bookmarkEnd w:id="176"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="25C2AFEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="000B1DBF">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BD8C3BB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D98EAF" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -4906,175 +5518,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BB7DF3B" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1C850705" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0013028E" w:rsidP="00D14995">
+      <w:p w14:paraId="1C850705" w14:textId="507B9899" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="001C6AB7" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00CD1C02">
+              <w:t>[4757]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00E30FAA">
+            <w:r w:rsidR="00E14CD3">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0558WAB26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19D50238" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="67E28114" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5336,51 +5946,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -5425,98 +6037,102 @@
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C4626"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000C74BA"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D39A6"/>
     <w:rsid w:val="000D4D92"/>
     <w:rsid w:val="000D6C20"/>
     <w:rsid w:val="000E0170"/>
     <w:rsid w:val="000E196C"/>
     <w:rsid w:val="000E4E81"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F0644"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F54C8"/>
     <w:rsid w:val="00102721"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="0011445A"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00127C82"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rsid w:val="00132BD4"/>
     <w:rsid w:val="00135A5E"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="001573C0"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00177B78"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="0019174F"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00192DC4"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C6AB7"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F4213"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00217D14"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002468CB"/>
     <w:rsid w:val="002516F9"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00272AF2"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002963D7"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C4F68"/>
     <w:rsid w:val="002C6BA5"/>
     <w:rsid w:val="002C6DA1"/>
     <w:rsid w:val="002D266D"/>
+    <w:rsid w:val="002D4AA7"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002E7361"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00314B63"/>
     <w:rsid w:val="00332B61"/>
     <w:rsid w:val="0033549D"/>
     <w:rsid w:val="00337084"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="0034607C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="0039236B"/>
     <w:rsid w:val="00394326"/>
     <w:rsid w:val="0039460A"/>
@@ -5534,50 +6150,51 @@
     <w:rsid w:val="003D1E8F"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D6DA9"/>
     <w:rsid w:val="003D7D4B"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="00400025"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004070F2"/>
     <w:rsid w:val="0041243D"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="004230D2"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00460B64"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
+    <w:rsid w:val="00482E61"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="004855C9"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00492019"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A2EBD"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C3B85"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D10B7"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3226"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1009"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F262E"/>
@@ -5600,63 +6217,66 @@
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00562865"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="0056578A"/>
     <w:rsid w:val="00571148"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00581E7D"/>
     <w:rsid w:val="00586960"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00592BD1"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A4DAF"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A5E93"/>
     <w:rsid w:val="005B1ACB"/>
     <w:rsid w:val="005B602C"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C0ADE"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D09DE"/>
     <w:rsid w:val="005D3013"/>
+    <w:rsid w:val="005D7295"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E4E6F"/>
+    <w:rsid w:val="005E5137"/>
     <w:rsid w:val="005F6FF6"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00601025"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="006114F1"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00622B2D"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00625C6A"/>
     <w:rsid w:val="0062709D"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00654AB5"/>
     <w:rsid w:val="00655C8B"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="006735AD"/>
     <w:rsid w:val="00674059"/>
     <w:rsid w:val="006776C3"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006917EF"/>
     <w:rsid w:val="0069270A"/>
@@ -5693,65 +6313,67 @@
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00785715"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00791DF0"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D4A74"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E2768"/>
     <w:rsid w:val="007F0355"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="007F57BA"/>
     <w:rsid w:val="00816242"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="008267E1"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00833718"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00834DA5"/>
+    <w:rsid w:val="008357A2"/>
     <w:rsid w:val="00837EEE"/>
     <w:rsid w:val="008438FC"/>
     <w:rsid w:val="00850042"/>
     <w:rsid w:val="00854A4A"/>
     <w:rsid w:val="00854AC4"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00862D07"/>
     <w:rsid w:val="00867A01"/>
     <w:rsid w:val="00872DF4"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00881219"/>
     <w:rsid w:val="00881F1B"/>
     <w:rsid w:val="00885177"/>
     <w:rsid w:val="00886746"/>
+    <w:rsid w:val="0088708F"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00893DF2"/>
     <w:rsid w:val="008A0127"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E1339"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008E757C"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="00941CD9"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="009511B0"/>
     <w:rsid w:val="00954E7E"/>
@@ -5782,191 +6404,200 @@
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A0350C"/>
     <w:rsid w:val="00A03A28"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1509C"/>
     <w:rsid w:val="00A1541D"/>
     <w:rsid w:val="00A15FC1"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A22711"/>
     <w:rsid w:val="00A234F1"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A27B95"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A4504D"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A627FA"/>
     <w:rsid w:val="00A70D7F"/>
     <w:rsid w:val="00A7375C"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A82D35"/>
     <w:rsid w:val="00A853E5"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD3E50"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF3AC0"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B43268"/>
     <w:rsid w:val="00B43BB3"/>
     <w:rsid w:val="00B4647A"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B5555E"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B710E8"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B82004"/>
     <w:rsid w:val="00B82BB3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B84B81"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B93809"/>
     <w:rsid w:val="00B94735"/>
     <w:rsid w:val="00B94E9A"/>
+    <w:rsid w:val="00B97B41"/>
     <w:rsid w:val="00BA725A"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB0A0D"/>
     <w:rsid w:val="00BB2478"/>
     <w:rsid w:val="00BB2FBD"/>
     <w:rsid w:val="00BB4BDC"/>
     <w:rsid w:val="00BB5093"/>
     <w:rsid w:val="00BC114D"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD01E2"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE6A83"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C2795F"/>
     <w:rsid w:val="00C40B0F"/>
     <w:rsid w:val="00C45923"/>
+    <w:rsid w:val="00C51D80"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C56A14"/>
     <w:rsid w:val="00C66BA3"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C94CB1"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
+    <w:rsid w:val="00CD1C02"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE3B19"/>
     <w:rsid w:val="00CF5B3B"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF6989"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00CF7EA5"/>
     <w:rsid w:val="00D0015F"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D01ED3"/>
     <w:rsid w:val="00D06F83"/>
+    <w:rsid w:val="00D07210"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14343"/>
     <w:rsid w:val="00D1492F"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D20F76"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D30B99"/>
     <w:rsid w:val="00D32F9F"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D3548B"/>
     <w:rsid w:val="00D42D76"/>
     <w:rsid w:val="00D42FD2"/>
     <w:rsid w:val="00D45587"/>
     <w:rsid w:val="00D476E5"/>
     <w:rsid w:val="00D52D54"/>
     <w:rsid w:val="00D54A6F"/>
+    <w:rsid w:val="00D55E60"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D928E3"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB287E"/>
     <w:rsid w:val="00DC23AD"/>
     <w:rsid w:val="00DC44A8"/>
+    <w:rsid w:val="00DD59FF"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1044B"/>
     <w:rsid w:val="00E1372E"/>
+    <w:rsid w:val="00E14CD3"/>
     <w:rsid w:val="00E14FFE"/>
     <w:rsid w:val="00E17EB8"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E22F83"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E267FB"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E30FAA"/>
     <w:rsid w:val="00E33197"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E37C0C"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E4112C"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E50778"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E538CB"/>
     <w:rsid w:val="00E611D3"/>
     <w:rsid w:val="00E62918"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
@@ -5991,68 +6622,70 @@
     <w:rsid w:val="00EB6199"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC0AF7"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE5212"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF3BC2"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F048EF"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F1408C"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F14AF1"/>
     <w:rsid w:val="00F15A29"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17C91"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F20F90"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
+    <w:rsid w:val="00F33061"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4749F"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F562A3"/>
     <w:rsid w:val="00F61504"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F7157C"/>
     <w:rsid w:val="00F72B92"/>
     <w:rsid w:val="00F74C3E"/>
     <w:rsid w:val="00F75E6C"/>
+    <w:rsid w:val="00F80759"/>
     <w:rsid w:val="00F85E9D"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0A37"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FA651E"/>
     <w:rsid w:val="00FB08BD"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB3F3C"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD1739"/>
     <w:rsid w:val="00FD6C4F"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF0963"/>
     <w:rsid w:val="00FF09F7"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -6458,1360 +7091,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00131C5C"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00131C5C"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0355"/>
+    <w:rsid w:val="00131C5C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -7838,51 +8473,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4757&amp;session=126&amp;summary=B" TargetMode="External" Id="R39fa43bc4ceb43ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4757_20251217.docx" TargetMode="External" Id="R998513a8550847e4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4757&amp;session=126&amp;summary=B" TargetMode="External" Id="R32c8912c0a5749f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4757_20251217.docx" TargetMode="External" Id="R68a4e2ee078e4771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rad370a254a00449a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R407e4e2faffe45d9" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -7909,123 +8544,123 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00097CE8"/>
     <w:rsid w:val="000B7361"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002468CB"/>
     <w:rsid w:val="00272AF2"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="0034607C"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00507A4E"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="00581E7D"/>
     <w:rsid w:val="005A4DAF"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006776C3"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006C62BC"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="009D5775"/>
     <w:rsid w:val="00A15FC1"/>
     <w:rsid w:val="00A22711"/>
     <w:rsid w:val="00A4504D"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00BD01E2"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CF5B3B"/>
@@ -8785,63 +9420,63 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -9058,204 +9693,180 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>ae0f6203-124c-4bfb-b6db-8c91ce319165</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-03T15:03:58.380789-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>bb40ce30-f465-4889-b9a3-72741a188d6b</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>6a916140-514d-46d3-a90a-4c1a84da1600</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>69c30c19-e536-4176-82b4-b7fe75e47f85</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4757]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4757</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “PARENTAL RIGHTS ACT” BY ADDING ARTICLE 3 TO CHAPTER 28, TITLE 59, TO AFFIRM AND ENUMERATE THE FUNDAMENTAL RIGHTS OF PARENTS TO DIRECT THE UPBRINGING, EDUCATION, HEALTHCARE, AND GENERAL WELFARE OF THEIR CHILDREN, TO REQUIRE THE STATE BOARD OF EDUCATION TO ADOPT MINIMUM STANDARDS TO IMPLEMENT PARENTAL RIGHTS AND A RELATED MODEL PARENTAL RIGHTS POLICY, TO PROVIDE LOCAL EDUCATION AGENCIES SHALL ADOPT AND IMPLEMENT RELATED POLICIES, TO ESTABLISH ADMINISTRATIVE PROCEDURES FOR THE INVESTIGATION AND RESOLUTION OF ALLEGED VIOLATIONS, TO PROVIDE FOR A LIMITED PRIVATE CAUSE OF ACTION UPON EXHAUSTION OF ADMINISTRATIVE REMEDIES, AND TO DEFINE NECESSARY TERMS, AMONG OTHER THINGS; BY AMENDING SECTION 63‑5‑340, RELATING TO MINOR CONSENT FOR HEALTH SERVICES, SO AS TO CLARIFY, STRENGTHEN, AND EXPAND REQUIREMENTS FOR PARENTAL CONSENT FOR NONEMERGENCY MEDICAL TREATMENT OF MINORS, TO PROVIDE PROCEDURES AND REMEDIES FOR VIOLATIONS ALLEGED BY PARENTS, AND TO DEFINE NECESSARY TERMS, AMONG OTHER THINGS; BY REPEALING SECTION 63‑5‑350 RELATING TO FURNISHING HEALTH SERVICES TO MINORS WITHOUT PARENTAL CONSENT; BY DESIGNATING THE EXISTING PROVISIONS OF CHAPTER 28, TITLE 59 AS “GENERAL PROVISIONS”; AND BY REPEALING SECTION 63‑5‑370 RELATING TO CERTAIN CONSENT NOT BEING SUBJECT TO DISAFFIRMANCE.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
-  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
-  <T_BILL_T_SECTIONS>[{"SectionUUID":"9a4b1580-de29-487e-b5d9-11063602c2ee","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “Parental Rights Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_138ec2aae"},{"SectionUUID":"1669335e-3ffd-401c-ae5a-46046eeb7987","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T59C28N310_5a97b030c","IsConstitutionSection":false,"Identity":"59-28-310","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N310S1","SubSectionBookmarkName":"ss_T59C28N310S1_lv1_25f9a2a92","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S2","SubSectionBookmarkName":"ss_T59C28N310S2_lv1_963da55ea","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S3","SubSectionBookmarkName":"ss_T59C28N310S3_lv1_14434f02c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S4","SubSectionBookmarkName":"ss_T59C28N310S4_lv1_eaea5578f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S5","SubSectionBookmarkName":"ss_T59C28N310S5_lv1_06c8f8301","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sa","SubSectionBookmarkName":"ss_T59C28N310Sa_lv2_97cbec9d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sb","SubSectionBookmarkName":"ss_T59C28N310Sb_lv2_e6a5f77a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sc","SubSectionBookmarkName":"ss_T59C28N310Sc_lv2_0009e6312","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sd","SubSectionBookmarkName":"ss_T59C28N310Sd_lv2_ed5fe2218","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Se","SubSectionBookmarkName":"ss_T59C28N310Se_lv2_1bf31dbd8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S6","SubSectionBookmarkName":"ss_T59C28N310S6_lv1_37335b9de","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sa","SubSectionBookmarkName":"ss_T59C28N310Sa_lv2_841fa49b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sb","SubSectionBookmarkName":"ss_T59C28N310Sb_lv2_c38cc89aa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S7","SubSectionBookmarkName":"ss_T59C28N310S7_lv1_57ad082c2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N320_990906f0d","IsConstitutionSection":false,"Identity":"59-28-320","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N320SA","SubSectionBookmarkName":"ss_T59C28N320SA_lv1_accd7fcce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SB","SubSectionBookmarkName":"ss_T59C28N320SB_lv1_f6d291df9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SC","SubSectionBookmarkName":"ss_T59C28N320SC_lv1_3b57b37d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_aa650c237","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_edbbefb4c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S3","SubSectionBookmarkName":"ss_T59C28N320S3_lv2_48fc860c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S4","SubSectionBookmarkName":"ss_T59C28N320S4_lv2_c24b54785","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S5","SubSectionBookmarkName":"ss_T59C28N320S5_lv2_a25fe0e2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S6","SubSectionBookmarkName":"ss_T59C28N320S6_lv2_8fd6c7d6a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S7","SubSectionBookmarkName":"ss_T59C28N320S7_lv2_e180a047f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S8","SubSectionBookmarkName":"ss_T59C28N320S8_lv2_5592ba3a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S9","SubSectionBookmarkName":"ss_T59C28N320S9_lv2_2f4d820cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S10","SubSectionBookmarkName":"ss_T59C28N320S10_lv2_a4c5ac51a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sa","SubSectionBookmarkName":"ss_T59C28N320Sa_lv3_82f050fb8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sb","SubSectionBookmarkName":"ss_T59C28N320Sb_lv3_fcd0ae90b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S11","SubSectionBookmarkName":"ss_T59C28N320S11_lv2_e168622ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S12","SubSectionBookmarkName":"ss_T59C28N320S12_lv2_01f6b7d5a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sa","SubSectionBookmarkName":"ss_T59C28N320Sa_lv3_616219ecf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sb","SubSectionBookmarkName":"ss_T59C28N320Sb_lv3_b5b22e1a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sc","SubSectionBookmarkName":"ss_T59C28N320Sc_lv3_70a202de6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sd","SubSectionBookmarkName":"ss_T59C28N320Sd_lv3_b01d4ad23","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Se","SubSectionBookmarkName":"ss_T59C28N320Se_lv3_fa4144d5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sf","SubSectionBookmarkName":"ss_T59C28N320Sf_lv3_5f7513726","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SD","SubSectionBookmarkName":"ss_T59C28N320SD_lv1_1d5956dd1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_34345c19e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_d15d63738","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S3","SubSectionBookmarkName":"ss_T59C28N320S3_lv2_b0ef0f495","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S4","SubSectionBookmarkName":"ss_T59C28N320S4_lv2_6c299fc0b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S5","SubSectionBookmarkName":"ss_T59C28N320S5_lv2_3f27baa20","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SE","SubSectionBookmarkName":"ss_T59C28N320SE_lv1_8e8e83825","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SF","SubSectionBookmarkName":"ss_T59C28N320SF_lv1_bf11ca6c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_c0dc83970","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_9c5b49064","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S3","SubSectionBookmarkName":"ss_T59C28N320S3_lv2_7f9f1bf72","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SG","SubSectionBookmarkName":"ss_T59C28N320SG_lv1_c461912a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_76d453451","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_858937cc1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N330_cc0c2b254","IsConstitutionSection":false,"Identity":"59-28-330","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N330S1","SubSectionBookmarkName":"ss_T59C28N330S1_lv1_9a90077c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N330S2","SubSectionBookmarkName":"ss_T59C28N330S2_lv1_c3003ee1d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N340_82887df8e","IsConstitutionSection":false,"Identity":"59-28-340","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N340SA","SubSectionBookmarkName":"ss_T59C28N340SA_lv1_945081fa1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S1","SubSectionBookmarkName":"ss_T59C28N340S1_lv2_6c620d761","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S2","SubSectionBookmarkName":"ss_T59C28N340S2_lv2_4c3a0bf67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S3","SubSectionBookmarkName":"ss_T59C28N340S3_lv2_04238866a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N340Sa","SubSectionBookmarkName":"ss_T59C28N340Sa_lv3_6967bb6d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N340Sb","SubSectionBookmarkName":"ss_T59C28N340Sb_lv3_f9f75ec16","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N340Sc","SubSectionBookmarkName":"ss_T59C28N340Sc_lv3_5f02ed6b1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S5","SubSectionBookmarkName":"ss_T59C28N340S5_lv2_09dd79cb7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S6","SubSectionBookmarkName":"ss_T59C28N340S6_lv2_8b4f6bf10","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N340SB","SubSectionBookmarkName":"ss_T59C28N340SB_lv1_c156a352b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N340SC","SubSectionBookmarkName":"ss_T59C28N340SC_lv1_1b7722c42","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N350_68bd6cc9b","IsConstitutionSection":false,"Identity":"59-28-350","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N350SA","SubSectionBookmarkName":"ss_T59C28N350SA_lv1_ee0fb95b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SB","SubSectionBookmarkName":"ss_T59C28N350SB_lv1_294c7e8c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_ec7556a99","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_48c595a84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_34de1134d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_2c97bc964","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_46182d49f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_416d52d9d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_dd0538d4a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_3fb6d3e47","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_0e61542c7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_43c1959ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_0b139d1fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_f72c30fe8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S5","SubSectionBookmarkName":"ss_T59C28N350S5_lv2_900b7f860","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SC","SubSectionBookmarkName":"ss_T59C28N350SC_lv1_a87592436","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_5fd5d6158","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_e111ab160","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_13afdd557","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_a33dab1a3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SD","SubSectionBookmarkName":"ss_T59C28N350SD_lv1_409573117","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SE","SubSectionBookmarkName":"ss_T59C28N350SE_lv1_ab487fcbe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_537b37a1e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_75f336564","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_0e9a7b07d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_a1ef7ef10","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S5","SubSectionBookmarkName":"ss_T59C28N350S5_lv2_8d57eb44d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S6","SubSectionBookmarkName":"ss_T59C28N350S6_lv2_efc3ddd6a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_a7e866247","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_3156d1f70","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_3f77cfaff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SF","SubSectionBookmarkName":"ss_T59C28N350SF_lv1_28926edc3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SG","SubSectionBookmarkName":"ss_T59C28N350SG_lv1_aab06f550","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SH","SubSectionBookmarkName":"ss_T59C28N350SH_lv1_e18be076e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_5a8d4d2ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_4d733323a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_2b18178db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_6fe306adb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_c87f89917","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_c17d52688","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_95c0d8ea2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_b5900dc1b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_e0e38b4a1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_7de96d76c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_632969feb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_adffdae58","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_ab3a808a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_58b10f313","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_5e9bd204c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_12c628e6d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S5","SubSectionBookmarkName":"ss_T59C28N350S5_lv2_89a3c39c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_111b37f38","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_5d782ac3e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_7be4e3712","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S6","SubSectionBookmarkName":"ss_T59C28N350S6_lv2_7abd6096e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_9ddfd335b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_356fe8366","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T59C28N350SI","SubSectionBookmarkName":"ss_T59C28N350SI_lv4_b8bda5bfa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv5_ecbbac444","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv5_94d3560c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":5,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv5_9863d15fa","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding article 3 to chapter 28, title 59, to affirm and enumerate the fundamental rights of parents to direct the upbringing, education, healthcare, and general welfare of their children, to require the state board of education to adopt minimum standards to implement parental rights and a related model parental rights policy, to provide local education agencies shall adopt and implement related policies, to establish administrative procedures in local education agencies, the state board of education, and the office of the attorney general for the investigation and resolution of violations alleged by parents, and to provide for a limited private cause of action upon exhaustion of administrative remedies, and to define necessary terms, among other things","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_fbf0a82fd"},{"SectionUUID":"0fef3120-a26d-45f2-bca5-be13e84f6151","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C5N340_efebb4d66","IsConstitutionSection":false,"Identity":"63-5-340","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C5N340SA","SubSectionBookmarkName":"ss_T63C5N340SA_lv1_0c0c681bd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S1","SubSectionBookmarkName":"ss_T63C5N340S1_lv2_d1ccba60e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S2","SubSectionBookmarkName":"ss_T63C5N340S2_lv2_ae951d366","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S3","SubSectionBookmarkName":"ss_T63C5N340S3_lv2_8876610ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S4","SubSectionBookmarkName":"ss_T63C5N340S4_lv2_c7da79080","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S5","SubSectionBookmarkName":"ss_T63C5N340S5_lv2_fa56fd784","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S6","SubSectionBookmarkName":"ss_T63C5N340S6_lv2_b960a1b6b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sa","SubSectionBookmarkName":"ss_T63C5N340Sa_lv3_d027af31c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sb","SubSectionBookmarkName":"ss_T63C5N340Sb_lv3_f7d883326","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S7","SubSectionBookmarkName":"ss_T63C5N340S7_lv2_27aae27c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S8","SubSectionBookmarkName":"ss_T63C5N340S8_lv2_a47e93414","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SB","SubSectionBookmarkName":"ss_T63C5N340SB_lv1_25f626eec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SC","SubSectionBookmarkName":"ss_T63C5N340SC_lv1_5ef120bbd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S1","SubSectionBookmarkName":"ss_T63C5N340S1_lv2_679eaad6d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S2","SubSectionBookmarkName":"ss_T63C5N340S2_lv2_b9b2acaf3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sa","SubSectionBookmarkName":"ss_T63C5N340Sa_lv3_269c4b1cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sb","SubSectionBookmarkName":"ss_T63C5N340Sb_lv3_6721233e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S3","SubSectionBookmarkName":"ss_T63C5N340S3_lv2_d97018ac1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S4","SubSectionBookmarkName":"ss_T63C5N340S4_lv2_aeddb3501","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S5","SubSectionBookmarkName":"ss_T63C5N340S5_lv2_6d3b4fd4e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S6","SubSectionBookmarkName":"ss_T63C5N340S6_lv2_8a4e89011","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SD","SubSectionBookmarkName":"ss_T63C5N340SD_lv1_c252e2fff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S1","SubSectionBookmarkName":"ss_T63C5N340S1_lv2_2e71f8265","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S2","SubSectionBookmarkName":"ss_T63C5N340S2_lv2_406fdd9f0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S3","SubSectionBookmarkName":"ss_T63C5N340S3_lv2_28d62cbf4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S4","SubSectionBookmarkName":"ss_T63C5N340S4_lv2_ac67c8b1a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SF","SubSectionBookmarkName":"ss_T63C5N340SF_lv1_9f865b894","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"minor consent for health services","TitleSoAsTo":"clarify, strengthen, and expand requirements for parental consent for non-emergency medical treatment of minors, to provide procedures and means of redress for violations alleged by parents, and to define necessary terms, among other things","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_145f79cce"},{"SectionUUID":"caeab491-31c2-4bdf-8ff5-4fb9e9498e07","SectionName":"New Blank SECTION","SectionNumber":4,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_9ac398192"},{"SectionUUID":"e5e9e630-3580-47ef-a963-a273b772141e","SectionName":"New Blank SECTION","SectionNumber":5,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_89771f68b"},{"SectionUUID":"3aa4d9c4-3ced-4f2d-8131-d3a2f5cefd04","SectionName":"code_section","SectionNumber":6,"SectionType":"repeal_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[{"Type":"repeal_codesection","Identity":"63-5-350","RelatedTo":"furnishing health services to minors without parental consent"},{"Type":"repeal_codesection","Identity":"63-5-370","RelatedTo":"Certain consent not being subject to disaffirmance"}],"SectionBookmarkName":"bs_num_6_1405cfce6"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":7,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"9a4b1580-de29-487e-b5d9-11063602c2ee","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “Parental Rights Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_138ec2aae"},{"SectionUUID":"1669335e-3ffd-401c-ae5a-46046eeb7987","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T59C28N310_5a97b030c","IsConstitutionSection":false,"Identity":"59-28-310","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N310S1","SubSectionBookmarkName":"ss_T59C28N310S1_lv1_25f9a2a92","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S2","SubSectionBookmarkName":"ss_T59C28N310S2_lv1_963da55ea","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S3","SubSectionBookmarkName":"ss_T59C28N310S3_lv1_14434f02c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S4","SubSectionBookmarkName":"ss_T59C28N310S4_lv1_eaea5578f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S5","SubSectionBookmarkName":"ss_T59C28N310S5_lv1_06c8f8301","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sa","SubSectionBookmarkName":"ss_T59C28N310Sa_lv2_97cbec9d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sb","SubSectionBookmarkName":"ss_T59C28N310Sb_lv2_e6a5f77a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sc","SubSectionBookmarkName":"ss_T59C28N310Sc_lv2_0009e6312","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sd","SubSectionBookmarkName":"ss_T59C28N310Sd_lv2_ed5fe2218","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Se","SubSectionBookmarkName":"ss_T59C28N310Se_lv2_1bf31dbd8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S6","SubSectionBookmarkName":"ss_T59C28N310S6_lv1_37335b9de","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sa","SubSectionBookmarkName":"ss_T59C28N310Sa_lv2_841fa49b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N310Sb","SubSectionBookmarkName":"ss_T59C28N310Sb_lv2_c38cc89aa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N310S7","SubSectionBookmarkName":"ss_T59C28N310S7_lv1_57ad082c2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N320_990906f0d","IsConstitutionSection":false,"Identity":"59-28-320","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N320SA","SubSectionBookmarkName":"ss_T59C28N320SA_lv1_accd7fcce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SB","SubSectionBookmarkName":"ss_T59C28N320SB_lv1_f6d291df9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SC","SubSectionBookmarkName":"ss_T59C28N320SC_lv1_3b57b37d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_aa650c237","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_edbbefb4c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S3","SubSectionBookmarkName":"ss_T59C28N320S3_lv2_48fc860c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S4","SubSectionBookmarkName":"ss_T59C28N320S4_lv2_c24b54785","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S5","SubSectionBookmarkName":"ss_T59C28N320S5_lv2_a25fe0e2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S6","SubSectionBookmarkName":"ss_T59C28N320S6_lv2_8fd6c7d6a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S7","SubSectionBookmarkName":"ss_T59C28N320S7_lv2_e180a047f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S8","SubSectionBookmarkName":"ss_T59C28N320S8_lv2_5592ba3a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S9","SubSectionBookmarkName":"ss_T59C28N320S9_lv2_2f4d820cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S10","SubSectionBookmarkName":"ss_T59C28N320S10_lv2_a4c5ac51a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sa","SubSectionBookmarkName":"ss_T59C28N320Sa_lv3_82f050fb8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sb","SubSectionBookmarkName":"ss_T59C28N320Sb_lv3_fcd0ae90b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S11","SubSectionBookmarkName":"ss_T59C28N320S11_lv2_e168622ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S12","SubSectionBookmarkName":"ss_T59C28N320S12_lv2_01f6b7d5a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sa","SubSectionBookmarkName":"ss_T59C28N320Sa_lv3_616219ecf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sb","SubSectionBookmarkName":"ss_T59C28N320Sb_lv3_b5b22e1a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sc","SubSectionBookmarkName":"ss_T59C28N320Sc_lv3_70a202de6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sd","SubSectionBookmarkName":"ss_T59C28N320Sd_lv3_b01d4ad23","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Se","SubSectionBookmarkName":"ss_T59C28N320Se_lv3_fa4144d5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N320Sf","SubSectionBookmarkName":"ss_T59C28N320Sf_lv3_5f7513726","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SD","SubSectionBookmarkName":"ss_T59C28N320SD_lv1_1d5956dd1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_34345c19e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_d15d63738","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S3","SubSectionBookmarkName":"ss_T59C28N320S3_lv2_b0ef0f495","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S4","SubSectionBookmarkName":"ss_T59C28N320S4_lv2_6c299fc0b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S5","SubSectionBookmarkName":"ss_T59C28N320S5_lv2_3f27baa20","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SE","SubSectionBookmarkName":"ss_T59C28N320SE_lv1_8e8e83825","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SF","SubSectionBookmarkName":"ss_T59C28N320SF_lv1_bf11ca6c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_c0dc83970","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_9c5b49064","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S3","SubSectionBookmarkName":"ss_T59C28N320S3_lv2_7f9f1bf72","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N320SG","SubSectionBookmarkName":"ss_T59C28N320SG_lv1_c461912a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S1","SubSectionBookmarkName":"ss_T59C28N320S1_lv2_76d453451","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N320S2","SubSectionBookmarkName":"ss_T59C28N320S2_lv2_858937cc1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N330_cc0c2b254","IsConstitutionSection":false,"Identity":"59-28-330","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N330S1","SubSectionBookmarkName":"ss_T59C28N330S1_lv1_9a90077c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N330S2","SubSectionBookmarkName":"ss_T59C28N330S2_lv1_c3003ee1d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N340_82887df8e","IsConstitutionSection":false,"Identity":"59-28-340","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N340SA","SubSectionBookmarkName":"ss_T59C28N340SA_lv1_945081fa1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S1","SubSectionBookmarkName":"ss_T59C28N340S1_lv2_6c620d761","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S2","SubSectionBookmarkName":"ss_T59C28N340S2_lv2_4c3a0bf67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S3","SubSectionBookmarkName":"ss_T59C28N340S3_lv2_04238866a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N340Sa","SubSectionBookmarkName":"ss_T59C28N340Sa_lv3_6967bb6d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N340Sb","SubSectionBookmarkName":"ss_T59C28N340Sb_lv3_f9f75ec16","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N340Sc","SubSectionBookmarkName":"ss_T59C28N340Sc_lv3_5f02ed6b1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S5","SubSectionBookmarkName":"ss_T59C28N340S5_lv2_09dd79cb7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S6","SubSectionBookmarkName":"ss_T59C28N340S6_lv2_8b4f6bf10","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N340SB","SubSectionBookmarkName":"ss_T59C28N340SB_lv1_c156a352b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N340SC","SubSectionBookmarkName":"ss_T59C28N340SC_lv1_1b7722c42","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N340S4","SubSectionBookmarkName":"ss_T59C28N340S4_lv2_bcef74a53","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C28N350_68bd6cc9b","IsConstitutionSection":false,"Identity":"59-28-350","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C28N350SA","SubSectionBookmarkName":"ss_T59C28N350SA_lv1_ee0fb95b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SB","SubSectionBookmarkName":"ss_T59C28N350SB_lv1_294c7e8c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_ec7556a99","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_48c595a84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_34de1134d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_2c97bc964","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_46182d49f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_416d52d9d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_dd0538d4a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_3fb6d3e47","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_0e61542c7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_43c1959ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_0b139d1fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_f72c30fe8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S5","SubSectionBookmarkName":"ss_T59C28N350S5_lv2_900b7f860","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SC","SubSectionBookmarkName":"ss_T59C28N350SC_lv1_a87592436","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_5fd5d6158","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_e111ab160","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_13afdd557","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_a33dab1a3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SD","SubSectionBookmarkName":"ss_T59C28N350SD_lv1_409573117","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SE","SubSectionBookmarkName":"ss_T59C28N350SE_lv1_ab487fcbe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_537b37a1e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_75f336564","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_0e9a7b07d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_a1ef7ef10","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S5","SubSectionBookmarkName":"ss_T59C28N350S5_lv2_8d57eb44d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S6","SubSectionBookmarkName":"ss_T59C28N350S6_lv2_efc3ddd6a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_a7e866247","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_3156d1f70","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_3f77cfaff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SF","SubSectionBookmarkName":"ss_T59C28N350SF_lv1_28926edc3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SG","SubSectionBookmarkName":"ss_T59C28N350SG_lv1_aab06f550","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SH","SubSectionBookmarkName":"ss_T59C28N350SH_lv1_e18be076e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_5a8d4d2ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_4d733323a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_2b18178db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_6fe306adb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_c87f89917","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_c17d52688","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_95c0d8ea2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_b5900dc1b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_e0e38b4a1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_7de96d76c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_632969feb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S4","SubSectionBookmarkName":"ss_T59C28N350S4_lv2_adffdae58","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_ab3a808a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_58b10f313","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_5e9bd204c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sd","SubSectionBookmarkName":"ss_T59C28N350Sd_lv3_12c628e6d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S5","SubSectionBookmarkName":"ss_T59C28N350S5_lv2_89a3c39c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_111b37f38","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_5d782ac3e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sc","SubSectionBookmarkName":"ss_T59C28N350Sc_lv3_7be4e3712","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S6","SubSectionBookmarkName":"ss_T59C28N350S6_lv2_7abd6096e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sa","SubSectionBookmarkName":"ss_T59C28N350Sa_lv3_9ddfd335b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C28N350Sb","SubSectionBookmarkName":"ss_T59C28N350Sb_lv3_356fe8366","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C28N350SI","SubSectionBookmarkName":"ss_T59C28N350SI_lv1_b8bda5bfa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S1","SubSectionBookmarkName":"ss_T59C28N350S1_lv2_ecbbac444","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S2","SubSectionBookmarkName":"ss_T59C28N350S2_lv2_94d3560c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C28N350S3","SubSectionBookmarkName":"ss_T59C28N350S3_lv2_9863d15fa","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding article 3 to chapter 28, title 59, to affirm and enumerate the fundamental rights of parents to direct the upbringing, education, healthcare, and general welfare of their children, to require the state board of education to adopt minimum standards to implement parental rights and a related model parental rights policy, to provide local education agencies shall adopt and implement related policies, to establish administrative procedures in local education agencies, the state board of education, and the office of the attorney general for the investigation and resolution of violations alleged by parents, and to provide for a limited private cause of action upon exhaustion of administrative remedies, and to define necessary terms, among other things","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_fbf0a82fd"},{"SectionUUID":"0fef3120-a26d-45f2-bca5-be13e84f6151","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C5N340_efebb4d66","IsConstitutionSection":false,"Identity":"63-5-340","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C5N340SA","SubSectionBookmarkName":"ss_T63C5N340SA_lv1_0c0c681bd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S1","SubSectionBookmarkName":"ss_T63C5N340S1_lv2_d1ccba60e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S2","SubSectionBookmarkName":"ss_T63C5N340S2_lv2_ae951d366","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S3","SubSectionBookmarkName":"ss_T63C5N340S3_lv2_8876610ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S4","SubSectionBookmarkName":"ss_T63C5N340S4_lv2_c7da79080","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S5","SubSectionBookmarkName":"ss_T63C5N340S5_lv2_fa56fd784","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S6","SubSectionBookmarkName":"ss_T63C5N340S6_lv2_b960a1b6b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sa","SubSectionBookmarkName":"ss_T63C5N340Sa_lv3_d027af31c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sb","SubSectionBookmarkName":"ss_T63C5N340Sb_lv3_f7d883326","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S7","SubSectionBookmarkName":"ss_T63C5N340S7_lv2_27aae27c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S8","SubSectionBookmarkName":"ss_T63C5N340S8_lv2_a47e93414","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SB","SubSectionBookmarkName":"ss_T63C5N340SB_lv1_25f626eec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SC","SubSectionBookmarkName":"ss_T63C5N340SC_lv1_5ef120bbd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S1","SubSectionBookmarkName":"ss_T63C5N340S1_lv2_679eaad6d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S2","SubSectionBookmarkName":"ss_T63C5N340S2_lv2_b9b2acaf3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sa","SubSectionBookmarkName":"ss_T63C5N340Sa_lv3_269c4b1cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T63C5N340Sb","SubSectionBookmarkName":"ss_T63C5N340Sb_lv3_6721233e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S3","SubSectionBookmarkName":"ss_T63C5N340S3_lv2_d97018ac1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S4","SubSectionBookmarkName":"ss_T63C5N340S4_lv2_aeddb3501","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S5","SubSectionBookmarkName":"ss_T63C5N340S5_lv2_6d3b4fd4e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S6","SubSectionBookmarkName":"ss_T63C5N340S6_lv2_8a4e89011","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SD","SubSectionBookmarkName":"ss_T63C5N340SD_lv1_c252e2fff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S1","SubSectionBookmarkName":"ss_T63C5N340S1_lv2_2e71f8265","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S2","SubSectionBookmarkName":"ss_T63C5N340S2_lv2_406fdd9f0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S3","SubSectionBookmarkName":"ss_T63C5N340S3_lv2_28d62cbf4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C5N340S4","SubSectionBookmarkName":"ss_T63C5N340S4_lv2_ac67c8b1a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C5N340SF","SubSectionBookmarkName":"ss_T63C5N340SF_lv1_9f865b894","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"minor consent for health services","TitleSoAsTo":"clarify, strengthen, and expand requirements for parental consent for non-emergency medical treatment of minors, to provide procedures and means of redress for violations alleged by parents, and to define necessary terms, among other things","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_145f79cce"},{"SectionUUID":"caeab491-31c2-4bdf-8ff5-4fb9e9498e07","SectionName":"New Blank SECTION","SectionNumber":4,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_9ac398192"},{"SectionUUID":"e5e9e630-3580-47ef-a963-a273b772141e","SectionName":"New Blank SECTION","SectionNumber":5,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_89771f68b"},{"SectionUUID":"3aa4d9c4-3ced-4f2d-8131-d3a2f5cefd04","SectionName":"code_section","SectionNumber":6,"SectionType":"repeal_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[{"Type":"repeal_codesection","Identity":"63-5-350","RelatedTo":"furnishing health services to minors without parental consent"},{"Type":"repeal_codesection","Identity":"63-5-370","RelatedTo":"Certain consent not being subject to disaffirmance"}],"SectionBookmarkName":"bs_num_6_1405cfce6"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":7,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Parental Rights</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF0730CD-CAFB-42B4-9A7F-739B1AFCABA5}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>21397</Characters>
+  <Pages>10</Pages>
+  <Words>3975</Words>
+  <Characters>21391</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>362</Lines>
-  <Paragraphs>199</Paragraphs>
+  <Paragraphs>196</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25167</CharactersWithSpaces>
+  <CharactersWithSpaces>25170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>