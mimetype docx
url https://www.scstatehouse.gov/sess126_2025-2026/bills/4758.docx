--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -119,108 +119,114 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. W. Newton, Bradley, Brewer, Chapman, Crawford, Davis, Duncan, Erickson, Forrest, Gatch, Gilliam, Guest, Hartz, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Lowe, Martin, McGinnis, Mitchell, T. Moore, B. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, G.M. Smith, Taylor, Teeple, Vaughan, Whitmire, Willis, Wooten and Yow</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. W. Newton, Bradley, Brewer, Chapman, Crawford, Davis, Duncan, Erickson, Forrest, Gilliam, Guest, Hartz, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Lowe, Martin, McGinnis, T. Moore, B. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, G.M. Smith, Taylor, Teeple, Vaughan, Whitmire, Willis, Wooten and McCravy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document Path: LC-0356CM26.docx</w:t>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 3924, 3935, 4759</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document Path: LC-0356CM26.docx</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Hemp beverage ban</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -340,68 +346,444 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R3bc78db1a5b14d53">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6286f7d00b0240e0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name removed as sponsor: Yow, 
+ C. Mitchell
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: McCravy
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rac73fd721bc44451">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Requests for debate-Rep(s).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> B Newton, Kirby, Hiott, Brittain, McCravy, Duncan, Martin, Pope, Ballentine, Magnuson, Caskey, Taylor, Oremus, MM Smith, Hewitt, Cobb-Hunter, Anderson, Berstein, Bauer, Jones, Gilliam</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rebce3f23f3e94e2b">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Debate interrupted by adjournment</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R35967af938ee48d7">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 100</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name removed as sponsor: Gatch
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rad781cf3ff664be7">
+      <w:hyperlink r:id="R1613e64ebb064705">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -419,103 +801,3171 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rc499d99fea7d440e">
+      <w:hyperlink r:id="R13cd25ac346c4525">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R4de7b972031748a0">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/29/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Ra55a64886b244904">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/03/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R53da64c88b6a41ef">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/05/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="054D98D4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="50772721" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstricken"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates Matter Stricken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="062509DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetunderline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates New Matter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="55F813D6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="status"/>
+        <w:tag w:val="status"/>
+        <w:id w:val="854397200"/>
+        <w:placeholder>
+          <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="291DED8F" w14:textId="0C73F306">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetstatus"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Committee Report</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="7C2F413D" w14:textId="5B722C0B">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>January 29, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="3BE6CD80" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="20668995" w14:textId="7146C990">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4758</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="18B8EA0E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="08F7D529" w14:textId="1B2C2FA9">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>W. Newton, Bradley, Brewer, Chapman, Crawford, Davis, Duncan, Erickson, Forrest, Gatch, Gilliam, Guest, Hartz, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Lowe, Martin, McGinnis, T. Moore, B. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, G. M. Smith, Taylor, Teeple, Vaughan, Whitmire, Willis, Wooten and McCravy</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="26B9309B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="00552BD6" w:rsidRDefault="00E139DF" w14:paraId="298A7251" w14:textId="0D9978B5">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F46FF">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="004F46FF">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F46FF">
+            <w:t>1/29/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="004F46FF">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F46FF">
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="004F46FF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00552BD6">
+        <w:tab/>
+        <w:t>[SEC 2/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41FA9">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00552BD6">
+        <w:t xml:space="preserve">/2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41FA9">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00552BD6">
+        <w:t xml:space="preserve">:06 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41FA9">
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00552BD6">
+        <w:t>M]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="3F505642" w14:textId="59D598FF">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="0809EABC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="7F7EF015" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4493"/>
+          <w:tab w:val="right" w:pos="8986"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="43CD41E6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="34660087" w14:textId="349F6929">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">The committee on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="committeename"/>
+          <w:tag w:val="committeename"/>
+          <w:id w:val="-1151050561"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>House Judiciary</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="482F0B11" w14:textId="25186D7A">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>To who</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> was referred a </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="doctype"/>
+          <w:tag w:val="doctype"/>
+          <w:id w:val="-95182141"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Bill</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billnumber"/>
+          <w:tag w:val="billnumber"/>
+          <w:id w:val="249784876"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>H. 4758</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billtitle"/>
+          <w:tag w:val="billtitle"/>
+          <w:id w:val="660268815"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>to amend the South Carolina Code of Laws by adding Section 46-55-5 so as to provide the purpose of this chapter is to encourage the lawful cultivation, harvesting</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>, etc., respectfully</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="4FC864B7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="committeetitle"/>
+        <w:tag w:val="committeetitle"/>
+        <w:id w:val="1407110167"/>
+        <w:placeholder>
+          <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="55CC9CA4" w14:textId="4D907237">
+          <w:pPr>
+            <w:pStyle w:val="sccommitteereporttitle"/>
+          </w:pPr>
+          <w:r>
+            <w:t>That they have duly and carefully considered the same, and recommend that the same do pass with amendment:</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="25A22974" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00445814" w:rsidP="00445814" w:rsidRDefault="004F46FF" w14:paraId="0B15865E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="instruction_3dd7f3b40" w:id="1"/>
+      <w:bookmarkStart w:name="instruction_1aa5a0672" w:id="2"/>
+      <w:r w:rsidR="00445814">
+        <w:t>Amend the bill, as and if amended, SECTION 2, by striking Section 46-55-10(4) and inserting:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="Cannot be edited"/>
+        <w:tag w:val="Cannot be edited"/>
+        <w:id w:val="-1539959450"/>
+        <w:lock w:val="contentLocked"/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00445814" w:rsidP="00A16FDD" w:rsidRDefault="00445814" w14:paraId="53D0858F" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="sccodifiedsection"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:tab/>
+            <w:t>(4) “C</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0067646D">
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>onsumable hemp produc</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>t”</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0067646D">
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> means a finished hemp product that is intended for human consumption, ingestion, </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t xml:space="preserve">injection, </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0067646D">
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t xml:space="preserve">or inhalation and contains any part of the hemp plant, including intoxicating hemp products, or any compound, concentrate, derivative, </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t xml:space="preserve">including synthetic derivatives, </w:t>
+          </w:r>
+          <w:r w:rsidRPr="0067646D">
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>extract, isolate</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>,</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0067646D">
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> or resin derived from hemp other than CBD</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t>,</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00807C98">
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> CBG, CBC, CBN provided the products do not contain an intoxicating hemp product that cause</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t>s</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00807C98">
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> a psychoactive reaction</w:t>
+          </w:r>
+          <w:r w:rsidRPr="0067646D">
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>. The term includes, but is not limited to, products that contain cannabinoids</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>;</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00445814" w:rsidP="00445814" w:rsidRDefault="00445814" w14:paraId="01A0AEBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="instruction_412876a2b" w:id="3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>Amend the bill further, SECTION 2, by striking Section 46-55-10(15) and (16) and inserting:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="Cannot be edited"/>
+        <w:tag w:val="Cannot be edited"/>
+        <w:id w:val="1039172864"/>
+        <w:lock w:val="contentLocked"/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00445814" w:rsidP="00A16FDD" w:rsidRDefault="00445814" w14:paraId="0C5C892A" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="sccodifiedsection"/>
+          </w:pPr>
+          <w:r>
+            <w:tab/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scstrike"/>
+            </w:rPr>
+            <w:t>(13)</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>(15)</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scstrikered"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> “State plan” means the plan submitted by the department and approved by the Secretary of the United States Department of Agriculture pursuant to which the department regulates hemp production.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00807C98">
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t>“Psychoactive Reaction” means an altered state of the brain that has significant effects on a person's psychological processes, consciousness, thinking, physical ability, perception, or emotion.</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00445814" w:rsidP="00A16FDD" w:rsidRDefault="00445814" w14:paraId="5506D771" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="sccodifiedsection"/>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:tab/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scstrike"/>
+            </w:rPr>
+            <w:t>(14)</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsert"/>
+            </w:rPr>
+            <w:t>(16)</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scstrikered"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> “THC” means tetrahydrocannabinol.</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00807C98">
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t>“State plan” means the plan submitted by the department and approved by the Secretary of the United States Department of Agriculture pursuant to which the department regulates hemp production</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="00445814" w:rsidP="00A16FDD" w:rsidRDefault="00445814" w14:paraId="0283DE76" w14:textId="77777777">
+          <w:pPr>
+            <w:pStyle w:val="sccodifiedsection"/>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:tab/>
+          </w:r>
+          <w:bookmarkStart w:name="ss_T46C55N10S17_lv1_7ad02bbcI" w:id="4"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t>(</w:t>
+          </w:r>
+          <w:bookmarkEnd w:id="4"/>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t xml:space="preserve">17) </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00807C98">
+            <w:rPr>
+              <w:rStyle w:val="scinsertblue"/>
+            </w:rPr>
+            <w:t>“THC” means tetrahydrocannabinol.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="13157B65" w14:textId="3C984DE5">
+      <w:pPr>
+        <w:pStyle w:val="scamendlanginstruction"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Amend the bill further, SECTION 3, by striking Section 46-55-80 and inserting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidP="004E31CC" w:rsidRDefault="005029DB" w14:paraId="3A2B7D27" w14:textId="019E5F21">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005029DB">
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>Section 46‑55‑80.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005029DB">
+        <w:tab/>
+        <w:t xml:space="preserve">Nothing in this chapter may be construed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scstrikered"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to limit the interstate commerce of any product being transported through this </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scstrikered"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prohibit the continuous transportation through South Carolina of the plant Cannabis sativa L., and any part of that plant, including the seeds thereof and all derivatives, extracts, cannabinoids, isomers, acids, salts, and salts of isomers, whether growing or not, with a delta-9 tetrahydrocannabinol concentration of not more than three-tenths percent (0.3%) on a dry weight basis, produced in accordance with 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>U.S.C</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>1639</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41FA9">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et. seq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="316D0222" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="instruction_2be584f49" w:id="5"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>Amend the bill further, by adding an appropriately numbered SECTION to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidRDefault="005029DB" w14:paraId="3DF79856" w14:textId="2FE6072A">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_10001_47de48ebdD" w:id="6"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>ECTION X.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005029DB">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_577e14f98D" w:id="7"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>C</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>hapter 55, Title 46 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidRDefault="005029DB" w14:paraId="5E9BE7BE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidRDefault="005029DB" w14:paraId="1E164F53" w14:textId="604771CF">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005029DB">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T46C55N100_a04662f5aD" w:id="8"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>ection 46-55-100.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005029DB">
+        <w:tab/>
+        <w:t>Local school districts shall collaborate with the State Department of Education, the South Carolina Law Enforcement Division, and the Attorney General’s office, as appropriate, to implement a policy to educate and notify students of the provisions of this chapter which includes adequate notice to students, parents or guardians, the public, and school personnel of the change in law.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="58EDDAD3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>Renumber sections to conform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005029DB" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="37F0A8EB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005029DB">
+        <w:t>Amend title to conform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="4B90057D" w14:textId="5E1905CB">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="00E139DF" w14:paraId="6F2F5E14" w14:textId="3592E691">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportchairperson"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="chairperson"/>
+          <w:tag w:val="chairperson"/>
+          <w:id w:val="-1033958730"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F46FF">
+            <w:t>W. NEWTON</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="004F46FF">
+        <w:t xml:space="preserve"> for Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="07392506" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="0A9671A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="48930B2E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>statement of estimated fiscal impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="4C20B2AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Explanation of Fiscal Impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2B39E06B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State Expenditure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="68418D84" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This bill prohibits the possession, manufacturing, and distribution of consumable hemp products that contain THC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve">This bill creates new definitions for consumable hemp product, and intoxicating hemp product as well as amends the current definitions for hemp or industrial hemp and hemp products to include a delta-9 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>THC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve"> concentration of not more than three-tenths of one percent on a dry weight basis.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Also, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve">ny consumable hemp products in violation of the Hemp Farming Act </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve"> considered contraband and may be seized by law enforcement</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. The sale or possession of a consumable hemp product is prohibited by law and violations are subject to punishment in the same manner as THC </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t>pursuant Section 44-53-190</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>related to s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve">chedule </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I controlled substances,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve">44-53-370 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>related to p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve">rohibited </w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t xml:space="preserve">cts and </w:t>
+      </w:r>
+      <w:r>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t>enalties.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A80B7D">
+        <w:t>This bill also prohibits online sales, direct deliveries, and direct shipments of consumable hemp products within or into South Carolina, and a person who is convicted of this offense is subject to a misdemeanor offense and may be fined up to $3,000 or up to three years in jail, or both.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="35DEF7A4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="45CF1DA1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006711D5">
+        <w:t xml:space="preserve">his bill may result in an increase in the number of court cases, and potentially the number of incarcerations, which may increase the workload of the court system and the Commission of Indigent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006711D5">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Defense, the Commission on Prosecution Coordination, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Corrections, and PPP. The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006711D5">
+        <w:t xml:space="preserve"> potential increase in expenses will depend upon the increase in the number of cases and number of incarcerations. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">However, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Judicial and the agencies anticipate that the potential</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6300F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">impact of the workload </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6300F">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>can be managed within existing appropriations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but note</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006711D5">
+        <w:t xml:space="preserve"> that if this bill results in a significant increase in the workload, then an increase in General Fund appropriations may be requested. For information, according to Corrections, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B336F">
+        <w:t>in FY 2024-25, the annual total cost per inmate was $37,503</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B336F">
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> which </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B336F">
+        <w:t>$35,696 was state funded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="35B0752B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="4D8BB7A1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B1FE7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Department of Agriculture.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940356">
+        <w:t>This bill will have no expenditure impact on the Department of Agriculture as it does not create any new responsibilities or impose new requirements on the department.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The Department of Agriculture does not anticipate this bill to impact the current Industrial Hemp Farming Program, which the department administers, as no grower or processor permits will be affected. The Department of Agriculture also does not anticipate any required changes to the state’s plan regulating regulate hemp production, which is approved by the United States Department of Agriculture (USDA).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="0410807F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="081E35EC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D52B18">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Department of Revenue.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>DOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D52B18">
+        <w:t xml:space="preserve"> indicates that this bill will have no expenditure impact on the department as it does not create any new responsibilities or impose new requirements on the department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="003B1FE7" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="0A07518A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="55CFD474" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3F8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tate Law Enforcement Division</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3F8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">This bill prohibits the possession, manufacturing, and distribution of consumable hemp products, which may increase the workload for SLED. SLED indicates that it will require significant effort to enforce the ban on all hemp consumables since the items are already being sold. Therefore, every vape store, convenience store, and restaurant currently selling the items would require inspections, education, and seizures as necessary. SLED anticipates the need for 8.0 new FTEs and an increase in expenses by approximately $1,967,000 beginning in FY 2026-27, including $1,137,000 of recurring and $830,000 of non-recurring expenses, and $1,137,000 each year thereafter. SLED will request General Fund appropriations to fund the expenses due to this bill. The table below displays the recurring and non-recurring expenses </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>anticipated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> by the department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="21163E42" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="6D5F34D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3720"/>
+        <w:gridCol w:w="2357"/>
+        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="1501"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="001F3154" w14:paraId="119E5EFE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="787A9476" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A68A2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>RECURRING PERSONNEL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EXPENSES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="712757B4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="224"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00175E6E" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="03AEEDF3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00175E6E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Position Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="68EB352D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A68A2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t># of FTEs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="00175E6E" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2263FE81" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A68A2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Salary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>, Overtime, &amp;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A68A2">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fringe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00665858" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="1B1FD7BE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="224"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002144E2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="0D5C811D" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Special Agent II, Enforcement Functions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002144E2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="30D1FE97" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2876" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="002144E2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="0320C485" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$895,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="001F3154" w14:paraId="4F46206C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="197"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2FA45B0F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>OPERATING EXPENSES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="7918A35D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="278"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E5AF6" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="50569E22" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5AF6">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Description of Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E5AF6" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="25FD6275" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5AF6">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Recurring Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E5AF6" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="04B6EFC2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006E5AF6">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Non-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E5AF6">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ecurring Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="630EB415" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F14F9D" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="41402856" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14F9D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="55584754" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$67,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="36B5446C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="45EA5BEE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00F14F9D" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="461F6318" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14F9D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>I-Phone with Hotspot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="3D2964EA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$6,400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="78112CA3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="4A334DE9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="4AD596E5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Mobile and Portable 800 Radio Service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="7F0ABC6F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$13,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="59EBE815" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="7AFB4966" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="233"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2D40CD25" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Other Recurring Costs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2A0AD4B1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$5,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="7C8E5261" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="5E17E399" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="153BB921" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Uniform Replacement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2F39F032" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$5,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="5CC07365" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="0B4EBAAA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="558352BA" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Training/Travel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2A0983DC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$12,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="4A14640A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="558FAE6D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="665BB5DE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Technology Licenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="675CE2A2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$10,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="716F4AA6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="261F4225" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="042369A3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1/5 Vehicle Replacement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="5D98441E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$124,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="357A0BB0" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="3092E34A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="18394BCD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="691DC073" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="356CF8D5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$620,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="7B209660" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="0E26548B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Protective Vest and Cover</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="6F8616FC" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="062CAE1F" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$21,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="518CB1A3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2C35ED24" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Glock, Duty Belt, Holster</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="2BD7591E" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="7F82A1F8" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$12,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="10F8E0F2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="1D878E83" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Patrol Rifle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="7472F853" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="79AD85F4" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$13,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="3924CFE4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="36DA6EC5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Uniforms, Boots, Raingear, Protective Gloves, Handcuffs, PPE, Other</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="74D840A6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="27350C47" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$44,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="728CCC22" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="54483E56" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Motorola Tri-band Portable Radio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="728C4148" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="09B15169" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$96,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidTr="00F14F9D" w14:paraId="47CC241C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="1E802DE3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Computer Equipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="366D28EB" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="003A68A2" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="14C795D7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>$24,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="7D921930" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="13480662" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State Revenue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="314A7E43" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This bill classifies consumable hemp products as contraband and makes them illegal to sell or possess. Currently, any consumable hemp products being sold in the state are subject to state and local sales tax. Therefore, this bill may reduce state sales tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>revenue collections</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> due to the prohibition of the products in the state. There is no data available to estimate the gross sales amount of hemp beverages in South Carolina, and therefore, any reduction in General Fund, EIA, and HEX revenue from sales tax is undetermined. However, DOR anticipates any impact to sales tax to be minimal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="11DA94E7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00FA7242" w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="098F1D1D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This bill</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822EEF">
+        <w:t xml:space="preserve"> may </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822EEF">
+        <w:t>result in a change in the fines and fees collected in court. Court fines and fees are distributed to the General Fund, Other Funds, and local funds. Therefore, RFA anticipates that this bill may result in a change to General Fund and Other Funds revenue due to the change in fines and fees collections in court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005029DB" w:rsidP="005029DB" w:rsidRDefault="005029DB" w14:paraId="525CA80B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00445814" w:rsidRDefault="00445814" w14:paraId="7ECB7F6E" w14:textId="7423E0DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="00E139DF" w14:paraId="5FE4A9F4" w14:textId="76370C9D">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="director"/>
+          <w:tag w:val="director"/>
+          <w:id w:val="-1654141734"/>
+          <w:placeholder>
+            <w:docPart w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="004F46FF">
+            <w:t>Frank A. Rainwater</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="004F46FF">
+        <w:t>, Executive Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="6258CD61" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Revenue and Fiscal Affairs Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="03CBF6FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="42CEAE82" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="004F46FF" w:rsidSect="004F46FF">
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="004F46FF" w:rsidP="004F46FF" w:rsidRDefault="004F46FF" w14:paraId="0E099B54" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="71E7F61A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="2CBC5F87">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="185963DB">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="6EF1D323">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -611,302 +4061,301 @@
           </w:r>
           <w:r>
             <w:t>80, and</w:t>
           </w:r>
           <w:r w:rsidR="002E1158">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:t>46</w:t>
           </w:r>
           <w:r w:rsidR="00296F83">
             <w:noBreakHyphen/>
           </w:r>
           <w:r>
             <w:t>55</w:t>
           </w:r>
           <w:r w:rsidR="00296F83">
             <w:noBreakHyphen/>
           </w:r>
           <w:r>
             <w:t>90 so as to regulate the distribution and sale of consumable hemp, to provide the provisions of this chapter may not be construed to limit interstate commerce, or to prohibit the lawful possession, manufacture, sale, or distribution of certain CBD products, and to provide penalties.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_6e3590f21" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_6e3590f21" w:displacedByCustomXml="prev" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_54bc8eb2e" w:id="2"/>
+      <w:bookmarkStart w:name="ew_54bc8eb2e" w:id="10"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC15DE" w:rsidP="00AE2025" w:rsidRDefault="00AC15DE" w14:paraId="59B8D08D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000707F8" w:rsidP="00AE2025" w:rsidRDefault="00AC15DE" w14:paraId="46A37833" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_ca32a5d87" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_ca32a5d87" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_1c2f74d2e" w:id="4"/>
+      <w:bookmarkStart w:name="dl_1c2f74d2e" w:id="12"/>
       <w:r w:rsidR="000707F8">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="000707F8">
         <w:t>hapter 55, Title 46 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000707F8" w:rsidP="000707F8" w:rsidRDefault="000707F8" w14:paraId="2C70CBF5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC15DE" w:rsidP="000707F8" w:rsidRDefault="000707F8" w14:paraId="163AAC24" w14:textId="3B9A8577">
+    <w:p w:rsidR="00AC15DE" w:rsidP="000707F8" w:rsidRDefault="000707F8" w14:paraId="163AAC24" w14:textId="68399011">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T46C55N5_5a39d4828" w:id="5"/>
+      <w:bookmarkStart w:name="ns_T46C55N5_5a39d4828" w:id="13"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>ection 46-55-5.</w:t>
       </w:r>
       <w:r w:rsidR="006F499F">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
-        <w:tab/>
         <w:t>The purpose of this chapter is to encourage the cultivation, harvesting, and manufacturing of hemp in recognition that hemp is a valuable commodity. It is also the intent of the General Assembly to prohibit the possession, manufacturing, and distribution of consumable hemp products that contain tetrahydrocannabinol (THC) which is an illegal controlled substance under South Caroli</w:t>
       </w:r>
       <w:r w:rsidR="0041263D">
         <w:t>na</w:t>
       </w:r>
       <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
         <w:t xml:space="preserve">aw. In acknowledging consumable hemp products may be intoxicating, the prohibition of such products in this </w:t>
       </w:r>
       <w:r w:rsidR="006F499F">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
         <w:t xml:space="preserve">tate </w:t>
       </w:r>
       <w:r w:rsidR="00A457F0">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
         <w:t xml:space="preserve"> in the interest of the public health and safety of its citizens.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00AE2025" w:rsidRDefault="00E00DCF" w14:paraId="4D79B556" w14:textId="2225910F">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00AE2025" w:rsidRDefault="00E00DCF" w14:paraId="342B91FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_2fa6267ee" w:id="6"/>
+      <w:bookmarkStart w:name="bs_num_2_2fa6267ee" w:id="14"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_6bc927d6a" w:id="7"/>
+      <w:bookmarkStart w:name="dl_6bc927d6a" w:id="15"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>ection 46‑55‑10 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="42F6B4EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="24939D28" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T46C55N10_99768aa60" w:id="8"/>
+      <w:bookmarkStart w:name="cs_T46C55N10_99768aa60" w:id="16"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>ection 46‑55‑10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_d731ccbba" w:id="9"/>
+      <w:bookmarkStart w:name="up_d731ccbba" w:id="17"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>or the purposes of this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="0FF00C6C" w14:textId="70241AA7">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S1_lv1_d39d7471a" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S1_lv1_d39d7471a" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>1) “</w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:t>Cannabidiol</w:t>
       </w:r>
       <w:r>
         <w:t>” or “CBD” means the compound by the same name derived from the hemp variety of the Cannabis sativa L. plant.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="71F45658" w14:textId="050C739F">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S2_lv1_c75774491" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S2_lv1_c75774491" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>2) “</w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:t xml:space="preserve">Commercial </w:t>
       </w:r>
       <w:r w:rsidR="007943E5">
         <w:t xml:space="preserve">sales” </w:t>
       </w:r>
       <w:r>
         <w:t>means the sale of hemp products in the stream of commerce, at retail, wholesale, and online.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="58973326" w14:textId="0D9FDD1D">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S3_lv1_29aa2481e" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S3_lv1_29aa2481e" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>3) “</w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:t>Commissioner</w:t>
       </w:r>
       <w:r>
         <w:t>” means the Commissioner of the South Carolina Department of Agriculture.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0067646D" w:rsidP="00E00DCF" w:rsidRDefault="0067646D" w14:paraId="4037F61B" w14:textId="0929995F">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S4_lv1_c94a0d621" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S4_lv1_c94a0d621" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidR="007943E5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>onsumable hemp produc</w:t>
       </w:r>
       <w:r w:rsidR="007943E5">
@@ -940,332 +4389,398 @@
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">intoxicating hemp products, or any compound, concentrate, derivative, </w:t>
       </w:r>
       <w:r w:rsidR="00602E85">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">including synthetic derivatives, </w:t>
       </w:r>
       <w:r w:rsidRPr="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>extract, isolate</w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or resin derived from hemp other than CBD. The term includes, but is not limited to, products that contain cannabinoids</w:t>
+        <w:t xml:space="preserve"> or resin derived from hemp other than CBD. The term includes, but is not limited to, products that contain </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>cannabinoids</w:t>
       </w:r>
       <w:r w:rsidR="00584419">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="6DDF35BD" w14:textId="6D76F88F">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(4)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S5_lv1_bb8f10c1e" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S5_lv1_bb8f10c1e" w:id="22"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Cultivating” means planting, watering, growing, and harvesting a plant or crop.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="354B309F" w14:textId="192676E1">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(5)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S6_lv1_ea58a7ccd" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S6_lv1_ea58a7ccd" w:id="23"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Department” means the South Carolina Department of Agriculture.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="120820DB" w14:textId="417DB984">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(6)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S7_lv1_10d32fdfe" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S7_lv1_10d32fdfe" w:id="24"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>7)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Federally defined THC level for hemp” means a delta‑9 THC concentration of not more than 0.3 percent on a dry weight basis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>, or the THC concentration for hemp defined in 7 U.S.C. SECTION 5940, whichever is greater</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="02A3D066" w14:textId="6A7985F2">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(7)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S8_lv1_01b9852d9" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S8_lv1_01b9852d9" w:id="25"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>8)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Handling” means possessing or storing hemp for any period of time. “</w:t>
       </w:r>
       <w:r w:rsidR="00B36292">
         <w:t>handling</w:t>
       </w:r>
       <w:r>
         <w:t>” also includes possessing or storing hemp in a vehicle for any period of time other than during its actual transport from the premises of a licensed person to cultivate or process industrial hemp to the premises of another licensed person. “Handling” does not mean possessing or storing finished hemp products.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="29ABF9E3" w14:textId="47FDFFC0">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(8)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S9_lv1_a1fa9b3e4" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S9_lv1_a1fa9b3e4" w:id="26"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>9)</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> “Hemp” or “industrial hemp” means the plant Cannabis sativa L. and any part of that plant, including the nonsterilized seeds thereof and all derivatives, extracts, cannabinoids, isomers, acids, salts, and salts of isomers, whether growing or not, with </w:t>
+        <w:t xml:space="preserve"> “Hemp” or “industrial hemp” means the plant Cannabis sativa L. and any part of that plant, including the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nonsterilized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> seeds thereof and all derivatives, extracts, cannabinoids, isomers, acids, salts, and salts of isomers, whether growing or not, with </w:t>
       </w:r>
       <w:r w:rsidRPr="0067646D" w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a delta‑9 tetrahydrocannaboid (THC) concentration of no more than three‑tenths of one percent (.3%) on a dry weight basis</w:t>
+        <w:t xml:space="preserve">a delta‑9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0067646D" w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannaboid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0067646D" w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (THC) concentration of no more than three‑tenths of one percent (.3%) on a dry weight </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0067646D" w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>basis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>the federally defined THC level for hemp</w:t>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> federally defined THC level for hemp</w:t>
       </w:r>
       <w:r>
         <w:t>. Hemp shall be considered an agricultural commodity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="324E2528" w14:textId="2CF50277">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(9)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S10_lv1_f4477644c" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S10_lv1_f4477644c" w:id="27"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>10)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Hemp products” means all products with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> the federally defined THC level</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a delta‑9 tetrahydrocannaboid (THC) concentration of no more than three‑tenths of one percent (.3%) on a dry weight basis</w:t>
+        <w:t xml:space="preserve">a delta‑9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannaboid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F499F" w:rsidR="006F499F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (THC) concentration of no more than three‑tenths of one percent (.3%) on a dry weight basis</w:t>
       </w:r>
       <w:r w:rsidR="006F499F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for hemp derived from, or made by, processing hemp plants or hemp plant parts, that are prepared in a form available for commercial sale, including, but not limited to, cosmetics, personal care products, food intended for animal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> or human</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> consumption, cloth, cordage, fiber, fuel, paint, paper, particleboard, plastics, and any product containing one or more hemp‑derived cannabinoids, such as cannabidiol. Unprocessed or raw plant material, including nonsterilized hemp seeds, is not considered a hemp product.</w:t>
+        <w:t xml:space="preserve"> consumption, cloth, cordage, fiber, fuel, paint, paper, particleboard, plastics, and any product containing one or more hemp‑derived cannabinoids, such as cannabidiol. Unprocessed or raw plant material, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nonsterilized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hemp seeds, is not considered a hemp product.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="00E00DCF" w14:paraId="3C006A51" w14:textId="73694C58">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(10)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S11_lv1_efc4466ca" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S11_lv1_efc4466ca" w:id="28"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>11)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007943E5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Intoxicating hemp product</w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -1275,1072 +4790,1516 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> are derivatives, extracts, cannabinoids, isomers, esters, ethers, acids, salts, and salts of isomers, esters, and ethers whenever the existence of such isomers, esters,</w:t>
       </w:r>
       <w:r w:rsidR="006F499F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="2634C912" w14:textId="56685D30">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_e9791b938" w:id="21"/>
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ethers, and salts is possible within the specific chemical designation including, but not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="2B4F1FB5" w14:textId="6EC74605">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Si_lv2_e43d63baf" w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elta‑10 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="7237352F" w14:textId="2A937E83">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sii_lv2_b40c40094" w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ii) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elta‑9 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="62BDB118" w14:textId="0CB3A6B5">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Siii_lv2_32f3f83f8" w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iii) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elta‑8 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="04D52968" w14:textId="0FC18651">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Siv_lv2_568f76035" w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iv) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elta‑7 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="6911C8EE" w14:textId="07BB2055">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sv_lv2_4aae806cb" w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>elta‑</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>6a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>10a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="6A564866" w14:textId="4C201D63">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Svi_lv2_22cf5363c" w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>vi)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B36292">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="2B4F1FB5" w14:textId="6EC74605">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>xo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabinol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="18CE066A" w14:textId="4EE04495">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Si_lv2_e43d63baf" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Svii_lv2_58e6a2eae" w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">i) </w:t>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vii) </w:t>
       </w:r>
       <w:r w:rsidR="00B36292">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>etabolites of tetrahydrocannabinol, including 11‑hydroxy‑tetrahydrocannabinol, 3‑27 hydroxy‑tetrahydrocannabinol, and 7‑12 hydroxy‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabinol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="32D8DEF5" w14:textId="6408CE47">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sviii_lv2_5f5d0ce2f" w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>viii)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>etrahydrocannabinolic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>acid;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="298AB885" w14:textId="0232D174">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Six_lv2_27e801ea9" w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ix) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ydrogenated forms of tetrahydrocannabinol, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexa</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14528">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ydrocannabiphrol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabihexol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="210CA2A0" w14:textId="2733C15C">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sx_lv2_abd63780e" w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">x) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ynthetic forms of tetrahydrocannabinol, including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>dronabinol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="5C51B193" w14:textId="40865E19">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxi_lv2_cd6a99fe1" w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xi) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ster forms of tetrahydrocannabinol, including delta‑8 tetrahydrocannabinol, tetrahydrocannabinol‑O‑acetate, delta‑9 tetrahydrocannabinol‑O‑acetate, delta‑10 tetrahydrocannabinol‑O‑acetate, delta‑</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>6a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>10a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tetrahydrocannabinol‑O‑acetate and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‑O‑6 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>acetate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="4805CA42" w14:textId="370279B1">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxii_lv2_fecd6feed" w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xii) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ther forms of tetrahydrocannabinol and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including delta‑9 tetrahydrocannabinol methyl ether and delta‑8 tetrahydrocannabinol methyl </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ether;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="5E38436B" w14:textId="7AEB7217">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxiii_lv2_785844297" w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xiii) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etrahydrocannabivarins, including delta‑8 tetrahydrocannabivarin but excluding delta‑9 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabivarin;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="5534FC0B" w14:textId="344E6C1F">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxiv_lv2_485d81412" w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xiv) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nalogues or tetrahydrocannabinols with an alkyl chain of four (4) or more carbon atoms, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabiphorols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabioctyls</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydocannabihexols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabutols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="219D03A3" w14:textId="0812352C">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxv_lv2_203bef78d" w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xv) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>elta‑10 cis or trans tetrahydrocannabinol and its optical isomers;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="7237352F" w14:textId="2A937E83">
+        <w:t xml:space="preserve">elta‑8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isotetrahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, delta‑4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isotetrahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isohexahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E00DCF" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="0750E2F7" w14:textId="634DA939">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sii_lv2_b40c40094" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxvi_lv2_18e6c9a61" w:id="44"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ii) </w:t>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xvi) </w:t>
       </w:r>
       <w:r w:rsidR="00B36292">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="62BDB118" w14:textId="0CB3A6B5">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ny combination of the compounds, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabiphorol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14528">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‑ester and delta‑8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabiphorol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acetate, delta‑9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydorcannabiphorol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>acetate.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E00DCF">
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E00DCF">
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>Licensee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E00DCF">
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>” means an individual or business entity possessing a license issued by the department under the authority of this chapter to cultivate, handle, or process hemp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="278037D9" w14:textId="3980E0F4">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:name="ss_T46C55N10S12_lv1_49626030b" w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36292">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>icensee” means an individual or business entity possessing a license issued by the department under the authority of this chapter to cultivate, handle, or process hemp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="7133A9B7" w14:textId="184720D0">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Siii_lv2_32f3f83f8" w:id="24"/>
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(11)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S13_lv1_a4f977417" w:id="46"/>
+      <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="04D52968" w14:textId="0FC18651">
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>13)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Marijuana” has the same meaning as in Section 44‑53‑110 and does not include tetrahydrocannabinol in hemp or hemp products as defined herein.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="143BC372" w14:textId="70EA330D">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="scinsert"/>
-        </w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(12)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S14_lv1_2c871048a" w:id="47"/>
+      <w:r w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Processing” means converting an agricultural commodity into a marketable form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="61EC8478" w14:textId="2EA6878A">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Siv_lv2_568f76035" w:id="25"/>
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(13)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S15_lv1_2fba2745f" w:id="48"/>
+      <w:r w:rsidR="0067646D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="0067646D" w:rsidP="0067646D" w:rsidRDefault="0067646D" w14:paraId="6911C8EE" w14:textId="07BB2055">
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>15)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “State plan” means the plan submitted by the department and approved by the Secretary of the United States Department of Agriculture pursuant to which the department regulates hemp production.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E00DCF" w:rsidP="00E00DCF" w:rsidRDefault="00E00DCF" w14:paraId="02C1199C" w14:textId="18858FC9">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="scinsert"/>
-        </w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(14)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S16_lv1_9834ea03d" w:id="49"/>
+      <w:r w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidR="0067646D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>16)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “THC” means tetrahydrocannabinol.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C467DE" w:rsidP="00AE2025" w:rsidRDefault="00C467DE" w14:paraId="3851F79E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594132" w:rsidP="00AE2025" w:rsidRDefault="00C467DE" w14:paraId="34201537" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_3_fda38c097" w:id="50"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sv_lv2_4aae806cb" w:id="26"/>
-[...725 lines deleted...]
-      <w:bookmarkStart w:name="dl_64eb49013" w:id="44"/>
+      <w:bookmarkStart w:name="dl_64eb49013" w:id="51"/>
       <w:r w:rsidR="00594132">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00594132">
         <w:t>hapter 55, Title 46 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00594132" w:rsidP="00594132" w:rsidRDefault="00594132" w14:paraId="572E2D49" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F72641" w:rsidP="00F72641" w:rsidRDefault="00594132" w14:paraId="5F225D2B" w14:textId="441DE97D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T46C55N70_f22dbb33a" w:id="45"/>
+      <w:bookmarkStart w:name="ns_T46C55N70_f22dbb33a" w:id="52"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>ection 46‑55‑70.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N70SA_lv1_fa25e7c0b" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T46C55N70SA_lv1_fa25e7c0b" w:id="53"/>
       <w:r w:rsidR="00F72641">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidR="00F72641">
         <w:t xml:space="preserve">A) Any consumable hemp product distributed, sold, or offered for sale to consumers in this </w:t>
       </w:r>
       <w:r w:rsidR="002846CD">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00F72641">
         <w:t>tate in violation of this chapter shall be considered contraband and may be seized by law enforcement as provided for by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F72641" w:rsidP="00F72641" w:rsidRDefault="00F72641" w14:paraId="445D2FA9" w14:textId="2AC3D180">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N70SB_lv1_8db7b00a4" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T46C55N70SB_lv1_8db7b00a4" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>B) The sale or possession of a consumable hemp product is prohibited by law and punishable in the same manner as THC pursuant to Sections 44‑53‑190 and 44‑53‑370.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00594132" w:rsidP="00F72641" w:rsidRDefault="00F72641" w14:paraId="515F492E" w14:textId="2365703E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N70SC_lv1_ae108e494" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T46C55N70SC_lv1_ae108e494" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t xml:space="preserve">C) Online sales, direct delivery, and direct shipments of consumable hemp products within or into this </w:t>
       </w:r>
       <w:r w:rsidR="009719D4">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="007943E5">
         <w:t>tate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are strictly prohibited. For purposes of this section, “direct shipment” means the shipment of any consumable hemp product from any producer or retailer of consumable hemp products directly to a resident of this </w:t>
       </w:r>
       <w:r w:rsidR="002846CD">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate.</w:t>
       </w:r>
       <w:r w:rsidR="006F499F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00B947D7">
@@ -2376,202 +6335,201 @@
       <w:r>
         <w:t xml:space="preserve"> be fined </w:t>
       </w:r>
       <w:r w:rsidR="002846CD">
         <w:t>not more than</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> three thousand dollars or </w:t>
       </w:r>
       <w:r w:rsidR="00132FCE">
         <w:t>imprisoned for</w:t>
       </w:r>
       <w:r w:rsidR="00EF4B8E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>three years</w:t>
       </w:r>
       <w:r w:rsidR="002846CD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>or both.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00594132" w:rsidP="00594132" w:rsidRDefault="00594132" w14:paraId="1279926F" w14:textId="204C3AB9">
+    <w:p w:rsidR="00594132" w:rsidP="004E31CC" w:rsidRDefault="00594132" w14:paraId="1279926F" w14:textId="204C3AB9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C467DE" w:rsidP="00594132" w:rsidRDefault="00594132" w14:paraId="64D67577" w14:textId="63F186C5">
+    <w:p w:rsidR="00C467DE" w:rsidP="004E31CC" w:rsidRDefault="00594132" w14:paraId="64D67577" w14:textId="63F186C5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T46C55N80_9955ba10d" w:id="49"/>
+      <w:bookmarkStart w:name="ns_T46C55N80_9955ba10d" w:id="56"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t>ection 46‑55‑80.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F72641" w:rsidR="00F72641">
         <w:t xml:space="preserve">Nothing in this chapter may be construed to limit the interstate commerce of any product being transported through this </w:t>
       </w:r>
       <w:r w:rsidR="002846CD">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00F72641" w:rsidR="00F72641">
         <w:t>tate.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5305" w:rsidP="007D7707" w:rsidRDefault="005B5305" w14:paraId="352076C9" w14:textId="2778EC07">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="005B5305" w:rsidP="004E31CC" w:rsidRDefault="005B5305" w14:paraId="352076C9" w14:textId="2778EC07">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00EF4B8E" w:rsidR="00EF4B8E" w:rsidP="004E31CC" w:rsidRDefault="005B5305" w14:paraId="13086090" w14:textId="3E4F6614">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T46C55N90_6aed95c20" w:id="50"/>
+      <w:bookmarkStart w:name="ns_T46C55N90_6aed95c20" w:id="57"/>
       <w:r w:rsidRPr="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r w:rsidRPr="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ection 46-55-90.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EF4B8E" w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Nothing in this chapter may be construed to prohibit the possession, manufacture, sale, or distribution of CBD products</w:t>
       </w:r>
       <w:r w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF4B8E" w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided those products do not produce an intoxicating or psychoactive reaction when consumed by a person. CBD products that contain THC or intoxicating hemp products or any other controlled substances are prohibited by law. A person who violates this</w:t>
       </w:r>
       <w:r w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF4B8E" w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">section must be punished </w:t>
       </w:r>
       <w:r w:rsidR="00A227C9">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>pursuant to</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF4B8E" w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF4B8E" w:rsidR="00EF4B8E">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 44-53-370 as applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00AE2025" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="77506EC2">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="51"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="52"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="58"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="59"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -2636,432 +6594,537 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47B536EF" w14:textId="509B99BB" w:rsidR="004F46FF" w:rsidRPr="00BC78CD" w:rsidRDefault="004F46FF" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>4758</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1127280313"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="093FCBF6" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="001E2F91" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="589186A3" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00E139DF" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="881D1CDA6AEF46D7AE96DE36FA83101F"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="005E2C7D">
+              <w:t>[4758]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="881D1CDA6AEF46D7AE96DE36FA83101F"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00EE75EB">
+            <w:r w:rsidR="005E2C7D">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0356CM26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8CC01A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1E3BDB09" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="794EAF4C" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="79D3CE60" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="94E6D92E"/>
+    <w:tmpl w:val="9E2A21D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CA080A8"/>
+    <w:tmpl w:val="98E86DE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="48EC091E"/>
+    <w:tmpl w:val="282C9A38"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="EC7043A0"/>
+    <w:tmpl w:val="9E6E4A36"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8966991C"/>
+    <w:tmpl w:val="48B0F16C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8D324A10"/>
+    <w:tmpl w:val="477A71E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1E645258"/>
+    <w:tmpl w:val="6C1043E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F645F22"/>
+    <w:tmpl w:val="8AD46FF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FAA8842C"/>
+    <w:tmpl w:val="4FB0703C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="84F0597C"/>
+    <w:tmpl w:val="515251E0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1314262902">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="516625294">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1459255414">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="519927469">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="325279268">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="301346001">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="12655005">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="769084399">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -3069,469 +7132,501 @@
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="0001159D"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00012E5F"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00024F75"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="0002654E"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="00045FD1"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00050086"/>
     <w:rsid w:val="000506D4"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="000707F8"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
+    <w:rsid w:val="00087CC2"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B1919"/>
+    <w:rsid w:val="000B359E"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B5C78"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C0B24"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E1AF4"/>
+    <w:rsid w:val="000E2C65"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F0D12"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F3B0D"/>
     <w:rsid w:val="000F3C1B"/>
     <w:rsid w:val="000F554C"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00115D50"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00123B97"/>
     <w:rsid w:val="001308D6"/>
     <w:rsid w:val="00132FCE"/>
     <w:rsid w:val="00135FC1"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="001426E7"/>
     <w:rsid w:val="00161F31"/>
     <w:rsid w:val="00165708"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00173D17"/>
     <w:rsid w:val="00176122"/>
+    <w:rsid w:val="001838CA"/>
     <w:rsid w:val="001874D4"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00191AA1"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B54D0"/>
     <w:rsid w:val="001B6DA2"/>
+    <w:rsid w:val="001B73C3"/>
     <w:rsid w:val="001C0A64"/>
     <w:rsid w:val="001C1AD1"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C61AA"/>
     <w:rsid w:val="001D2C61"/>
     <w:rsid w:val="001E16B6"/>
     <w:rsid w:val="001E5261"/>
     <w:rsid w:val="001E7E74"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00200933"/>
     <w:rsid w:val="0020389E"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002065BD"/>
+    <w:rsid w:val="002105F9"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="002364F5"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
+    <w:rsid w:val="00246EA1"/>
     <w:rsid w:val="00254276"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00265874"/>
     <w:rsid w:val="00266F51"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002846CD"/>
     <w:rsid w:val="00284AF0"/>
     <w:rsid w:val="00296F83"/>
     <w:rsid w:val="002A1FF1"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002B3A3D"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D1537"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D331E"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D6A92"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E0E5B"/>
     <w:rsid w:val="002E1158"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F76CB"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="0031294F"/>
+    <w:rsid w:val="00327467"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034223D"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00346DB8"/>
+    <w:rsid w:val="00352390"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="003817C4"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A0AED"/>
     <w:rsid w:val="003A1499"/>
     <w:rsid w:val="003A2C7B"/>
     <w:rsid w:val="003A3BA3"/>
     <w:rsid w:val="003A5F1C"/>
+    <w:rsid w:val="003A64B9"/>
     <w:rsid w:val="003B1882"/>
     <w:rsid w:val="003B26B6"/>
+    <w:rsid w:val="003B6F10"/>
     <w:rsid w:val="003C1B83"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C7B3F"/>
     <w:rsid w:val="003D1D69"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="00401BDE"/>
     <w:rsid w:val="00402D88"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00407201"/>
     <w:rsid w:val="0041263D"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00420F54"/>
     <w:rsid w:val="00424661"/>
     <w:rsid w:val="00432135"/>
+    <w:rsid w:val="00445814"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00460A4B"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00467A82"/>
     <w:rsid w:val="004708BA"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A41AF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
+    <w:rsid w:val="004B47B0"/>
     <w:rsid w:val="004B54B6"/>
     <w:rsid w:val="004B6CE6"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
+    <w:rsid w:val="004E31CC"/>
     <w:rsid w:val="004E37BD"/>
     <w:rsid w:val="004E4087"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E749A"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
+    <w:rsid w:val="004F46FF"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
+    <w:rsid w:val="005029DB"/>
     <w:rsid w:val="005102BE"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005254DB"/>
     <w:rsid w:val="00535C61"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
+    <w:rsid w:val="00552BD6"/>
     <w:rsid w:val="00554DB9"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00567249"/>
     <w:rsid w:val="00572183"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00577657"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00584419"/>
     <w:rsid w:val="00590F51"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00594132"/>
     <w:rsid w:val="005A15A1"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B0359"/>
     <w:rsid w:val="005B20D5"/>
     <w:rsid w:val="005B243E"/>
     <w:rsid w:val="005B5305"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C4C5F"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D7250"/>
+    <w:rsid w:val="005E076C"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
+    <w:rsid w:val="005E2C7D"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E69F3"/>
+    <w:rsid w:val="005F0FDE"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00602E85"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="0060539A"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006221BE"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00637DEA"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="00644312"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00653B0F"/>
     <w:rsid w:val="00655785"/>
     <w:rsid w:val="006557E2"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664491"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="006679F9"/>
     <w:rsid w:val="00670AA2"/>
     <w:rsid w:val="006730E7"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00674804"/>
     <w:rsid w:val="006748A9"/>
     <w:rsid w:val="0067646D"/>
     <w:rsid w:val="00681AFA"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00695A61"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
+    <w:rsid w:val="006A6C4A"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B4FFF"/>
     <w:rsid w:val="006B78CF"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
+    <w:rsid w:val="006D0B7F"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006D6506"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F499F"/>
     <w:rsid w:val="006F4E3F"/>
     <w:rsid w:val="0070785E"/>
     <w:rsid w:val="00707980"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00713361"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="007260A8"/>
     <w:rsid w:val="0072621F"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00753521"/>
+    <w:rsid w:val="0076032B"/>
     <w:rsid w:val="007677B1"/>
     <w:rsid w:val="00770A52"/>
     <w:rsid w:val="00777980"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00786B9F"/>
     <w:rsid w:val="00786CB0"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00792FC2"/>
     <w:rsid w:val="007943E5"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A695D"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B3A64"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C2549"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D7707"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E42DA"/>
     <w:rsid w:val="007E7B94"/>
     <w:rsid w:val="007F1D48"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00810FBD"/>
     <w:rsid w:val="00811127"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="008173C6"/>
     <w:rsid w:val="0081750F"/>
     <w:rsid w:val="008223E2"/>
     <w:rsid w:val="00823B84"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008457EA"/>
     <w:rsid w:val="00854D71"/>
     <w:rsid w:val="00861CA8"/>
     <w:rsid w:val="008625C1"/>
+    <w:rsid w:val="0086489C"/>
     <w:rsid w:val="008718E0"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008A57EB"/>
     <w:rsid w:val="008A6725"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F1C02"/>
     <w:rsid w:val="008F3DEE"/>
     <w:rsid w:val="00901CBD"/>
     <w:rsid w:val="0090264F"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009112A8"/>
     <w:rsid w:val="009179D9"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00930203"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094277E"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009463BE"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00961497"/>
     <w:rsid w:val="009719D4"/>
     <w:rsid w:val="00972EB7"/>
     <w:rsid w:val="00973F9D"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A1343"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
+    <w:rsid w:val="009A5D5A"/>
     <w:rsid w:val="009A5F19"/>
     <w:rsid w:val="009A7300"/>
     <w:rsid w:val="009B145B"/>
     <w:rsid w:val="009B271C"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B527A"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C3989"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009D548B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="009F7A13"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A14A64"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A177AD"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A227C9"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A30550"/>
     <w:rsid w:val="00A31F15"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40AB6"/>
     <w:rsid w:val="00A40CA0"/>
+    <w:rsid w:val="00A41FA9"/>
     <w:rsid w:val="00A457F0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A52DC2"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A61D25"/>
     <w:rsid w:val="00A62999"/>
     <w:rsid w:val="00A66FC8"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA1DA2"/>
+    <w:rsid w:val="00AA7679"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB5C1C"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC15DE"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE2025"/>
     <w:rsid w:val="00AE21F5"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE4BDA"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B02540"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B13F13"/>
     <w:rsid w:val="00B256B2"/>
     <w:rsid w:val="00B3280E"/>
@@ -3553,201 +7648,212 @@
     <w:rsid w:val="00B84DE6"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B92320"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B934EE"/>
     <w:rsid w:val="00B947D7"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB1857"/>
     <w:rsid w:val="00BB6DB8"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE5551"/>
     <w:rsid w:val="00BE6699"/>
     <w:rsid w:val="00BE7C20"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00BF5EF3"/>
     <w:rsid w:val="00BF7320"/>
+    <w:rsid w:val="00C14528"/>
+    <w:rsid w:val="00C15722"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17AA6"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C467DE"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C61075"/>
     <w:rsid w:val="00C66A94"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C77D5A"/>
+    <w:rsid w:val="00C82F50"/>
+    <w:rsid w:val="00C87D31"/>
     <w:rsid w:val="00C9592E"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA2095"/>
     <w:rsid w:val="00CA21F0"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
+    <w:rsid w:val="00CB4232"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD03A8"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF1FA0"/>
     <w:rsid w:val="00CF3613"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D21EF3"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D255C3"/>
     <w:rsid w:val="00D26684"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D45ABB"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D563EE"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D93CCA"/>
     <w:rsid w:val="00D94E8D"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
+    <w:rsid w:val="00DA5FA6"/>
     <w:rsid w:val="00DB7EFB"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD1011"/>
     <w:rsid w:val="00DD3906"/>
     <w:rsid w:val="00DD6376"/>
     <w:rsid w:val="00DD6CD2"/>
     <w:rsid w:val="00DD79E0"/>
     <w:rsid w:val="00DE4248"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE53DF"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DE7D52"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF1EB1"/>
     <w:rsid w:val="00DF35DF"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E00DCF"/>
     <w:rsid w:val="00E0461E"/>
     <w:rsid w:val="00E050DC"/>
     <w:rsid w:val="00E1372E"/>
+    <w:rsid w:val="00E139DF"/>
     <w:rsid w:val="00E13B61"/>
     <w:rsid w:val="00E1463A"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E305C9"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E512B0"/>
     <w:rsid w:val="00E5198F"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E711A9"/>
     <w:rsid w:val="00E7167C"/>
     <w:rsid w:val="00E73427"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E873D3"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E94161"/>
+    <w:rsid w:val="00E9615F"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB35B5"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC50F9"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE75EB"/>
     <w:rsid w:val="00EF2214"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF4B8E"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F1513B"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F16A9D"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22147"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
+    <w:rsid w:val="00F3032F"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F333FF"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F440BA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F46415"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F567FA"/>
     <w:rsid w:val="00F602F4"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F72641"/>
+    <w:rsid w:val="00F83288"/>
     <w:rsid w:val="00F84B1D"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F91FCC"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB5BEB"/>
     <w:rsid w:val="00FB6DB0"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD43CC"/>
     <w:rsid w:val="00FD5F11"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE4CDB"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
     <w:rsid w:val="00FF2732"/>
     <w:rsid w:val="00FF6590"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -3764,50 +7870,4177 @@
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57BC4071"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F4163ADD-ED62-45A9-88AC-063E4636351E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="LineNumber">
+    <w:name w:val="line number"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:i w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
+    <w:name w:val="sc_emptyline_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
+    <w:name w:val="sc_bill_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="30"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
+    <w:name w:val="sc_bill_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
+    <w:name w:val="sc_enacting_words"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
+    <w:name w:val="sc_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
+    <w:name w:val="sc_new_code_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
+    <w:name w:val="sc_directional_language"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
+    <w:name w:val="sc_non_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
+    <w:name w:val="sc_empty_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
+    <w:name w:val="sc_house_front_jacketheader_line1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
+    <w:name w:val="sc_house_front_jacketheader_line2"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
+    <w:name w:val="sc_jacket_sponsors"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
+    <w:name w:val="sc_bill_header_jacket"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="30"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
+    <w:name w:val="sc_jacket_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
+    <w:name w:val="sc_house_back_jacket_empty_lines"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
+    <w:name w:val="sc_house_back_jacket_line1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
+    <w:name w:val="sc_house_back_jacket_empty_line2"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
+    <w:name w:val="sc_house_back_jacket_line2"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
+    <w:name w:val="sc_house_jacket_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:caps/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
+    <w:name w:val="sc_house_back_jacket_atty_billtype"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
+    <w:name w:val="sc_house_back_jacket_proofread_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="4500"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="648"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
+    <w:name w:val="sc_clip_page"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
+    <w:name w:val="sc_clip_page_doc_path"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
+    <w:name w:val="sc_clip_page_Doc_Name"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
+    <w:name w:val="sc_clip_page_bill_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="30"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
+    <w:name w:val="sc_clip_page_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
+    <w:name w:val="sc_new_code_section_next_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
+    <w:name w:val="sc_bill_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8784"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
+    <w:name w:val="sc_tables"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
+    <w:name w:val="sc_draft_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
+    <w:name w:val="sc_coversheet_stricken"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:strike/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
+    <w:name w:val="sc_coversheet_underline"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
+    <w:name w:val="sc_coversheet_empty_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
+    <w:name w:val="sc_coversheet_status"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
+    <w:name w:val="sc_coversheet_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
+    <w:name w:val="sc_coversheet_bill_no"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8986"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
+    <w:name w:val="sc_coversheet_sponsor_6"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
+    <w:name w:val="sc_bill_end_xx"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
+    <w:name w:val="sc_bill_whereas_clause"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
+    <w:name w:val="sc_table_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
+    <w:name w:val="sc_table_ln"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
+    <w:name w:val="sc_table_non_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
+    <w:name w:val="sc_strike"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
+    <w:name w:val="sc_insert"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:caps w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:vanish w:val="0"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
+    <w:name w:val="sc_insert_red"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:caps w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:vanish w:val="0"/>
+      <w:color w:val="FF0000"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
+    <w:name w:val="sc_insert_blue"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:caps w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:vanish w:val="0"/>
+      <w:color w:val="0070C0"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
+    <w:name w:val="sc_strike_red"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
+    <w:name w:val="sc_strike_blue"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="0070C0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
+    <w:name w:val="sc_insert_blue_no_underline"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:caps w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:vanish w:val="0"/>
+      <w:color w:val="0070C0"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
+    <w:name w:val="sc_insert_red_no_underline"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:caps w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:vanish w:val="0"/>
+      <w:color w:val="FF0000"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
+    <w:name w:val="sc_strike_blue_non_codified"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="0070C0"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
+    <w:name w:val="sc_strike_red_non_codified"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
+    <w:name w:val="sc_bill_sig_lines"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
+    <w:name w:val="sc_restore_code"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
+    <w:name w:val="sc_restore_blue"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
+    <w:name w:val="sc_restore_red"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
+    <w:name w:val="sc_strike_new_blue"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike/>
+      <w:color w:val="0070C0"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
+    <w:name w:val="sc_strike_new_red"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike/>
+      <w:color w:val="FF0000"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
+    <w:name w:val="sc_amend_senate"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
+    <w:name w:val="sc_amend_house"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000B359E"/>
+    <w:rPr>
+      <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
+    <w:name w:val="sc_coversheet_italics"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF1A96"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
+    <w:name w:val="sc_coversheet_senate"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FF1A96"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0067646D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F46FF"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
+    <w:name w:val="sc_amend_langinstruction"/>
+    <w:qFormat/>
+    <w:rsid w:val="005029DB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="480" w:after="480" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
+    <w:name w:val="sc_amend_titleconform"/>
+    <w:qFormat/>
+    <w:rsid w:val="005029DB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
+    <w:name w:val="sc_amend_conformline"/>
+    <w:qFormat/>
+    <w:rsid w:val="005029DB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0FDE"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="2320193">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:encoding w:val="utf-8"/>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4758&amp;session=126&amp;summary=B" TargetMode="External" Id="R1613e64ebb064705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4758_20251217.docx" TargetMode="External" Id="R13cd25ac346c4525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4758_20260129.docx" TargetMode="External" Id="R4de7b972031748a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4758_20260203.docx" TargetMode="External" Id="Ra55a64886b244904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4758_20260205.docx" TargetMode="External" Id="R53da64c88b6a41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R3bc78db1a5b14d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R6286f7d00b0240e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="Rac73fd721bc44451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260203.docx" TargetMode="External" Id="Rebce3f23f3e94e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260204.docx" TargetMode="External" Id="R35967af938ee48d7" /></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="543790E40ED442449724C6706D1520FC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{93D3BD3F-C7E2-40F2-9D36-D57E2EF82C35}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005E7523" w:rsidRDefault="005E7523" w:rsidP="005E7523">
+          <w:pPr>
+            <w:pStyle w:val="543790E40ED442449724C6706D1520FC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="881D1CDA6AEF46D7AE96DE36FA83101F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9F2FF79B-F3A0-4064-9F10-70610D6C49D6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="005E7523" w:rsidRDefault="005E7523" w:rsidP="005E7523">
+          <w:pPr>
+            <w:pStyle w:val="881D1CDA6AEF46D7AE96DE36FA83101F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="002D4365"/>
+    <w:rsid w:val="00025E23"/>
+    <w:rsid w:val="00087CC2"/>
+    <w:rsid w:val="000C5BC7"/>
+    <w:rsid w:val="000F0D12"/>
+    <w:rsid w:val="000F401F"/>
+    <w:rsid w:val="00140B15"/>
+    <w:rsid w:val="001B20DA"/>
+    <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
+    <w:rsid w:val="00265874"/>
+    <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
+    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="002E67E5"/>
+    <w:rsid w:val="003E4FBC"/>
+    <w:rsid w:val="003F4940"/>
+    <w:rsid w:val="00460A4B"/>
+    <w:rsid w:val="004E2BB5"/>
+    <w:rsid w:val="00520898"/>
+    <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="005E7523"/>
+    <w:rsid w:val="00621421"/>
+    <w:rsid w:val="00681AFA"/>
+    <w:rsid w:val="006B363F"/>
+    <w:rsid w:val="007070D2"/>
+    <w:rsid w:val="00730C87"/>
+    <w:rsid w:val="00776F2C"/>
+    <w:rsid w:val="00823B84"/>
+    <w:rsid w:val="008A57EB"/>
+    <w:rsid w:val="008F7723"/>
+    <w:rsid w:val="009031EF"/>
+    <w:rsid w:val="00912A5F"/>
+    <w:rsid w:val="00940EED"/>
+    <w:rsid w:val="00985255"/>
+    <w:rsid w:val="009C3651"/>
+    <w:rsid w:val="009D548B"/>
+    <w:rsid w:val="00A51DBA"/>
+    <w:rsid w:val="00B20DA6"/>
+    <w:rsid w:val="00B256B2"/>
+    <w:rsid w:val="00B457AF"/>
+    <w:rsid w:val="00BB6DB8"/>
+    <w:rsid w:val="00BF56C3"/>
+    <w:rsid w:val="00C66A94"/>
+    <w:rsid w:val="00C818FB"/>
+    <w:rsid w:val="00CC0451"/>
+    <w:rsid w:val="00D6665C"/>
+    <w:rsid w:val="00D900BD"/>
+    <w:rsid w:val="00DC085B"/>
+    <w:rsid w:val="00E050DC"/>
+    <w:rsid w:val="00E305C9"/>
+    <w:rsid w:val="00E76813"/>
+    <w:rsid w:val="00EC50F9"/>
+    <w:rsid w:val="00F82BD9"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4153,2055 +12386,112 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB6DB0"/>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="LineNumber">
-[...136 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00FB6DB0"/>
+    <w:rsid w:val="005E7523"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
-[...79 lines deleted...]
-      <w:b/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="543790E40ED442449724C6706D1520FC">
+    <w:name w:val="543790E40ED442449724C6706D1520FC"/>
+    <w:rsid w:val="005E7523"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-US"/>
-[...100 lines deleted...]
-      <w:caps/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="881D1CDA6AEF46D7AE96DE36FA83101F">
+    <w:name w:val="881D1CDA6AEF46D7AE96DE36FA83101F"/>
+    <w:rsid w:val="005E7523"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-US"/>
-[...1638 lines deleted...]
-      <w:color w:val="808080"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -6465,141 +12755,71 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...40 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...23 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6816,161 +13036,215 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>44951f8d-b4b6-41b1-838e-94b4332a5f0c</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>48c471e7-c569-4355-bbb7-870775effaf4</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>37c9a313-19b1-416c-b519-1e1fe91574f4</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>5f50a1a5-690a-4f41-a396-c1c85e9d8b60</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4758]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4758</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 46-55-5 SO AS TO PROVIDE THE PURPOSE OF THIS CHAPTER is to encourage the lawful cultivation, harvesting, and manufacturing of hemp; BY AMENDING SECTION 46-55-10, RELATING TO INDUSTRIAL HEMP CULTIVATION TERMS AND DEFINITIONS, SO AS TO PROVIDE ADDITIONAL TERMS AND THEIR DEFINiTIONS, AND TO REVISE THE DEFINITIONS OF EXISTING TERMS; and BY ADDING SECTIONs 46-55-70, 46-55-80, and 46-55-90 so as to regulate the distribution and sale of consumable hemp, to provide the provisions of this chapter may not be construed to limit interstate commerce, or to prohibit the lawful possession, manufacture, sale, or distribution of certain CBD products, and to provide penalties.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"472319ce-51f0-4324-a0dc-63d1994e62b9","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T46C55N5_5a39d4828","IsConstitutionSection":false,"Identity":"46-55-5","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"to provide for the purpose of this chapter","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_ca32a5d87"},{"SectionUUID":"2b02681d-dc6f-4b3e-adca-8351416f0e70","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T46C55N10_99768aa60","IsConstitutionSection":false,"Identity":"46-55-10","IsNew":false,"SubSections":[{"Level":1,"Identity":"T46C55N10S1","SubSectionBookmarkName":"ss_T46C55N10S1_lv1_d39d7471a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S2","SubSectionBookmarkName":"ss_T46C55N10S2_lv1_c75774491","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S3","SubSectionBookmarkName":"ss_T46C55N10S3_lv1_29aa2481e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S5","SubSectionBookmarkName":"ss_T46C55N10S5_lv1_bb8f10c1e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S6","SubSectionBookmarkName":"ss_T46C55N10S6_lv1_ea58a7ccd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S7","SubSectionBookmarkName":"ss_T46C55N10S7_lv1_10d32fdfe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S8","SubSectionBookmarkName":"ss_T46C55N10S8_lv1_01b9852d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S9","SubSectionBookmarkName":"ss_T46C55N10S9_lv1_a1fa9b3e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S10","SubSectionBookmarkName":"ss_T46C55N10S10_lv1_f4477644c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S11","SubSectionBookmarkName":"ss_T46C55N10S11_lv1_efc4466ca","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S13","SubSectionBookmarkName":"ss_T46C55N10S13_lv1_a4f977417","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S14","SubSectionBookmarkName":"ss_T46C55N10S14_lv1_2c871048a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S15","SubSectionBookmarkName":"ss_T46C55N10S15_lv1_2fba2745f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S16","SubSectionBookmarkName":"ss_T46C55N10S16_lv1_9834ea03d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S4","SubSectionBookmarkName":"ss_T46C55N10S4_lv1_c94a0d621","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Si","SubSectionBookmarkName":"ss_T46C55N10Si_lv2_e43d63baf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sii","SubSectionBookmarkName":"ss_T46C55N10Sii_lv2_b40c40094","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Siii","SubSectionBookmarkName":"ss_T46C55N10Siii_lv2_32f3f83f8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Siv","SubSectionBookmarkName":"ss_T46C55N10Siv_lv2_568f76035","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sv","SubSectionBookmarkName":"ss_T46C55N10Sv_lv2_4aae806cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Svi","SubSectionBookmarkName":"ss_T46C55N10Svi_lv2_22cf5363c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Svii","SubSectionBookmarkName":"ss_T46C55N10Svii_lv2_58e6a2eae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sviii","SubSectionBookmarkName":"ss_T46C55N10Sviii_lv2_5f5d0ce2f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Six","SubSectionBookmarkName":"ss_T46C55N10Six_lv2_27e801ea9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sx","SubSectionBookmarkName":"ss_T46C55N10Sx_lv2_abd63780e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxi","SubSectionBookmarkName":"ss_T46C55N10Sxi_lv2_cd6a99fe1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxii","SubSectionBookmarkName":"ss_T46C55N10Sxii_lv2_fecd6feed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxiii","SubSectionBookmarkName":"ss_T46C55N10Sxiii_lv2_785844297","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxiv","SubSectionBookmarkName":"ss_T46C55N10Sxiv_lv2_485d81412","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxv","SubSectionBookmarkName":"ss_T46C55N10Sxv_lv2_203bef78d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxvi","SubSectionBookmarkName":"ss_T46C55N10Sxvi_lv2_18e6c9a61","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S12","SubSectionBookmarkName":"ss_T46C55N10S12_lv1_49626030b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Industrial Hemp Cultivation terms and definitions","TitleSoAsTo":"provide additional terms and their definations, and to revise the definitions of existing terms","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_2fa6267ee"},{"SectionUUID":"7e6531f3-6eb4-436c-a8a9-24c25a1833fb","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T46C55N70_f22dbb33a","IsConstitutionSection":false,"Identity":"46-55-70","IsNew":true,"SubSections":[{"Level":1,"Identity":"T46C55N70SA","SubSectionBookmarkName":"ss_T46C55N70SA_lv1_fa25e7c0b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N70SB","SubSectionBookmarkName":"ss_T46C55N70SB_lv1_8db7b00a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N70SC","SubSectionBookmarkName":"ss_T46C55N70SC_lv1_ae108e494","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T46C55N80_9955ba10d","IsConstitutionSection":false,"Identity":"46-55-80","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T46C55N90_6aed95c20","IsConstitutionSection":false,"Identity":"46-55-90","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_fda38c097"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Hemp beverage ban</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>carlmcintosh@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>gwenthurmond@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>7729</Characters>
+  <Pages>9</Pages>
+  <Words>2648</Words>
+  <Characters>15443</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>56</Paragraphs>
+  <Lines>335</Lines>
+  <Paragraphs>153</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8948</CharactersWithSpaces>
+  <CharactersWithSpaces>17938</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>