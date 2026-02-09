--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -124,108 +124,129 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. W. Newton, Bailey, Bradley, Brewer, Chapman, Crawford, Davis, Erickson, Gatch, Gilliam, Guest, Haddon, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Long, Lowe, Martin, McCravy, T. Moore, B. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, Sessions, G.M. Smith, M.M. Smith, Taylor, Vaughan, Whitmire, Willis and Wooten</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. W. Newton, Bailey, Bradley, Brewer, Chapman, Crawford, Davis, Erickson, Gilliam, Guest, Haddon, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Long, Lowe, Martin, T. Moore, B. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, Sessions, G.M. Smith, M.M. Smith, Taylor, Vaughan, Whitmire, Willis, Wooten, Yow and C. Mitchell</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Document Path: LC-0391SA26.docx</w:t>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 3924, 3935, 4758</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Document Path: LC-0391SA26.docx</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Last Amended on February 4, 2026
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Intoxicating Hemp Beverages</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +366,496 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rdb8436027b5f4a04">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R36e8c86fb60949ce">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Yow, C.
+ Mitchell
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name removed as sponsor: McCravy
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R57faf73aba314da6">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Requests for debate-Rep(s).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> B Newton, Kirby, Martin, McCravy, Caskey, Pope, Ballentine, Magnuson, Edgerton, Hiott, Erickson, Gilliam</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R84444b1003a44f67">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amended</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R97b800ee471f42ac">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recommitted to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R001a0c49885349b9">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 60</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name removed as sponsor: Gatch
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R5aadcd7007d5438a">
+      <w:hyperlink r:id="R3d2ddaaabd6d44c7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,100 +873,500 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R5b0a53c0396d4aae">
+      <w:hyperlink r:id="R99404370274b4f39">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R597aadec3a154998">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/29/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R326dfc68c3d24031">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/03/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rc6eb3611f09144f2">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/04/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rc1f2001223e34bf7">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/05/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00704AEA" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="3151D7B8">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptylineheader"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="35932FE2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstricken"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates Matter Stricken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="6AA0BD14" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetunderline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates New Matter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="33828926" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="status"/>
+        <w:tag w:val="status"/>
+        <w:id w:val="854397200"/>
+        <w:placeholder>
+          <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00A515B2" w:rsidP="001B38FF" w:rsidRDefault="00A515B2" w14:paraId="7E264404" w14:textId="3C5B63AF">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetstatus"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Amended – Not Printed Bill for the House</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="31D44B53" w14:textId="22AA3119">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amt. No. </w:t>
+      </w:r>
+      <w:r w:rsidR="00050FC0">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FC0">
+        <w:t>LC-4759.SA0003H.docx</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="385A84CC" w14:textId="677BDD30">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 4, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="03A55131" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="7828786C" w14:textId="7CE1DDCC">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4759</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="43A0CD35" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="0AED3B68" w14:textId="17372B25">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>W. Newton, Bailey, Bradley, Brewer, Chapman, Crawford, Davis, Erickson, Gatch, Gilliam, Guest, Haddon, Hartz, Herbkersman, Hewitt, Hiott, Hixon, Holman, Lawson, Ligon, Long, Lowe, Martin, T. Moore, B. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, Sessions, G. M. Smith, M. M. Smith, Taylor, Vaughan, Whitmire, Willis, Wooten, Yow and C. Mitchell</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="4A0CAD64" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A96619" w:rsidRDefault="007B61F4" w14:paraId="6364C066" w14:textId="472F3FE1">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A515B2">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00A515B2">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A515B2">
+            <w:t>2/4/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00A515B2">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00A515B2">
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00A515B2">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96619">
+        <w:tab/>
+        <w:t>[SEC 2/5/2026 9:20 AM]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="2B35F88D" w14:textId="66C0AA86">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="508CF77D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00050FC0" w14:paraId="3F631CAC" w14:textId="6330A848">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="1291533B" w14:textId="158C14C8">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00A515B2" w:rsidSect="00A515B2">
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00A515B2" w:rsidP="00A515B2" w:rsidRDefault="00A515B2" w14:paraId="6C32C816" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00704AEA" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="2BCD79F9">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00704AEA" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="04CD0DEB">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00704AEA" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="499B9649">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00704AEA" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="70E144E9">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00704AEA" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="0D1D890C">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
@@ -550,5395 +1399,5323 @@
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="0082036F" w14:paraId="40FEFADA" w14:textId="13D29589">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 46‑55‑5 SO AS TO PROVIDE A PURPOSE OF REGULATING THE SALE AND DISTRIBUTION OF CONSUMABLE HEMP PRODUCTS; BY AMENDING SECTION 46‑55‑10, RELATING TO HEMP FARMING DEFINITIONS, SO AS TO ADD DEFINITIONS FOR “CONSUMABLE HEMP PRODUCT” AND “INTOXICATING HEMP PRODUCT”; BY ADDING SECTION 46‑55‑70 SO AS TO PROHIBIT THE SALE OF CERTAIN CONSUMABLE HEMP PRODUCTS; BY ADDING SECTION 46‑55‑80 SO AS TO PROVIDE THAT INTERSTATE COMMERCE IS NOT BEING LIMITED; AND BY ADDING CHAPTER 14 TO TITLE 61 SO AS TO PROVIDE DEFINITIONS RELATING TO INTOXICATING HEMP BEVERAGES, PROVIDE FOR ENFORCEMENT, PROVIDE FOR INTOXICATING HEMP BEVERAGE PRODUCT REQUIREMENTS, AND TO PROVIDE FOR LICENSING AND TAXES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:name="at_683a47398" w:displacedByCustomXml="prev" w:id="0"/>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
+    <w:p w:rsidR="00050FC0" w:rsidP="00050FC0" w:rsidRDefault="00050FC0" w14:paraId="4100D290" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amend Title </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>To</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Conform</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="00050FC0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="0A24CE09">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0094541D" w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="39DCA134" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:bookmarkStart w:name="ew_7306d9203" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE1490" w:rsidP="00CE1490" w:rsidRDefault="00CE1490" w14:paraId="35BCAEB1" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="60211C7C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A41FD7" w:rsidP="00A41FD7" w:rsidRDefault="00CE1490" w14:paraId="228491C5" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="714E9DA8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_1_e453a0c96" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_45ea5a27e" w:id="3"/>
-      <w:r w:rsidR="00A41FD7">
+      <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00A41FD7">
+      <w:r>
         <w:t>hapter 55, Title 46 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A41FD7" w:rsidP="00A41FD7" w:rsidRDefault="00A41FD7" w14:paraId="69C6BA15" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidR="00CE1490" w:rsidP="00A41FD7" w:rsidRDefault="00A41FD7" w14:paraId="1E6349F6" w14:textId="0E295326">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="70032359" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="43700E22" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T46C55N5_3a3bd06aa" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>ection 46‑55‑5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t xml:space="preserve">The purpose of this chapter is to regulate the sale and distribution of consumable hemp products. It is the intent of </w:t>
       </w:r>
-      <w:r w:rsidR="00517853">
-[...3 lines deleted...]
-        <w:t>G</w:t>
+      <w:r>
+        <w:t>the G</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t xml:space="preserve">eneral </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t>ssembly that the manufacture, sale, and distribution of consumable hemp products is strictly prohibited unless specifically provided for in this chapter</w:t>
       </w:r>
-      <w:r w:rsidR="001A101F">
+      <w:r>
         <w:t xml:space="preserve"> and Chapter 14, Title 61</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t xml:space="preserve">. In acknowledging consumable hemp products may be intoxicating, the regulation and control of such products in this </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t xml:space="preserve">tate </w:t>
       </w:r>
-      <w:r w:rsidR="00DC5C82">
+      <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t xml:space="preserve"> in the interest of public health and safety through ensuring proper age verification and the </w:t>
       </w:r>
-      <w:r w:rsidR="004B7660">
+      <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t>tate</w:t>
       </w:r>
-      <w:r w:rsidR="004B7660">
+      <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00A41FD7">
         <w:t>s ability to efficiently enforce the requirements and restrictions contained in this chapter.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="7FEF77C9" w14:textId="228689DB">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3CDB117B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="31324B4C" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3B3A8170" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_2_301c0ae75" w:id="5"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_7b23afecb" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>ection 46‑55‑10 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="4027185C" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4E8472CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="09718142" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4A3485B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="cs_T46C55N10_7ea166491" w:id="7"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>ection 46‑55‑10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_b232ec906" w:id="8"/>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>or the purposes of this chapter:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="44C47908" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5BFA0775" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S1_lv1_4d45e5d48" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S1_lv1_3886e9ee2" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>1) “Cannabidiol” or “CBD” means the compound by the same name derived from the hemp variety of the Cannabis sativa L. plant.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A101F" w:rsidP="005824B6" w:rsidRDefault="001A101F" w14:paraId="2F351D41" w14:textId="624DF4DF">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="21FCEEC5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S2_lv1_5ee1f278d" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T46C55N10S2_lv1_feb1ac9c7" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>2) “</w:t>
       </w:r>
       <w:r w:rsidRPr="001A101F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>Cannabinoids” means any tetrahydrocannabinol (THC) derived from hemp.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="5A10B21F" w14:textId="5128B9D0">
+        <w:t>Cannabinoids” means any tetrahydrocannabinol (THC) derived from hemp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> except CBD, CBG, CBC, or other non-intoxicating hemp products that cause a psychoactive reaction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A101F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7F60B82E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(2)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S3_lv1_97472ffc9" w:id="11"/>
-      <w:r w:rsidR="001A101F">
+      <w:bookmarkStart w:name="ss_T46C55N10S3_lv1_ae69359f5" w:id="11"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidR="001A101F">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> “Commercial sales</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001B52BE">
+        <w:t xml:space="preserve"> “Commercial sales” means the sale of hemp products in the stream of commerce, at retail, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>wholesale, and online.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3C86BAE4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(3)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S4_lv1_a6acbf9a1" w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Commissioner” means the Commissioner of the South Carolina Department of Agriculture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="17BC922D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S5_lv1_c33f0ad9a" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2BD2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>“Consumable hemp product</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="664F2820" w14:textId="1ACA404A">
+      <w:r w:rsidRPr="009A2BD2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a finished hemp product that is intended for human consumption, ingestion, inhalation, or absorption and contains any part of the hemp plant, including intoxicating hemp products, cannabinoids,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2BD2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or any compound, concentrate, derivative, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5866">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including synthetic derivatives, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2BD2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>extract, isolate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2BD2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or resin derived from hemp other than CBD</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CBG, CBC, or CBN provided the products do not contain an intoxicating hemp product that cause a psychoactive reaction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3840778E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(3)</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="009A2BD2" w:rsidP="005824B6" w:rsidRDefault="009A2BD2" w14:paraId="22CF5E52" w14:textId="588F094E">
+        <w:t>(4)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S6_lv1_336e0c46f" w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Cultivating” means planting, watering, growing, and harvesting a plant or crop.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1C3746B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(5)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S7_lv1_9c0743dfc" w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Department” means the South Carolina Department of Agriculture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0F9FF8C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(6)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S8_lv1_fa66e6c92" w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Federally defined THC level for hemp” means a delta‑9 THC concentration of not more than 0.3 percent on a dry weight basis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>, or the THC concentration for hemp defined in 7 U.S.C. SECTION 5940, whichever is greater</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0717A32B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(7)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S9_lv1_783683817" w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Handling” means possessing or storing hemp for any period of time. “Handling” also includes possessing or storing hemp in a vehicle for any period of time other than during its actual transport from the premises of a licensed person to cultivate or process industrial hemp to the premises of another licensed person. “Handling” does not mean possessing or storing finished hemp products.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="30DB56EE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(8)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S10_lv1_bda0c7227" w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>10)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Hemp” or “industrial hemp” means the plant Cannabis sativa L. and any part of that plant, including the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nonsterilized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> seeds thereof and all derivatives, extracts, cannabinoids, isomers, acids, salts, and salts of isomers, whether growing or not, with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the federally defined THC level for hemp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2BD2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a delta‑9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00165DB6">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabinol</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2BD2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(THC) concentration of not more than three‑tenths of one percent (.3%) on a dry weight basis</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Hemp shall be considered an agricultural commodity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="69A2A5AD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(9)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S11_lv1_e822698af" w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Hemp products” means all products with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the federally defined THC level for hemp</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5866">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a delta‑9 tetrahydrocannabinol (THC) concentration of not more than three‑tenths of one percent (.3%) on a dry weight basis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">derived from, or made by, processing hemp plants or hemp plant parts, that are prepared in a form available for commercial sale, including, but not limited to, cosmetics, personal care products, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>food intended for animal or human consumption,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> cloth, cordage, fiber, fuel, paint, paper, particleboard, plastics, and any product containing one or more hemp‑derived cannabinoids, such as cannabidiol. Unprocessed or raw plant material, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nonsterilized</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hemp seeds, is not considered a hemp product.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1FBAC70D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S12_lv1_768f12155" w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>12) “Intoxicating hemp product” means a product comprised of derivatives, extracts, cannabinoids, isomers, esters, ethers, acids, salts, and salts of isomers, esters, and ethers whenever the existence of such isomers, esters, ethers, and salts is possible within the specific chemical designation including, but not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5B72F219" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Si_lv2_3526855f2" w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) delta‑10 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="63BE81A5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sii_lv2_3f5b3a8d6" w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ii) delta‑9 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1E808B9B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Siii_lv2_41424ba86" w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iii) delta‑8 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="44788C08" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S5_lv1_ce8797044" w:id="13"/>
-[...37 lines deleted...]
-      <w:r w:rsidR="00DC5C82">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Siv_lv2_000626b49" w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iv) delta‑7 cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5FA0D6C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sv_lv2_210729975" w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v) delta‑6a, 10a cis or trans tetrahydrocannabinol and its optical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isomers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="385BD819" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Svi_lv2_091f7401c" w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vi) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>exo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabinol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="367E0815" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Svii_lv2_3cdc14253" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>vii) metabolites of tetrahydrocannabinol, including 11‑hydroxy‑tetrahydrocannabinol, 3‑27 hydroxy‑tetrahydrocannabinol, and 7‑12 hydroxy‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabinol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1C08CEAB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sviii_lv2_d63630a64" w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">viii) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabinolic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A2BD2">
-[...36 lines deleted...]
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="30544A9F" w14:textId="29E127E3">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>acid;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="18ED4313" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...33 lines deleted...]
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="4A682A77" w14:textId="64F28640">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Six_lv2_10b65403a" w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ix) hydrogenated forms of tetrahydrocannabinol, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabiphrol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabihexol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6132F848" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...33 lines deleted...]
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="2AE61DA1" w14:textId="0927BB57">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sx_lv2_7b6c8d8ee" w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">x) synthetic forms of tetrahydrocannabinol, including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>dronabinol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7B6BCDD3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...772 lines deleted...]
-      <w:bookmarkStart w:name="ss_T46C55N10Sxi_lv2_088f4c842" w:id="31"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxi_lv2_e4451b134" w:id="31"/>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">xi) </w:t>
       </w:r>
-      <w:r w:rsidR="00743DB7">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>ster forms of tetrahydrocannabinol, including delta‑8 tetrahydrocannabinol, tetrahydrocannabinol‑O‑acetate, delta‑9 tetrahydrocannabinol‑O‑acetate, delta‑10 tetrahydrocannabinol‑O‑acetate, delta‑6a,</w:t>
       </w:r>
-      <w:r w:rsidR="007F65F0">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>10a tetrahydrocannabinol‑O‑acetate</w:t>
       </w:r>
-      <w:r w:rsidR="007F65F0">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> and hexahydrocannabinol‑O‑6 </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>acetate;</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="009A2BD2" w:rsidP="009A2BD2" w:rsidRDefault="009A2BD2" w14:paraId="58774103" w14:textId="1BA43CE4">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="71C41887" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sxii_lv2_322d08db9" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxii_lv2_e1ed386ac" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">xii) </w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="009A2BD2" w:rsidP="009A2BD2" w:rsidRDefault="009A2BD2" w14:paraId="6ACC0006" w14:textId="34F11B81">
+        <w:t xml:space="preserve">xii) ether forms of tetrahydrocannabinol and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabinol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including delta‑9 tetrahydrocannabinol methyl ether and delta‑8 tetrahydrocannabinol methyl </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ether;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0AEDDD12" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sxiii_lv2_6d9f30dd2" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxiii_lv2_22ff055e3" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">xiii) </w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="009A2BD2" w:rsidP="009A2BD2" w:rsidRDefault="009A2BD2" w14:paraId="0D8640D7" w14:textId="6F73E3FD">
+        <w:t xml:space="preserve">xiii) tetrahydrocannabivarins, including delta‑8 tetrahydrocannabivarin, but excluding delta‑9 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabivarin;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6246AFEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sxiv_lv2_a026ed98f" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxiv_lv2_f6f5110fc" w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">xiv) </w:t>
-[...14 lines deleted...]
-    <w:p w:rsidRPr="009A2BD2" w:rsidR="009A2BD2" w:rsidP="009A2BD2" w:rsidRDefault="009A2BD2" w14:paraId="2043ED36" w14:textId="6B3ACB8F">
+        <w:t xml:space="preserve">xiv) analogues or tetrahydrocannabinols with an alkyl chain of four or more carbon atoms, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabiphorols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabioctyls</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydocannabihexols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabutols</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="009A2BD2" w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4CD77C93" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sxv_lv2_7510456d9" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxv_lv2_ba6b0bdb6" w:id="35"/>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">xv) </w:t>
       </w:r>
-      <w:r w:rsidR="00743DB7">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>elta‑8 isotetrahydrocannabinol, delta</w:t>
       </w:r>
-      <w:r w:rsidR="00866497">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00866497">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>isotetrahydrocannabinol and isohexahydrocannabinol;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A2BD2" w:rsidP="009A2BD2" w:rsidRDefault="009A2BD2" w14:paraId="73A2913F" w14:textId="59E33515">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="01D2E1B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009A2BD2">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sxvi_lv2_9efa2df6d" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxvi_lv2_fe4c78239" w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">xvi) </w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="009A2BD2" w:rsidP="009A2BD2" w:rsidRDefault="009A2BD2" w14:paraId="08E1F2E0" w14:textId="74310EE0">
+        <w:t xml:space="preserve">xvi) any combination of the compounds, including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>hexahydrocannabiphorol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‑o‑ester and delta‑8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydrocannabiphorol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acetate, delta‑9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>tetrahydorcannabiphorol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acetate; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1229891D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10Sxvii_lv2_934f72d64" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T46C55N10Sxvii_lv2_ed824b84b" w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>xvii) any other substance that contains THC that, when ingested, inhaled, or absorbed into the body, produces an intoxicating or psychoactive reaction.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="6B3D92E8" w14:textId="6D2B1A58">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5E7DE564" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(10)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S13_lv1_c68f74b5c" w:id="38"/>
-      <w:r w:rsidR="009A2BD2">
+      <w:bookmarkStart w:name="ss_T46C55N10S13_lv1_0cb5aa2dd" w:id="38"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
-      <w:r w:rsidR="009A2BD2">
-[...15 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>13)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Licensee” means an individual or business entity possessing a license issued by the department under the authority of this chapter to cultivate, handle, or process hemp.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="27548C93" w14:textId="03979A67">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1ED62597" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(11)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S14_lv1_75940ec61" w:id="39"/>
-      <w:r w:rsidR="009A2BD2">
+      <w:bookmarkStart w:name="ss_T46C55N10S14_lv1_17e1443dc" w:id="39"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
-      <w:r w:rsidR="009A2BD2">
-[...15 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>14)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Marijuana” has the same meaning as in Section 44‑53‑110 and does not include tetrahydrocannabinol in hemp or hemp products as defined herein.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="60BB552C" w14:textId="6B112553">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="186CD9CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(12)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S15_lv1_268731395" w:id="40"/>
-      <w:r w:rsidR="009A2BD2">
+      <w:bookmarkStart w:name="ss_T46C55N10S15_lv1_0273079cb" w:id="40"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
-      <w:r w:rsidR="009A2BD2">
-[...15 lines deleted...]
-        <w:t>)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>15)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Processing” means converting an agricultural commodity into a marketable form.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008617AA" w:rsidP="005824B6" w:rsidRDefault="008617AA" w14:paraId="3EC08988" w14:textId="6D0DC559">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="22EBDC3F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="ss_T46C55N10S16_lv1_9267c7145" w:id="41"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S16_lv1_a0a943c2a" w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...14 lines deleted...]
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="04B30276" w14:textId="4A63F99D">
+        <w:t>16) “SLED” means the South Carolina Law Enforcement Division.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4D6D29C3" w14:textId="5376A42C">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N10S17_lv1_61d5f6bc4" w:id="42"/>
+      <w:r w:rsidRPr="00031E3A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00031E3A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) “Psychoactive </w:t>
+      </w:r>
+      <w:r w:rsidR="00816C2B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="43"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00031E3A">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>eaction” means an altered state of the brain that has significant effects on a person's psychological processes, consciousness, thinking, physical ability, perception, or emotion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6FE8059D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(13)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S17_lv1_58ac889a3" w:id="42"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="005824B6" w:rsidP="005824B6" w:rsidRDefault="005824B6" w14:paraId="6528263F" w14:textId="7A18063C">
+      <w:bookmarkStart w:name="ss_T46C55N10S18_lv1_7086991c9" w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>18)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “State plan” means the plan submitted by the department and approved by the Secretary of the United States Department of Agriculture pursuant to which the department regulates hemp </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>production.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="332C47D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(14)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N10S18_lv1_90295b29a" w:id="43"/>
-[...23 lines deleted...]
-        <w:t>)</w:t>
+      <w:bookmarkStart w:name="ss_T46C55N10S19_lv1_a8f8209c5" w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>19)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “THC” means tetrahydrocannabinol.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A2BD2" w:rsidP="009A2BD2" w:rsidRDefault="009A2BD2" w14:paraId="4A448340" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="44CC6A28" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C219F" w:rsidP="006C219F" w:rsidRDefault="009A2BD2" w14:paraId="40E5F3C2" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="711147B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_c56899f82" w:id="44"/>
+      <w:bookmarkStart w:name="bs_num_3_c56899f82" w:id="46"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_9508e9270" w:id="45"/>
-      <w:r w:rsidR="006C219F">
+      <w:bookmarkStart w:name="dl_9508e9270" w:id="47"/>
+      <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-      <w:r w:rsidR="006C219F">
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
         <w:t>hapter 55, Title 46 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C219F" w:rsidP="006C219F" w:rsidRDefault="006C219F" w14:paraId="352F600D" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidR="008617AA" w:rsidP="008617AA" w:rsidRDefault="006C219F" w14:paraId="438073D5" w14:textId="63E54C60">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3EF90063" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7190A5C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T46C55N70_06865511d" w:id="48"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t>ection 46‑55‑70.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N70SA_lv1_44b0ed6e8" w:id="49"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:t>A) Any consumable hemp product possessed, distributed, sold, or offered for sale to consumers in this State in violation of this chapter is considered contraband and may be seized by law enforcement as provided for by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="553414D6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N70SB_lv1_b018069e2" w:id="50"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t>B) The sale or possession of a consumable hemp product, other than hemp beverages governed by Chapter 14, Title 61, is prohibited by law and punishable in the same manner as THC pursuant to Sections 44‑53‑190 and 44‑53‑370.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4A103E44" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N70SC_lv1_fe29b1f24" w:id="51"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:t xml:space="preserve">C) Online sales, direct deliveries, and direct shipments of consumable hemp products, within or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> this State are strictly prohibited. For purposes of this section, “direct shipment” means the shipment of any consumable hemp product from any producer or retailer of consumable hemp products directly to a resident of this State. A person who is convicted of this subsection is guilty of a misdemeanor and may be fined up to three thousand dollars or up to three years in jail, or both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6C319F73" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T46C55N70SD_lv1_a1d292e65" w:id="52"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:t>D) SLED is vested with the enforcement of this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="46BEFC6F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="27E6F954" w14:textId="2E6FD31A">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T46C55N80_a6c9dbf0c" w:id="53"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:t>ection 46‑55‑80.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00572670">
+        <w:t xml:space="preserve"> Nothing in this chapter may be construed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:t>to prohibit the continuous transportation through South Carolina of the plan</w:t>
+      </w:r>
+      <w:r>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:t xml:space="preserve"> Cannabis sativa L., and any part of that plant, including the seeds thereof and all derivatives, extracts, cannabinoids, isomers, acids, salts, and salts of isomers, whether growing or not, with a delta-9 tetrahydrocannabinol concentration of not more than three-tenths </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">of one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:t xml:space="preserve">percent on a dry weight basis, produced in accordance with 7 U.S.C </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:t xml:space="preserve"> 1639o et. seq.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="62F7DE89" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5A21117F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_4_f8c285655" w:id="54"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t>ECTION 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_a3c672514" w:id="55"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>itle 61 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="41A92C46" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="12144BEE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_d76a19388" w:id="56"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t>HAPTER 14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2FB19C6A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4BCA55C4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_2cc795fff" w:id="57"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:t>ntoxicating Hemp Beverages</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2C491014" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="09FA9ADF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_855feba4a" w:id="58"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:t>rticle 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6E141B0D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="145EAADA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_e3b985ebc" w:id="59"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:t>efinitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0ECD1AAE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6D854280" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N20_6be2c82b6" w:id="60"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t>ection 61‑14‑20.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_a50ceeb7c" w:id="61"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:t>s used in this chapter:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2C5518AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T46C55N70_06865511d" w:id="46"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S1_lv1_188d92bae" w:id="62"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t>1) “Batch” means a specific quantity of a specific product containing cannabinoids which are manufactured at the same time and use the same methods, equipment, and ingredients that are uniform and intended to meet specifications for identity, strength, purity, and composition and is manufactured, packaged, and labeled according to a single‑batch production record executed and documented.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="57A02ED0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S2_lv1_e1272761c" w:id="63"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t>2) “Cannabinoids” means any tetrahydrocannabinol (THC) derived from hemp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:t xml:space="preserve"> except CBD, CBG, CBC, or other non-intoxicating hemp products</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3730C179" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S3_lv1_8e52ea7b4" w:id="64"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:t>3) “Certificate of Analysis” means a document issued by an independent testing laboratory which provides information about the chemical composition of a particular batch of a consumable hemp product.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="647B059D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S4_lv1_33de65d8c" w:id="65"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:t>4) “Department” means the South Carolina Department of Revenue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5E933CE3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S5_lv1_3fbd15838" w:id="66"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:t xml:space="preserve">5) “Hemp” means the plant cannabis sativa L, and any part of that plant, including the seeds thereof and all derivatives, extracts, cannabinoids, isomers, acids, salts, and salts of isomers, whether growing or not, with a delta‑9 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2AAE">
+        <w:t>tetrahydrocannabinol</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (THC) concentration of not more than three‑tenths of one percent on a dry weight basis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5193BD09" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S6_lv1_d3cbd6c76" w:id="67"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:t>6) “Hemp beverage” is an intoxicating, alcoholic beverage subject to the exercise of the police power of the General Assembly pursuant to Section 1, Article VIII‑A of the South Carolina Constitution. “Hemp beverages” may not contain more than five milligrams, per serving, of hemp‑derived tetrahydrocannabinol (THC) with concentrations of delta‑9 THC of not more than 0.3 percent on a dry weight basis and must be sold in twelve‑ounce cans or bottles. A beverage containing any other intoxicating hemp product as defined in Section 46‑55‑10, whether combined with delta‑9 THC or not, is strictly prohibited by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2BC7E3AE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S7_lv1_d1c4f81bb" w:id="68"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:t>7) “Manufacture” means to compound, blend, extract, infuse, cook, or otherwise make or prepare hemp beverages, including the processes of extraction, infusion, packaging, repackaging, labeling, and relabeling of hemp beverages.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2E7642C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S8_lv1_6f4d70537" w:id="69"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:t>8) “Producer” means a manufacturer, bottler, or importer of hemp beverages into the United States.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="09ECD1D2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S9_lv1_56d82bae9" w:id="70"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:t>9) “Proof of age” means a valid driver’s license or other government‑issued identification card that contains a photograph of the person and confirms the person’s age as twenty‑one years of age or older.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5D3A0CA0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S10_lv1_7f79daefb" w:id="71"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:t>10) “Retailer” means a person or entity that sells hemp beverages for consumption and not for resale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="17033DD4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S11_lv1_276640ee6" w:id="72"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:t>11) “Retail establishment” means a place of business open to the general public for the sale of goods or services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7267B079" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S12_lv1_8e1141dd4" w:id="73"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:t>12) “Serving” means a hemp beverage containing twelve fluid ounces.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0EEA1695" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S13_lv1_d8dc4c4b6" w:id="74"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:t>13) “SLED” means the South Carolina Law Enforcement Division.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="45711916" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S14_lv1_87f76cebe" w:id="75"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:t>14) “THC” means tetrahydrocannabinol.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1EDC3B5C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N20S15_lv1_e1ac833e4" w:id="76"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:t>15) “Wholesaler” means a person who purchases, acquires, or imports from outside this State or who purchases or acquires from a manufacturer or producer in the State hemp beverages for resale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="01DDEE26" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3A05E459" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_9b7cf6aeb" w:id="77"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:t>rticle 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0F15FB2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5952042D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_cc2953623" w:id="78"/>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:t>nforcement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3A7724D7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="07CD1491" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N300_77b37bc39" w:id="79"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...71 lines deleted...]
-    <w:p w:rsidR="006C219F" w:rsidP="008617AA" w:rsidRDefault="008617AA" w14:paraId="3DEFAC51" w14:textId="0BFA015D">
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:t>ection 61‑14‑300.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300SA_lv1_82c7d4b65" w:id="80"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:t>A) The functions, duties, and powers set forth in this chapter are vested in the department and SLED. The department must administer the provisions of this chapter, and SLED must enforce the provisions of this chapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="619AA496" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300SB_lv1_9fdf391c2" w:id="81"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:t>B) All hemp beverages distributed into or within the State and offered for sale and sold to consumers in this State must be governed by this chapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="04A90B40" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300SC_lv1_edf0c7be1" w:id="82"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:t>C) Any hemp beverage possessed, distributed, sold, or offered for sale to consumers in this State in violation of this article must be considered contraband and may be seized by law enforcement as provided for by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="64215A48" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300SD_lv1_f13fcdf48" w:id="83"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:t>D) The department shall administer the provisions of this article related to the licensing and taxation of hemp beverages.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6E9179A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300SE_lv1_c42219627" w:id="84"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:t>E) SLED is vested with the enforcement of this article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5DF52BBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300SF_lv1_509757d79" w:id="85"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:t>F) The department and SLED are authorized to promulgate regulations necessary to carry out the duties imposed upon them by law for the proper administration and enforcement of, and consistent with, this article including, but not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="219C3932" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300S1_lv2_c43db0683" w:id="86"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:t xml:space="preserve">1) regulations for the application and issuance of hemp beverage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>licenses;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="014B01D8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300S2_lv2_780b07968" w:id="87"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:t xml:space="preserve">2) regulations to prevent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the unlawful</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> manufacture, bottling, sale, distribution, transportation, and importation of hemp </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>beverages;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3592644E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300S3_lv2_eeb534943" w:id="88"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:t xml:space="preserve">3) regulations necessary to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>effect</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> an equitable distribution of hemp beverages in this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4C1EDDF3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300S4_lv2_8ea79a39e" w:id="89"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:t xml:space="preserve">4) regulations for the analysis of hemp beverages sold in this State and for a procedure for obtaining the samples for this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>purpose;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5735A1DF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300S5_lv2_e6d8770dd" w:id="90"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:t>5) regulations governing the administration and enforcement of provisions relating to producers and wholesalers of hemp beverages; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3F8FC5BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T46C55N70SD_lv1_ac594bae9" w:id="50"/>
-[...19 lines deleted...]
-      <w:r w:rsidR="00743DB7">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N300S6_lv2_c05c7a0cd" w:id="91"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:t>6) regulations for application for and issuance of hemp beverage licenses and the sale, distribution, promotion, and shipment of hemp beverages into and within the State.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="09A21325" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="29C5355B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N310_3ea960c9e" w:id="92"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:t>ection 61‑14‑310.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B0D11">
+        <w:t>SLED has the exclusive authority to enforce</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the provisions of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B0D11">
+        <w:t xml:space="preserve"> this chapter in a manner that may reasonably be expected, and shall conduct random, unannounced inspections at locations where such products are sold or distributed to ensure compliance with this chapter</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C219F" w:rsidP="006C219F" w:rsidRDefault="006C219F" w14:paraId="0D2E368C" w14:textId="77777777">
-[...11 lines deleted...]
-      <w:bookmarkStart w:name="ns_T46C55N80_a6c9dbf0c" w:id="51"/>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0D9C9F68" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4C9C06DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N320_a2d9a04a7" w:id="93"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
-[...462 lines deleted...]
-    <w:p w:rsidR="00906CF7" w:rsidP="008B1F34" w:rsidRDefault="000B0D11" w14:paraId="39308C1B" w14:textId="375797DF">
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:t>ection 61‑14‑320.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N320SA_lv1_133ab1859" w:id="94"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:t>A) It is unlawful for a person to knowingly sell or distribute hemp beverages to a person who is under twenty‑one years of age or to purchase hemp beverages on behalf of a person who is under twenty‑one years of age.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="18C01AF6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N320SB_lv1_f1f229a1e" w:id="95"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:t xml:space="preserve">B) A person who violates this section must be punished in accordance with Chapter 6, Title 61 related to sales of liquor to underage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> including, but not limited to, Sections 61‑6‑4070, 61‑6‑4075, 61‑6‑4080, and 61‑6‑4090.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1CD71E92" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N320SC_lv1_77a20da5b" w:id="96"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:t>C)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N320S1_lv2_f2b4a832a" w:id="97"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:t>1) It is unlawful for a person under the age of twenty‑one to purchase, attempt to purchase, consume, or knowingly possess consumable hemp beverages. Possession is prima facie evidence that it was knowingly possessed. It is also unlawful for a person to falsely represent his age for the purpose of procuring consumable hemp beverages.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="03BC7A4B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N320S2_lv2_6ab2d0903" w:id="98"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:t>2) A person who violates the provisions of this subsection is guilty of a misdemeanor and, upon conviction, must be fined not less than one hundred dollars nor more than two hundred dollars or must be imprisoned for not more than thirty days, or both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="70AC4C03" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N320SD_lv1_258b1d067" w:id="99"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:t>D) The sale or possession of a hemp beverage containing more than five milligrams of hemp derived delta‑9 THC per twelve ounces or any beverage containing any other intoxicating hemp products, whether combined with delta‑9 THC or not, is prohibited by law and punishable in the same manner as THC pursuant to Sections 44‑53‑190 and 44‑53‑370.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1CECF4D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...554 lines deleted...]
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkStart w:name="ss_T61C14N320SE_lv1_7e11e723f" w:id="100"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5C82">
         <w:t>A person who is charged with a violation of this section may avail themselves of any affirmative defenses, diversion programs, conditional discharge provisions, intervention programs, or similar alternatives to conviction and sentencing that are provided by law and would be available to a person charged with a similar violation involving alcoholic liquor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00906CF7" w:rsidP="00906CF7" w:rsidRDefault="00906CF7" w14:paraId="446C0FDE" w14:textId="77777777">
-[...11 lines deleted...]
-      <w:bookmarkStart w:name="ns_T61C14N330_bcf86ed8c" w:id="98"/>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4979CFB8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6122AA19" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N330_bcf86ed8c" w:id="101"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:t>ection 61‑14‑330.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T61C14N330SA_lv1_5a9d3ab01" w:id="99"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00906CF7" w:rsidP="000B0D11" w:rsidRDefault="000B0D11" w14:paraId="1D44BFCE" w14:textId="7DF67A58">
+      <w:bookmarkStart w:name="ss_T61C14N330SA_lv1_a127f346b" w:id="102"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:t>A) A person engaged in the business of selling retail hemp beverages must post, in each location that he has obtained a license, a sign with the following words printed: “The possession of hemp‑derived beverages by a person under twenty‑one years of age is a criminal offense under the laws of this State, and it also is unlawful for a person to knowingly give false information concerning his age for the purpose of hemp beverages.” The department shall prescribe by regulation the size of the lettering and the location of the sign on the seller’s premises.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="09E45C46" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T61C14N330SB_lv1_26e042664" w:id="100"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkStart w:name="ss_T61C14N330SB_lv1_db8bd6965" w:id="103"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="103"/>
       <w:r>
         <w:t>B) A retail seller of hemp beverages who fails to display the sign required by this section is guilty of a misdemeanor and, upon conviction, must be fined not more than one hundred dollars or imprisoned for not more than thirty days.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00906CF7" w:rsidP="00906CF7" w:rsidRDefault="00906CF7" w14:paraId="334D196B" w14:textId="77777777">
-[...11 lines deleted...]
-      <w:bookmarkStart w:name="ns_T61C14N340_2d050dfb4" w:id="101"/>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="18B49F15" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="64479E33" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N340_2d050dfb4" w:id="104"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t>ection 61‑14‑340.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T61C14N340SA_lv1_42dbe5b81" w:id="102"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="000B0D11">
+      <w:bookmarkStart w:name="ss_T61C14N340SA_lv1_10e93f817" w:id="105"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
         <w:t>A) This article does not permit a person to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B0D11" w:rsidP="000B0D11" w:rsidRDefault="000B0D11" w14:paraId="6B7DE7BF" w14:textId="1144CF0C">
-[...13 lines deleted...]
-      <w:bookmarkEnd w:id="103"/>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2A8D05DC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N340S1_lv2_602282dcf" w:id="106"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="106"/>
       <w:r>
         <w:t>1) undertake any task under the influence of hemp beverages when doing so would constitute negligence or professional malpractice; or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B0D11" w:rsidP="000B0D11" w:rsidRDefault="000B0D11" w14:paraId="58307DC6" w14:textId="3E25FED4">
-[...18 lines deleted...]
-    <w:p w:rsidR="00910E51" w:rsidP="008B1F34" w:rsidRDefault="000B0D11" w14:paraId="5BBBB4BF" w14:textId="1E250A4C">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7F26A202" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N340S2_lv2_1bf80e9d1" w:id="107"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:t xml:space="preserve">2) operate, navigate, or be in actual physical control of a motor vehicle, aircraft, motorized </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>watercraft, or any other vehicle while under the influence of a hemp beverage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="082225CF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T61C14N340SB_lv1_35c1ed7e4" w:id="105"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkStart w:name="ss_T61C14N340SB_lv1_cc910e5cc" w:id="108"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:t>B) This article does not exempt a person from prosecution for a criminal offense related to impairment or intoxication resulting from use of hemp beverages or relieve a person from any requirement under law to submit to a breath, blood, urine, or other test to detect the presence of a controlled substance.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD1A3A" w:rsidP="0059403B" w:rsidRDefault="00BD1A3A" w14:paraId="7ADE54EF" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidR="00BD1A3A" w:rsidP="00BD1A3A" w:rsidRDefault="00BD1A3A" w14:paraId="6A2C0192" w14:textId="03B0159F">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="21112C13" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2AD49F62" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T61C14N350_6f897b4b8" w:id="106"/>
+      <w:bookmarkStart w:name="ns_T61C14N350_6f897b4b8" w:id="109"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:t>ection 61‑14‑350.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0059403B" w:rsidR="0059403B">
+      <w:r w:rsidRPr="0059403B">
         <w:t xml:space="preserve">It is unlawful for a person to have in his possession, except in the trunk or luggage compartment, </w:t>
       </w:r>
-      <w:r w:rsidR="0059403B">
+      <w:r>
         <w:t>a consumable hemp product</w:t>
       </w:r>
-      <w:r w:rsidRPr="0059403B" w:rsidR="0059403B">
+      <w:r w:rsidRPr="0059403B">
         <w:t xml:space="preserve"> in an open container in a motor vehicle of any kind while located upon the public highways or highway rights of way of this State. This section must not be construed to prohibit the transporting of </w:t>
       </w:r>
-      <w:r w:rsidR="0059403B">
+      <w:r>
         <w:t>consumable hemp products</w:t>
       </w:r>
-      <w:r w:rsidRPr="0059403B" w:rsidR="0059403B">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0059403B" w:rsidR="0059403B">
+      <w:r w:rsidRPr="0059403B">
+        <w:t xml:space="preserve"> in a closed container, and this section does not apply to vehicles parked in legal parking places during functions such as sporting events where law enforcement officers are on duty to perform traffic control duties. A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not more than one hundred dollars or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0059403B">
+        <w:t>imprisoned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0059403B">
+        <w:t xml:space="preserve"> not more than thirty days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="39F33B35" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="43333A78" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N360_0afc648dc" w:id="110"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:t>ection 61‑14‑360.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_ca2e615e2" w:id="111"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:t>t is unlawful to sell consumable hemp products on Sunday except as authorized by law, on Christmas Day, or during periods proclaimed by the Governor in the interest of law and order or public morals and decorum. Full authority to proclaim these periods is conferred upon the Governor in addition to all his other powers. A person who violates a provision of this section is guilty of a misdemeanor and, upon conviction, must be punished as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1F56DBBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N360S1_lv1_e7cc0b28a" w:id="112"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:t xml:space="preserve">1) for a first offense, by a fine of two hundred dollars or imprisonment for sixty </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>days;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6238F32B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N360S2_lv1_e4b6bf7db" w:id="113"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:t>2) for a second offense, by a fine of one thousand dollars or imprisonment for one year; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3DD5AF15" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N360S3_lv1_6a70a3aa6" w:id="114"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:t>3) for a third or subsequent offense, by a fine of two thousand dollars or imprisonment for two years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="49AA9923" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="30C1ABC2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="10E6F55D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_303ac43eb" w:id="115"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:t>rticle 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="075FB9FE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7E6F0A81" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_8d8bc7551" w:id="116"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:t>roduct Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="04F2F0C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="770BA3C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N500_a5f9f1b3f" w:id="117"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:t>ection 61‑14‑500.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500SA_lv1_dc2754bd7" w:id="118"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:t xml:space="preserve">A) A hemp beverage may not be distributed into or within the State or offered for sale or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>sold at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> retail within the State, unless the product</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="14973748" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500S1_lv2_3158c1832" w:id="119"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:t xml:space="preserve">1) has a corresponding certificate of analysis described in Section 61‑14‑520 issued by an independent testing laboratory that tests the batch from which the product was </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>produced;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="08306FF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500S2_lv2_760de716c" w:id="120"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:t>2) is in the original sealed container as packaged by the producer and meets the packaging restrictions in Section 61‑14‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>530;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="45433F86" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>section does not apply to vehicles parked in legal parking places during functions such as sporting events where law enforcement officers are on duty to perform traffic control duties. A person who violates the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not more than one hundred dollars or imprisoned not more than thirty days.</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="ns_T61C14N360_0afc648dc" w:id="107"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500S3_lv2_562796c7b" w:id="121"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:t>3) meets the serving size and product content requirements, including total THC, described in Sections 61‑14‑20 and 61‑14‑320; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3FE8E2C1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500S4_lv2_2e4a72037" w:id="122"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:t>4) meets the labeling requirements described in Section 61‑40‑540.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="644FCF3E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500SB_lv1_4d2308cd5" w:id="123"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:t>B) Every distributor and retailer shall maintain and make immediately available for inspection to any law enforcement officer or authorized agent of the board a copy of the certificate of analysis of each consumable hemp product being distributed by a distributor or offered for sale by a retailer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="64CE6226" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500SC_lv1_71275555e" w:id="124"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:t xml:space="preserve">C) Any person, including any servant, agent, or employee of the person who distributes, sells, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>offers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>for sale any hemp beverage</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in violation of this section is subject to the following penalties:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5C9849D5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500S1_lv2_4028ac199" w:id="125"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:t xml:space="preserve">1) for a first offense within a three‑year period, a fine of one thousand </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="59555E26" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500S2_lv2_9e8835ce7" w:id="126"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:t>2) for a second offense within a three‑year period, a fine of two thousand five hundred dollars; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3B09B59E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N500S3_lv2_b2665bbc0" w:id="127"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:t>3) for a third or subsequent offense within a three‑year period, a fine of five thousand dollars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7E8931C1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7046C4A1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N510_b3cc1ceeb" w:id="128"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="107"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="0059403B">
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:t>ection 61‑14‑510.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_3a7810a2f" w:id="129"/>
+      <w:r>
         <w:t>I</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="108"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="00BD1A3A" w:rsidP="0059403B" w:rsidRDefault="0059403B" w14:paraId="6DBA2C91" w14:textId="037F1E0B">
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:t>n order to protect the health, safety, and welfare of the residents of this State from dangerous foreign products, an independent testing laboratory must meet all of the following requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="65F236B8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N510S1_lv1_44fb6fad1" w:id="130"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:t xml:space="preserve">1) is accredited by a third‑party accrediting body as a competent testing laboratory pursuant to International Organization for Standardization/International Electrotechnical Commission (ISO/IEC) 17025:2017 of the International Organization for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Standardization;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="182A0FC8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N510S2_lv1_adaeaf3a5" w:id="131"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:t>2) does not have a direct or indirect interest in the producer whose product is being tested; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="20AC2474" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T61C14N360S3_lv1_9a3032ede" w:id="111"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00866497" w:rsidP="00910E51" w:rsidRDefault="00866497" w14:paraId="1963B7E9" w14:textId="77777777">
+      <w:bookmarkStart w:name="ss_T61C14N510S3_lv1_e7fc21800" w:id="132"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:t>3) does not have a direct or indirect interest in a facility that cultivates, processes, distributes, or sells hemp or consumable hemp products in this State or in another jurisdiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="06FF43D8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="09DA76CF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N520_d3304c5ab" w:id="133"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:t>ection 61‑14‑520.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520SA_lv1_82ae5165b" w:id="134"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:t>A) The protocols for testing a hemp beverage by an independent testing laboratory must include the following, as well as a determination of corresponding tolerance limits:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1D0CA5AA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S1_lv2_fecd8b258" w:id="135"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:t>1) cannabinoid content and potency including, but not limited to, all of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="093C22A8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520Sa_lv3_6c360b161" w:id="136"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:t>a) total THC (THC+THCA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="630A4DD6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520Sb_lv3_635208741" w:id="137"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:t>b) total CBD (CBD+CBDA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1D58FD89" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520Sc_lv3_1b2fd0f14" w:id="138"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:t>c) THC/CBD ratio, if applicable; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7A032EBB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520Sd_lv3_6777c4d58" w:id="139"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:t>d) percent of THC relative to original plant material (w/w</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6724C473" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S2_lv2_13b6f848f" w:id="140"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:t xml:space="preserve">2) terpene </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>profiles;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="08916E2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S3_lv2_7c92c8a0a" w:id="141"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:t xml:space="preserve">3) heavy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>metals;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4E3CC4F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S4_lv2_629a3e663" w:id="142"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:t xml:space="preserve">4) chemical contamination, such as residual solvents remaining after extraction and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>concentration;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0C5CDA93" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S5_lv2_d0cc85b58" w:id="143"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:t xml:space="preserve">5) microbials, including pathogenic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>microbials;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6139FEA2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S6_lv2_130818877" w:id="144"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:t>6) mycotoxins; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="08EA86C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S7_lv2_9b15c5d75" w:id="145"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:t>7) residual insecticides, fungicides, herbicides, and growth regulators used during cultivation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2840AE9F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520SB_lv1_ac1d78f88" w:id="146"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:t>B) The certificate of analysis must include, at a minimum, all of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5477E40D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S1_lv2_adf47629c" w:id="147"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:t xml:space="preserve">1) the batch number or lot number of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>product;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="16749BD8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S2_lv2_3578f4002" w:id="148"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:t xml:space="preserve">2) the date the certificate of analysis is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>issued;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="128B6E23" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S3_lv2_cff96fb72" w:id="149"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:t xml:space="preserve">3) the method of analysis for each test </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>conducted;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0A0CDED4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S4_lv2_048830a5a" w:id="150"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:t xml:space="preserve">4) the product </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>name;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2ACD21A4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S5_lv2_122215bbf" w:id="151"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:t xml:space="preserve">5) a scannable barcode or quick response code linked to the label on the consumable hemp product </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>container;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1A905404" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S6_lv2_4fb98272f" w:id="152"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:t>6) the cannabinoid profile by the percentage in dry weight of CBD and total THC content and verification that the product contains an amount of total THC not exceeding that which is stated on the label of the product; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2DF3E336" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N520S7_lv2_548be9dd8" w:id="153"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:t>7) a listing of all ingredients for each product, including, if present, solvents, pesticides, microbial contaminants, and heavy metals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="00606C95" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0E323B11" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N530_4bcaf75ce" w:id="154"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r>
+        <w:t>ection 61‑14‑530.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_aceb1b090" w:id="155"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:t>ackaging of consumable hemp products:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3810B1BA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N530S1_lv1_06558cdde" w:id="156"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r>
+        <w:t xml:space="preserve">1) may not bear the likeness or contain cartoon‑like characteristics of a real or fictional person, animal, or fruit that appeals to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>children;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="737EF767" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N530S2_lv1_86f83fbfc" w:id="157"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:t xml:space="preserve">2) may not be modeled after a brand of products primarily consumed by or marketed to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>children;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="68E61DBB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N530S3_lv1_a3f3bb14f" w:id="158"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:t>3) may not include a statement, artwork, or design that could reasonably mislead an individual to believe that the package contains anything other than a consumable hemp product; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5F0F7DC0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N530S4_lv1_4eae2bc17" w:id="159"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:t>4) must be child‑resistant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="70582163" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0005CFBA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N540_98b032f8d" w:id="160"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:t>ection 61‑14‑540.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_725efbd98" w:id="161"/>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:t>ach container of a hemp beverage must be labeled to include, at a minimum:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="79FEB050" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S1_lv1_e2af09fe7" w:id="162"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:t xml:space="preserve">1) a list of all ingredients in descending order of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>predominance;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3ABEF18A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S2_lv1_64194eee4" w:id="163"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:t xml:space="preserve">2) a scannable barcode or quick response code linked to the certificate of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>analysis;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4A4501F1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S3_lv1_a62baec2e" w:id="164"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:t xml:space="preserve">3) the manufacture date and expiration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>date;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="546846FA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S4_lv1_41297444f" w:id="165"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:t xml:space="preserve">4) the batch number must correspond to the certificate of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>analysis;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3F77C926" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S5_lv1_360ba7d8c" w:id="166"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:t xml:space="preserve">5) the total number of milligrams of THCs found in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>container;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="716C98F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S6_lv1_22ba0a628" w:id="167"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:t xml:space="preserve">6) the serving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>size;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6E34ED41" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S7_lv1_3571f1a4b" w:id="168"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:t>7) the total number of milligrams of THCs per serving; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7F7ED95C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540S8_lv1_3bf21ece2" w:id="169"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:t>8) the following warnings:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="40659D47" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540Sa_lv2_44456cd97" w:id="170"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:t xml:space="preserve">a) to keep the product out of reach of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>children;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="154F7434" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540Sb_lv2_ee0472287" w:id="171"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:t xml:space="preserve">b) that consumption of the product may cause the person to fail a drug test due to THC being </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>present;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2429A657" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540Sc_lv2_c29a3e1fd" w:id="172"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:t xml:space="preserve">c) that the product is not safe nor intended for any person under twenty‑one years of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>age;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6CDF1AF7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540Sd_lv2_1f29e3887" w:id="173"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r>
+        <w:t xml:space="preserve">d) must contain the words “CANNABIS USE WHILE PREGNANT OR BREASTFEEDING </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>MAY BE HARMFUL. CONSUMPTION OF CERTAIN CANNABINOIDS IMPAIRS YOUR ABILITY TO DRIVE AND OPERATE HEAVY MACHINERY. PLEASE USE EXTREME CAUTION.”; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="461A5AE2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N540Se_lv2_a12f985b6" w:id="174"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:t>e) a statement that the hemp beverages are not approved for any medical use by the United States Food and Drug Administration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7C1D7254" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00910E51" w:rsidP="00910E51" w:rsidRDefault="00910E51" w14:paraId="2C1AFDEE" w14:textId="13B4C7DA">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="10B805BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_303ac43eb" w:id="112"/>
+      <w:bookmarkStart w:name="up_136fd2065" w:id="175"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="112"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00910E51" w:rsidP="00910E51" w:rsidRDefault="00910E51" w14:paraId="7C44EE71" w14:textId="77777777">
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:t>rticle 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7EC0FBFF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00910E51" w:rsidP="00910E51" w:rsidRDefault="009F2EBC" w14:paraId="06FAA5E7" w14:textId="46E3991E">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="4C906BC2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_8d8bc7551" w:id="113"/>
-[...1177 lines deleted...]
-      <w:bookmarkStart w:name="up_d3ff9085d" w:id="173"/>
+      <w:bookmarkStart w:name="up_d3ff9085d" w:id="176"/>
       <w:r w:rsidRPr="000B0D11">
         <w:t>L</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="173"/>
+      <w:bookmarkEnd w:id="176"/>
       <w:r w:rsidRPr="000B0D11">
         <w:t>icensing</w:t>
       </w:r>
-      <w:r w:rsidR="005A7D12">
+      <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="000B0D11">
         <w:t xml:space="preserve"> Relationship between Manufacturers, Wholesalers, and Retailers</w:t>
       </w:r>
-      <w:r w:rsidR="005A7D12">
+      <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="000B0D11">
         <w:t>Taxation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F2EBC" w:rsidP="009F2EBC" w:rsidRDefault="009F2EBC" w14:paraId="7B31B871" w14:textId="77777777">
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5B82D0B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000B0D11" w:rsidP="000B0D11" w:rsidRDefault="009F2EBC" w14:paraId="7003C651" w14:textId="77777777">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="448DAAC9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N700_7b84e20f9" w:id="177"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:t>ection 61‑14‑700.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N700SA_lv1_29eb2bc1b" w:id="178"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:t>A) A manufacturer, wholesaler, or retailer of hemp beverages must be in possession of a valid applicable hemp beverage license issued by the department that has sole and exclusive power to issue hemp beverage licenses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="09DDC49A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N700SB_lv1_295d6a155" w:id="179"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:t>B) The department may issue, subject to revocation, the following licenses:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1BCC0AC9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N700S1_lv2_a56d69e45" w:id="180"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r>
+        <w:t xml:space="preserve">1) hemp beverage manufacturers’ licenses which authorize the licensees to manufacture hemp beverages and to sell, deliver, or ship hemp beverages, in accordance with regulations, in bottles, cans, or in similar closed containers to a person in this State who has a wholesaler’s license issued pursuant to this article, and in barrels, bottles, cans, or other closed containers to persons outside this State. However, deliveries or shipments may not be made into another state whose laws prohibit the consignee from receiving or selling hemp </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>beverages;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="7DC67564" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N700S2_lv2_168d5b4f0" w:id="181"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="181"/>
+      <w:r>
+        <w:t xml:space="preserve">2) hemp beverage wholesalers’ licenses which authorize the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>licensees</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to purchase, store, keep, possess, import into this State, transport, sell, and deliver hemp beverages in bottles or similar closed containers, in accordance with regulations, to a person having a manufacturer’s or retail dealer’s license issued pursuant to this article; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="41927C42" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N700S3_lv2_f58ccf85f" w:id="182"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r>
+        <w:t xml:space="preserve">3) hemp beverage retail dealers’ licenses which authorize the licensees to purchase hemp beverage from wholesalers having licenses </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>issued</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> pursuant to this article, and to store, keep, possess, and sell alcoholic liquors at retail. A hemp beverage retail dealer’s license may only be issued to a retailer who is in possession of a valid retail liquor store license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="2BB5BE6E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N700SC_lv1_0a78514f4" w:id="183"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r>
+        <w:t>C) The department is authorized to issue, suspend, revoke, renew, or decline to renew hemp beverage licenses pursuant to Article 3, Chapter 6, Title 61; Sections 61‑2‑90 through 140; and Section 61‑2‑260.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="76573C41" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0BAF6F98" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N710_3d3b771c7" w:id="184"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r>
+        <w:t>ection 61‑14‑710.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N710SA_lv1_67d975ad5" w:id="185"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r>
+        <w:t xml:space="preserve">A) A manufacturer of hemp beverages or a person who imports these products produced outside the United States may not sell, barter, exchange, transfer, or deliver for resale hemp beverages unless the person holds a valid hemp beverage wholesaler’s permit, and a holder of a hemp beverage wholesaler’s permit may not sell, barter, exchange, transfer, or deliver for resale hemp </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ns_T61C14N700_7b84e20f9" w:id="174"/>
+        <w:t>beverages to a person who does not have a hemp manufacturer’s license or hemp beverage retailer’s license and an alcohol liquor store license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6458D5EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N710SB_lv1_207a42ee5" w:id="186"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r>
+        <w:t>B) Manufacturers of hemp beverages are subject to Sections 61‑6‑1100 and 61‑6‑1110 in the same manner and to the same extent as those provisions apply to manufacturers of alcoholic liquor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="3F14291C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N710SC_lv1_8a6cd24e2" w:id="187"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r>
+        <w:t>C) Wholesalers of hemp beverages are subject to Article 3, Chapter 6, Title 61 in the same manner and to the same extent as those provisions apply to wholesalers of alcoholic liquor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0379F79C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N710SD_lv1_886c5ed2b" w:id="188"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r>
+        <w:t xml:space="preserve">D) Retailers of hemp beverages must maintain an alcohol liquor store permit in order to sell hemp beverages. Retailers of hemp beverages are subject to Article 3, Chapter 6, Title 61 in the same manner and to the same </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>extent as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> those provisions apply to alcoholic liquor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="791CC661" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5FF3659B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N720_5e59b7861" w:id="189"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="174"/>
-[...190 lines deleted...]
-    <w:p w:rsidR="009F2EBC" w:rsidP="000B0D11" w:rsidRDefault="000B0D11" w14:paraId="38B55D46" w14:textId="52B02A74">
+      <w:bookmarkEnd w:id="189"/>
+      <w:r>
+        <w:t>ection 61‑14‑720.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N720SA_lv1_49c773510" w:id="190"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r>
+        <w:t>A) The biennial license taxes on licenses granted pursuant to this article in addition to all other license taxes, are as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="178DDA94" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N720S1_lv2_7a4638120" w:id="191"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r>
+        <w:t xml:space="preserve">1) manufacturer’s license: fifty thousand </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="38072F7D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N720S2_lv2_9c7589f74" w:id="192"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r>
+        <w:t xml:space="preserve">2) wholesaler’s license: twenty thousand </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="06B5B271" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N720S3_lv2_546bc4ec3" w:id="193"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r>
+        <w:t>3) retail dealer’s license: one thousand two hundred dollars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="038B5F56" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N720SB_lv1_638bf962b" w:id="194"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r>
+        <w:t>B) Each applicant shall pay a filing fee of one hundred dollars, which must accompany the initial application for each location and is not refundable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="14D52842" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T61C14N700SC_lv1_3bfb1caf0" w:id="180"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> and Section 61‑2‑260</w:t>
+      <w:bookmarkStart w:name="ss_T61C14N720SC_lv1_604e2ceef" w:id="195"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r>
+        <w:t>C) A person who applies for a license after the first day of a license period shall pay license fees in accordance with the schedule provided in Section 61‑6‑1810.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5076206D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="5EC6D521" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N730_ace36c420" w:id="196"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r>
+        <w:t>ection 61‑14‑730.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N730SA_lv1_f7c8e4523" w:id="197"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="197"/>
+      <w:r>
+        <w:t>A) Hemp beverage sales must be taxed at the same rate and in the same manner as alcoholic liquors pursuant to Article 3, Chapter 33, Title 12 except Section 12‑33‑245.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="0CEB4389" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T61C14N730SB_lv1_8f34f0584" w:id="198"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r>
+        <w:t>B) Wholesale of hemp beverages must be taxed at the same rate and in the same manner as Article 5, Chapter 33, Title 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="388A8B81" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidDel="00690A8F" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="36169833" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_5_9ae7782bf" w:id="199"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r>
+        <w:t>ECTION 5.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_d289d2b5e" w:id="200"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="200"/>
+      <w:r>
+        <w:t>rticle 3, Chapter 14, Title 61 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="1BD9A92E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="083C1C96" w14:textId="67F1EF3E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T61C14N370_a3575ec7c" w:id="201"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r>
+        <w:t>ection 61-14-370.</w:t>
+      </w:r>
+      <w:r w:rsidR="0041110D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00690A8F">
+        <w:t xml:space="preserve">Local school districts shall collaborate with the State Department of Education, the South Carolina Law Enforcement Division, and the Attorney General's office, as appropriate, to implement a policy to educate and notify students of the provisions of this </w:t>
+      </w:r>
+      <w:r>
+        <w:t>chapter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00690A8F">
+        <w:t xml:space="preserve"> which includes adequate notice to students, parents or guardians, the public, and school personnel of the change in law</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F2EBC" w:rsidP="009F2EBC" w:rsidRDefault="009F2EBC" w14:paraId="351B3050" w14:textId="77777777">
-[...11 lines deleted...]
-      <w:bookmarkStart w:name="ns_T61C14N710_3d3b771c7" w:id="181"/>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="052155ED" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="6AEA17BF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_6_16e3f4157" w:id="202"/>
+      <w:bookmarkStart w:name="severability_55e409ad8" w:id="203"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="181"/>
-[...153 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r>
+        <w:t>ECTION 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="00B0415B">
+        <w:t xml:space="preserve">If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0415B">
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...194 lines deleted...]
-    <w:p w:rsidR="005C2DA0" w:rsidP="005C2DA0" w:rsidRDefault="005C2DA0" w14:paraId="5B8248B6" w14:textId="77777777">
+        <w:t>declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="319DF27F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005C2DA0" w:rsidP="009C47BB" w:rsidRDefault="005C2DA0" w14:paraId="312FACE1" w14:textId="277B5543">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="136CD293" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_16e3f4157" w:id="196"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="eff_date_section" w:id="199"/>
+      <w:bookmarkStart w:name="bs_num_7_lastsection" w:id="204"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="205"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="198"/>
+      <w:bookmarkEnd w:id="204"/>
       <w:r w:rsidRPr="00DF3B44">
-        <w:t>ECTION 6.</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
+        <w:t>ECTION 7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3B44">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00031E3A">
+        <w:t xml:space="preserve"> The prohibition and enforcement of hemp beverage distribution and sales to individuals under the age of twenty-one are effective upon signature of the Governor. The remaining provisions of this act are effective October 1, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3B44">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="199"/>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
+      <w:bookmarkEnd w:id="205"/>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00696570" w:rsidP="00696570" w:rsidRDefault="00696570" w14:paraId="50D6FC1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00914D7B">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="005516F6" w14:paraId="7389F665" w14:textId="65A995E5">
+      <w:pPr>
+        <w:pStyle w:val="scbillendxx"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00525EBA">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -5977,185 +6754,243 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="210581EA" w14:textId="4411C72B" w:rsidR="00A515B2" w:rsidRPr="00BC78CD" w:rsidRDefault="00A515B2" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>4759</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1090621345"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="331BAAB9" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00D24878" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="60422B03" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="007B61F4" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00E404F2">
+              <w:t>[4759]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00F22BE3">
+            <w:r w:rsidR="005273C1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0391SA26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8CC01A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1E3BDB09" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -6407,796 +7242,865 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00000B0D"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
+    <w:rsid w:val="00016D75"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00024B25"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00031DB3"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00041D21"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="0004607A"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00050741"/>
+    <w:rsid w:val="00050FC0"/>
     <w:rsid w:val="000561F5"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00070084"/>
     <w:rsid w:val="00071BAF"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="0007491E"/>
     <w:rsid w:val="0007492C"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00076B55"/>
     <w:rsid w:val="00077B38"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000839B1"/>
     <w:rsid w:val="00091A79"/>
     <w:rsid w:val="000920FE"/>
     <w:rsid w:val="000A01F8"/>
+    <w:rsid w:val="000A1027"/>
+    <w:rsid w:val="000A14F3"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000A5483"/>
     <w:rsid w:val="000A7BCA"/>
     <w:rsid w:val="000B0D11"/>
     <w:rsid w:val="000B4193"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
+    <w:rsid w:val="000B6A02"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C0228"/>
+    <w:rsid w:val="000C1714"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C5867"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E0B90"/>
     <w:rsid w:val="000E578A"/>
+    <w:rsid w:val="000F0C5A"/>
     <w:rsid w:val="000F1F79"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
+    <w:rsid w:val="001054F3"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00107DD4"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="0012638F"/>
     <w:rsid w:val="001278E3"/>
     <w:rsid w:val="00136C81"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00142E80"/>
     <w:rsid w:val="00147D69"/>
     <w:rsid w:val="00165DB6"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="00171DEF"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00181B84"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192733"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00194868"/>
     <w:rsid w:val="001969AE"/>
+    <w:rsid w:val="00196DEA"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A101F"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A1EEF"/>
     <w:rsid w:val="001A207C"/>
     <w:rsid w:val="001A5666"/>
+    <w:rsid w:val="001B38FF"/>
     <w:rsid w:val="001B469F"/>
     <w:rsid w:val="001B52BE"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D4C4B"/>
     <w:rsid w:val="001D7701"/>
     <w:rsid w:val="001E5710"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00215CD8"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00224C9A"/>
+    <w:rsid w:val="00227D3B"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00233BBF"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00240723"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00271648"/>
     <w:rsid w:val="002725BE"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00287BC0"/>
     <w:rsid w:val="002A60B5"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B1663"/>
     <w:rsid w:val="002C0587"/>
     <w:rsid w:val="002C0F83"/>
     <w:rsid w:val="002C3463"/>
+    <w:rsid w:val="002D24A6"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E2342"/>
     <w:rsid w:val="002E2F54"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003043F8"/>
     <w:rsid w:val="003066BC"/>
     <w:rsid w:val="003112C4"/>
     <w:rsid w:val="00315F62"/>
     <w:rsid w:val="00322B3F"/>
     <w:rsid w:val="0032697A"/>
     <w:rsid w:val="00327AB2"/>
     <w:rsid w:val="0033755A"/>
     <w:rsid w:val="003410F2"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
+    <w:rsid w:val="00346AF0"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00372BD8"/>
     <w:rsid w:val="00373E17"/>
+    <w:rsid w:val="00376611"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="0038273B"/>
     <w:rsid w:val="003865FC"/>
     <w:rsid w:val="003940A5"/>
     <w:rsid w:val="003A1178"/>
+    <w:rsid w:val="003A1914"/>
     <w:rsid w:val="003A506A"/>
     <w:rsid w:val="003A5797"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B1AD0"/>
     <w:rsid w:val="003B66CB"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
+    <w:rsid w:val="003C6FEE"/>
     <w:rsid w:val="003D0E08"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D6EC5"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E460C"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E76C9"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F2545"/>
     <w:rsid w:val="003F5389"/>
     <w:rsid w:val="0040190E"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004106A1"/>
+    <w:rsid w:val="0041110D"/>
     <w:rsid w:val="004141B3"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00416AD4"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="0042667A"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00432E7F"/>
     <w:rsid w:val="00436F5C"/>
+    <w:rsid w:val="00440794"/>
+    <w:rsid w:val="00444C9B"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
+    <w:rsid w:val="00451FB4"/>
+    <w:rsid w:val="004529A5"/>
     <w:rsid w:val="004635F8"/>
     <w:rsid w:val="00463649"/>
+    <w:rsid w:val="00465924"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00471F37"/>
     <w:rsid w:val="00473583"/>
+    <w:rsid w:val="004777B7"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004832F1"/>
     <w:rsid w:val="0048477D"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00486FE5"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00494F49"/>
     <w:rsid w:val="004A132D"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B7660"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C20C0"/>
     <w:rsid w:val="004C5C9A"/>
+    <w:rsid w:val="004D1036"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F08BA"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="0050057D"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00503D33"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00517853"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="005232A9"/>
     <w:rsid w:val="0052347B"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
+    <w:rsid w:val="00525EBA"/>
+    <w:rsid w:val="005273C1"/>
+    <w:rsid w:val="005351A7"/>
+    <w:rsid w:val="005410AF"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00556317"/>
     <w:rsid w:val="00560865"/>
     <w:rsid w:val="00563116"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00565BEC"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00572670"/>
+    <w:rsid w:val="00572A52"/>
     <w:rsid w:val="00573BB0"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00581A57"/>
     <w:rsid w:val="005824B6"/>
     <w:rsid w:val="00582A50"/>
     <w:rsid w:val="005836E8"/>
     <w:rsid w:val="00586043"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="0059403B"/>
     <w:rsid w:val="005A01DA"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A6F3D"/>
     <w:rsid w:val="005A7D12"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C09C4"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C2DA0"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C5475"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D154C"/>
     <w:rsid w:val="005D2B07"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D4056"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E5D46"/>
     <w:rsid w:val="005E66BC"/>
     <w:rsid w:val="005F2BD0"/>
     <w:rsid w:val="005F4106"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="006029A6"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00616D40"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00622210"/>
     <w:rsid w:val="0062248E"/>
     <w:rsid w:val="00623B29"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00630E2E"/>
     <w:rsid w:val="00632A76"/>
     <w:rsid w:val="006336DB"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="0064262F"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657425"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664DE8"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00665DF1"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="006834E2"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
+    <w:rsid w:val="00696570"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B007D"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C219F"/>
     <w:rsid w:val="006C2B1A"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E69BE"/>
     <w:rsid w:val="00704AEA"/>
     <w:rsid w:val="007062C0"/>
     <w:rsid w:val="00706307"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="0071787B"/>
     <w:rsid w:val="00720482"/>
     <w:rsid w:val="00720FB7"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="007233CE"/>
     <w:rsid w:val="00724100"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
+    <w:rsid w:val="0074239C"/>
     <w:rsid w:val="00743DB7"/>
     <w:rsid w:val="00745E42"/>
     <w:rsid w:val="00746578"/>
     <w:rsid w:val="007469A8"/>
     <w:rsid w:val="007536DA"/>
     <w:rsid w:val="007568F7"/>
     <w:rsid w:val="00760BF9"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A012E"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
+    <w:rsid w:val="007B61F4"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
+    <w:rsid w:val="007D6ED4"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E24AD"/>
+    <w:rsid w:val="007E3141"/>
     <w:rsid w:val="007E3209"/>
     <w:rsid w:val="007E5357"/>
     <w:rsid w:val="007F0933"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="007F65F0"/>
     <w:rsid w:val="00812074"/>
     <w:rsid w:val="0081400B"/>
     <w:rsid w:val="00814033"/>
+    <w:rsid w:val="00816C2B"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="0082036F"/>
     <w:rsid w:val="00822140"/>
     <w:rsid w:val="00824977"/>
     <w:rsid w:val="0083091D"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00840290"/>
     <w:rsid w:val="008453E7"/>
     <w:rsid w:val="00845895"/>
     <w:rsid w:val="00853317"/>
     <w:rsid w:val="008617AA"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00866497"/>
     <w:rsid w:val="0086660C"/>
     <w:rsid w:val="008738F5"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A33A4"/>
+    <w:rsid w:val="008A53E2"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B1F34"/>
     <w:rsid w:val="008B2C65"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0A10"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C6FE2"/>
     <w:rsid w:val="008D03F4"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E18BD"/>
     <w:rsid w:val="008E5B1B"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F09DD"/>
     <w:rsid w:val="009029B5"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00906CF7"/>
     <w:rsid w:val="00910E51"/>
     <w:rsid w:val="00914D7B"/>
+    <w:rsid w:val="00915AE5"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="009220B9"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="009318B4"/>
     <w:rsid w:val="009326E9"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0093518D"/>
     <w:rsid w:val="00943CC9"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00964BCC"/>
     <w:rsid w:val="0097212A"/>
     <w:rsid w:val="0097236B"/>
     <w:rsid w:val="00974CED"/>
     <w:rsid w:val="00975DF6"/>
     <w:rsid w:val="00976EBE"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00984312"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00986730"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="0099338C"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A2BD2"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B52A1"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C47BB"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D2F60"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E2797"/>
     <w:rsid w:val="009E4191"/>
+    <w:rsid w:val="009E7544"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F2EBC"/>
     <w:rsid w:val="009F3DFA"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F5C9A"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A13813"/>
     <w:rsid w:val="00A13CDB"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A2137C"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A266CF"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
+    <w:rsid w:val="00A400E0"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A41FD7"/>
     <w:rsid w:val="00A504A7"/>
+    <w:rsid w:val="00A515B2"/>
     <w:rsid w:val="00A530DF"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A660AB"/>
     <w:rsid w:val="00A7185C"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A75ED8"/>
     <w:rsid w:val="00A76E06"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A854C3"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A95C55"/>
+    <w:rsid w:val="00A95EB9"/>
+    <w:rsid w:val="00A96619"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA20E6"/>
+    <w:rsid w:val="00AA56A6"/>
+    <w:rsid w:val="00AA6545"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC0C36"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC7249"/>
+    <w:rsid w:val="00AD2A70"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD4D86"/>
     <w:rsid w:val="00AE00D6"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE53D2"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1354"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF4F8B"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B02E8F"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B076F3"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B25E7B"/>
     <w:rsid w:val="00B279FD"/>
     <w:rsid w:val="00B31C3D"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B40B67"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B41CF7"/>
+    <w:rsid w:val="00B50B08"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B568E4"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B56F1F"/>
     <w:rsid w:val="00B57AA7"/>
+    <w:rsid w:val="00B62E9A"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B80D8F"/>
     <w:rsid w:val="00B83820"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA4018"/>
     <w:rsid w:val="00BA5815"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC37A4"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BC6E17"/>
     <w:rsid w:val="00BD1A3A"/>
     <w:rsid w:val="00BD3479"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE2651"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE4D27"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C07D79"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C16464"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C25F3A"/>
     <w:rsid w:val="00C342C0"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C578BE"/>
     <w:rsid w:val="00C61CE7"/>
     <w:rsid w:val="00C657C2"/>
+    <w:rsid w:val="00C70080"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C72DDB"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C77D3C"/>
+    <w:rsid w:val="00C81DFA"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB3F47"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC15CE"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CC6722"/>
     <w:rsid w:val="00CC726A"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1AFD"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD3F50"/>
+    <w:rsid w:val="00CD49D1"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD6505"/>
     <w:rsid w:val="00CD6511"/>
     <w:rsid w:val="00CE1490"/>
     <w:rsid w:val="00CE2B46"/>
     <w:rsid w:val="00CE481A"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D076AE"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D14CAB"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D2465F"/>
     <w:rsid w:val="00D24878"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D25D08"/>
     <w:rsid w:val="00D27F8C"/>
+    <w:rsid w:val="00D322E6"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D33AA5"/>
     <w:rsid w:val="00D41801"/>
+    <w:rsid w:val="00D45334"/>
     <w:rsid w:val="00D54875"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D55E0F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D67F2B"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D93DB2"/>
     <w:rsid w:val="00D9684A"/>
     <w:rsid w:val="00D97465"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DA69D5"/>
     <w:rsid w:val="00DA7464"/>
     <w:rsid w:val="00DB5866"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC50E9"/>
     <w:rsid w:val="00DC5C82"/>
     <w:rsid w:val="00DC7CFA"/>
     <w:rsid w:val="00DD749D"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
+    <w:rsid w:val="00DE6D0D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF0ABE"/>
     <w:rsid w:val="00DF18EF"/>
     <w:rsid w:val="00DF19BE"/>
+    <w:rsid w:val="00DF3721"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E06B09"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E22DC2"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E335D7"/>
     <w:rsid w:val="00E34989"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E37595"/>
     <w:rsid w:val="00E3771B"/>
+    <w:rsid w:val="00E404F2"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E54421"/>
     <w:rsid w:val="00E5665F"/>
     <w:rsid w:val="00E56EE2"/>
     <w:rsid w:val="00E60B7D"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E652AA"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E701C0"/>
     <w:rsid w:val="00E72E4D"/>
     <w:rsid w:val="00E7524D"/>
+    <w:rsid w:val="00E843B7"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E94224"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB2AAE"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
+    <w:rsid w:val="00EB4EFD"/>
     <w:rsid w:val="00EB7D79"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
+    <w:rsid w:val="00ED48A4"/>
     <w:rsid w:val="00ED5412"/>
+    <w:rsid w:val="00ED62A3"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF0082"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05F93"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F120B1"/>
     <w:rsid w:val="00F125C6"/>
+    <w:rsid w:val="00F12E31"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22BE3"/>
     <w:rsid w:val="00F22EC0"/>
+    <w:rsid w:val="00F2355B"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F337CF"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F409DD"/>
     <w:rsid w:val="00F42F1A"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4654F"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F51FC8"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
+    <w:rsid w:val="00F52E96"/>
     <w:rsid w:val="00F52EDC"/>
     <w:rsid w:val="00F6149C"/>
     <w:rsid w:val="00F620D2"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F6608F"/>
     <w:rsid w:val="00F70AFB"/>
     <w:rsid w:val="00F846FE"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA23FA"/>
     <w:rsid w:val="00FA48FA"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB64DF"/>
     <w:rsid w:val="00FC1B84"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD6973"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE2629"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
@@ -7607,1599 +8511,1882 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B02E8F"/>
+    <w:rsid w:val="001054F3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009A2BD2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00696570"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00696570"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00696570"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00696570"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00696570"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A515B2"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4759&amp;session=126&amp;summary=B" TargetMode="External" Id="R5aadcd7007d5438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4759_20251217.docx" TargetMode="External" Id="R5b0a53c0396d4aae" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4759&amp;session=126&amp;summary=B" TargetMode="External" Id="R3d2ddaaabd6d44c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4759_20251217.docx" TargetMode="External" Id="R99404370274b4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4759_20260129.docx" TargetMode="External" Id="R597aadec3a154998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4759_20260203.docx" TargetMode="External" Id="R326dfc68c3d24031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4759_20260204.docx" TargetMode="External" Id="Rc6eb3611f09144f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4759_20260205.docx" TargetMode="External" Id="Rc1f2001223e34bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rdb8436027b5f4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R36e8c86fb60949ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="R57faf73aba314da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260203.docx" TargetMode="External" Id="R84444b1003a44f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260204.docx" TargetMode="External" Id="R97b800ee471f42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260204.docx" TargetMode="External" Id="R001a0c49885349b9" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{41F8DC33-AD4E-4316-A62A-AEC237608E1A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00645D07" w:rsidRDefault="00645D07" w:rsidP="00645D07">
+          <w:pPr>
+            <w:pStyle w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
+    <w:rsid w:val="000B6A02"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001B469F"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="002E2342"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="003865FC"/>
     <w:rsid w:val="003A1178"/>
     <w:rsid w:val="003D0E08"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="003F5389"/>
     <w:rsid w:val="004E2BB5"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="0064262F"/>
+    <w:rsid w:val="00645D07"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="007233CE"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
+    <w:rsid w:val="008A53E2"/>
     <w:rsid w:val="008B2C65"/>
     <w:rsid w:val="008E5B1B"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A13813"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AA20E6"/>
     <w:rsid w:val="00AD4D86"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B41CF7"/>
     <w:rsid w:val="00B457AF"/>
+    <w:rsid w:val="00B50B08"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00E37595"/>
     <w:rsid w:val="00E7524D"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F620D2"/>
     <w:rsid w:val="00F82BD9"/>
     <w:rsid w:val="00FE2629"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -9615,53 +10802,66 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00645D07"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECCD9569C758401782A7AF54FCCC67D2">
+    <w:name w:val="ECCD9569C758401782A7AF54FCCC67D2"/>
+    <w:rsid w:val="00645D07"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -9933,133 +11133,63 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...64 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -10276,161 +11406,218 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <AMENDMENTS_USED_FOR_MERGE>[{"drafter":null,"sponsor":"0f789a7d-2739-4c8c-9ab6-7807bbc8007d","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"95e1172b-2fd0-4a38-8814-6d5645e1a1dc","name":"LC-4759.SA0003H-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4759.SA0003H-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":1,"isAdopted":false,"amendmentNumber":"1","internalBillVersion":1,"isCommitteeReport":true,"BillTitle":"&lt;Failed to get bill title&gt;","id":"55e776a3-b047-4342-a0cd-d4ba34957f61","name":"LC-4759.SA0003H","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4759.SA0003H","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true}]</AMENDMENTS_USED_FOR_MERGE>
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>06e729e7-e9f1-4d37-af24-1f9ba630c659</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-02-04T19:29:19.686728-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>2</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>2</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>5e5cf3a7-41c6-4161-8584-32fdff5bfbc4</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALBILL>ebe770a2-f872-472b-b895-8fcebc127a90</T_BILL_R_ORIGINALBILL>
+  <T_BILL_R_ORIGINALDRAFT>0f64e1de-5d58-4983-bf0d-d1a3fa1750ae</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>5f50a1a5-690a-4f41-a396-c1c85e9d8b60</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4759]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4759</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 46‑55‑5 SO AS TO PROVIDE A PURPOSE OF REGULATING THE SALE AND DISTRIBUTION OF CONSUMABLE HEMP PRODUCTS; BY AMENDING SECTION 46‑55‑10, RELATING TO HEMP FARMING DEFINITIONS, SO AS TO ADD DEFINITIONS FOR “CONSUMABLE HEMP PRODUCT” AND “INTOXICATING HEMP PRODUCT”; BY ADDING SECTION 46‑55‑70 SO AS TO PROHIBIT THE SALE OF CERTAIN CONSUMABLE HEMP PRODUCTS; BY ADDING SECTION 46‑55‑80 SO AS TO PROVIDE THAT INTERSTATE COMMERCE IS NOT BEING LIMITED; AND BY ADDING CHAPTER 14 TO TITLE 61 SO AS TO PROVIDE DEFINITIONS RELATING TO INTOXICATING HEMP BEVERAGES, PROVIDE FOR ENFORCEMENT, PROVIDE FOR INTOXICATING HEMP BEVERAGE PRODUCT REQUIREMENTS, AND TO PROVIDE FOR LICENSING AND TAXES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"a7b62cc5-1a1e-458d-b6f4-273c8139be1d","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T46C55N5_3a3bd06aa","IsConstitutionSection":false,"Identity":"46-55-5","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_e453a0c96"},{"SectionUUID":"9ed152f7-88ee-4d09-a199-1fe1558b9bbd","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T46C55N10_7ea166491","IsConstitutionSection":false,"Identity":"46-55-10","IsNew":false,"SubSections":[{"Level":1,"Identity":"T46C55N10S1","SubSectionBookmarkName":"ss_T46C55N10S1_lv1_3886e9ee2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S2","SubSectionBookmarkName":"ss_T46C55N10S2_lv1_feb1ac9c7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S3","SubSectionBookmarkName":"ss_T46C55N10S3_lv1_ae69359f5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S4","SubSectionBookmarkName":"ss_T46C55N10S4_lv1_a6acbf9a1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S5","SubSectionBookmarkName":"ss_T46C55N10S5_lv1_c33f0ad9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S6","SubSectionBookmarkName":"ss_T46C55N10S6_lv1_336e0c46f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S7","SubSectionBookmarkName":"ss_T46C55N10S7_lv1_9c0743dfc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S8","SubSectionBookmarkName":"ss_T46C55N10S8_lv1_fa66e6c92","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S9","SubSectionBookmarkName":"ss_T46C55N10S9_lv1_783683817","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S10","SubSectionBookmarkName":"ss_T46C55N10S10_lv1_bda0c7227","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Si","SubSectionBookmarkName":"ss_T46C55N10Si_lv2_3526855f2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sii","SubSectionBookmarkName":"ss_T46C55N10Sii_lv2_3f5b3a8d6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Siii","SubSectionBookmarkName":"ss_T46C55N10Siii_lv2_41424ba86","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Siv","SubSectionBookmarkName":"ss_T46C55N10Siv_lv2_000626b49","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sv","SubSectionBookmarkName":"ss_T46C55N10Sv_lv2_210729975","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Svi","SubSectionBookmarkName":"ss_T46C55N10Svi_lv2_091f7401c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Svii","SubSectionBookmarkName":"ss_T46C55N10Svii_lv2_3cdc14253","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sviii","SubSectionBookmarkName":"ss_T46C55N10Sviii_lv2_d63630a64","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Six","SubSectionBookmarkName":"ss_T46C55N10Six_lv2_10b65403a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sx","SubSectionBookmarkName":"ss_T46C55N10Sx_lv2_7b6c8d8ee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxi","SubSectionBookmarkName":"ss_T46C55N10Sxi_lv2_e4451b134","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxii","SubSectionBookmarkName":"ss_T46C55N10Sxii_lv2_e1ed386ac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxiii","SubSectionBookmarkName":"ss_T46C55N10Sxiii_lv2_22ff055e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxiv","SubSectionBookmarkName":"ss_T46C55N10Sxiv_lv2_f6f5110fc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxv","SubSectionBookmarkName":"ss_T46C55N10Sxv_lv2_ba6b0bdb6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxvi","SubSectionBookmarkName":"ss_T46C55N10Sxvi_lv2_fe4c78239","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T46C55N10Sxvii","SubSectionBookmarkName":"ss_T46C55N10Sxvii_lv2_ed824b84b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S11","SubSectionBookmarkName":"ss_T46C55N10S11_lv1_e822698af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S13","SubSectionBookmarkName":"ss_T46C55N10S13_lv1_0cb5aa2dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S14","SubSectionBookmarkName":"ss_T46C55N10S14_lv1_17e1443dc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S15","SubSectionBookmarkName":"ss_T46C55N10S15_lv1_0273079cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S18","SubSectionBookmarkName":"ss_T46C55N10S18_lv1_7086991c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S19","SubSectionBookmarkName":"ss_T46C55N10S19_lv1_a8f8209c5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S16","SubSectionBookmarkName":"ss_T46C55N10S16_lv1_a0a943c2a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S17","SubSectionBookmarkName":"ss_T46C55N10S17_lv1_61d5f6bc4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N10S12","SubSectionBookmarkName":"ss_T46C55N10S12_lv1_768f12155","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"hemp farming definitions","TitleSoAsTo":"add definitions of \"consumable hemp product\" and \"intoxicating hemp product","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_301c0ae75"},{"SectionUUID":"1df5ee6b-9437-445f-9a96-59228e109ae5","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T46C55N70_06865511d","IsConstitutionSection":false,"Identity":"46-55-70","IsNew":true,"SubSections":[{"Level":1,"Identity":"T46C55N70SA","SubSectionBookmarkName":"ss_T46C55N70SA_lv1_44b0ed6e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N70SB","SubSectionBookmarkName":"ss_T46C55N70SB_lv1_b018069e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N70SC","SubSectionBookmarkName":"ss_T46C55N70SC_lv1_fe29b1f24","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T46C55N70SD","SubSectionBookmarkName":"ss_T46C55N70SD_lv1_a1d292e65","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"prohibit the sale of certain consumable hemp products","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T46C55N80_a6c9dbf0c","IsConstitutionSection":false,"Identity":"46-55-80","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"provide that interstate commerce is not being limited","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_c56899f82"},{"SectionUUID":"53983648-926f-4fff-be76-770a4ebb5642","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T61C14N20_6be2c82b6","IsConstitutionSection":false,"Identity":"61-14-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N20S1","SubSectionBookmarkName":"ss_T61C14N20S1_lv1_188d92bae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S2","SubSectionBookmarkName":"ss_T61C14N20S2_lv1_e1272761c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S3","SubSectionBookmarkName":"ss_T61C14N20S3_lv1_8e52ea7b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S4","SubSectionBookmarkName":"ss_T61C14N20S4_lv1_33de65d8c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S5","SubSectionBookmarkName":"ss_T61C14N20S5_lv1_3fbd15838","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S6","SubSectionBookmarkName":"ss_T61C14N20S6_lv1_d3cbd6c76","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S7","SubSectionBookmarkName":"ss_T61C14N20S7_lv1_d1c4f81bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S8","SubSectionBookmarkName":"ss_T61C14N20S8_lv1_6f4d70537","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S9","SubSectionBookmarkName":"ss_T61C14N20S9_lv1_56d82bae9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S10","SubSectionBookmarkName":"ss_T61C14N20S10_lv1_7f79daefb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S11","SubSectionBookmarkName":"ss_T61C14N20S11_lv1_276640ee6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S13","SubSectionBookmarkName":"ss_T61C14N20S13_lv1_d8dc4c4b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S14","SubSectionBookmarkName":"ss_T61C14N20S14_lv1_87f76cebe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S15","SubSectionBookmarkName":"ss_T61C14N20S15_lv1_e1ac833e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N20S12","SubSectionBookmarkName":"ss_T61C14N20S12_lv1_8e1141dd4","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N300_77b37bc39","IsConstitutionSection":false,"Identity":"61-14-300","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N300SA","SubSectionBookmarkName":"ss_T61C14N300SA_lv1_82c7d4b65","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N300SB","SubSectionBookmarkName":"ss_T61C14N300SB_lv1_9fdf391c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N300SC","SubSectionBookmarkName":"ss_T61C14N300SC_lv1_edf0c7be1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N300SD","SubSectionBookmarkName":"ss_T61C14N300SD_lv1_f13fcdf48","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N300SE","SubSectionBookmarkName":"ss_T61C14N300SE_lv1_c42219627","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N300SF","SubSectionBookmarkName":"ss_T61C14N300SF_lv1_509757d79","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N300S1","SubSectionBookmarkName":"ss_T61C14N300S1_lv2_c43db0683","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N300S2","SubSectionBookmarkName":"ss_T61C14N300S2_lv2_780b07968","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N300S3","SubSectionBookmarkName":"ss_T61C14N300S3_lv2_eeb534943","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N300S4","SubSectionBookmarkName":"ss_T61C14N300S4_lv2_8ea79a39e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N300S5","SubSectionBookmarkName":"ss_T61C14N300S5_lv2_e6d8770dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N300S6","SubSectionBookmarkName":"ss_T61C14N300S6_lv2_c05c7a0cd","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N310_3ea960c9e","IsConstitutionSection":false,"Identity":"61-14-310","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N320_a2d9a04a7","IsConstitutionSection":false,"Identity":"61-14-320","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N320SA","SubSectionBookmarkName":"ss_T61C14N320SA_lv1_133ab1859","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N320SB","SubSectionBookmarkName":"ss_T61C14N320SB_lv1_f1f229a1e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N320SC","SubSectionBookmarkName":"ss_T61C14N320SC_lv1_77a20da5b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N320S1","SubSectionBookmarkName":"ss_T61C14N320S1_lv2_f2b4a832a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N320S2","SubSectionBookmarkName":"ss_T61C14N320S2_lv2_6ab2d0903","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N320SD","SubSectionBookmarkName":"ss_T61C14N320SD_lv1_258b1d067","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N320SE","SubSectionBookmarkName":"ss_T61C14N320SE_lv1_7e11e723f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N330_bcf86ed8c","IsConstitutionSection":false,"Identity":"61-14-330","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N330SA","SubSectionBookmarkName":"ss_T61C14N330SA_lv1_a127f346b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N330SB","SubSectionBookmarkName":"ss_T61C14N330SB_lv1_db8bd6965","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N340_2d050dfb4","IsConstitutionSection":false,"Identity":"61-14-340","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N340SA","SubSectionBookmarkName":"ss_T61C14N340SA_lv1_10e93f817","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N340S1","SubSectionBookmarkName":"ss_T61C14N340S1_lv2_602282dcf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N340S2","SubSectionBookmarkName":"ss_T61C14N340S2_lv2_1bf80e9d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N340SB","SubSectionBookmarkName":"ss_T61C14N340SB_lv1_cc910e5cc","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N500_a5f9f1b3f","IsConstitutionSection":false,"Identity":"61-14-500","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N500SA","SubSectionBookmarkName":"ss_T61C14N500SA_lv1_dc2754bd7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N500S1","SubSectionBookmarkName":"ss_T61C14N500S1_lv2_3158c1832","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N500S2","SubSectionBookmarkName":"ss_T61C14N500S2_lv2_760de716c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N500S3","SubSectionBookmarkName":"ss_T61C14N500S3_lv2_562796c7b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N500S4","SubSectionBookmarkName":"ss_T61C14N500S4_lv2_2e4a72037","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N500SB","SubSectionBookmarkName":"ss_T61C14N500SB_lv1_4d2308cd5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N500SC","SubSectionBookmarkName":"ss_T61C14N500SC_lv1_71275555e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N500S1","SubSectionBookmarkName":"ss_T61C14N500S1_lv2_4028ac199","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N500S2","SubSectionBookmarkName":"ss_T61C14N500S2_lv2_9e8835ce7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N500S3","SubSectionBookmarkName":"ss_T61C14N500S3_lv2_b2665bbc0","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N510_b3cc1ceeb","IsConstitutionSection":false,"Identity":"61-14-510","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N510S1","SubSectionBookmarkName":"ss_T61C14N510S1_lv1_44fb6fad1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N510S2","SubSectionBookmarkName":"ss_T61C14N510S2_lv1_adaeaf3a5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N510S3","SubSectionBookmarkName":"ss_T61C14N510S3_lv1_e7fc21800","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N520_d3304c5ab","IsConstitutionSection":false,"Identity":"61-14-520","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N520SA","SubSectionBookmarkName":"ss_T61C14N520SA_lv1_82ae5165b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S1","SubSectionBookmarkName":"ss_T61C14N520S1_lv2_fecd8b258","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C14N520Sa","SubSectionBookmarkName":"ss_T61C14N520Sa_lv3_6c360b161","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C14N520Sb","SubSectionBookmarkName":"ss_T61C14N520Sb_lv3_635208741","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C14N520Sc","SubSectionBookmarkName":"ss_T61C14N520Sc_lv3_1b2fd0f14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C14N520Sd","SubSectionBookmarkName":"ss_T61C14N520Sd_lv3_6777c4d58","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S2","SubSectionBookmarkName":"ss_T61C14N520S2_lv2_13b6f848f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S3","SubSectionBookmarkName":"ss_T61C14N520S3_lv2_7c92c8a0a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S4","SubSectionBookmarkName":"ss_T61C14N520S4_lv2_629a3e663","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S5","SubSectionBookmarkName":"ss_T61C14N520S5_lv2_d0cc85b58","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S6","SubSectionBookmarkName":"ss_T61C14N520S6_lv2_130818877","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S7","SubSectionBookmarkName":"ss_T61C14N520S7_lv2_9b15c5d75","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N520SB","SubSectionBookmarkName":"ss_T61C14N520SB_lv1_ac1d78f88","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S1","SubSectionBookmarkName":"ss_T61C14N520S1_lv2_adf47629c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S2","SubSectionBookmarkName":"ss_T61C14N520S2_lv2_3578f4002","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S3","SubSectionBookmarkName":"ss_T61C14N520S3_lv2_cff96fb72","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S4","SubSectionBookmarkName":"ss_T61C14N520S4_lv2_048830a5a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S5","SubSectionBookmarkName":"ss_T61C14N520S5_lv2_122215bbf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S6","SubSectionBookmarkName":"ss_T61C14N520S6_lv2_4fb98272f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N520S7","SubSectionBookmarkName":"ss_T61C14N520S7_lv2_548be9dd8","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N530_4bcaf75ce","IsConstitutionSection":false,"Identity":"61-14-530","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N530S1","SubSectionBookmarkName":"ss_T61C14N530S1_lv1_06558cdde","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N530S2","SubSectionBookmarkName":"ss_T61C14N530S2_lv1_86f83fbfc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N530S3","SubSectionBookmarkName":"ss_T61C14N530S3_lv1_a3f3bb14f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N530S4","SubSectionBookmarkName":"ss_T61C14N530S4_lv1_4eae2bc17","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N540_98b032f8d","IsConstitutionSection":false,"Identity":"61-14-540","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N540S1","SubSectionBookmarkName":"ss_T61C14N540S1_lv1_e2af09fe7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N540S2","SubSectionBookmarkName":"ss_T61C14N540S2_lv1_64194eee4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N540S3","SubSectionBookmarkName":"ss_T61C14N540S3_lv1_a62baec2e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N540S4","SubSectionBookmarkName":"ss_T61C14N540S4_lv1_41297444f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N540S5","SubSectionBookmarkName":"ss_T61C14N540S5_lv1_360ba7d8c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N540S6","SubSectionBookmarkName":"ss_T61C14N540S6_lv1_22ba0a628","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N540S7","SubSectionBookmarkName":"ss_T61C14N540S7_lv1_3571f1a4b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N540S8","SubSectionBookmarkName":"ss_T61C14N540S8_lv1_3bf21ece2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N540Sa","SubSectionBookmarkName":"ss_T61C14N540Sa_lv2_44456cd97","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N540Sb","SubSectionBookmarkName":"ss_T61C14N540Sb_lv2_ee0472287","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N540Sc","SubSectionBookmarkName":"ss_T61C14N540Sc_lv2_c29a3e1fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N540Sd","SubSectionBookmarkName":"ss_T61C14N540Sd_lv2_1f29e3887","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N540Se","SubSectionBookmarkName":"ss_T61C14N540Se_lv2_a12f985b6","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N700_7b84e20f9","IsConstitutionSection":false,"Identity":"61-14-700","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N700SA","SubSectionBookmarkName":"ss_T61C14N700SA_lv1_29eb2bc1b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N700SB","SubSectionBookmarkName":"ss_T61C14N700SB_lv1_295d6a155","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N700S1","SubSectionBookmarkName":"ss_T61C14N700S1_lv2_a56d69e45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N700S2","SubSectionBookmarkName":"ss_T61C14N700S2_lv2_168d5b4f0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N700S3","SubSectionBookmarkName":"ss_T61C14N700S3_lv2_f58ccf85f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N700SC","SubSectionBookmarkName":"ss_T61C14N700SC_lv1_0a78514f4","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N710_3d3b771c7","IsConstitutionSection":false,"Identity":"61-14-710","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N710SA","SubSectionBookmarkName":"ss_T61C14N710SA_lv1_67d975ad5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N710SB","SubSectionBookmarkName":"ss_T61C14N710SB_lv1_207a42ee5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N710SC","SubSectionBookmarkName":"ss_T61C14N710SC_lv1_8a6cd24e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N710SD","SubSectionBookmarkName":"ss_T61C14N710SD_lv1_886c5ed2b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N720_5e59b7861","IsConstitutionSection":false,"Identity":"61-14-720","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N720SA","SubSectionBookmarkName":"ss_T61C14N720SA_lv1_49c773510","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N720S1","SubSectionBookmarkName":"ss_T61C14N720S1_lv2_7a4638120","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N720S2","SubSectionBookmarkName":"ss_T61C14N720S2_lv2_9c7589f74","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C14N720S3","SubSectionBookmarkName":"ss_T61C14N720S3_lv2_546bc4ec3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N720SB","SubSectionBookmarkName":"ss_T61C14N720SB_lv1_638bf962b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N720SC","SubSectionBookmarkName":"ss_T61C14N720SC_lv1_604e2ceef","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N730_ace36c420","IsConstitutionSection":false,"Identity":"61-14-730","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N730SA","SubSectionBookmarkName":"ss_T61C14N730SA_lv1_f7c8e4523","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N730SB","SubSectionBookmarkName":"ss_T61C14N730SB_lv1_8f34f0584","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N350_6f897b4b8","IsConstitutionSection":false,"Identity":"61-14-350","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T61C14N360_0afc648dc","IsConstitutionSection":false,"Identity":"61-14-360","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C14N360S1","SubSectionBookmarkName":"ss_T61C14N360S1_lv1_e7cc0b28a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N360S2","SubSectionBookmarkName":"ss_T61C14N360S2_lv1_e4b6bf7db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C14N360S3","SubSectionBookmarkName":"ss_T61C14N360S3_lv1_6a70a3aa6","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding chapter 14 to title 61 so as to provide definitions relating to intoxicating hemp beverages, provide for enforcement, provide for intoxicating  hemp beverage product requirements, and to provide for licensing and taxes","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_f8c285655"},{"SectionUUID":"16f0257a-b66d-437f-8fd2-129d735f7bb0","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T61C14N370_a3575ec7c","IsConstitutionSection":false,"Identity":"61-14-370","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_9ae7782bf"},{"SectionUUID":"208b4e8b-690c-447c-a45e-6c9ca4e15d93","SectionName":"Severability","SectionNumber":6,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_16e3f4157"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":7,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Intoxicating Hemp Beverages</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{037BD6C1-02BA-40F0-B29D-D2E79D3C0ED8}">
-[...25 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>24242</Characters>
+  <Pages>14</Pages>
+  <Words>4759</Words>
+  <Characters>26368</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>428</Lines>
-  <Paragraphs>179</Paragraphs>
+  <Lines>479</Lines>
+  <Paragraphs>228</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28710</CharactersWithSpaces>
+  <CharactersWithSpaces>30899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>