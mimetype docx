--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -124,108 +124,143 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. W. Newton, Oremus, G.M. Smith, Jordan, Crawford, Duncan, Erickson, Forrest, Gatch, Gilliam, Guest, Haddon, Hiott, Hixon, J.E. Johnson, Lawson, Ligon, Long, Lowe, McCravy, Martin, Mitchell, T. Moore, B. Newton, Pedalino, Pope, Rankin, Robbins, Sessions, Vaughan, Whitmire, Willis and Yow</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. W. Newton, Oremus, G.M. Smith, Jordan, Crawford, Duncan, Erickson, Forrest, Gatch, Gilliam, Guest, Haddon, Hiott, Hixon, J.E. Johnson, Lawson, Ligon, Long, Lowe, McCravy, Martin, C. Mitchell, T. Moore, B. Newton, Pedalino, Pope, Rankin, Robbins, Sessions, Vaughan, Whitmire, Willis, Yow, Chumley, Edgerton, Taylor, Bowers, White and Burns</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 776, 4653</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0310VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Introduced in the Senate on February 5, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Last Amended on February 4, 2026
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Abortion-Inducing Drugs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +380,621 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R42b0b7ce4b214bd0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R7a6eccd8dfb742f2">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Bowers, White
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Burns
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6fed38e4a3fd4a61">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 383</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Requests for debate-Rep(s).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Hiott, Kirby, Edgerton, Magnuson, Calhoon, Ford, Cromer, Harris, Cobb-Hunter, Bamberg, Rivers, Gilliard, Waters, Whitmire, Henderson-Myers, Grant, Rose, Weeks</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rdd3fc12cd92c425c">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amended</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R609d0a4dfea14197">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 22</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read second time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6115f782adde43d4">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 22</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Roll call</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Yeas-81  Nays-31</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R08c72b00202d4dbc">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 58</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Read third time and sent to Senate
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Roll call Yeas-76 Nays-28
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Introduced and read first time
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rc91046b589a243c0">
+      <w:hyperlink r:id="R7e4bb287e25c456a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +1012,460 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R7e6b0d2cf7ca44e8">
+      <w:hyperlink r:id="R3abcf6b1831740da">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rbda6b7c814e04656">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/28/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R115c1ccf8da04d85">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/29/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rae621d9f0ef049c5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/04/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R86c1f366ec044f59">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/05/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00706049" w:rsidRDefault="00432135" w14:paraId="25038F03" w14:textId="179AD4F0">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="00A85B1B" w14:paraId="73CC4912" w14:textId="009EA401">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstatus"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="status"/>
+          <w:tag w:val="status"/>
+          <w:id w:val="854397200"/>
+          <w:placeholder>
+            <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="000912B7">
+            <w:t>Amended</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="7F1C1C50" w14:textId="48972C1F">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 4, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="7477351A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="1C3D1305" w14:textId="16C918AD">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4760</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="6E0F61EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="5F2CF3BA" w14:textId="47402885">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>W. Newton, Oremus, G. M. Smith, Jordan, Crawford, Duncan, Erickson, Forrest, Gatch, Gilliam, Guest, Haddon, Hiott, Hixon, J. E. Johnson, Lawson, Ligon, Long, Lowe, McCravy, Martin, C. Mitchell, T. Moore, B. Newton, Pedalino, Pope, Rankin, Robbins, Sessions, Vaughan, Whitmire, Willis, Yow, Chumley, Edgerton, Taylor, Bowers, White and Burns</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="5A8F019B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="00B468A8" w:rsidRDefault="00A85B1B" w14:paraId="3B3D8BBF" w14:textId="6FA06548">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="000912B7">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="000912B7">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="000912B7">
+            <w:t>2/4/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="000912B7">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="000912B7">
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="000912B7">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B468A8">
+        <w:tab/>
+        <w:t>[SEC 2/5/2026 11:56 AM]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="43270291" w14:textId="7E999E8F">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="4A9A48E5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="00244BAF" w14:paraId="2ECEA0B7" w14:textId="39CE7675">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="726E663D" w14:textId="40EF448A">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="000912B7" w:rsidSect="000912B7">
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="000912B7" w:rsidP="000912B7" w:rsidRDefault="000912B7" w14:paraId="10551BBD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00706049" w:rsidRDefault="00A73EFA" w14:paraId="14922D80" w14:textId="29E7BB41">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00706049" w:rsidRDefault="00A73EFA" w14:paraId="46E83EF2" w14:textId="3A076BB4">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00706049" w:rsidRDefault="00A73EFA" w14:paraId="56C3B3A3" w14:textId="49BBAFFB">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00706049" w:rsidRDefault="00A73EFA" w14:paraId="2CCF595F" w14:textId="405B16FC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00706049" w:rsidRDefault="00A73EFA" w14:paraId="29A44D3B" w14:textId="018DA37B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -589,2207 +1534,2672 @@
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">ES AND ASSOCIATED PENALTIES REGARDING THE USE OF </w:t>
           </w:r>
           <w:r w:rsidRPr="004D1AAA">
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>ABORTION‑INDUCING DRUGS</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>, WITH EXCEPTIONS</w:t>
           </w:r>
           <w:r w:rsidRPr="004D1AAA">
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>; BY AMENDING SECTION 44‑53‑250, RELATING TO SCHEDULE IV CONTROLLED SUBSTANCES, SO AS TO ADD MIFEPRISTONE AND MISOPROSTOL; AND BY AMENDING SECTION 44‑53‑370, RELATING TO CONTROLLED SUBSTANCE OFFENSES AND PENALTIES, SO AS TO CREATE CRIMINAL PENALTIES FOR POSSESSION OF MIFEPRISTONE AND MISOPROSTOL, WITH EXCEPTIONS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_109c422f7" w:displacedByCustomXml="prev" w:id="1"/>
-[...6 lines deleted...]
-    <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="39F036B4" w14:textId="77777777">
+    <w:bookmarkStart w:name="at_109c422f7" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00244BAF" w:rsidP="00244BAF" w:rsidRDefault="00244BAF" w14:paraId="127D0F62" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amend Title </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>To</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Conform</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="00244BAF" w:rsidRDefault="006C18F0" w14:paraId="0B46E5F2" w14:textId="63D58C87">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0094541D" w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2217069C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_749a1150a" w:id="2"/>
+      <w:bookmarkStart w:name="ew_749a1150a" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00414B82" w:rsidP="00414B82" w:rsidRDefault="00414B82" w14:paraId="4F6F5D4C" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="6865466B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="00414B82" w14:paraId="7E5B1881" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="104B561C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_1a34d2a56" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_1a34d2a56" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_2023df327" w:id="3"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="003845A4">
         <w:t>hapter 41, Title 44 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="003845A4" w14:paraId="07C7FC49" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="35331E7B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="003845A4" w14:paraId="1E2633E5" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="052511E7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_97e8ac019" w:id="5"/>
+      <w:bookmarkStart w:name="up_97e8ac019" w:id="4"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>rticle 8</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="003845A4" w14:paraId="3AA19496" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7A2C8DC0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="00D03B97" w14:paraId="63CE0167" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="1A46FFDB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_d8cd69ee6" w:id="6"/>
+      <w:bookmarkStart w:name="up_d8cd69ee6" w:id="5"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>bortion‑Inducing Drug Prohibitions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="003845A4" w14:paraId="7118AE1F" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="30D226D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="003845A4" w14:paraId="5ADCD611" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="0928B504" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C41N810_c6d215202" w:id="7"/>
+      <w:bookmarkStart w:name="ns_T44C41N810_c6d215202" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>ection 44‑41‑810.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_87375d24f" w:id="7"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>ection 44‑41‑810.</w:t>
-[...6 lines deleted...]
-        <w:t>F</w:t>
+        <w:t>or purposes of this article:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="79B502B0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N810S1_lv1_decd7c16e" w:id="8"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="00356EBA">
-[...3 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="650D3F49" w14:textId="77777777">
+      <w:r>
+        <w:t>1) “Abortion” or “induced abortion” has the same meaning as the term “abortion” in Section 44‑41‑610.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="30350888" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N810S1_lv1_5688f8c15" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T44C41N810S2_lv1_4428d33e0" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>1) “Abortion” or “induced abortion” has the same meaning as the term “abortion” in Section 44‑41‑610.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="4841D00D" w14:textId="77777777">
+        <w:t>2)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N810Sa_lv2_110c243e9" w:id="10"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">a) “Abortion‑inducing drug” means any drug or chemical, or any combination of drugs or chemicals, or any other substance when used with the intent to cause an abortion including, but not limited to, RU‑486, the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Mifeprex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> regimen, misoprostol (Cytotec), or methotrexate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7D952723" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N810S2_lv1_7a3561ce3" w:id="10"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N810Sb_lv2_04234931f" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C41N810Sa_lv2_17429e573" w:id="11"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>b) “Abortion‑inducing drug” does not mean a contraceptive, an emergency contraceptive, or the use of methotrexate to treat an ectopic pregnancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="5E0B72D5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N810S3_lv1_b043938ff" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="003845A4" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="1FD75838" w14:textId="77777777">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t xml:space="preserve">3) “Great bodily injury” means bodily injury which creates a substantial risk of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>death</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or which causes serious, permanent disfigurement, or protracted loss or impairment of the function of a bodily member or organ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="78413ECD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C41N810Sb_lv2_3e8391c3c" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T44C41N810S4_lv1_533acc81e" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="00356EBA" w14:paraId="46E54039" w14:textId="78BB370F">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>4) “Hospital” means those institutions licensed for hospital operation by the department in accordance with Article 3, Chapter 7 of this title and which have also been certified by the department to be suitable facilities for the performance of abortions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7A132E1D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C41N810S3_lv1_b5580c437" w:id="13"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N810S5_lv1_c018a30f3" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007B4F9A" w14:paraId="63DDAF42" w14:textId="1D2BCD16">
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>5) “Interactive computer service” means any information service, system, or access software provider that provides or enables computer access by multiple users to a computer server, including specifically a service or system that provides access to the internet and such systems operated or services offered by libraries or educational institutions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4CDD0140" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N810S4_lv1_d43dbc59e" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T44C41N810S6_lv1_89191ba3e" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007B4F9A" w14:paraId="4A996E0A" w14:textId="0C3DDFCD">
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>6) “Medical emergency” has the same meaning as defined in Section 44‑41‑610.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="5585D1AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N810S5_lv1_98c849825" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T44C41N810S7_lv1_ebb9a7308" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...24 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>7)</w:t>
       </w:r>
       <w:r w:rsidRPr="007B4F9A">
         <w:t xml:space="preserve"> “Pregnant” has the same meaning as defined in Section 44‑41‑610.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007B4F9A" w14:paraId="3705D5E4" w14:textId="0B769BBA">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="09CA13D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N810S8_lv1_de47d346a" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T44C41N810S8_lv1_274db01ce" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>8) “Unlawful abortion” means any abortion not authorized pursuant to South Carolina state law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="286732B0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="1A1043C9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C41N820_ef2783b3f" w:id="18"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t xml:space="preserve">8) “Unlawful abortion” means any abortion not authorized </w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="003845A4" w14:paraId="38BE8C47" w14:textId="77777777">
+        <w:t>ection 44‑41‑820.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N820SA_lv1_65c4510ea" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356EBA">
+        <w:t xml:space="preserve"> It is unlawful for any person </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356EBA">
+        <w:t>knowingly cause an abortion to occur by means of delivering, dispensing, distributing, or providing a pregnant woman with an abortion‑inducing drug</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7D05322F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="003845A4" w:rsidP="003845A4" w:rsidRDefault="003845A4" w14:paraId="01185EA8" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N820SB_lv1_c3694fac6" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N820S1_lv2_f34f2e86a" w:id="21"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>1) Any person who knowingly performs an abortion by means of an abortion‑inducing drug in violation of this section is guilty of a felony and, upon conviction, must be imprisoned for not more than five years, or fined not more than fifty thousand dollars, or both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4B632FCE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C41N820_ef2783b3f" w:id="19"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00356EBA">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N820S2_lv2_1427bf15d" w:id="22"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...37 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve">Any person who knowingly performs an abortion by means of an abortion‑inducing drug in violation of this section </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that results in the death or the </w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t>substantial and irreversible impairment of a major bodily function, not including psychological or emotional conditions</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the pregnant woman </w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t>is guilty of a felony and, upon conviction, must be imprisoned for not more than ten years, or fined not more than seventy‑five thousand dollars</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve"> or both.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="372C94DA" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="372DE00E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N820S3_lv2_5bd17dbe3" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T44C41N820S3_lv2_8c68260be" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t>Any person who knowingly performs an abortion by means of an abortion‑inducing drug in violation of this section that results in the death or the substantial and irreversible impairment of a major bodily function, not including psychological or emotional conditions</w:t>
       </w:r>
       <w:r>
         <w:t>, of</w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve"> pregnant woman</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> under the age of eighteen</w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve"> is guilty of a felony and, upon conviction, must be imprisoned for not more than </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">fifty </w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve">years, or fined not more than </w:t>
       </w:r>
       <w:r>
         <w:t>one hundred</w:t>
       </w:r>
       <w:r w:rsidRPr="00356EBA">
         <w:t xml:space="preserve"> thousand dollars, or both.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="445743D4" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="75F95A57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N820SC_lv1_44c9afbe9" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T44C41N820SC_lv1_9e4d4ead7" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t>C) None of the following shall be construed to create the crime of criminal abortion by means of an abortion‑inducing drug:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7A0BB2F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N820S1_lv2_0d259bc1a" w:id="25"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>C) None of the following shall be construed to create the crime of criminal abortion by means of an abortion‑inducing drug:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="62D1E8E4" w14:textId="77777777">
+        <w:t xml:space="preserve">1) any action taken when a physician or other licensed medical professional is acting in the course of administering lawful medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>care;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2DDD9535" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N820S1_lv2_30c176e2a" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T44C41N820S2_lv2_d2b96544b" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>1) any action taken when a physician or other licensed medical professional is acting in the course of administering lawful medical care;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="29E05A9B" w14:textId="77777777">
+        <w:t xml:space="preserve">2) any act taken or omission by a pregnant woman with regard to her own unborn </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="28B1E640" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N820S2_lv2_c35c5fdaf" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T44C41N820S3_lv2_0d7872878" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>2) any act taken or omission by a pregnant woman with regard to her own unborn child;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="1F00B5BE" w14:textId="77777777">
+        <w:t xml:space="preserve">3) possessing for her own consumption or consuming an abortion‑inducing drug by a pregnant woman in violation of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>section;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4BDAF07A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N820S3_lv2_84775e0ac" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T44C41N820S4_lv2_ab3dd5c97" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
-        <w:t>3) possessing for her own consumption or consuming an abortion‑inducing drug by a pregnant woman in violation of this section;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="7948EDCC" w14:textId="77777777">
+        <w:t xml:space="preserve">4) lawfully </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>prescribing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, dispensing, or distributing a drug, medicine, or other substance for a bona fide medical reason that is not intended to cause an abortion in violation of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>section;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2948603F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N820S4_lv2_182f84753" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T44C41N820S5_lv2_54dede430" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>4) lawfully prescribing, dispensing, or distributing a drug, medicine, or other substance for a bona fide medical reason that is not intended to cause an abortion in violation of this section;</w:t>
-[...27 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="53082E16" w14:textId="77777777">
+        <w:t xml:space="preserve">5) the act of administering an abortion‑inducing drug when the drug is administered by a physician licensed by the South Carolina Board of Medical Examiners who administers the abortion‑inducing drug in person to the pregnant woman when such administration is otherwise lawful </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>pursuant to South Carolina law; provided, however, the provisions of this item are not a defense against prosecution under any other provision of law that makes the abortion unlawful, whether the other provision of law is in effect on the effective date of this article, or becomes unlawful at a later date; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="58A12840" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N820S6_lv2_13113db5d" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T44C41N820S6_lv2_2f6dc3814" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>6) any act by a licensed pharmacist or pharmacy related to filling a prescription for a drug, medicine, or other substance prescribed for a bona fide medical reason; provided, however, a diagnosis or a diagnosis code must be written on the prescription by the prescriber indicating that the drug, medicine, or other substance is intended for a purpose other than to cause an abortion in violation of this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="39921783" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="349CC486" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C41N830_18e0cf583" w:id="31"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
-        <w:t>6) any act by a licensed pharmacist or pharmacy related to filling a prescription for a drug, medicine, or other substance prescribed for a bona fide medical reason; provided, however, a diagnosis or a diagnosis code must be written on the prescription by the prescriber indicating that the drug, medicine, or other substance is intended for a purpose other than to cause an abortion in violation of this section.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="7BDCDFB9" w14:textId="77777777">
+        <w:t>ection 44‑41‑830.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N830SA_lv1_3e57d16eb" w:id="32"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t>A) It is unlawful for any person to knowingly and intentionally engage in the use of an abortion‑inducing drug on a pregnant woman, without her knowledge or consent, with the intent to cause an abortion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7D2C0A8A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00356EBA" w:rsidP="00356EBA" w:rsidRDefault="003845A4" w14:paraId="637FC553" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N830SB_lv1_c31d77e84" w:id="33"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N830S1_lv2_de86f1743" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>1) Except as provided in item (2), a person who violates subsection (A) is guilty of a felony and, upon conviction, must be imprisoned for not more than ten years, or fined not more than seventy‑five thousand dollars, or both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="1D9D4360" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T44C41N830_18e0cf583" w:id="32"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00356EBA">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N830S2_lv2_fcda3738c" w:id="35"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
-[...28 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>1) Except as provided in item (2), a person who violates subsection (A) is guilty of a felony and, upon conviction, must be imprisoned for not more than ten years, or fined not more than seventy‑five thousand dollars, or both.</w:t>
-[...17 lines deleted...]
-      <w:r>
         <w:t>2) If the unborn child is more than three months of gestational age when a person violates subsection (A), the person is guilty of a felony and, upon conviction, must be imprisoned for not more than twenty years, or fined not more than one hundred thousand dollars, or both.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00414B82" w:rsidP="00356EBA" w:rsidRDefault="00356EBA" w14:paraId="2E6F0D90" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="352E7B70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N830SC_lv1_74cbadedf" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T44C41N830SC_lv1_b5b28ee85" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t xml:space="preserve">C) The prosecution of a person pursuant to this section is not a defense against the prosecution under any other provision of law, including murder or attempted murder, should the person violate subsection (A) and the use of an abortion‑inducing drug results in the death </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005728DB">
+        <w:t>or the substantial and irreversible impairment of a major bodily function, not including psychological or emotional conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005728DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of the pregnant woman.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="53424F0E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="31DF9DFC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C41N840_63fec9a01" w:id="37"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
-        <w:t xml:space="preserve">C) The prosecution of a person pursuant to this section is not a defense against the prosecution under any other provision of law, including murder or attempted murder, should the person violate subsection (A) and the use of an abortion‑inducing drug results in the death </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005728DB" w:rsidR="005728DB">
+        <w:t>ection 44‑41‑840.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SA_lv1_c1a15a452" w:id="38"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>A) Any person or entity is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4F9A">
+        <w:t xml:space="preserve"> subject to strict liability for damages from the harm caused to the mother or unborn child </w:t>
+      </w:r>
+      <w:r>
+        <w:t>who:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="6ABC947A" w14:textId="3459F989">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_58a9c4cf1" w:id="39"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>1) manufactures, mails, distributes, transports, delivers, or provides an abortion‑inducing drug; or aids or abets the performance, induction, or attempted abortion, or the manufacture, mailing, distribution, transportation, delivery, or provision of abortion‑inducing drugs</w:t>
+      </w:r>
+      <w:r w:rsidR="00627E29">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="5F98F48B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_040fd969d" w:id="40"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:t>2) whose product or conduct directly results in great bodily injury or death to the mother or unborn child, as defined in Section 44‑41‑610, in violation of Chapter 41, Title 44.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="66A5BAE7" w14:textId="0F53C841">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SB_lv1_102ab1092" w:id="41"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_b9dd2bd29" w:id="42"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sa_lv3_df5635272" w:id="43"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:t xml:space="preserve">a) A civil action may be brought pursuant to this section by the mother of the unborn child; the father of the unborn child, including the biological father regardless of marital status; the grandparents of the unborn child; the siblings of the unborn child; or the legal guardians of the unborn child’s mother if the mother has not reached the age of </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="44"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:t>majority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="7F001691" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sb_lv3_ed21f879b" w:id="45"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t xml:space="preserve">b) An action filed pursuant to this section may be brought individually or jointly. The right of any </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>one eligible party to sue is not contingent upon or barred by another eligible party’s decision not to sue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="416EB309" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_5eec6f677" w:id="46"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sa_lv3_043dd661" w:id="47"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t>a) A person who intentionally administers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D2DD1">
+        <w:t xml:space="preserve"> an abortion-inducing drug to </w:t>
+      </w:r>
+      <w:r>
+        <w:t>another person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D2DD1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>of the pregnant woman.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="007C1494" w:rsidRDefault="007C1494" w14:paraId="75681CBC" w14:textId="77777777">
+        <w:t>without the other person’s consent that results in the death of or bodily injury to a child who is in utero is guilty of a separate offense under this subsection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="4ED72B92" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007C1494" w14:paraId="6B9C7451" w14:textId="136E0F53">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sb_lv3_522ab4933" w:id="48"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Si_lv4_532b9cf9c" w:id="49"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) Except as otherwise provided in this subsection, the punishment for a separate offense, as provided for in subsection (B)(2)(a), is the same as the punishment provided for that criminal offense had the death or bodily injury occurred to the unborn child's mother.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="2FAF6EEF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ns_T44C41N840_63fec9a01" w:id="38"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sii_lv4_ede4c7375" w:id="50"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t>ii) Notwithstanding any provision of this section or any other provision of law, the death penalty must not be imposed for an offense prosecuted under this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="783F9A11" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sc_lv3_4d1c0c7b2" w:id="51"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:t>c) Nothing in this subsection may be construed to permit the prosecution under this subsection:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="3B0676D0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Si_lv4_6d789b47b" w:id="52"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) of a person for conduct relating to an abortion for which the consent of the pregnant woman, or a person authorized by law to act on her behalf, has been obtained or for which such consent is implied by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>law;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="0208CE20" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sii_lv4_9e99fb796" w:id="53"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:t>ii) of a person for any medical treatment of the pregnant woman or her unborn child; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="26D85CD2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Siii_lv4_4f1bced64" w:id="54"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t>iii) of a woman with respect to her unborn child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C84889" w:rsidRDefault="00D975D6" w14:paraId="556DAACC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sd_lv3_73d8fe8b1" w:id="55"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>d) Nothing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in this section shall be construed to broaden or restrict any other rights currently existing for the child who is in utero, including prosecution pursuant to Section 16-3-1083.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4100E955" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SC_lv1_7fe86c4e6" w:id="56"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t>C)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_b3e32c776" w:id="57"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:t xml:space="preserve">1) Any plaintiff may recover compensatory damages for bodily injury, emotional distress, and financial losses; punitive damages for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>wilful</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or reckless conduct; reasonable attorney’s fees and court costs; and any other equitable relief deemed appropriate by the court, provided that the damages are not duplicative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="5B043C04" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_03ba5a891" w:id="58"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:t>2) Notwithstanding any other provision of law, the commencement of a civil action pursuant to this section shall not be construed to limit, waive, or otherwise impair the right of any plaintiff to pursue claims under any other theory of liability including, without limitation, claims for survival or wrongful death pursuant to Chapter 51, Title 15, or any other applicable provision of law, provided that any damages awarded under an alternative theory are not duplicative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4C7F5E76" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SD_lv1_582d7be3c" w:id="59"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:t>D) Any action brought pursuant to this section must be commenced within three years from the date the plaintiff knew or reasonably should have known the great bodily injury or death was caused by the drug.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4D57BC1E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SE_lv1_fad767a45" w:id="60"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t>E)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_50355dd97" w:id="61"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:t>1) A South Carolina court may exercise personal jurisdiction over any person or entity, whether acting directly or through an agent, that violates this section, regardless of location, that:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="39D8B047" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sa_lv3_60fc2643b" w:id="62"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t>a) manufactures, mails, distributes, transports, delivers, or provides abortion‑inducing drugs, or aids and abets the performance, induction, or attempted abortion, or the manufacture, mailing, distribution, transportation, delivery, or provision of abortion‑inducing drugs to another person the person or entity knows or reasonably should know is physically located in South Carolina, thereby transacting business in the State;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="48EF646A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sb_lv3_e59425efe" w:id="63"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t xml:space="preserve">b) commits an act in whole or in part in this State by intentionally directing into South Carolina any abortion‑inducing drug in violation of state law, or by purposefully providing remote services into South Carolina that directly result in the unlawful use of abortion‑inducing drugs or injury in this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="22EC216F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sc_lv3_4040180d3" w:id="64"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:t xml:space="preserve">c) causes injury in this State by an act or omission outside this State, if the person or entity regularly delivers, mails, ships, distributes, markets, solicits, or provides abortion‑inducing drugs or related services into South Carolina, or otherwise engages in a persistent course of conduct purposefully directed at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>South Carolina;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="57CB5A84" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sd_lv3_27fb1e41b" w:id="65"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:t>d) produces, manufactures, or distributes goods with the reasonable expectation that the goods will be used or consumed in this State, and the abortion‑inducing drugs are in fact used or consumed in South Carolina in violation of South Carolina law; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2F5C66D3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Se_lv3_2c681df64" w:id="66"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:t>e) aids or abets any person in committing any of the acts described in subitems (a) to (d).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="06E18393" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_ab7427b4d" w:id="67"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:t>2) When jurisdiction over a person or entity is based solely on this subsection, only a cause of action arising from the conduct enumerated in this subsection may be asserted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="1481467E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S3_lv2_d0bdb88cd" w:id="68"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:t>3) Notwithstanding any other provision of law, including Chapter 2, Title 36, the courts of this State shall exercise personal jurisdiction over any person or entity for claims arising pursuant to this section to the fullest extent permitted by the Due Process Clause of the Fourteenth Amendment to the United States Constitution. Service of process may be made outside this State in accordance with applicable law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3E7A0A11" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SF_lv1_fbe876683" w:id="69"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:t>F) Notwithstanding any other provision of law, this section does not apply to and may not be construed to impose liability on:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="6AE11427" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_926ceaa1b" w:id="70"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:t xml:space="preserve">1) a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>hospital;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="57CEFE2C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_049a02906" w:id="71"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:t>2) a physician or healthcare professional licensed to practice medicine in this State, unless the plaintiff pleads and proves that the physician or healthcare professional:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3AF9CE4D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sa_lv3_0e997c24b" w:id="72"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:t>a) knowingly performed or induced an abortion in violation of the laws of this State; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="1C6C4487" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sb_lv3_b30bc95ab" w:id="73"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:t xml:space="preserve">b) knowingly aided or abetted an abortion that was performed or induced in violation of the laws of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="008DBFBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S3_lv2_0ebc7c270" w:id="74"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:t xml:space="preserve">3) an internet service provider or the provider’s affiliates or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>subsidiaries;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="5901A78D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S4_lv2_c5b2c0430" w:id="75"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:t xml:space="preserve">4) a search </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engine;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2F85A9A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S5_lv2_24ec11ba0" w:id="76"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:t xml:space="preserve">5) a cloud service provider that solely provides access or connection to or from an internet website or other information or content on the internet or on a facility, system, or network that is not under the provider’s control, including transmission, downloading, intermediate storage, access software, or other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="35CA8ABE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S6_lv2_14da6b1ae" w:id="77"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:t xml:space="preserve">6) a provider or user of an interactive computer service if the lawsuit would be preempted by 47 U.S.C. Section </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>230(c);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="36396667" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S7_lv2_870ffbc03" w:id="78"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:t>7) a person who manufactures, distributes, mails, transports, delivers, prescribes, provides, or possesses abortion‑inducing drugs solely for one or more of the following purposes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="531A4CEB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sa_lv3_4e54eb48d" w:id="79"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:t xml:space="preserve">a) treating a medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>emergency;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3305A27F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sb_lv3_db4477f5c" w:id="80"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:t xml:space="preserve">b) removing an ectopic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>pregnancy;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7A37B4C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sc_lv3_ec08eef26" w:id="81"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:t>c) removing a dead, unborn child whose death was caused by spontaneous abortion; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="461F43E8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sd_lv3_f05f0d4bd" w:id="82"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:t xml:space="preserve">d) any purpose that does not include performing, inducing, attempting, or assisting an unlawful </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>abortion;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="387D00CF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S8_lv2_64b6340a3" w:id="83"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:t>8) the provision of basic public services, including fire and police protection and utilities, by a governmental entity or a common carrier to an abortion provider, an abortion fund, an affiliate of an abortion provider or abortion fund, or a manufacturer or distributor of abortion‑inducing drugs, in the same manner as the governmental entity or common carrier provides those services to the general public; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2E94E3C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S9_lv2_23e3c1570" w:id="84"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:t>9) conduct</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> taken at the behest of federal agencies, contractors, or employees that are carrying out duties under federal law, if a prohibition on that conduct would violate the doctrines of preemption or intergovernmental immunity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="20F26C29" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SG_lv1_955a376c0" w:id="85"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:t>G) Notwithstanding any other provision of law, this section does not impose liability for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="0F2C1CD7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_15631e8f6" w:id="86"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:t xml:space="preserve">1) death or personal injuries resulting from a lawful abortion performed in this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2A5B2392" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_455dee05f" w:id="87"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:t xml:space="preserve">2) death or personal injuries resulting from an abortion performed or induced by a licensed physician in response to a medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>emergency;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="05706C1D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S3_lv2_12a67cb6c" w:id="88"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:t xml:space="preserve">3) speech or conduct protected by the First Amendment of the United States Constitution, as made applicable to the states through the Supreme Court of the United States’ interpretations of the Fourteenth Amendment of the United States Constitution, or by Section 2, Article I of the South Carolina </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Constitution;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="44F0405E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S4_lv2_d6775b662" w:id="89"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:t>4) conduct taken by a pregnant woman who aborts or seeks to abort her unborn child; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4FE239F4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S5_lv2_5643ed730" w:id="90"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:t>5) the manufacture, distribution, mailing, transport, delivery, prescription, provision, or possession of an abortion‑inducing drug solely for one or more of the purposes described in subsection (F)(7).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="34D61D62" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840SH_lv1_b26961745" w:id="91"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:t>H) Notwithstanding any other provision of law, a civil action pursuant to this section may not be brought:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="153206FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_96243c7ce" w:id="92"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:t xml:space="preserve">1) against the woman who used or sought to obtain abortion‑inducing drugs to abort or attempt to abort her unborn </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3B427E83" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_c2bc11426" w:id="93"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:t xml:space="preserve">2) against any person that acted at the behest of federal agencies, contractors, or employees that are carrying out duties under federal law, if the imposition of liability would violate the doctrines of preemption or intergovernmental </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>immunity;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="00FC2B54" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S3_lv2_2808f7b3c" w:id="94"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:t xml:space="preserve">3) by any person who impregnated the woman who used abortion‑inducing drugs through an act of rape, sexual assault, or incest, or by anyone who acts in concert or participation with such a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="6516F0C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S4_lv2_f1fc5b5e1" w:id="95"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:t>4) against a physician or a healthcare professional licensed by this State, except where the plaintiff pleads and proves the violations described in subsection (F)(2); or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3C201C7F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840S5_lv2_10e61d27d" w:id="96"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:t>5) against a common carrier, a pharmaceutical manufacturer, a pharmaceutical distributor, or a pharmacy located in this State and licensed by the South Carolina Board of Pharmacy, unless the plaintiff pleads and proves that the defendant:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="36F21266" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sa_lv3_2f660195e" w:id="97"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:t>a) failed to take reasonable precautions to ensure that it would not engage in the conduct described in this section; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="7FB899DC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N840Sb_lv3_49b0b614c" w:id="98"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:t>b) failed to adopt and implement a policy to not distribute, mail, transport, deliver, provide, or possess abortion‑inducing drugs other than for one or more of the purposes described in subsection (F)(7).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="67F37FB6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="03774D73" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_10ee2d23c" w:id="99"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="007B4F9A">
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_0e59c3e31" w:id="100"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:t>ection 44‑53‑250 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="12E2F093" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="2733E8EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="ns_T44C53N250_7c2140c51" w:id="101"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C53N250Sh_lv1_d7aafcf39" w:id="102"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007B4F9A" w14:paraId="68D7A726" w14:textId="77777777">
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:t xml:space="preserve">h) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801872">
+        <w:t xml:space="preserve">Unless specifically excepted or unless listed in another schedule, any material, compound, mixture, or preparation which contains any quantity of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the following substances</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00801872">
+        <w:t>, including their salts, isomers (whether position, geometric, or optical), and salts of such isomers whenever the existence of such salts, isomers, and salts of isomers is possible within the specific chemical designation</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="0D7BCEC7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_215ae4407" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T44C53N250S1_lv2_6204c2217" w:id="103"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007B4F9A" w14:paraId="2DBFF08B" w14:textId="3397D33F">
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:t>1) Mifepristone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="61B85360" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_28d6b202d" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T44C53N250S2_lv2_97cd6a228" w:id="104"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007B4F9A" w14:paraId="377BDDD0" w14:textId="24B54699">
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:t>2) Misoprostol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="776374B8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3D81B7CC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_3_ba0d13c92" w:id="105"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_75e6a875c" w:id="106"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:t>ection 44‑53‑370 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3474D7D0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C41N840SB_lv1_3330a2559" w:id="42"/>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="01882414" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="ns_T44C53N370_f27c8956a" w:id="107"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C53N370Sh_lv1_3309565d1" w:id="108"/>
+      <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ss_T44C41N840S1_lv2_1f544f9f4" w:id="43"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:t>h)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C53N370S1_lv2_560e3eb7a" w:id="109"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007B4F9A" w:rsidP="007B4F9A" w:rsidRDefault="007B4F9A" w14:paraId="25F93BD2" w14:textId="6A40C156">
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:t>1) It is unlawful for any person knowingly or intentionally to possess mifepristone or misoprostol, unless such substance was obtained directly or pursuant to a valid prescription or order from a practitioner, or as provided in Section 44‑53‑360, while acting in the course of the person’s professional practice or except as authorized by this subsection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="5EDCBAC0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C41N840S2_lv2_7ef4381af" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T44C53N370S2_lv2_dd22ba9c6" w:id="110"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-[...1056 lines deleted...]
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:t xml:space="preserve">2) A person who violates the provisions of this subsection is guilty of a felony and, upon conviction, </w:t>
       </w:r>
       <w:r w:rsidRPr="005B772A">
         <w:t>must be imprisoned for not more than five years, or fined not more than fi</w:t>
       </w:r>
       <w:r>
         <w:t>ve</w:t>
       </w:r>
       <w:r w:rsidRPr="005B772A">
         <w:t xml:space="preserve"> thousand dollars, or both</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B772A" w:rsidP="003B760B" w:rsidRDefault="005B772A" w14:paraId="255B273B" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="54F54D63" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C53N370S3_lv2_2a088f478" w:id="100"/>
+      <w:bookmarkStart w:name="ss_T44C53N370S3_lv2_2796b518e" w:id="111"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:t xml:space="preserve">3) It is not a violation of this subsection for a pregnant woman to possess </w:t>
       </w:r>
       <w:r w:rsidRPr="005B772A">
         <w:t>mifepristone or misoprostol</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for her own consumption.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00950E31" w:rsidP="00950E31" w:rsidRDefault="00950E31" w14:paraId="3E086D26" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="61A6BB02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00950E31" w:rsidP="003A3AAC" w:rsidRDefault="00950E31" w14:paraId="7052EE5B" w14:textId="2812CF0B">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="54613915" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_e8ef85707" w:id="101"/>
+      <w:bookmarkStart w:name="bs_num_4_e8ef85707" w:id="112"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="112"/>
       <w:r>
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00EB2739" w:rsidR="00EB2739">
+      <w:r w:rsidRPr="00EB2739">
         <w:t xml:space="preserve">The South Carolina Board of Pharmacy is directed to notify all pharmacists in South Carolina about the provisions of this law and that lawful prescriptions for mifepristone and misoprostol may be filled in accordance with this </w:t>
       </w:r>
-      <w:r w:rsidR="00EB2739">
+      <w:r>
         <w:t>act</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB2739" w:rsidR="00EB2739">
+      <w:r w:rsidRPr="00EB2739">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB2739" w:rsidP="00EB2739" w:rsidRDefault="00EB2739" w14:paraId="41C72706" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="30D7B00C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB2739" w:rsidP="003E4E3F" w:rsidRDefault="00EB2739" w14:paraId="40B4C4FB" w14:textId="1CCA8348">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="5D8998E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_5f3581bdc" w:id="102"/>
+      <w:bookmarkStart w:name="bs_num_5_5f3581bdc" w:id="113"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00911DC2" w:rsidR="00911DC2">
-[...2 lines deleted...]
-      <w:r w:rsidR="00911DC2">
+      <w:r w:rsidRPr="00911DC2">
+        <w:t xml:space="preserve">The South Carolina Department of Public Health is directed to notify all healthcare practitioners and providers in South Carolina about the provisions of this law and that mifepristone and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00911DC2">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">misoprostol may be prescribed and administered in accordance with this </w:t>
+      </w:r>
+      <w:r>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00911DC2" w:rsidR="00911DC2">
+      <w:r w:rsidRPr="00911DC2">
         <w:t>ct.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00510AA6" w:rsidP="00510AA6" w:rsidRDefault="00510AA6" w14:paraId="34FCC0ED" w14:textId="1030F1B1">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="02BB6F8C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B85D12" w:rsidP="00B85D12" w:rsidRDefault="00510AA6" w14:paraId="5F820A4E" w14:textId="77777777">
+    <w:p w:rsidR="003F0917" w:rsidRDefault="00D975D6" w14:paraId="652AC44C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_6_0c9c63b7a" w:id="114"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r>
+        <w:t>ECTION 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_c775005e6" w:id="115"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r>
+        <w:t>rticle 1, Chapter 41, Title 44 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0917" w:rsidRDefault="003F0917" w14:paraId="34B98F59" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F0917" w:rsidRDefault="00D975D6" w14:paraId="4DBD06D9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C41N95_0d88dd3b7" w:id="116"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:t>ection 44-41-95.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N95SA_lv1_bcbb6fa3" w:id="117"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307E30">
+        <w:t xml:space="preserve">It is unlawful for a person or entity to knowingly solicit or provide funding or assistance in the State of South Carolina for the unlawful delivering, dispensing, distributing, or providing </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307E30">
+        <w:t xml:space="preserve"> an abortion-inducing drug</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to a pregnant woman.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0917" w:rsidRDefault="00D975D6" w14:paraId="67BC918A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N95SB_lv1_2bb3aee4" w:id="118"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307E30">
+        <w:t>The Attorney General is authorized to pursue civil forfeiture of the prohibited funds, with forfeiture limited to funds directly connected to unlawful conduct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E1759">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0917" w:rsidRDefault="00D975D6" w14:paraId="48284BC0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T44C41N95SC_lv1_f0f8a3b1" w:id="119"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:t xml:space="preserve">C) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307E30">
+        <w:t xml:space="preserve">The Attorney General is authorized to pursue injunctive relief against organizations that knowingly or repeatedly violate the prohibitions of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>subs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00307E30">
+        <w:t>ection (A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F0917" w:rsidRDefault="003F0917" w14:paraId="4CEEDED0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="6BB305FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_9fc16a4f2" w:id="103"/>
-      <w:bookmarkStart w:name="savings_ddb4e9d77" w:id="104"/>
+      <w:bookmarkStart w:name="bs_num_7_9fc16a4f2" w:id="120"/>
+      <w:bookmarkStart w:name="savings_ddb4e9d77" w:id="121"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="103"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00683A6D" w:rsidR="00B85D12">
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:t>ECTION 7.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidRPr="00683A6D">
         <w:t xml:space="preserve">The repeal or amendment by this act of any law, whether temporary or permanent or civil or criminal, does not </w:t>
       </w:r>
-      <w:r w:rsidR="00B85D12">
+      <w:r>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00683A6D" w:rsidR="00B85D12">
+      <w:r w:rsidRPr="00683A6D">
         <w:t>ffect pending actions, rights, duties, or liabilities founded thereon, or alter</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E38A7" w:rsidR="00B85D12">
+      <w:r w:rsidRPr="007E38A7">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00683A6D" w:rsidR="00B85D12">
+      <w:r w:rsidRPr="00683A6D">
         <w:t xml:space="preserve"> discharge, release or extinguish any penalty, forfeiture, or liability</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E38A7" w:rsidR="00B85D12">
+      <w:r w:rsidRPr="007E38A7">
         <w:t xml:space="preserve"> incurred under the repealed or amended law, unless the repealed or amended provision shall so expressly provide.  After the effective date of this act, all laws repealed or amended by this act must be taken and treated as remaining in full force and effect for the purpose of sustaining any pending or vested right, civil action, special proceeding, criminal prosecution, or appeal existing as of the effective date of this act, and for the enforcement of rights, duties, penalties, forfeitures, and liabilities as they stood under the repealed or amended laws</w:t>
       </w:r>
-      <w:r w:rsidRPr="00683A6D" w:rsidR="00B85D12">
+      <w:r w:rsidRPr="00683A6D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B333F8" w:rsidP="00B333F8" w:rsidRDefault="00B333F8" w14:paraId="1AD233BF" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="4DF949E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B333F8" w:rsidP="00314371" w:rsidRDefault="00B333F8" w14:paraId="0D17DEF6" w14:textId="77777777">
+    <w:p w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="6F94D3B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_7_62424c2ab" w:id="105"/>
-      <w:bookmarkStart w:name="severability_f71677eeb" w:id="106"/>
+      <w:bookmarkStart w:name="bs_num_8_62424c2ab" w:id="122"/>
+      <w:bookmarkStart w:name="severability_f71677eeb" w:id="123"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="105"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B0415B" w:rsidR="00314371">
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:t>ECTION 8.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r w:rsidRPr="00B0415B">
         <w:t>If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="67D13C29" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="3B8A3705" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="60FDE4F5" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="406D8F43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_8_lastsection" w:id="107"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="108"/>
+      <w:bookmarkStart w:name="bs_num_9_lastsection" w:id="124"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="125"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="107"/>
+      <w:bookmarkEnd w:id="124"/>
       <w:r w:rsidRPr="00DF3B44">
-        <w:t>ECTION 8.</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="074572B5" w14:textId="77777777">
+        <w:t>ECTION 9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3B44">
+        <w:tab/>
+        <w:t xml:space="preserve">This act takes effect </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ninety days after</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF3B44">
+        <w:t xml:space="preserve"> approval by the Governor.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00A872BC" w:rsidP="00A872BC" w:rsidRDefault="00A872BC" w14:paraId="461DCC04" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00314408">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="005516F6" w14:paraId="074572B5" w14:textId="02ACC6FA">
+      <w:pPr>
+        <w:pStyle w:val="scbillendxx"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="001C6598">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="720E9F2F" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -2827,186 +4237,258 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6C184A7E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
-[...2 lines deleted...]
-    </w:pPr>
+  <w:p w14:paraId="2016AC13" w14:textId="224E8061" w:rsidR="000912B7" w:rsidRPr="00BC78CD" w:rsidRDefault="000912B7" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>4760</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1479260280"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C184A7E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="34CA209A" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="003856E9" w:rsidP="00D14995">
+      <w:p w14:paraId="34CA209A" w14:textId="140DA12D" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00A85B1B" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00256549">
+              <w:t>[4760]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00FD0ED7">
+            <w:r w:rsidR="00AC3F92">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0310VR26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78FA0BC4" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="517EE954" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCA2E62" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2806A7CE" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -3041,922 +4523,1020 @@
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55236F0B" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58E7279F" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="94E6D92E"/>
+    <w:tmpl w:val="8A323DC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CA080A8"/>
+    <w:tmpl w:val="5BB80706"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="48EC091E"/>
+    <w:tmpl w:val="35543978"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="EC7043A0"/>
+    <w:tmpl w:val="11486290"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8966991C"/>
+    <w:tmpl w:val="912A7EDE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8D324A10"/>
+    <w:tmpl w:val="18F259FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1E645258"/>
+    <w:tmpl w:val="E5A441A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F645F22"/>
+    <w:tmpl w:val="FB8831E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FAA8842C"/>
+    <w:tmpl w:val="DC6CCE10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="84F0597C"/>
+    <w:tmpl w:val="E188D976"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1314262902">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="516625294">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1459255414">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="1235311607">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="615647962">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="47920775">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1424884182">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="236326850">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="0000252E"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="0001076F"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00056AE3"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="000726E9"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00074D81"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00084B41"/>
     <w:rsid w:val="00087FA2"/>
+    <w:rsid w:val="000912B7"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000A4270"/>
     <w:rsid w:val="000B0E21"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
+    <w:rsid w:val="000B6A02"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E3826"/>
     <w:rsid w:val="000E4CAA"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010009F"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00104CB7"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001127C4"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="00116625"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00123EA3"/>
     <w:rsid w:val="0013057E"/>
     <w:rsid w:val="00132E60"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00150212"/>
     <w:rsid w:val="00153D3A"/>
     <w:rsid w:val="00162F47"/>
+    <w:rsid w:val="00167376"/>
     <w:rsid w:val="00170A08"/>
     <w:rsid w:val="00170D28"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730B1"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00175AB4"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00187E84"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00193815"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B0374"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C6598"/>
     <w:rsid w:val="001C74A6"/>
     <w:rsid w:val="001E5B3B"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="00211609"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162A4"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00242EF9"/>
+    <w:rsid w:val="00244BAF"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002519B1"/>
+    <w:rsid w:val="00256549"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00270390"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00276A84"/>
     <w:rsid w:val="00280AF6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00287359"/>
     <w:rsid w:val="00287C46"/>
     <w:rsid w:val="00290029"/>
     <w:rsid w:val="002925E3"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rsid w:val="002A3212"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002B2406"/>
     <w:rsid w:val="002C2FC8"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C3F1B"/>
     <w:rsid w:val="002C4BBE"/>
     <w:rsid w:val="002C6503"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E2D64"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="002E6E14"/>
     <w:rsid w:val="002F2E62"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00314371"/>
     <w:rsid w:val="00314408"/>
     <w:rsid w:val="00320235"/>
     <w:rsid w:val="00323C2A"/>
     <w:rsid w:val="00324014"/>
     <w:rsid w:val="00327B4C"/>
     <w:rsid w:val="00332ED2"/>
     <w:rsid w:val="00334D75"/>
     <w:rsid w:val="00335CD6"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00347EEA"/>
+    <w:rsid w:val="00353F5A"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
+    <w:rsid w:val="00356935"/>
     <w:rsid w:val="00356EBA"/>
     <w:rsid w:val="0036078A"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="0036652B"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00382740"/>
     <w:rsid w:val="003845A4"/>
     <w:rsid w:val="00390B5C"/>
     <w:rsid w:val="0039257F"/>
     <w:rsid w:val="003A2431"/>
     <w:rsid w:val="003A3068"/>
     <w:rsid w:val="003A3157"/>
     <w:rsid w:val="003A3AAC"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003A6CAD"/>
     <w:rsid w:val="003A7857"/>
+    <w:rsid w:val="003B4EDC"/>
     <w:rsid w:val="003B760B"/>
     <w:rsid w:val="003C2190"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
+    <w:rsid w:val="003D79FA"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E109C"/>
+    <w:rsid w:val="003E1A30"/>
     <w:rsid w:val="003E4E3F"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F0164"/>
+    <w:rsid w:val="003F0917"/>
+    <w:rsid w:val="00400E77"/>
     <w:rsid w:val="0040418C"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00405D0B"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00413F0B"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00414B82"/>
+    <w:rsid w:val="004163F1"/>
     <w:rsid w:val="0041782D"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00421EAC"/>
     <w:rsid w:val="004222E8"/>
     <w:rsid w:val="00425C3C"/>
     <w:rsid w:val="00432135"/>
+    <w:rsid w:val="00434E64"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
+    <w:rsid w:val="00447F14"/>
     <w:rsid w:val="00450C86"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00470B08"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004824FD"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
+    <w:rsid w:val="00493618"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00495E77"/>
     <w:rsid w:val="00496515"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B27D2"/>
+    <w:rsid w:val="004B2A45"/>
     <w:rsid w:val="004B3C80"/>
     <w:rsid w:val="004C1A04"/>
+    <w:rsid w:val="004C1DEE"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5523"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D1AAA"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D539D"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005010E3"/>
     <w:rsid w:val="00505EAC"/>
     <w:rsid w:val="00507326"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00510AA6"/>
     <w:rsid w:val="00514B23"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="0052314B"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00526521"/>
     <w:rsid w:val="00537405"/>
     <w:rsid w:val="0054092C"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="005530B2"/>
     <w:rsid w:val="00554E89"/>
+    <w:rsid w:val="00557CE3"/>
     <w:rsid w:val="00563C7C"/>
     <w:rsid w:val="00563D63"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005728DB"/>
     <w:rsid w:val="00572E13"/>
     <w:rsid w:val="005763AB"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00585DEC"/>
     <w:rsid w:val="00592A40"/>
+    <w:rsid w:val="0059664F"/>
     <w:rsid w:val="005977AF"/>
+    <w:rsid w:val="005A1158"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A45D1"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B3121"/>
     <w:rsid w:val="005B772A"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C3BAA"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C67AE"/>
     <w:rsid w:val="005C7A83"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D1D3E"/>
+    <w:rsid w:val="005D1FCB"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E772D"/>
     <w:rsid w:val="005F3A35"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="005F7BEB"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="00604FEF"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="006115A3"/>
     <w:rsid w:val="00611EAF"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
+    <w:rsid w:val="00627E29"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00647421"/>
     <w:rsid w:val="00655A9D"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00672B1E"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="006836B2"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="0068417D"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B3366"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B7104"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C1982"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F2953"/>
     <w:rsid w:val="00706049"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="007151D0"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00726193"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00733212"/>
     <w:rsid w:val="00737961"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00740080"/>
+    <w:rsid w:val="007422E6"/>
+    <w:rsid w:val="00746A6E"/>
+    <w:rsid w:val="007640DC"/>
+    <w:rsid w:val="00774D22"/>
+    <w:rsid w:val="00776AEB"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00794FD7"/>
     <w:rsid w:val="00796FD0"/>
     <w:rsid w:val="007972A7"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A425E"/>
     <w:rsid w:val="007B2CE5"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B4F9A"/>
+    <w:rsid w:val="007B5A31"/>
     <w:rsid w:val="007C0CCC"/>
     <w:rsid w:val="007C1494"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C687A"/>
     <w:rsid w:val="007D2956"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D2D02"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00801872"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00830786"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="0083153A"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008457A3"/>
     <w:rsid w:val="00847659"/>
     <w:rsid w:val="00854EF5"/>
     <w:rsid w:val="00860D17"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087083D"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A0CAA"/>
     <w:rsid w:val="008A5685"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B1A03"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D7C8F"/>
     <w:rsid w:val="008E0E25"/>
+    <w:rsid w:val="008E0E32"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F0B50"/>
     <w:rsid w:val="00902662"/>
     <w:rsid w:val="00902B3A"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009052A9"/>
+    <w:rsid w:val="009059F3"/>
     <w:rsid w:val="00911DC2"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00932828"/>
     <w:rsid w:val="00933A30"/>
     <w:rsid w:val="00933DE2"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00950E31"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="0096436F"/>
+    <w:rsid w:val="0097728D"/>
     <w:rsid w:val="00981138"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="009841A2"/>
     <w:rsid w:val="00986063"/>
+    <w:rsid w:val="00990E56"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="00995925"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A532F"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B3B8E"/>
     <w:rsid w:val="009B5C78"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C111A"/>
+    <w:rsid w:val="009C1C8B"/>
+    <w:rsid w:val="009C1DDA"/>
     <w:rsid w:val="009C23D5"/>
+    <w:rsid w:val="009C24DF"/>
     <w:rsid w:val="009C312B"/>
     <w:rsid w:val="009C34D2"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009D4D83"/>
     <w:rsid w:val="009D606C"/>
     <w:rsid w:val="009E14D2"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
+    <w:rsid w:val="009F6D15"/>
     <w:rsid w:val="00A030E6"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A115A0"/>
     <w:rsid w:val="00A14CA9"/>
     <w:rsid w:val="00A16D9E"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A22254"/>
     <w:rsid w:val="00A24E56"/>
+    <w:rsid w:val="00A24FD4"/>
     <w:rsid w:val="00A26A62"/>
+    <w:rsid w:val="00A27AC5"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A54470"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
+    <w:rsid w:val="00A85B1B"/>
     <w:rsid w:val="00A860C7"/>
+    <w:rsid w:val="00A872BC"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A94DC5"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB2E67"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
+    <w:rsid w:val="00AC3F92"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC6633"/>
     <w:rsid w:val="00AC77D1"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE0CD8"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE501B"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
+    <w:rsid w:val="00B07ECA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B14A27"/>
     <w:rsid w:val="00B218FC"/>
     <w:rsid w:val="00B30699"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B333F8"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B436E4"/>
+    <w:rsid w:val="00B468A8"/>
+    <w:rsid w:val="00B51F53"/>
     <w:rsid w:val="00B527B8"/>
     <w:rsid w:val="00B52B43"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B85D12"/>
+    <w:rsid w:val="00B8683C"/>
     <w:rsid w:val="00B86FD9"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B91804"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
+    <w:rsid w:val="00BA4198"/>
     <w:rsid w:val="00BA5778"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB70CD"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BC7BA1"/>
+    <w:rsid w:val="00BD07D2"/>
     <w:rsid w:val="00BD18FB"/>
     <w:rsid w:val="00BD31C0"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE6408"/>
+    <w:rsid w:val="00BF0C1B"/>
     <w:rsid w:val="00BF25A8"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C02798"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C246D7"/>
     <w:rsid w:val="00C24866"/>
     <w:rsid w:val="00C36DA8"/>
     <w:rsid w:val="00C406A8"/>
     <w:rsid w:val="00C42492"/>
     <w:rsid w:val="00C433BD"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
+    <w:rsid w:val="00C62E0D"/>
     <w:rsid w:val="00C630CC"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
+    <w:rsid w:val="00C756A1"/>
     <w:rsid w:val="00C833A5"/>
+    <w:rsid w:val="00C84889"/>
     <w:rsid w:val="00C84E64"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA26E0"/>
+    <w:rsid w:val="00CA53FE"/>
     <w:rsid w:val="00CA7DBB"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB266A"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
+    <w:rsid w:val="00CC0EC3"/>
     <w:rsid w:val="00CC3F0E"/>
+    <w:rsid w:val="00CC48E6"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD47F9"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE0184"/>
+    <w:rsid w:val="00CE6FE7"/>
     <w:rsid w:val="00CE7695"/>
     <w:rsid w:val="00CF323E"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF6D00"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D03B97"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D200E1"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D210C9"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54180"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57778"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D633E7"/>
     <w:rsid w:val="00D63B9C"/>
     <w:rsid w:val="00D65E4A"/>
     <w:rsid w:val="00D74686"/>
     <w:rsid w:val="00D772FB"/>
+    <w:rsid w:val="00D83944"/>
     <w:rsid w:val="00D84219"/>
+    <w:rsid w:val="00D975D6"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA1C2C"/>
     <w:rsid w:val="00DA1CB7"/>
     <w:rsid w:val="00DA512B"/>
+    <w:rsid w:val="00DA67CD"/>
+    <w:rsid w:val="00DB58EA"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF0200"/>
     <w:rsid w:val="00DF13C5"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF4B1E"/>
     <w:rsid w:val="00E063F1"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E61125"/>
     <w:rsid w:val="00E61138"/>
     <w:rsid w:val="00E62152"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E65B1A"/>
     <w:rsid w:val="00E726FA"/>
     <w:rsid w:val="00E8016F"/>
     <w:rsid w:val="00E84821"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA06DC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA33EF"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB2739"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
+    <w:rsid w:val="00EB4D46"/>
+    <w:rsid w:val="00EB7627"/>
+    <w:rsid w:val="00EB7965"/>
     <w:rsid w:val="00EC0045"/>
+    <w:rsid w:val="00EC3F4D"/>
     <w:rsid w:val="00ED24E5"/>
     <w:rsid w:val="00ED3BD4"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE72C5"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F06F30"/>
     <w:rsid w:val="00F11053"/>
     <w:rsid w:val="00F11C2E"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F30563"/>
     <w:rsid w:val="00F316E5"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F3368E"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
@@ -4404,1593 +5984,3688 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007C0CCC"/>
+    <w:rsid w:val="002A2DD6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007B4F9A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A872BC"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A872BC"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A872BC"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A872BC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A872BC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="000912B7"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00774D22"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00774D22"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4760&amp;session=126&amp;summary=B" TargetMode="External" Id="Rc91046b589a243c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4760_20251217.docx" TargetMode="External" Id="R7e6b0d2cf7ca44e8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4760&amp;session=126&amp;summary=B" TargetMode="External" Id="R7e4bb287e25c456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4760_20251217.docx" TargetMode="External" Id="R3abcf6b1831740da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4760_20260128.docx" TargetMode="External" Id="Rbda6b7c814e04656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4760_20260129.docx" TargetMode="External" Id="R115c1ccf8da04d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4760_20260204.docx" TargetMode="External" Id="Rae621d9f0ef049c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4760_20260205.docx" TargetMode="External" Id="R86c1f366ec044f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R42b0b7ce4b214bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R7a6eccd8dfb742f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="R6fed38e4a3fd4a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="Rdd3fc12cd92c425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260204.docx" TargetMode="External" Id="R609d0a4dfea14197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260204.docx" TargetMode="External" Id="R6115f782adde43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260204.docx" TargetMode="External" Id="R08c72b00202d4dbc" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B1551CAC5D5C427088578CE379F61589"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{86E38544-B631-426C-9278-1140957C2801}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00757FAF" w:rsidRDefault="00757FAF" w:rsidP="00757FAF">
+          <w:pPr>
+            <w:pStyle w:val="B1551CAC5D5C427088578CE379F61589"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00056AE3"/>
+    <w:rsid w:val="000B6A02"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00104CB7"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="003A3068"/>
     <w:rsid w:val="003A7857"/>
     <w:rsid w:val="003C2190"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004824FD"/>
+    <w:rsid w:val="004C1DEE"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00514B23"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005C67AE"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006836B2"/>
     <w:rsid w:val="0068417D"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
+    <w:rsid w:val="00757FAF"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007D2956"/>
     <w:rsid w:val="008457A3"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009B3B8E"/>
+    <w:rsid w:val="009C1C8B"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
+    <w:rsid w:val="00C62E0D"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00C833A5"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F11053"/>
     <w:rsid w:val="00F62B19"/>
     <w:rsid w:val="00F82BD9"/>
     <w:rsid w:val="00F93C79"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
@@ -6410,53 +10085,66 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00757FAF"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B1551CAC5D5C427088578CE379F61589">
+    <w:name w:val="B1551CAC5D5C427088578CE379F61589"/>
+    <w:rsid w:val="00757FAF"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -6724,79 +10412,122 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <AMENDMENTS_USED_FOR_MERGE>[{"drafter":null,"sponsor":"743b84f9-2144-42b4-95a9-e2c1f94a6dbf","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"7f498df8-4af1-44dc-85e1-5796c9820549","name":"LC-4760.VR0027H-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4760.VR0027H-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":3,"isAdopted":false,"amendmentNumber":"19","internalBillVersion":2,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"8c26f018-084d-4112-a4ba-8e58a49625cc","name":"LC-4760.VR0027H","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4760.VR0027H","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},{"drafter":null,"sponsor":"dabbf86a-e5e7-4b4e-a7d9-88d265b2a655","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"4db6905b-92b5-48dc-8be5-64460883fcff","name":"LC-4760.VR0009H-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4760.VR0009H-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":2,"isAdopted":false,"amendmentNumber":"6","internalBillVersion":1,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"f2ccceaa-0148-4ec4-8f8d-8decf903ba80","name":"LC-4760.VR0009H","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4760.VR0009H","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},{"drafter":null,"sponsor":"0f789a7d-2739-4c8c-9ab6-7807bbc8007d","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"a79f832d-587d-4181-ba4a-e69ae1ce496b","name":"LC-4760.VR0001H-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4760.VR0001H-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":1,"isAdopted":false,"amendmentNumber":"1","internalBillVersion":1,"isCommitteeReport":true,"BillTitle":"&lt;Failed to get bill title&gt;","id":"a67667af-731b-48e7-836b-fa3ef8d054b5","name":"LC-4760.VR0001H","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"LC-4760.VR0001H","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true}]</AMENDMENTS_USED_FOR_MERGE>
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>fe463d9b-b259-4442-b056-fc81ee9c1f5e</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-02-04T16:24:04.255976-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>2</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>2</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>4e5d561b-9f62-4022-b61b-3a568e02885a</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALBILL>2f244a06-1c40-4224-8960-dd3ce4db60eb</T_BILL_R_ORIGINALBILL>
+  <T_BILL_R_ORIGINALDRAFT>10a39d4f-8ab9-422d-b747-a640713e72e8</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>5f50a1a5-690a-4f41-a396-c1c85e9d8b60</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4760]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4760</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 8 TO CHAPTER 41, TITLE 44 SO AS TO CREATE CRIMES AND ASSOCIATED PENALTIES REGARDING THE USE OF ABORTION‑INDUCING DRUGS, WITH EXCEPTIONS; BY AMENDING SECTION 44‑53‑250, RELATING TO SCHEDULE IV CONTROLLED SUBSTANCES, SO AS TO ADD MIFEPRISTONE AND MISOPROSTOL; AND BY AMENDING SECTION 44‑53‑370, RELATING TO CONTROLLED SUBSTANCE OFFENSES AND PENALTIES, SO AS TO CREATE CRIMINAL PENALTIES FOR POSSESSION OF MIFEPRISTONE AND MISOPROSTOL, WITH EXCEPTIONS.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"cdd649ce-08dc-470a-a517-92e3c2eb0a5d","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C41N810_c6d215202","IsConstitutionSection":false,"Identity":"44-41-810","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C41N810S1","SubSectionBookmarkName":"ss_T44C41N810S1_lv1_decd7c16e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N810S2","SubSectionBookmarkName":"ss_T44C41N810S2_lv1_4428d33e0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N810Sa","SubSectionBookmarkName":"ss_T44C41N810Sa_lv2_110c243e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N810Sb","SubSectionBookmarkName":"ss_T44C41N810Sb_lv2_04234931f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N810S3","SubSectionBookmarkName":"ss_T44C41N810S3_lv1_b043938ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N810S4","SubSectionBookmarkName":"ss_T44C41N810S4_lv1_533acc81e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N810S5","SubSectionBookmarkName":"ss_T44C41N810S5_lv1_c018a30f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N810S6","SubSectionBookmarkName":"ss_T44C41N810S6_lv1_89191ba3e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N810S7","SubSectionBookmarkName":"ss_T44C41N810S7_lv1_ebb9a7308","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N810S8","SubSectionBookmarkName":"ss_T44C41N810S8_lv1_274db01ce","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C41N820_ef2783b3f","IsConstitutionSection":false,"Identity":"44-41-820","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C41N820SA","SubSectionBookmarkName":"ss_T44C41N820SA_lv1_65c4510ea","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N820SB","SubSectionBookmarkName":"ss_T44C41N820SB_lv1_c3694fac6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S1","SubSectionBookmarkName":"ss_T44C41N820S1_lv2_f34f2e86a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S2","SubSectionBookmarkName":"ss_T44C41N820S2_lv2_1427bf15d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S3","SubSectionBookmarkName":"ss_T44C41N820S3_lv2_8c68260be","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N820SC","SubSectionBookmarkName":"ss_T44C41N820SC_lv1_9e4d4ead7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S1","SubSectionBookmarkName":"ss_T44C41N820S1_lv2_0d259bc1a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S2","SubSectionBookmarkName":"ss_T44C41N820S2_lv2_d2b96544b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S3","SubSectionBookmarkName":"ss_T44C41N820S3_lv2_0d7872878","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S4","SubSectionBookmarkName":"ss_T44C41N820S4_lv2_ab3dd5c97","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S5","SubSectionBookmarkName":"ss_T44C41N820S5_lv2_54dede430","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N820S6","SubSectionBookmarkName":"ss_T44C41N820S6_lv2_2f6dc3814","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C41N830_18e0cf583","IsConstitutionSection":false,"Identity":"44-41-830","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C41N830SA","SubSectionBookmarkName":"ss_T44C41N830SA_lv1_3e57d16eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N830SB","SubSectionBookmarkName":"ss_T44C41N830SB_lv1_c31d77e84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N830S1","SubSectionBookmarkName":"ss_T44C41N830S1_lv2_de86f1743","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N830S2","SubSectionBookmarkName":"ss_T44C41N830S2_lv2_fcda3738c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N830SC","SubSectionBookmarkName":"ss_T44C41N830SC_lv1_b5b28ee85","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T44C41N840_63fec9a01","IsConstitutionSection":false,"Identity":"44-41-840","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C41N840SA","SubSectionBookmarkName":"ss_T44C41N840SA_lv1_c1a15a452","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S1","SubSectionBookmarkName":"ss_T44C41N840S1_lv2_58a9c4cf1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S2","SubSectionBookmarkName":"ss_T44C41N840S2_lv2_040fd969d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N840SB","SubSectionBookmarkName":"ss_T44C41N840SB_lv1_102ab1092","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S1","SubSectionBookmarkName":"ss_T44C41N840S1_lv2_b9dd2bd29","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sb","SubSectionBookmarkName":"ss_T44C41N840Sb_lv3_ed21f879b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N840SC","SubSectionBookmarkName":"ss_T44C41N840SC_lv1_7fe86c4e6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S1","SubSectionBookmarkName":"ss_T44C41N840S1_lv2_b3e32c776","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S2","SubSectionBookmarkName":"ss_T44C41N840S2_lv2_03ba5a891","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N840SD","SubSectionBookmarkName":"ss_T44C41N840SD_lv1_582d7be3c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N840SE","SubSectionBookmarkName":"ss_T44C41N840SE_lv1_fad767a45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S1","SubSectionBookmarkName":"ss_T44C41N840S1_lv2_50355dd97","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sa","SubSectionBookmarkName":"ss_T44C41N840Sa_lv3_60fc2643b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sb","SubSectionBookmarkName":"ss_T44C41N840Sb_lv3_e59425efe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sc","SubSectionBookmarkName":"ss_T44C41N840Sc_lv3_4040180d3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sd","SubSectionBookmarkName":"ss_T44C41N840Sd_lv3_27fb1e41b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Se","SubSectionBookmarkName":"ss_T44C41N840Se_lv3_2c681df64","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S2","SubSectionBookmarkName":"ss_T44C41N840S2_lv2_ab7427b4d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S3","SubSectionBookmarkName":"ss_T44C41N840S3_lv2_d0bdb88cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N840SF","SubSectionBookmarkName":"ss_T44C41N840SF_lv1_fbe876683","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S1","SubSectionBookmarkName":"ss_T44C41N840S1_lv2_926ceaa1b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S2","SubSectionBookmarkName":"ss_T44C41N840S2_lv2_049a02906","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sa","SubSectionBookmarkName":"ss_T44C41N840Sa_lv3_0e997c24b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sb","SubSectionBookmarkName":"ss_T44C41N840Sb_lv3_b30bc95ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S3","SubSectionBookmarkName":"ss_T44C41N840S3_lv2_0ebc7c270","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S4","SubSectionBookmarkName":"ss_T44C41N840S4_lv2_c5b2c0430","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S5","SubSectionBookmarkName":"ss_T44C41N840S5_lv2_24ec11ba0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S6","SubSectionBookmarkName":"ss_T44C41N840S6_lv2_14da6b1ae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S7","SubSectionBookmarkName":"ss_T44C41N840S7_lv2_870ffbc03","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sa","SubSectionBookmarkName":"ss_T44C41N840Sa_lv3_4e54eb48d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sb","SubSectionBookmarkName":"ss_T44C41N840Sb_lv3_db4477f5c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sc","SubSectionBookmarkName":"ss_T44C41N840Sc_lv3_ec08eef26","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sd","SubSectionBookmarkName":"ss_T44C41N840Sd_lv3_f05f0d4bd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S8","SubSectionBookmarkName":"ss_T44C41N840S8_lv2_64b6340a3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S9","SubSectionBookmarkName":"ss_T44C41N840S9_lv2_23e3c1570","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N840SG","SubSectionBookmarkName":"ss_T44C41N840SG_lv1_955a376c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S1","SubSectionBookmarkName":"ss_T44C41N840S1_lv2_15631e8f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S2","SubSectionBookmarkName":"ss_T44C41N840S2_lv2_455dee05f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S3","SubSectionBookmarkName":"ss_T44C41N840S3_lv2_12a67cb6c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S4","SubSectionBookmarkName":"ss_T44C41N840S4_lv2_d6775b662","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S5","SubSectionBookmarkName":"ss_T44C41N840S5_lv2_5643ed730","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N840SH","SubSectionBookmarkName":"ss_T44C41N840SH_lv1_b26961745","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S1","SubSectionBookmarkName":"ss_T44C41N840S1_lv2_96243c7ce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S2","SubSectionBookmarkName":"ss_T44C41N840S2_lv2_c2bc11426","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S3","SubSectionBookmarkName":"ss_T44C41N840S3_lv2_2808f7b3c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S4","SubSectionBookmarkName":"ss_T44C41N840S4_lv2_f1fc5b5e1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C41N840S5","SubSectionBookmarkName":"ss_T44C41N840S5_lv2_10e61d27d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sa","SubSectionBookmarkName":"ss_T44C41N840Sa_lv3_2f660195e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sb","SubSectionBookmarkName":"ss_T44C41N840Sb_lv3_49b0b614c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C41N840Sa","SubSectionBookmarkName":"ss_T44C41N840Sa_lv3_043dd661","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T44C41N840Si","SubSectionBookmarkName":"ss_T44C41N840Si_lv4_532b9cf9c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T44C41N840Sii","SubSectionBookmarkName":"ss_T44C41N840Sii_lv4_ede4c7375","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T44C41N840Siii","SubSectionBookmarkName":"ss_T44C41N840Siii_lv4_4f1bced64","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding article 8 to chapter 41, title 44 so as to create crimes related to abortion-inducing drugs, to establish penalties; to schedule certain abortion-inducing drugs as schedule IV controlled substances and to create associated criminal penalties for possession of the substances, with exceptions","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_1a34d2a56"},{"SectionUUID":"8dcff600-434f-48f6-bbe1-9e23a1fa1d73","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C53N250_7c2140c51","IsConstitutionSection":false,"Identity":"44-53-250","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C53N250Sh","SubSectionBookmarkName":"ss_T44C53N250Sh_lv1_d7aafcf39","IsNewSubSection":true,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C53N250S1","SubSectionBookmarkName":"ss_T44C53N250S1_lv2_6204c2217","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C53N250S2","SubSectionBookmarkName":"ss_T44C53N250S2_lv2_97cd6a228","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Schedule IV","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_10ee2d23c"},{"SectionUUID":"8041c229-5264-413f-b84b-ac6294a2f146","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C53N370_f27c8956a","IsConstitutionSection":false,"Identity":"44-53-370","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C53N370Sh","SubSectionBookmarkName":"ss_T44C53N370Sh_lv1_3309565d1","IsNewSubSection":true,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C53N370S1","SubSectionBookmarkName":"ss_T44C53N370S1_lv2_560e3eb7a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C53N370S2","SubSectionBookmarkName":"ss_T44C53N370S2_lv2_dd22ba9c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C53N370S3","SubSectionBookmarkName":"ss_T44C53N370S3_lv2_2796b518e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Prohibited acts A;  penalties","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_ba0d13c92"},{"SectionUUID":"d917997f-6f66-40fb-af69-3642ffb763e6","SectionName":"New Blank SECTION","SectionNumber":4,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_e8ef85707"},{"SectionUUID":"eca019b0-c6bf-4a96-abd5-ae7eada4afc9","SectionName":"New Blank SECTION","SectionNumber":5,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_5f3581bdc"},{"SectionUUID":"93c64514-9c9e-4ffa-bd36-b5d694090d05","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C41N95_0d88dd3b7","IsConstitutionSection":false,"Identity":"44-41-95","IsNew":false,"SubSections":[{"Level":1,"Identity":"T44C41N95SA","SubSectionBookmarkName":"ss_T44C41N95SA_lv1_bcbb6fa3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N95SB","SubSectionBookmarkName":"ss_T44C41N95SB_lv1_2bb3aee4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C41N95SC","SubSectionBookmarkName":"ss_T44C41N95SC_lv1_f0f8a3b1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_0c9c63b7a"},{"SectionUUID":"c7d6343f-5385-4657-a237-7b9268912c67","SectionName":"Savings","SectionNumber":7,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_9fc16a4f2"},{"SectionUUID":"4454a3f2-d3fa-4a03-9c2a-f4ce811e0be2","SectionName":"Severability","SectionNumber":8,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_8_62424c2ab"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":9,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_9_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Abortion-Inducing Drugs</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -7013,192 +10744,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...43 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD13179-2D72-467D-BBC5-D0E60226456D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
-[...6 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>16015</Characters>
+  <Pages>9</Pages>
+  <Words>3404</Words>
+  <Characters>18183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>262</Lines>
-  <Paragraphs>108</Paragraphs>
+  <Lines>313</Lines>
+  <Paragraphs>132</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18900</CharactersWithSpaces>
+  <CharactersWithSpaces>21455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>