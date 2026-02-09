--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. T. Moore, Mitchell, Ballentine, Bradley, Brewer, Caskey, Chapman, Crawford, Davis, Duncan, Erickson, Forrest, Gagnon, Gatch, Gilliam, Guest, Hardee, Hartz, Hewitt, Hiott, Hixon, J.E. Johnson, Lawson, Ligon, Long, Lowe, Martin, McCravy, B. Newton, W. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, Sessions, G.M. Smith, M.M. Smith, Taylor, Teeple, Vaughan, Wickensimer, Whitmire, Willis, Wooten and Yow</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. T. Moore, C. Mitchell, Ballentine, Bradley, Brewer, Caskey, Chapman, Crawford, Davis, Duncan, Erickson, Forrest, Gagnon, Gatch, Gilliam, Guest, Hardee, Hartz, Hewitt, Hiott, Hixon, J.E. Johnson, Lawson, Ligon, Long, Lowe, Martin, McCravy, B. Newton, W. Newton, Oremus, Pedalino, Pope, Rankin, Robbins, Schuessler, Sessions, G.M. Smith, M.M. Smith, Taylor, Teeple, Vaughan, Wickensimer, Whitmire, Willis, Wooten, Yow and Bowers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0400CM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Immigration</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rfd1f05bf338943a3">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc1e80d26c65b4d92">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 107</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Bowers
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R519d842914a942b2">
+      <w:hyperlink r:id="R9fed655a39ba4e8a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +540,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rb281ca13d7464cfe">
+      <w:hyperlink r:id="R6d5ee3752d454f20">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="281C4282" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="5F30337E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="57344070" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="0A98F676" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="2933C451" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="41FF1AC9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -556,345 +670,362 @@
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="008A7105" w14:paraId="357282EB" w14:textId="47E48EB9">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r w:rsidRPr="008A7105">
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 23‑1‑260 SO AS TO PROVIDE LAW ENFORCEMENT AGENCIES OPERATING CORRECTIONAL FACILITIES SHALL ENTER INTO WRITTEN AGREEMENTS OR MEMORANDUMS OF AGREEMENT WITH FEDERAL IMMIGRATION ENFORCEMENT AGENCIES TO PARTICIPATE IN THE IMMIGRATION PROGRAMS THAT AUTHORIZE LAW ENFORCEMENT AGENCIES TO ENFORCE FEDERAL IMMIGRATION LAWs; and</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="008A7105">
             <w:t>BY AMENDING SECTION 23-3-80, RELATING TO THE ILLEGAL IMMIGRATION ENFORCEMENT UNIT, SO AS TO PROVIDE SLED SHALL PROVIDE A TRAINING PROGRAM FOR LAW ENFORCEMENT AGENCIES THAT ENFORCE FEDERAL IMMIGRATION LAWS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_e99f8cf74" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_e99f8cf74" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="051539C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="1A55666D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_d7472f9bc" w:id="2"/>
+      <w:bookmarkStart w:name="ew_d7472f9bc" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF458A" w:rsidRDefault="00CF458A" w14:paraId="594717BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="1766E46A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_512d7c249" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_512d7c249" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_5a0de3985" w:id="3"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...6 lines deleted...]
-        <w:t>C</w:t>
+        <w:t>hapter 1, Title 23 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF458A" w:rsidRDefault="00CF458A" w14:paraId="61556ACE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00CF458A" w14:paraId="7F47D618" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T23C1N260_c7da409d9" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>hapter 1, Title 23 of the S.C. Code is amended by adding:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CF458A" w:rsidRDefault="00CF458A" w14:paraId="61556ACE" w14:textId="77777777">
+        <w:t>ection 23‑1‑260.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C1N260SA_lv1_02baff629" w:id="5"/>
+      <w:r w:rsidR="00230121">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00230121">
+        <w:t>A)</w:t>
+      </w:r>
+      <w:r w:rsidR="00230121">
+        <w:tab/>
+        <w:t>As contained in this section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00230121" w14:paraId="01ED5786" w14:textId="07E0667F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-[...19 lines deleted...]
-      <w:r w:rsidR="00230121">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C1N260S1_lv2_0e790ba45" w:id="6"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="00230121">
-[...21 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>1) “</w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>orrectional facility” means any jail, prison, work camp</w:t>
       </w:r>
       <w:r w:rsidR="000A38F8">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or overnight lockup facility whose primary purpose is to manage the custody of detained persons in this State, that is operated by any agency, department, or division of the State or of any county, municipality, or other political subdivision, or any facility that is privately owned or privately operated that houses detained persons on behalf of the State or any of its political subdivisions pursuant to a valid contract, agreement, or otherwise lawful arrangement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00230121" w14:paraId="09436C73" w14:textId="103E9E63">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C1N260S2_lv2_c895ac30a" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T23C1N260S2_lv2_c895ac30a" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>2) “</w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t>ederal immigration enforcement agency” means the United States Department of Homeland Security, United States Customs and Border Patrol, United States Immigration and Customs Enforcement, United States Department of Justice, or any successor or comparable federal agency, department, or division that is authorized to enforce federal immigration laws.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00230121" w14:paraId="7AA4372A" w14:textId="26879837">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003F4EF0">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C1N260S3_lv2_787ccfc69" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T23C1N260S3_lv2_787ccfc69" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>3) “</w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:t>aw enforcement agency” means any:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="003F4EF0" w14:paraId="08E550B8" w14:textId="43A02469">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C1N260Sa_lv3_7fda879b7" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T23C1N260Sa_lv3_7fda879b7" w:id="9"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00230121">
         <w:t>a) agency, department, or division of the State or of any county, municipality, or other political subdivision, charged with</w:t>
       </w:r>
       <w:r w:rsidR="00096678">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="003F4EF0" w14:paraId="605660F5" w14:textId="250BF75E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C1N260Si_lv4_a1bd630d5" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T23C1N260Si_lv4_a1bd630d5" w:id="10"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00096678">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t>enforcement of all or some of the criminal, traffic, and penal laws of the State, county, or municipality, or federal criminal laws</w:t>
+        <w:t xml:space="preserve">enforcement of all or some of the criminal, traffic, and penal laws of the State, county, or municipality, or federal criminal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>laws</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="003F4EF0" w14:paraId="6CD28718" w14:textId="3A1CDF62">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C1N260Sii_lv4_7dc50037d" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T23C1N260Sii_lv4_7dc50037d" w:id="11"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>ii</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t>) operating a correctional facility</w:t>
       </w:r>
       <w:r w:rsidR="00096678">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t>or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="003F4EF0" w14:paraId="639599BB" w14:textId="3726A804">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ss_T23C1N260Siii_lv4_0bcb104ae" w:id="12"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>ii</w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00096678">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t xml:space="preserve">managing the custody of detained persons in this </w:t>
+        <w:t xml:space="preserve">managing the custody of detained </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00230121">
+        <w:t xml:space="preserve"> in this </w:t>
       </w:r>
       <w:r w:rsidR="00096678">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t>tate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00230121" w14:paraId="7D377811" w14:textId="332430F8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:bookmarkStart w:name="up_2a00dc0b2" w:id="13"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>his includes</w:t>
       </w:r>
       <w:r w:rsidR="00096678">
         <w:t>,</w:t>
       </w:r>
       <w:r>
@@ -1089,133 +1220,164 @@
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t>This subsection does not require a law enforcement agency to participate in a particular program model.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00700CA3" w14:paraId="4D041A14" w14:textId="05F1842C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260SC_lv1_c77fd0566" w:id="19"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="00230121">
         <w:t>C)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t xml:space="preserve">Any agreement or memorandum of agreement enter into </w:t>
+        <w:t xml:space="preserve">Any agreement or memorandum of agreement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>enter into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00230121">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>pursuant to subsection</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> (B) shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00700CA3" w14:paraId="3169445D" w14:textId="0D7E8990">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260S1_lv2_3de245fa8" w:id="20"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00230121">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t>be in writing;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">be in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>writing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00700CA3" w14:paraId="2E70681F" w14:textId="0C1F6B7F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260S2_lv2_a318271bc" w:id="21"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00230121">
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t>identify the particular program model the law enforcement agency will participate in;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">identify the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>particular program</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00230121">
+        <w:t xml:space="preserve"> model the law enforcement agency will participate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>in;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00700CA3" w14:paraId="295739EA" w14:textId="3934E709">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260S3_lv2_c64587849" w:id="22"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00230121">
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t>delineate the scope, duration, responsibilities and limitations of the participating law enforcement agency to enforce federal immigration law;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">delineate the scope, duration, responsibilities and limitations of the participating law enforcement agency to enforce federal immigration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>law;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00700CA3" w14:paraId="125598E2" w14:textId="048E56A2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260S4_lv2_1938f61af" w:id="23"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00230121">
         <w:t>4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t>specify</w:t>
       </w:r>
@@ -1352,51 +1514,55 @@
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260SD_lv1_9b32d10be" w:id="27"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="00230121">
         <w:t>D)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve">A law enforcement agency operating a correctional facility </w:t>
       </w:r>
       <w:r>
         <w:t>that</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> does not have a current memorandum of agreement in effect, on an annual basis, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t xml:space="preserve">seek to enter a memorandum of understanding with a federal immigration enforcement agency, as is required under this section. The law enforcement agency must submit proof of an annual request to enter into an agreement to the Illegal Immigration Enforcement Unit established </w:t>
+        <w:t xml:space="preserve">seek to enter a memorandum of understanding with a federal immigration enforcement agency, as is required under this section. The law enforcement agency must submit proof of an annual request to enter into an agreement to the Illegal </w:t>
+      </w:r>
+      <w:r w:rsidR="00230121">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Immigration Enforcement Unit established </w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>pursuant to Section</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> 23‑3‑80 </w:t>
       </w:r>
       <w:r w:rsidR="00450692">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve">Office of the Attorney General until </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> agreement is executed, and the law enforcement agency must include any reason for noncompliance with this section, if applicable.</w:t>
       </w:r>
@@ -1438,51 +1604,59 @@
       <w:r w:rsidR="00230121">
         <w:t>F)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve">The Illegal Immigration Enforcement Unit established </w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>pursuant to Section</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> 23‑3‑80 </w:t>
       </w:r>
       <w:r w:rsidR="008D4180">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t xml:space="preserve">Office of the Attorney General shall maintain a registry of all agreements entered into under this section between any law enforcement agency and a federal immigration enforcement agency. The Illegal Immigration Enforcement Unit established </w:t>
+        <w:t xml:space="preserve">Office of the Attorney General shall maintain a registry of all agreements </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00230121">
+        <w:t xml:space="preserve"> under this section between any law enforcement agency and a federal immigration enforcement agency. The Illegal Immigration Enforcement Unit established </w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>pursuant to Section</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> 23‑3‑80 </w:t>
       </w:r>
       <w:r w:rsidR="00450692">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve">Office of the Attorney General </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve">shall maintain a registry of all annual submissions of proof required </w:t>
       </w:r>
@@ -1490,100 +1664,105 @@
         <w:t>pursuant to subsection</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> (D) for agencies that have not executed an agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00E15939" w14:paraId="30186F5C" w14:textId="6D9D92ED">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260SG_lv1_756dc49d9" w:id="30"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00230121">
         <w:t>G)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
-        <w:t xml:space="preserve">When acting within the scope of authority granted by federal law pursuant to a valid agreement entered into under this section or any other provision of federal law, a law enforcement officer shall be authorized to arrest any person based on </w:t>
+        <w:t xml:space="preserve">When acting within the scope of authority granted by federal law pursuant to a valid agreement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00230121">
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00230121">
+        <w:t xml:space="preserve"> under this section or any other provision of federal law, a law enforcement officer shall be authorized to arrest any person based on </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> person</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t>s status as an illegal alien or for a violation of any federal immigration law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00230121" w:rsidP="00230121" w:rsidRDefault="00E15939" w14:paraId="3474E8B3" w14:textId="29B4945F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260SH_lv1_e74944f2b" w:id="31"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="00230121">
         <w:t>H)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve">A law enforcement officer or government official or employee on behalf of a law enforcement agency, acting in good faith to enforce immigration laws pursuant to a memorandum or an agreement with a federal immigration enforcement agency to collect or share immigration status information, or to carry out any provision of this section, shall have immunity from damages or liability from </w:t>
       </w:r>
       <w:r>
         <w:t>these</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> actions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF458A" w:rsidRDefault="00E15939" w14:paraId="24EF58CC" w14:textId="7FDCD070">
+    <w:p w:rsidR="00CF458A" w:rsidRDefault="00E15939" w14:paraId="24EF58CC" w14:textId="6CF5689F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C1N260SI_lv1_31d200051" w:id="32"/>
       <w:r w:rsidR="00230121">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="00230121">
         <w:t>I) A law enforcement agency failing to demonstrate compliance with this section may be subject to administrative penalties not involving withholding of general funds including</w:t>
       </w:r>
       <w:r w:rsidR="000C5EF0">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> but not limited to</w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00230121">
         <w:t xml:space="preserve"> internal oversight review, reporting obligations, temporary suspension</w:t>
       </w:r>
       <w:r w:rsidR="00670ADC">
         <w:t>,</w:t>
@@ -1634,51 +1813,55 @@
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>ection 23-3-80(F) of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B3262C" w:rsidRDefault="00B3262C" w14:paraId="7BC51D7F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B3262C" w:rsidRDefault="00B3262C" w14:paraId="31F52416" w14:textId="786443C3">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="cs_T23C3N80_a64bd28b0" w:id="35"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C3N80SF_lv1_966625188" w:id="36"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>F) SLED shall develop an illegal immigration enforcement training program and shall make this training program available to all local law enforcement agencies to assist any local law enforcement agency wishing to utilize the training program in the proper implementation, management, and enforcement of applicable immigration laws.</w:t>
+        <w:t xml:space="preserve">F) SLED shall develop an illegal immigration enforcement training program and shall make this </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>training program available to all local law enforcement agencies to assist any local law enforcement agency wishing to utilize the training program in the proper implementation, management, and enforcement of applicable immigration laws.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A7105" w:rsidR="008A7105">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> SLED shall provide any law enforcement agency that filed a valid agreement or submitted proof of a good faith attempt to enter into an agreement with a federal immigration enforcement agency to have the ability to enforce federal immigration law, as defined by and in accordance with Section 23‑1‑260, with the materials and training program developed pursuant to this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF458A" w:rsidRDefault="00CF458A" w14:paraId="0D2E5C89" w14:textId="18C46554">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="46A09FC1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="37"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="38"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
@@ -1782,175 +1965,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="574A521A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="06063DAE" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="003C046F" w:rsidP="00D14995">
+      <w:p w14:paraId="06063DAE" w14:textId="5EAC2999" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="001B1DF8" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00837E58">
+              <w:t>[4764]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="006A26B6">
+            <w:r w:rsidR="001F73C8">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0400CM26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10108E8F" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4553113B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2212,51 +2393,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="132"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2284,196 +2467,205 @@
     <w:rsid w:val="00096678"/>
     <w:rsid w:val="00096F74"/>
     <w:rsid w:val="000A38F8"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7122"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C5EF0"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E30A9"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010097C"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00145666"/>
+    <w:rsid w:val="00153646"/>
     <w:rsid w:val="00163AAD"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00180DBB"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
+    <w:rsid w:val="001B1DF8"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C51AB"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F73C8"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00230121"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D16B1"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E1275"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F6B8B"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E572F"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F2273"/>
     <w:rsid w:val="003F2344"/>
     <w:rsid w:val="003F4EF0"/>
     <w:rsid w:val="004046B5"/>
+    <w:rsid w:val="004053A7"/>
     <w:rsid w:val="00406919"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="004330F9"/>
     <w:rsid w:val="0043394A"/>
     <w:rsid w:val="00435B23"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00450692"/>
     <w:rsid w:val="0045719E"/>
     <w:rsid w:val="00463AB6"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00491277"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C6C06"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00524FC9"/>
+    <w:rsid w:val="00526C9E"/>
+    <w:rsid w:val="00544708"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="005840EC"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A2B55"/>
     <w:rsid w:val="005A3557"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B4704"/>
     <w:rsid w:val="005B7226"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C28A0"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D4E27"/>
     <w:rsid w:val="005D6042"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C4B"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00670ADC"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685670"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A26B6"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
@@ -2490,61 +2682,63 @@
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A2F6C"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A42DD"/>
     <w:rsid w:val="007A65E0"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B5A1A"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F1B1F"/>
     <w:rsid w:val="007F4497"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
+    <w:rsid w:val="00837E58"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087287F"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00895A66"/>
     <w:rsid w:val="008A2AEF"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008A7105"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008B7968"/>
+    <w:rsid w:val="008C0879"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D4180"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="009479B3"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="009614A7"/>
     <w:rsid w:val="00971981"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
@@ -2605,50 +2799,51 @@
     <w:rsid w:val="00B3262C"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B63126"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB1C24"/>
     <w:rsid w:val="00BC3AAE"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
+    <w:rsid w:val="00BD0BAD"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C812FD"/>
     <w:rsid w:val="00C86CBE"/>
     <w:rsid w:val="00C92C72"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
@@ -3169,1360 +3364,1360 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009479B3"/>
+    <w:rsid w:val="00332AE3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4549,51 +4744,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4764&amp;session=126&amp;summary=B" TargetMode="External" Id="R519d842914a942b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4764_20251217.docx" TargetMode="External" Id="Rb281ca13d7464cfe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4764&amp;session=126&amp;summary=B" TargetMode="External" Id="R9fed655a39ba4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4764_20251217.docx" TargetMode="External" Id="R6d5ee3752d454f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rfd1f05bf338943a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rc1e80d26c65b4d92" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4620,116 +4815,116 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00435B23"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="009E2ECE"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A72C05"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D103A5"/>
     <w:rsid w:val="00D22E72"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E050DC"/>
     <w:rsid w:val="00E76813"/>
@@ -5487,75 +5682,84 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
-    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">false</Inventorysheet>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5772,188 +5976,182 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>8f4de471-05dc-4e58-874d-2b8f8238efee</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-10T09:37:02.156152-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>258bc71e-9044-4e82-b1f8-cd53282bd9e5</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>a6898296-ae12-4605-9f10-27b80fc1d917</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>743b84f9-2144-42b4-95a9-e2c1f94a6dbf</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4764]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4764</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 23‑1‑260 SO AS TO PROVIDE LAW ENFORCEMENT AGENCIES OPERATING CORRECTIONAL FACILITIES SHALL ENTER INTO WRITTEN AGREEMENTS OR MEMORANDUMS OF AGREEMENT WITH FEDERAL IMMIGRATION ENFORCEMENT AGENCIES TO PARTICIPATE IN THE IMMIGRATION PROGRAMS THAT AUTHORIZE LAW ENFORCEMENT AGENCIES TO ENFORCE FEDERAL IMMIGRATION LAWs; and BY AMENDING SECTION 23-3-80, RELATING TO THE ILLEGAL IMMIGRATION ENFORCEMENT UNIT, SO AS TO PROVIDE SLED SHALL PROVIDE A TRAINING PROGRAM FOR LAW ENFORCEMENT AGENCIES THAT ENFORCE FEDERAL IMMIGRATION LAWS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
-  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
-  <T_BILL_T_SECTIONS>[{"SectionUUID":"75903f97-5f10-4a86-b0ff-c3ae610e96b4","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T23C1N260_c7da409d9","IsConstitutionSection":false,"Identity":"23-1-260","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C1N260SA","SubSectionBookmarkName":"ss_T23C1N260SA_lv1_02baff629","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S1","SubSectionBookmarkName":"ss_T23C1N260S1_lv2_0e790ba45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S2","SubSectionBookmarkName":"ss_T23C1N260S2_lv2_c895ac30a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S3","SubSectionBookmarkName":"ss_T23C1N260S3_lv2_787ccfc69","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sa","SubSectionBookmarkName":"ss_T23C1N260Sa_lv3_7fda879b7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T23C1N260Si","SubSectionBookmarkName":"ss_T23C1N260Si_lv4_a1bd630d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T23C1N260Sii","SubSectionBookmarkName":"ss_T23C1N260Sii_lv4_7dc50037d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S4","SubSectionBookmarkName":"ss_T23C1N260S4_lv2_3e1d8a95d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sa","SubSectionBookmarkName":"ss_T23C1N260Sa_lv3_f62cac665","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sb","SubSectionBookmarkName":"ss_T23C1N260Sb_lv3_55b33d678","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S5","SubSectionBookmarkName":"ss_T23C1N260S5_lv2_cb3d6df39","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SB","SubSectionBookmarkName":"ss_T23C1N260SB_lv1_054be5bd3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SC","SubSectionBookmarkName":"ss_T23C1N260SC_lv1_c77fd0566","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S1","SubSectionBookmarkName":"ss_T23C1N260S1_lv2_3de245fa8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S2","SubSectionBookmarkName":"ss_T23C1N260S2_lv2_a318271bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S3","SubSectionBookmarkName":"ss_T23C1N260S3_lv2_c64587849","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S4","SubSectionBookmarkName":"ss_T23C1N260S4_lv2_1938f61af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sa","SubSectionBookmarkName":"ss_T23C1N260Sa_lv3_dad3faf9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sb","SubSectionBookmarkName":"ss_T23C1N260Sb_lv3_4cd918e47","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S5","SubSectionBookmarkName":"ss_T23C1N260S5_lv2_80502fdf4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SD","SubSectionBookmarkName":"ss_T23C1N260SD_lv1_9b32d10be","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SE","SubSectionBookmarkName":"ss_T23C1N260SE_lv1_c4d6dc189","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SF","SubSectionBookmarkName":"ss_T23C1N260SF_lv1_78117ed73","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SG","SubSectionBookmarkName":"ss_T23C1N260SG_lv1_756dc49d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SH","SubSectionBookmarkName":"ss_T23C1N260SH_lv1_e74944f2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SI","SubSectionBookmarkName":"ss_T23C1N260SI_lv1_31d200051","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_512d7c249"},{"SectionUUID":"e95ad8d5-de25-47ca-b4b7-1e6d326ac145","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T23C3N80_a64bd28b0","IsConstitutionSection":false,"Identity":"23-3-80","IsNew":false,"SubSections":[{"Level":1,"Identity":"T23C3N80SF","SubSectionBookmarkName":"ss_T23C3N80SF_lv1_966625188","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Illegal Immigration Enforcement Unit.","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_84f52f706"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"75903f97-5f10-4a86-b0ff-c3ae610e96b4","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T23C1N260_c7da409d9","IsConstitutionSection":false,"Identity":"23-1-260","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C1N260SA","SubSectionBookmarkName":"ss_T23C1N260SA_lv1_02baff629","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S1","SubSectionBookmarkName":"ss_T23C1N260S1_lv2_0e790ba45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S2","SubSectionBookmarkName":"ss_T23C1N260S2_lv2_c895ac30a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S3","SubSectionBookmarkName":"ss_T23C1N260S3_lv2_787ccfc69","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sa","SubSectionBookmarkName":"ss_T23C1N260Sa_lv3_7fda879b7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T23C1N260Si","SubSectionBookmarkName":"ss_T23C1N260Si_lv4_a1bd630d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T23C1N260Sii","SubSectionBookmarkName":"ss_T23C1N260Sii_lv4_7dc50037d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S4","SubSectionBookmarkName":"ss_T23C1N260S4_lv2_3e1d8a95d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sa","SubSectionBookmarkName":"ss_T23C1N260Sa_lv3_f62cac665","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sb","SubSectionBookmarkName":"ss_T23C1N260Sb_lv3_55b33d678","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S5","SubSectionBookmarkName":"ss_T23C1N260S5_lv2_cb3d6df39","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SB","SubSectionBookmarkName":"ss_T23C1N260SB_lv1_054be5bd3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SC","SubSectionBookmarkName":"ss_T23C1N260SC_lv1_c77fd0566","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S1","SubSectionBookmarkName":"ss_T23C1N260S1_lv2_3de245fa8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S2","SubSectionBookmarkName":"ss_T23C1N260S2_lv2_a318271bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S3","SubSectionBookmarkName":"ss_T23C1N260S3_lv2_c64587849","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S4","SubSectionBookmarkName":"ss_T23C1N260S4_lv2_1938f61af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sa","SubSectionBookmarkName":"ss_T23C1N260Sa_lv3_dad3faf9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C1N260Sb","SubSectionBookmarkName":"ss_T23C1N260Sb_lv3_4cd918e47","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C1N260S5","SubSectionBookmarkName":"ss_T23C1N260S5_lv2_80502fdf4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SD","SubSectionBookmarkName":"ss_T23C1N260SD_lv1_9b32d10be","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SE","SubSectionBookmarkName":"ss_T23C1N260SE_lv1_c4d6dc189","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SF","SubSectionBookmarkName":"ss_T23C1N260SF_lv1_78117ed73","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SG","SubSectionBookmarkName":"ss_T23C1N260SG_lv1_756dc49d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SH","SubSectionBookmarkName":"ss_T23C1N260SH_lv1_e74944f2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C1N260SI","SubSectionBookmarkName":"ss_T23C1N260SI_lv1_31d200051","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T23C1N260Siii","SubSectionBookmarkName":"ss_T23C1N260Siii_lv4_0bcb104ae","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_512d7c249"},{"SectionUUID":"e95ad8d5-de25-47ca-b4b7-1e6d326ac145","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T23C3N80_a64bd28b0","IsConstitutionSection":false,"Identity":"23-3-80","IsNew":false,"SubSections":[{"Level":1,"Identity":"T23C3N80SF","SubSectionBookmarkName":"ss_T23C3N80SF_lv1_966625188","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Illegal Immigration Enforcement Unit.","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_84f52f706"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Immigration</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>carlmcintosh@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>gwenthurmond@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{996CBE1E-2980-47D1-AB09-F28FAF4B51F9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA40B803-C620-45C5-811B-6AFCD1F06433}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>7514</Characters>
+  <Pages>4</Pages>
+  <Words>1336</Words>
+  <Characters>7453</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>125</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>124</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8821</CharactersWithSpaces>
+  <CharactersWithSpaces>8809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>