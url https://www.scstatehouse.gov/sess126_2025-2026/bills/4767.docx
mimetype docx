--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -123,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Davis</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Davis, Chumley, Sessions, Oremus, Bustos, Landing and White</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0566WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Physician Noncompete Contract Prohibition</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -344,68 +337,276 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6c6464abe8b04afa">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 85</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R942245bef8b944ce">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 85</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor:
+ Sessions, Oremus, B. Newton, Bustos, Landing
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name removed as sponsor: B. Newton
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R1ceb47f96f844f02">
+      <w:hyperlink r:id="R7cd51bbb84514dc6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,103 +624,708 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rdab38bdbb9734440">
+      <w:hyperlink r:id="R959274afc49d4483">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rad98275ca01145fa">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/05/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="008B0363" w:rsidRDefault="00432135" w14:paraId="5D651B35" w14:textId="515C0C92">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptylineheader"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="31EEE1E0" w14:textId="1F5A738C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstatus"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="status"/>
+          <w:tag w:val="status"/>
+          <w:id w:val="854397200"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Committee Report</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="345C182E" w14:textId="78CF5980">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 5, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="4C187354" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="610D3674" w14:textId="0A61D5A3">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4767</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="52EEF148" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="008A2EF4" w:rsidRDefault="00367384" w14:paraId="33AB3BA3" w14:textId="7D3FA4A7">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Davis, Chumley, Sessions, Oremus, Bustos, Landing and White</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="4B1BA5F2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="7EBA048F" w14:textId="3008E58A">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>2/5/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="414DE560" w14:textId="2FA07D07">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="64655E6D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="1FE47189" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4493"/>
+          <w:tab w:val="right" w:pos="8986"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="19E46ADD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="6AE46ECF" w14:textId="210173AA">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">The committee on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="committeename"/>
+          <w:tag w:val="committeename"/>
+          <w:id w:val="-1151050561"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>House Medical, Military, Public and Municipal Affairs</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="587BE2D3" w14:textId="5F248AC3">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>To who</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> was referred a </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="doctype"/>
+          <w:tag w:val="doctype"/>
+          <w:id w:val="-95182141"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Bill</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billnumber"/>
+          <w:tag w:val="billnumber"/>
+          <w:id w:val="249784876"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>H. 4767</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billtitle"/>
+          <w:tag w:val="billtitle"/>
+          <w:id w:val="660268815"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t xml:space="preserve">to amend the South Carolina Code of Laws by adding </w:t>
+          </w:r>
+          <w:r w:rsidR="008A2EF4">
+            <w:t xml:space="preserve">Chapter </w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve">9 to </w:t>
+          </w:r>
+          <w:r w:rsidR="008A2EF4">
+            <w:t>Title</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> 41 so as to prohibit noncompete clauses in physician contracts, to protect patient freedom</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>, etc., respectfully</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="23B99A96" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="committeetitle"/>
+        <w:tag w:val="committeetitle"/>
+        <w:id w:val="1407110167"/>
+        <w:placeholder>
+          <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="226C2F7B" w14:textId="4BCA3C5D">
+          <w:pPr>
+            <w:pStyle w:val="sccommitteereporttitle"/>
+          </w:pPr>
+          <w:r>
+            <w:t>That they have duly and carefully considered the same, and recommend that the same do pass:</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="1F60756B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="5285558C" w14:textId="303437B0">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportchairperson"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="chairperson"/>
+          <w:tag w:val="chairperson"/>
+          <w:id w:val="-1033958730"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>S.H. DAVIS</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> for Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="602FC73B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="40478754" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="131F8792" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>statement of estimated fiscal impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="3BA0AEA7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Explanation of Fiscal Impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="3AA8865C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
       </w:pPr>
       <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>State Expenditure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="7EFDDD21" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00124524">
+        <w:t xml:space="preserve">This bill adds Chapter 9, entitled “Physician Noncompete Contract Prohibition,” to Title 41. This bill prohibits noncompete clauses in physician employment contracts declaring them void and against public policy for interfering with patient freedom of choice. The bill allows physicians to continue treating existing patients after leaving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00124524">
+        <w:t>a medical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00124524">
+        <w:t xml:space="preserve"> practice and requires patients </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00124524">
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00124524">
+        <w:t xml:space="preserve"> notified of a physician’s departure allowing options for continued care. This bill also allows employers to recoup documented costs including relocation expenses, training expenses, and signing and retention bonuses. This bill further specifies that it should not be construed as preventing employers from protecting business interests including trade secrets and confidential information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="6C193BB6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="3D1AB69B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+        <w:t>State Revenue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="4050D205" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA145D">
+        <w:t xml:space="preserve">This bill will have no fiscal impact on LLR or the Board of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Medical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA145D">
+        <w:t xml:space="preserve"> Examiners as LLR anticipates any additional responsibilities will be managed within existing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BA145D">
+        <w:t>appropriations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BA145D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="7795D664" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003F5653" w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="4A4EAC98" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For reference, there were 30,338 physicians licensed by the Board of Medical Examiners during FY 2024-25. This figure includes 24,785 Medical Physicians; 3,134 Osteopathic Physicians; 2,390 practicing with a limited license, and 29 physicians with academic licenses. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A2EF4" w:rsidP="008A2EF4" w:rsidRDefault="008A2EF4" w14:paraId="47401D35" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="57C1CD6D" w14:textId="7095C7B1">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="40F2C223" w14:textId="0568D041">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="director"/>
+          <w:tag w:val="director"/>
+          <w:id w:val="-1654141734"/>
+          <w:placeholder>
+            <w:docPart w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Frank A. Rainwater</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>, Executive Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="3C0E9600" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Revenue and Fiscal Affairs Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="169D5D50" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="2E117B57" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00367384" w:rsidSect="00367384">
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00367384" w:rsidP="00367384" w:rsidRDefault="00367384" w14:paraId="6FB571B3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="008B0363" w:rsidRDefault="00A73EFA" w14:paraId="0AD197A0" w14:textId="535B203E">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="008B0363" w:rsidRDefault="00A73EFA" w14:paraId="25B280A9" w14:textId="69F0D73E">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008B0363" w:rsidRDefault="00A73EFA" w14:paraId="4BFE9B53" w14:textId="577E54DE">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008B0363" w:rsidRDefault="00A73EFA" w14:paraId="0199A762" w14:textId="248A9F58">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008B0363" w:rsidRDefault="00A73EFA" w14:paraId="7EB7011C" w14:textId="750FAC83">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -822,118 +1628,136 @@
       <w:bookmarkStart w:name="ss_T41C9N120SB_lv1_e90050684" w:id="12"/>
       <w:r w:rsidR="00F45F96">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00F45F96">
         <w:t>B) Impermissible, unenforceable, and void restrictions under subsection (A) are:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="14A3CA95" w14:textId="72628EE5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N120S1_lv2_e7a4e9b37" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>1) any restriction on the ability of a physician to practice medicine in any geographic area for any period of time after the termination of such partnership, employment, or professional relationship;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) any restriction on the ability of a physician to practice medicine in any geographic area for any period of time after the termination of such partnership, employment, or professional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>relationship;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="6A9F7F42" w14:textId="0768038C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N120S2_lv2_28d30c110" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>2) any restriction on the ability of a physician to continue to provide treatment, advise, or consult with any current patient at the patient’s request, after the termination of such partnership, employment, or professional relationship;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) any restriction on the ability of a physician to continue to provide treatment, advise, or consult with any current patient at the patient’s request, after the termination of such partnership, employment, or professional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>relationship;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="03E1EB9C" w14:textId="56689316">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N120S3_lv2_e44d60c62" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">3) any restriction on the right of a physician to establish a physician‑patient relationship with any </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>patient, at that patient’s request, upon his departure from the partnership, employer, or other entity. No partnership, employer</w:t>
       </w:r>
       <w:r w:rsidR="003724E6">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or other entity has a responsibility to assist a physician that has departed with the establishment of a physician‑patient relationship; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="0D1870FA" w14:textId="1F3D326B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N120S4_lv2_8e16e0b30" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>4) any restriction on the obligation of a physician as determined by the Board of Medical Examiners, including the withholding of information, to notify patients of his or her departure from such partnership, employment, or professional relationship including how the patient can obtain his medical record, and how to seek continued treatment from the physician, if the patient chooses. The partnership, employer, or other professional entity may specify in the written contract or agreement that it will undertake this notification on behalf of the physician. If the physician requests notification to his or her patients, the notification will be given as soon as possible. Notification must be given by the later of:</w:t>
+        <w:t xml:space="preserve">4) any restriction on the obligation of a physician as determined by the Board of Medical Examiners, including the withholding of information, to notify patients of his or her departure from such partnership, employment, or professional relationship including how the patient can obtain his medical record, and how to seek continued treatment from the physician, if the patient chooses. The partnership, employer, or other professional entity may specify in the written contract or agreement that it will undertake this notification on behalf of the physician. If the physician requests notification to his or her patients, the notification will be given as soon as possible. Notification must be given by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>later</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="7DB2EE39" w14:textId="580AE740">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N120Sa_lv3_962de2c43" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>a) thirty days after the physician’s departure; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D03E72" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="6D1C3A68" w14:textId="5FC2D7E7">
@@ -993,71 +1817,81 @@
       <w:bookmarkStart w:name="ss_T41C9N130SA_lv1_658039c23" w:id="20"/>
       <w:r w:rsidR="00F45F96">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00F45F96">
         <w:t>A) Nothing in this chapter may be construed to prevent a partnership, employer, or other entity from requiring a departing physician who has worked for the partnership, employer, or other entity for less than three years to repay all or a portion of the actual costs of the following if the specific items and actual value of each item the partnership, employer, or other entity may seek in repayment are outlined and agreed to within the written agreement at the time of signing:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="66AF2F67" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N130S1_lv2_ea1f0efdb" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
-        <w:t>1) relocation expenses;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) relocation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>expenses;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="69BA6266" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N130S2_lv2_4e2f1d195" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>2) signing and retention bonus;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) signing and retention </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>bonus;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="2E5DD70C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N130S3_lv2_27be6e086" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>3) other renumeration to induce the physician to relocate or establish a healthcare practice in a specified geographic area, or recruiting, education or training expenses.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F45F96" w:rsidP="00F45F96" w:rsidRDefault="00F45F96" w14:paraId="610FA1BA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1117,51 +1951,50 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T41C9N130S2_lv2_bd12f83b2" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>2) confidential information such as compensation, management and marketing plans, pricing, business strategies, software, code, forms that may not otherwise qualify as trade secrets but are treated as confidential by the entity, business models and data, manuals, financial and investment information, and commercial relationships with specific vendors.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D03E72" w:rsidRDefault="00D03E72" w14:paraId="6545FC09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D03E72" w:rsidRDefault="00D03E72" w14:paraId="48E2D763" w14:textId="7B36F837">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T41C9N140_f0689a25d" w:id="28"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>ection 41‑9‑140.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F45F96" w:rsidR="00F45F96">
         <w:t>The requirements of this chapter apply to contracts or renewals of contracts entered into on or after the effective date of this chapter</w:t>
       </w:r>
       <w:r w:rsidR="00F45F96">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0049388C" w:rsidP="0049388C" w:rsidRDefault="0049388C" w14:paraId="250A145D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
@@ -1221,56 +2054,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00AC5A69">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1925ED3A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0A920A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1303,185 +2136,241 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5EA8239E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
-[...2 lines deleted...]
-    </w:pPr>
+  <w:p w14:paraId="49D61F17" w14:textId="38B1C2C5" w:rsidR="00367384" w:rsidRPr="00BC78CD" w:rsidRDefault="00367384" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r>
+          <w:t>4767</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1034923707"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5EA8239E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="75DA8956" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00CC4FEC" w:rsidP="00D14995">
+      <w:p w14:paraId="75DA8956" w14:textId="6DF5F4F7" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00AA1234" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00086E98">
+              <w:t>[4767]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007B0E97">
+            <w:r w:rsidR="00086E98">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0566WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26817932" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="650DA406" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="575A59DD" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7DF77945" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -1733,95 +2622,98 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00032000"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
+    <w:rsid w:val="00086E98"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B2D02"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D496F"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000E6637"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00130869"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
@@ -1836,64 +2728,67 @@
     <w:rsid w:val="001E5119"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00215651"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00227190"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00240C91"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00287AEA"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
+    <w:rsid w:val="00346F67"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
+    <w:rsid w:val="00367384"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="003724E6"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00394554"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E1256"/>
     <w:rsid w:val="003E48F9"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="00401A15"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
@@ -1905,95 +2800,99 @@
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="0049388C"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5482"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C666E"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005138E6"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
+    <w:rsid w:val="00526045"/>
     <w:rsid w:val="00527A02"/>
     <w:rsid w:val="00534E7E"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00572BC7"/>
     <w:rsid w:val="0057648D"/>
     <w:rsid w:val="0057750B"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E3A30"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="006468BD"/>
     <w:rsid w:val="0065336A"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
+    <w:rsid w:val="006647FC"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00673B8E"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="006875D7"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C6753"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F3D02"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
@@ -2006,109 +2905,112 @@
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B0E97"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F2D28"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00825F01"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834034"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00861DDA"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00892C86"/>
     <w:rsid w:val="0089576E"/>
+    <w:rsid w:val="008A2EF4"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B0363"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
+    <w:rsid w:val="00924022"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00953FD0"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A27637"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A7181D"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A80F57"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
+    <w:rsid w:val="00AA1234"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC3022"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC5A69"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE5F16"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B361FC"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
@@ -2149,63 +3051,67 @@
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73BFE"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA31F7"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CC4FEC"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D03E72"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
+    <w:rsid w:val="00D22E8E"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rsid w:val="00D53E4F"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D56A06"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
+    <w:rsid w:val="00D63C60"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA0118"/>
     <w:rsid w:val="00DA1AA0"/>
+    <w:rsid w:val="00DA3490"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DA73FF"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E17CC8"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E23EB9"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E36678"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
@@ -2675,1582 +3581,1801 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EB4D64"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EB4D64"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB4D64"/>
+    <w:rsid w:val="00D4523F"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00367384"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008A2EF4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4767&amp;session=126&amp;summary=B" TargetMode="External" Id="R1ceb47f96f844f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4767_20251217.docx" TargetMode="External" Id="Rdab38bdbb9734440" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4767&amp;session=126&amp;summary=B" TargetMode="External" Id="R7cd51bbb84514dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4767_20251217.docx" TargetMode="External" Id="R959274afc49d4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4767_20260205.docx" TargetMode="External" Id="Rad98275ca01145fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R6c6464abe8b04afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R942245bef8b944ce" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3F6593F6-65B0-486D-AA40-ABB823FEDE62}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FF072C" w:rsidRDefault="00FF072C" w:rsidP="00FF072C">
+          <w:pPr>
+            <w:pStyle w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00130869"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004C666E"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="005138E6"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006468BD"/>
     <w:rsid w:val="00673B8E"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00EA636D"/>
     <w:rsid w:val="00F53349"/>
     <w:rsid w:val="00F82BD9"/>
+    <w:rsid w:val="00FF072C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -4660,53 +5785,79 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00FF072C"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0C8138B692B49AEA6EBF4D2F11A9064">
+    <w:name w:val="E0C8138B692B49AEA6EBF4D2F11A9064"/>
+    <w:rsid w:val="00FF072C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03D3449275C34E97919EDA9BFBFB7E6E">
+    <w:name w:val="03D3449275C34E97919EDA9BFBFB7E6E"/>
+    <w:rsid w:val="00FF072C"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -4990,69 +6141,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
-  <ID>ea6c8135-1f8b-46f6-8542-728973ce9c4d</ID>
+  <ID>5b2e139c-43b1-4a56-bdfa-23c4937a855f</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
-  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-08T13:38:58.317223-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>d18426e0-b80c-4647-996a-89738ae2c8b2</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>b2dd9085-80b3-4a4a-808e-610593cee3e6</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>51448c04-b4c9-48ee-bff7-0f8dd72f7546</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4767]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4767</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE of laws BY ADDING CHAPTER 9 TO TITLE 41 SO AS TO PROHIBIT NONCOMPETE CLAUSES IN PHYSICIAN CONTRACTS, TO PROTECT PATIENT FREEDOM OF CHOICE, TO DEFINE IMPERMISSIBLE RESTRICTIONS ON PHYSICIAN PRACTICE, TO ALLOW CERTAIN RECOUPMENT OF EXPENSES AND PROTECTION OF LEGITIMATE BUSINESS INTERESTS, AND TO PROVIDE FOR APPLICABILITY.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"9f8b5184-9bad-44c0-b2a5-fa61c8609158","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER 9 TO TITLE 41 SO AS TO PROHIBIT NON-COMPETE CLAUSES IN PHYSICIAN CONTRACTS, TO PROTECT PATIENT FREEDOM OF CHOICE, TO DEFINE IMPERMISSIBLE RESTRICTIONS ON PHYSICIAN PRACTICE, TO ALLOW CERTAIN RECOUPMENT OF EXPENSES AND PROTECTION OF LEGITIMATE BUSINESS INTERESTS, AND TO PROVIDE FOR APPLICABILITY","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_27c106685"},{"SectionUUID":"64c9a49f-d8bc-4454-bc54-10781c3a9292","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T41C9N110_f99df7e16","IsConstitutionSection":false,"Identity":"41-9-110","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T41C9N120_3813b79e3","IsConstitutionSection":false,"Identity":"41-9-120","IsNew":true,"SubSections":[{"Level":1,"Identity":"T41C9N120SA","SubSectionBookmarkName":"ss_T41C9N120SA_lv1_62bee6110","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T41C9N120SB","SubSectionBookmarkName":"ss_T41C9N120SB_lv1_e90050684","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N120S1","SubSectionBookmarkName":"ss_T41C9N120S1_lv2_e7a4e9b37","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N120S2","SubSectionBookmarkName":"ss_T41C9N120S2_lv2_28d30c110","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N120S3","SubSectionBookmarkName":"ss_T41C9N120S3_lv2_e44d60c62","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N120S4","SubSectionBookmarkName":"ss_T41C9N120S4_lv2_8e16e0b30","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T41C9N120Sa","SubSectionBookmarkName":"ss_T41C9N120Sa_lv3_962de2c43","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T41C9N120Sb","SubSectionBookmarkName":"ss_T41C9N120Sb_lv3_7eb1deba4","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T41C9N130_86ebbcb16","IsConstitutionSection":false,"Identity":"41-9-130","IsNew":true,"SubSections":[{"Level":1,"Identity":"T41C9N130SA","SubSectionBookmarkName":"ss_T41C9N130SA_lv1_658039c23","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N130S1","SubSectionBookmarkName":"ss_T41C9N130S1_lv2_ea1f0efdb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N130S2","SubSectionBookmarkName":"ss_T41C9N130S2_lv2_4e2f1d195","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N130S3","SubSectionBookmarkName":"ss_T41C9N130S3_lv2_27be6e086","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T41C9N130SB","SubSectionBookmarkName":"ss_T41C9N130SB_lv1_34d4568e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T41C9N130SC","SubSectionBookmarkName":"ss_T41C9N130SC_lv1_515fa2962","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N130S1","SubSectionBookmarkName":"ss_T41C9N130S1_lv2_2015f4f6c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T41C9N130S2","SubSectionBookmarkName":"ss_T41C9N130S2_lv2_bd12f83b2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T41C9N140_f0689a25d","IsConstitutionSection":false,"Identity":"41-9-140","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_60ad2e5b4"},{"SectionUUID":"fb05b964-cf04-4398-a2be-0a451ab90706","SectionName":"Severability","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_81bdee8dd"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Physician Noncompete Contract Prohibition</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
@@ -5350,78 +6503,78 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4679</Characters>
+  <Pages>5</Pages>
+  <Words>1141</Words>
+  <Characters>6430</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5487</CharactersWithSpaces>
+  <CharactersWithSpaces>7512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>