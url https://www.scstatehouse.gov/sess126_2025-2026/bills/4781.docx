--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -159,51 +159,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0397CM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,125 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Introduced and read first time
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R971853fb7e8f4af6">
+      <w:hyperlink r:id="Rcbd86a917ac3412d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +481,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rc93965bc71684016">
+      <w:hyperlink r:id="Rad34709d6ea1434a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="3FE0B798" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="2AF014DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="575D4989" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="30DAF226" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="5A886C6D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="3EB47C85" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -559,384 +614,402 @@
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00881EC1" w14:paraId="5A7D425C" w14:textId="1DF67BA1">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 23-35-10</w:t>
           </w:r>
           <w:r w:rsidR="00981A32">
             <w:t xml:space="preserve"> so as to regulate the manufacture, sale, transport, use and display of PYROTECHNICs</w:t>
           </w:r>
           <w:r>
             <w:t>; AND BY AMENDING SECTION 23-35-45, RELATING TO USE OF PYROTECHNIC MATERIALS INDOORS</w:t>
           </w:r>
           <w:r w:rsidR="00981A32">
             <w:t>, so as to provide additional restriction on their use.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_bcb32d746" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_bcb32d746" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="1267A98D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="2DE04FCE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_8c54dbac6" w:id="2"/>
+      <w:bookmarkStart w:name="ew_8c54dbac6" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE50A4" w:rsidRDefault="00CE50A4" w14:paraId="1162538D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="042C072B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_1c914eb43" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_1c914eb43" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_ab67a5717" w:id="3"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...6 lines deleted...]
-        <w:t>C</w:t>
+        <w:t>hapter 35, Title 23 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE50A4" w:rsidRDefault="00CE50A4" w14:paraId="281B9FEA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002E1907" w:rsidP="00CE50A4" w:rsidRDefault="00CE50A4" w14:paraId="46D29CB0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T23C35N10_2f79858b8" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>hapter 35, Title 23 of the S.C. Code is amended by adding:</w:t>
-[...16 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>ection 23‑35‑10.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T23C35N10SA_lv1_7113ee400" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>A)</w:t>
       </w:r>
       <w:r w:rsidR="002E1907">
         <w:t xml:space="preserve"> As contained in this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E1907" w:rsidP="00CE50A4" w:rsidRDefault="002E1907" w14:paraId="18D1ED1F" w14:textId="2AB2AF15">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10S1_lv2_3fa52872a" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T23C35N10S1_lv2_3fa52872a" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>1) “</w:t>
       </w:r>
       <w:r w:rsidR="00887353">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1907">
         <w:t>oncert or public exhibition</w:t>
       </w:r>
       <w:r>
         <w:t>” means a</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1907">
         <w:t xml:space="preserve"> fair, carnival, show of any desc</w:t>
       </w:r>
       <w:r>
         <w:t>rip</w:t>
       </w:r>
       <w:r w:rsidRPr="002E1907">
         <w:t>tion, or public celebration</w:t>
       </w:r>
       <w:r w:rsidR="00887353">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E1907" w:rsidP="00CE50A4" w:rsidRDefault="002E1907" w14:paraId="4882884A" w14:textId="255D0907">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10S2_lv2_b7545596e" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T23C35N10S2_lv2_b7545596e" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>2) “</w:t>
       </w:r>
       <w:r w:rsidR="00887353">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">isplay operator” means </w:t>
       </w:r>
       <w:r w:rsidR="005020A4">
         <w:t>a person issued a display operator</w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="005020A4">
         <w:t xml:space="preserve"> license by the State Fire Marshall</w:t>
       </w:r>
       <w:r w:rsidR="00887353">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D0D2C" w:rsidP="00CE50A4" w:rsidRDefault="002D0D2C" w14:paraId="52B36A67" w14:textId="0024FE35">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10S3_lv2_24a99bde7" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T23C35N10S3_lv2_24a99bde7" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>3) “</w:t>
       </w:r>
       <w:r w:rsidR="00887353">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0D2C">
         <w:t>yrotechnics</w:t>
       </w:r>
       <w:r>
         <w:t>” means</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0D2C">
         <w:t xml:space="preserve"> fireworks and explosives, which are used for exhibitions or amusement purposes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE50A4" w:rsidP="00CE50A4" w:rsidRDefault="002E1907" w14:paraId="4805E45C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10SB_lv1_f403c416f" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T23C35N10SB_lv1_f403c416f" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> Except as otherwise provided in this section, it </w:t>
       </w:r>
       <w:r w:rsidR="001B33BD">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> unlawful for any individual, firm, partnership</w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
-        <w:t xml:space="preserve"> or corporation to manufacture, purchase, sell, deal in, transport, possess, receive, advertise, use, handle, exhibit, or discharge any pyrotechnics within the State.</w:t>
+        <w:t xml:space="preserve"> or corporation to manufacture, purchase, sell, deal in, transport, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CE50A4">
+        <w:t>possess, receive</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CE50A4">
+        <w:t>, advertise, use, handle, exhibit, or discharge any pyrotechnics within the State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE50A4" w:rsidP="00CE50A4" w:rsidRDefault="00CE50A4" w14:paraId="25166954" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10SC_lv1_c00f9d891" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T23C35N10SC_lv1_c00f9d891" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="005020A4">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4">
         <w:t>It</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A72BB2">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4">
         <w:t xml:space="preserve"> permissible for pyrotechnics to be exhibited, used, handled, manufactured, or discharged within the State, provided</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE50A4" w:rsidP="00CE50A4" w:rsidRDefault="00CE50A4" w14:paraId="67D36F10" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10S1_lv2_82452330c" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T23C35N10S1_lv2_82452330c" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>1) t</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4">
         <w:t>he exhibition, use, or discharge is at a concert</w:t>
       </w:r>
       <w:r w:rsidR="00A72BB2">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4">
-        <w:t xml:space="preserve"> or public exhibition</w:t>
+        <w:t xml:space="preserve"> or public </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE50A4">
+        <w:t>exhibition</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A72BB2" w:rsidP="00CE50A4" w:rsidRDefault="00CE50A4" w14:paraId="3558B7D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10S2_lv2_e13f2a5d0" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T23C35N10S2_lv2_e13f2a5d0" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>2) a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4">
         <w:t>ll individuals who exhibit, use, handle, or discharge pyrotechnics in connection with a concert or public exhibition have completed training and licensing required under</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t>tate law;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">tate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>law;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CE50A4" w:rsidP="00CE50A4" w:rsidRDefault="00A72BB2" w14:paraId="2790A232" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T23C35N10S3_lv2_e9f8c2ae7" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T23C35N10S3_lv2_e9f8c2ae7" w:id="13"/>
       <w:r w:rsidR="00CE50A4">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00CE50A4">
         <w:t xml:space="preserve">3) the display operator or proximate audience display operator </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> present at the concert or public exhibition and personally direct</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> all </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t>aspects of exhibiting, using, handling, or discharging the pyrotechnics</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -951,51 +1024,56 @@
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t>, the dis</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t>erato</w:t>
       </w:r>
       <w:r w:rsidR="00CE50A4">
         <w:t xml:space="preserve">r for any university or college </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
-        <w:t xml:space="preserve">may appoint an on‑site representative to supervise any performances that include a proximate audience display </w:t>
+        <w:t>may appoint an on‑site representative to</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="14"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
+        <w:t xml:space="preserve"> supervise any performances that include a proximate audience display </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4">
         <w:t>after</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> the opening perfo</w:t>
       </w:r>
       <w:r>
         <w:t>rm</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t>ance, provided that the representative is a</w:t>
       </w:r>
       <w:r>
         <w:t>t least</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>twenty‑one</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE50A4" w:rsidR="00CE50A4">
         <w:t xml:space="preserve"> years of age and is</w:t>
       </w:r>
@@ -1194,51 +1272,59 @@
       <w:r w:rsidR="005020A4">
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:t>) I</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE120A">
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE120A">
         <w:t xml:space="preserve"> unlawful for any individual, fi</w:t>
       </w:r>
       <w:r>
         <w:t>rm</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE120A">
         <w:t>, pa</w:t>
       </w:r>
       <w:r>
         <w:t>rt</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE120A">
-        <w:t xml:space="preserve">nership, or corporation to sell pyrotechnics to persons under the age of </w:t>
+        <w:t xml:space="preserve">nership, or corporation to sell pyrotechnics to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE120A">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE120A">
+        <w:t xml:space="preserve"> under the age of </w:t>
       </w:r>
       <w:r>
         <w:t>sixteen</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE120A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005020A4" w:rsidP="00CE50A4" w:rsidRDefault="005020A4" w14:paraId="105A87B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10SH_lv1_4729a250e" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t xml:space="preserve">H) When the </w:t>
       </w:r>
       <w:r w:rsidRPr="005020A4">
         <w:t>sale or purchase of pyrotechnics</w:t>
@@ -1365,51 +1451,67 @@
         <w:t xml:space="preserve">ished, otherwise disposed of, or used in violation of the provisions of this </w:t>
       </w:r>
       <w:r>
         <w:t>section</w:t>
       </w:r>
       <w:r w:rsidRPr="005020A4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005020A4" w:rsidP="002D0D2C" w:rsidRDefault="005020A4" w14:paraId="4B52E46D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10SJ_lv1_521ae3101" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve">J) </w:t>
       </w:r>
       <w:r w:rsidR="002D0D2C">
-        <w:t xml:space="preserve">A county council may issue permits for use in connection with the conduct of concerts or public exhibitions after satisfactory evidence is produced to show that the pyrotechnics will be used for the aforementioned purposes and no other purpose. However, a permit </w:t>
+        <w:t xml:space="preserve">A county council may issue permits for use in connection with the conduct of concerts or public exhibitions after satisfactory evidence is produced to show that the pyrotechnics will be used for the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D0D2C">
+        <w:t>aforementioned purposes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D0D2C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D0D2C">
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D0D2C">
+        <w:t xml:space="preserve"> no other purpose. However, a permit </w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="002D0D2C">
         <w:t xml:space="preserve"> not required for a public exhibition authorized by a university or college</w:t>
       </w:r>
       <w:r w:rsidR="00704912">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE50A4" w:rsidP="00704912" w:rsidRDefault="002D0D2C" w14:paraId="4612181E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10SK_lv1_2c7aa9659" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t xml:space="preserve">K) A </w:t>
@@ -1432,490 +1534,566 @@
       <w:r w:rsidR="00704912">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0D2C">
         <w:t xml:space="preserve"> city for us</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0D2C">
         <w:t xml:space="preserve"> in connection with the conduct of concerts or public exhibitions. The</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D0D2C">
         <w:t xml:space="preserve">county </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">council </w:t>
       </w:r>
       <w:r w:rsidR="00704912">
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0D2C">
-        <w:t xml:space="preserve"> adopt a resolution granting the authority to the city, and it shall remain in effect until withdrawn by the county c</w:t>
+        <w:t xml:space="preserve"> adopt a resolution granting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002D0D2C">
+        <w:t>the authority</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002D0D2C">
+        <w:t xml:space="preserve"> to the city, and it shall remain in effect until withdrawn by the county c</w:t>
       </w:r>
       <w:r>
         <w:t>ouncil</w:t>
       </w:r>
       <w:r w:rsidRPr="002D0D2C">
         <w:t xml:space="preserve"> adopting a subsequent resolution withdrawing the authority.</w:t>
       </w:r>
       <w:r w:rsidR="00704912">
         <w:t xml:space="preserve"> If a city lies in more than one county, each county in which the city lies must adopt an authorizing resolution. If any county in which the city lies withdraws the authority of the city to issue permits for the use of pyrotechnics, the authority of the city to issue permits for the use of pyrotechnics ends, and all counties within which the city lies must resume their authority to issue the permits.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE50A4" w:rsidRDefault="00704912" w14:paraId="3F340DAA" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+    <w:p w:rsidR="00CE50A4" w:rsidP="00CD35EA" w:rsidRDefault="00704912" w14:paraId="3F340DAA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10SL_lv1_4f46e0ef9" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t xml:space="preserve">L) </w:t>
       </w:r>
       <w:r w:rsidRPr="00704912">
         <w:t xml:space="preserve">For indoor use of pyrotechnics at a concert or public exhibition, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00D839A2">
         <w:t>county or city council</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00704912">
         <w:t>may not issue a pe</w:t>
       </w:r>
       <w:r>
         <w:t>rmit</w:t>
       </w:r>
       <w:r w:rsidRPr="00704912">
         <w:t xml:space="preserve"> unless the local fire marshal or the State Fire Marshal</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> certifies that:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00704912" w:rsidP="00704912" w:rsidRDefault="00704912" w14:paraId="4AFD19A2" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00704912" w:rsidP="00CD35EA" w:rsidRDefault="00704912" w14:paraId="4AFD19A2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S1_lv2_e086c871b" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>1) adequate fire suppression will be used at the site;</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+        <w:t xml:space="preserve">1) adequate fire suppression will be used at the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>site;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00704912" w:rsidP="00CD35EA" w:rsidRDefault="00704912" w14:paraId="6ACD44C0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S2_lv2_09d7f0aab" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>2) the structure is safe for the use of the pyrotechnics with the type of fire suppression to be used; and</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+        <w:t xml:space="preserve">2) the structure is safe for the use of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the pyrotechnics</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> with the type of fire suppression to be used; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00704912" w:rsidP="00CD35EA" w:rsidRDefault="00704912" w14:paraId="5FD35EFA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S3_lv2_c410f7779" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">3) adequate egress from the building is available based on the size of the expected </w:t>
       </w:r>
       <w:r w:rsidR="00F72168">
         <w:t>attendance</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D58DD" w:rsidP="009D58DD" w:rsidRDefault="009D58DD" w14:paraId="4AEF85F2" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+    <w:p w:rsidR="009D58DD" w:rsidP="00CD35EA" w:rsidRDefault="009D58DD" w14:paraId="4AEF85F2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10SM_lv1_ffe60a859" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">M) A </w:t>
       </w:r>
       <w:r w:rsidRPr="00D839A2">
         <w:t>county or city council</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall not issue a permit under this section unless the display operator provides proof of insurance in the amount of at least five hundred thousand dollars.</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidRPr="00D839A2" w:rsidR="004D6266">
         <w:t>county or city council</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> may require proof of insurance that exceeds this requirement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB456D" w:rsidP="00BB456D" w:rsidRDefault="004D6266" w14:paraId="61F268AF" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+    <w:p w:rsidR="00BB456D" w:rsidP="00CD35EA" w:rsidRDefault="004D6266" w14:paraId="61F268AF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10SN_lv1_30c39136a" w:id="29"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>N) Nothing contained in this section shall prevent the manufacture, purchase, sale, transportation, and use of explosives or signaling flares used in the course of ordinary business or industry, or shells or cartridges used as ammunition in firearms. This section shall not apply to the sale, use, or possession of</w:t>
+        <w:t>N) Nothing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> contained in this section shall prevent the manufacture, purchase, sale, transportation, and use of explosives or signaling flares used </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ordinary business or industry, or shells or cartridges used as ammunition in firearms. This section shall not apply to the sale, use, or possession of</w:t>
       </w:r>
       <w:r w:rsidR="00BB456D">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB456D" w:rsidP="00BB456D" w:rsidRDefault="00BB456D" w14:paraId="2BA6DE43" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+    <w:p w:rsidR="00BB456D" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="2BA6DE43" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S1_lv2_d58de1544" w:id="30"/>
       <w:r w:rsidR="004D6266">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="004D6266">
         <w:t>1) explosive caps designed to be fired in toy pistols, provided that the explosive mixture of the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
-        <w:t>explosive caps shall not exceed twenty‑five hundredths of a gram for each ca</w:t>
+        <w:t xml:space="preserve">explosive caps shall not exceed twenty‑five hundredths of a gram for each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6266">
+        <w:t>ca</w:t>
       </w:r>
       <w:r>
         <w:t>p;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="3BA97E44" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S2_lv2_be758b377" w:id="31"/>
       <w:r w:rsidR="004D6266">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="004D6266">
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
-        <w:t>nake and glow worms composed of pressed pellets of a pyrotechnic mixture that produce a large, snake‑like ash when burning</w:t>
+        <w:t xml:space="preserve">nake and glow worms composed of pressed pellets of a pyrotechnic mixture that produce a large, snake‑like ash when </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6266">
+        <w:t>burning</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="705DCCF1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S3_lv2_1df49ce3d" w:id="32"/>
       <w:r w:rsidR="004D6266">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="004D6266">
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
-        <w:t>moke devices consisting of a tube or sphere containing a pyrotechnic mixture that produces white or colored smoke</w:t>
+        <w:t xml:space="preserve">moke devices consisting of a tube or sphere containing a pyrotechnic mixture that produces white or colored </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6266">
+        <w:t>smoke</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="598C3C60" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S4_lv2_bda6a2633" w:id="33"/>
       <w:r w:rsidR="004D6266">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidR="004D6266">
         <w:t>4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t>rick noisemakers which produce a small report designed to surprise the user and which include:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6266" w:rsidP="004D6266" w:rsidRDefault="00BB456D" w14:paraId="73F50E68" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="73F50E68" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10Sa_lv3_985553855" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>a) a</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
-        <w:t xml:space="preserve"> party popper, which is a small plastic or paper item containing not in excess of </w:t>
+        <w:t xml:space="preserve"> party popper, which is a small plastic or paper item containing not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6266">
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004D6266">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>sixteen</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> milligrams of explosive mixture</w:t>
       </w:r>
       <w:r>
         <w:t>. A</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
-        <w:t xml:space="preserve"> string protruding from the device is pulled to ignite the device, expelling paper streamers and producing a small report</w:t>
+        <w:t xml:space="preserve"> string protruding from the device is pulled to ignite the device, expelling paper streamers and producing a small </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6266">
+        <w:t>report</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="1B369C53" w14:textId="15AE13DD">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10Sb_lv3_33faa257f" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>b) a</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
-        <w:t xml:space="preserve"> string popper, which is a small tube containing not in excess of </w:t>
+        <w:t xml:space="preserve"> string popper, which is a small tube containing not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6266">
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004D6266">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>sixteen</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> milligrams of explosive mixture with string protruding from both ends</w:t>
       </w:r>
       <w:r>
         <w:t>. T</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t>he strings are pulled to ignite the friction‑sensitive mixture, producing a small report</w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00887353">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6266" w:rsidP="004D6266" w:rsidRDefault="00BB456D" w14:paraId="1917EF66" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="1917EF66" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10Sc_lv3_cacb58bd9" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>c) a</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> snapper or drop pop, which is a small, paper‑wrapped item containing no more than </w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>sixteen</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
-        <w:t xml:space="preserve"> milligrams of explosive mixture coated on small bits of sand. When dropped, the device produces a small report</w:t>
+        <w:t xml:space="preserve"> milligrams of explosive mixture coated on small bits of sand. When dropped, the device produces a small </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D6266">
+        <w:t>report</w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>;</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="4647EE53" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S5_lv2_fcde30e0f" w:id="37"/>
       <w:r w:rsidR="004D6266">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="004D6266">
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t>ire sparklers consisting of wire or stick</w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> coated with nonexplosive pyrotechnic mixture that produces a shower of sparks upon ignition. These items must not exceed </w:t>
       </w:r>
       <w:r w:rsidR="00351D49">
         <w:t>one hundred</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> grams of mixture per item</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00CB17A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F72168">
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D6266" w:rsidP="004D6266" w:rsidRDefault="00BB456D" w14:paraId="508ED0ED" w14:textId="7BCF6D7C">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptyline"/>
+    <w:p w:rsidR="004D6266" w:rsidP="00CD35EA" w:rsidRDefault="00BB456D" w14:paraId="508ED0ED" w14:textId="7BCF6D7C">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T23C35N10S6_lv2_76edb151b" w:id="38"/>
       <w:r w:rsidR="004D6266">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="004D6266">
         <w:t>6)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t>ther sparkling devices which emit showers of sparks and sometimes a whistling or crackling effect when burning, do not detonate or explode, do not spin, are hand‑held or ground‑based, cannot propel themselves through the air,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
@@ -1929,50 +2107,51 @@
       </w:r>
       <w:r w:rsidR="00887353">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve">more than a total of </w:t>
       </w:r>
       <w:r w:rsidR="00EA693B">
         <w:t>two hundred</w:t>
       </w:r>
       <w:r w:rsidR="004D6266">
         <w:t xml:space="preserve"> grams if multiple tubes are used.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00402FE5" w:rsidP="00402FE5" w:rsidRDefault="00402FE5" w14:paraId="11F1E7B9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00402FE5" w:rsidP="00402FE5" w:rsidRDefault="00402FE5" w14:paraId="08534C99" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_2_4dc171b15" w:id="39"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_2ca00d1b4" w:id="40"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>ection 23-35-45 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009457A4" w:rsidRDefault="009457A4" w14:paraId="7EAE3962" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009457A4" w:rsidRDefault="009457A4" w14:paraId="7CDC6074" w14:textId="22E17C2A">
       <w:pPr>
@@ -2176,125 +2355,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="391A6A1F" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="71EC7AA7" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="008E616D" w:rsidP="00D14995">
+      <w:p w14:paraId="71EC7AA7" w14:textId="41EE09EE" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="000E4944" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="005855A1">
+              <w:t>[4781]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00651697">
+            <w:r w:rsidR="005855A1">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0397CM26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="068299DA" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="42139991" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2556,158 +2735,163 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020ABC"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00021880"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00071708"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00080523"/>
+    <w:rsid w:val="00087130"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C11CA"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
+    <w:rsid w:val="000E4944"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F27E8"/>
     <w:rsid w:val="001027BF"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00111C54"/>
     <w:rsid w:val="0011240A"/>
     <w:rsid w:val="00115D89"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00156766"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001727FA"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A14B1"/>
     <w:rsid w:val="001B33BD"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E79E8"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00240B15"/>
     <w:rsid w:val="00242F6D"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002B2119"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D0D2C"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E09A3"/>
     <w:rsid w:val="002E1907"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F6530"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00317ABC"/>
     <w:rsid w:val="00337439"/>
     <w:rsid w:val="00340F0E"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00344C3C"/>
     <w:rsid w:val="00351D49"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
@@ -2732,111 +2916,114 @@
     <w:rsid w:val="00412A9C"/>
     <w:rsid w:val="004139A9"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00423DDD"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A626C"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0991"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C3487"/>
     <w:rsid w:val="004C5C9A"/>
+    <w:rsid w:val="004C7F2B"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D6266"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005020A4"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005120AE"/>
     <w:rsid w:val="00514B56"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00526D2A"/>
     <w:rsid w:val="00530C40"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005727A1"/>
     <w:rsid w:val="005738C7"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00580AFB"/>
+    <w:rsid w:val="005855A1"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A3CE6"/>
     <w:rsid w:val="005A3F88"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D1F8A"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D31B1"/>
     <w:rsid w:val="005D4917"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E4C71"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00651697"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
+    <w:rsid w:val="00662498"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00682E5F"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F3062"/>
     <w:rsid w:val="006F3BB5"/>
     <w:rsid w:val="00704912"/>
@@ -2935,50 +3122,51 @@
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A33E17"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A519A8"/>
     <w:rsid w:val="00A5229C"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A67C27"/>
     <w:rsid w:val="00A72BB2"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A80DF4"/>
     <w:rsid w:val="00A87F4D"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB20D9"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
+    <w:rsid w:val="00AC7235"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE3849"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00AF55B5"/>
     <w:rsid w:val="00B05666"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B10055"/>
     <w:rsid w:val="00B114F7"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4013B"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
@@ -3001,50 +3189,51 @@
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE120A"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C216E2"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C56E7A"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C92636"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB17A6"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
+    <w:rsid w:val="00CD35EA"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE50A4"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D45630"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D77DB3"/>
     <w:rsid w:val="00D839A2"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC44A8"/>
@@ -3541,1360 +3730,1360 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00412A9C"/>
+    <w:rsid w:val="005855A1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4921,51 +5110,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4781&amp;session=126&amp;summary=B" TargetMode="External" Id="R971853fb7e8f4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4781_20251217.docx" TargetMode="External" Id="Rc93965bc71684016" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4781&amp;session=126&amp;summary=B" TargetMode="External" Id="Rcbd86a917ac3412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4781_20251217.docx" TargetMode="External" Id="Rad34709d6ea1434a" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5053,50 +5242,51 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001A14B1"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00340F0E"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00423DDD"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="005738C7"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005A3F88"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008346FD"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A5229C"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
@@ -5848,71 +6038,143 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>24c6786c-8bf3-4054-ba90-8465274ffa39</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>bca19290-f3da-4535-8274-03c45859b557</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>03f534df-54af-4364-b14d-b24560bf4ecf</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>7a0424c7-aa8a-4e68-beb4-d60bf9679ee2</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4781]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4781</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 23-35-10 so as to regulate the manufacture, sale, transport, use and display of PYROTECHNICs; AND BY AMENDING SECTION 23-35-45, RELATING TO USE OF PYROTECHNIC MATERIALS INDOORS, so as to provide additional restriction on their use.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"77ac3748-d923-4e19-bd23-60cdd1682804","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T23C35N10_2f79858b8","IsConstitutionSection":false,"Identity":"23-35-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T23C35N10SA","SubSectionBookmarkName":"ss_T23C35N10SA_lv1_7113ee400","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S1","SubSectionBookmarkName":"ss_T23C35N10S1_lv2_3fa52872a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S2","SubSectionBookmarkName":"ss_T23C35N10S2_lv2_b7545596e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S3","SubSectionBookmarkName":"ss_T23C35N10S3_lv2_24a99bde7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SB","SubSectionBookmarkName":"ss_T23C35N10SB_lv1_f403c416f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SC","SubSectionBookmarkName":"ss_T23C35N10SC_lv1_c00f9d891","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S1","SubSectionBookmarkName":"ss_T23C35N10S1_lv2_82452330c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S2","SubSectionBookmarkName":"ss_T23C35N10S2_lv2_e13f2a5d0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S3","SubSectionBookmarkName":"ss_T23C35N10S3_lv2_e9f8c2ae7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S4","SubSectionBookmarkName":"ss_T23C35N10S4_lv2_987df64b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SD","SubSectionBookmarkName":"ss_T23C35N10SD_lv1_4d3b79677","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SE","SubSectionBookmarkName":"ss_T23C35N10SE_lv1_7c0a68192","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SF","SubSectionBookmarkName":"ss_T23C35N10SF_lv1_2c5e9110f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SG","SubSectionBookmarkName":"ss_T23C35N10SG_lv1_fab8c8139","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SH","SubSectionBookmarkName":"ss_T23C35N10SH_lv1_4729a250e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SI","SubSectionBookmarkName":"ss_T23C35N10SI_lv1_d188da983","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SJ","SubSectionBookmarkName":"ss_T23C35N10SJ_lv1_521ae3101","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SK","SubSectionBookmarkName":"ss_T23C35N10SK_lv1_2c7aa9659","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SL","SubSectionBookmarkName":"ss_T23C35N10SL_lv1_4f46e0ef9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S1","SubSectionBookmarkName":"ss_T23C35N10S1_lv2_e086c871b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S2","SubSectionBookmarkName":"ss_T23C35N10S2_lv2_09d7f0aab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S3","SubSectionBookmarkName":"ss_T23C35N10S3_lv2_c410f7779","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SM","SubSectionBookmarkName":"ss_T23C35N10SM_lv1_ffe60a859","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T23C35N10SN","SubSectionBookmarkName":"ss_T23C35N10SN_lv1_30c39136a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S1","SubSectionBookmarkName":"ss_T23C35N10S1_lv2_d58de1544","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S2","SubSectionBookmarkName":"ss_T23C35N10S2_lv2_be758b377","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S3","SubSectionBookmarkName":"ss_T23C35N10S3_lv2_1df49ce3d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S4","SubSectionBookmarkName":"ss_T23C35N10S4_lv2_bda6a2633","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C35N10Sa","SubSectionBookmarkName":"ss_T23C35N10Sa_lv3_985553855","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C35N10Sb","SubSectionBookmarkName":"ss_T23C35N10Sb_lv3_33faa257f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T23C35N10Sc","SubSectionBookmarkName":"ss_T23C35N10Sc_lv3_cacb58bd9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S5","SubSectionBookmarkName":"ss_T23C35N10S5_lv2_fcde30e0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T23C35N10S6","SubSectionBookmarkName":"ss_T23C35N10S6_lv2_76edb151b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_1c914eb43"},{"SectionUUID":"b6831c76-370e-45aa-9c16-953e09e29ca6","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T23C35N45_6f38872ab","IsConstitutionSection":false,"Identity":"23-35-45","IsNew":false,"SubSections":[],"TitleRelatedTo":"Use of pyrotechnic materials indoors;  regulation","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_4dc171b15"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Pyrotechnics</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>carlmcintosh@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>gwenthurmond@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6129,179 +6391,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC72AFF2-1B53-4CBF-B760-B91533E224C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>4</Pages>
   <Words>1452</Words>
   <Characters>7582</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>130</Lines>
   <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>8985</CharactersWithSpaces>