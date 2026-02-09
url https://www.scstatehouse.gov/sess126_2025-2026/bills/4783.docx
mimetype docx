--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -159,51 +158,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0527WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Re7d43128680249ce">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 88</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R8098cd9620d04aff">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 88</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R91149ccb10ed40b7">
+      <w:hyperlink r:id="R44d03f5404a34ebb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +521,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rf30dbe8b703b4594">
+      <w:hyperlink r:id="R4c9feb30f76a418c">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -612,110 +709,133 @@
         <w:t>hereas, Section 16</w:t>
       </w:r>
       <w:r w:rsidR="00844908">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AE5382">
         <w:t>Article</w:t>
       </w:r>
       <w:r w:rsidR="00844908">
         <w:t xml:space="preserve"> V</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the South Carolina Constitution provides that the salaries of justices and judges “shall not be reduced during their term of office,” thereby prohibiting any midterm decrease in judicial compensation; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="1D0A9183" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="397CFDF2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_9f998c68c" w:id="2"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that it is a core principle of state governance that compensation structures funded with public dollars be transparent, consistent, and reasonably aligned across the constitutional branches of government; and</w:t>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that it is a core principle of state governance that compensation structures funded with public dollars be transparent, consistent, and reasonably aligned across the constitutional branches of government; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="0B26FEF7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="720FF93B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_dad88df7c" w:id="3"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that members of the General Assembly receive a defined legislative expense allowance and in‑district compensation to support the costs of carrying out their constitutional duties, in addition to their salary and fringe benefits; and</w:t>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that members of the General Assembly receive a defined legislative expense allowance and in‑district compensation to support the costs of carrying out their constitutional duties, in addition to their salary and fringe benefits; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="69D952C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="5149905B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_3f5f04b84" w:id="4"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that members of the judiciary in South Carolina receive a monthly allowance for office expenses in addition to their salary and fringe benefits; and</w:t>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that members of the judiciary in South Carolina receive a monthly allowance for office expenses in addition to their salary and fringe benefits; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="0E33DAC3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="73F72115" w14:textId="765C2D4C">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_84bf6f789" w:id="5"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>hereas, in order to ensure fairness and fiscal uniformity, supplemental payments or office expense funding provided to members of the judiciary should not exceed the analogous compensation provided to the legislative branch. Now, therefore,</w:t>
+        <w:t xml:space="preserve">hereas, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ensure fairness and fiscal uniformity, supplemental payments or office expense funding provided to members of the judiciary should not exceed the analogous compensation provided to the legislative branch. Now, therefore,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD5582" w:rsidP="00AD5582" w:rsidRDefault="00AD5582" w14:paraId="1E9A1CE0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="00F751FE" w:rsidP="001C682C" w:rsidRDefault="001C682C" w14:paraId="6D3CD473" w14:textId="25207875">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:bookmarkStart w:name="ew_390dfe76b" w:id="6"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E45EB" w:rsidP="006E45EB" w:rsidRDefault="006E45EB" w14:paraId="68FB8FA9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
@@ -873,56 +993,56 @@
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="002A667A" w:rsidRDefault="000D6B78" w14:paraId="4D179924" w14:textId="76B3E682">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:bookmarkStart w:name="up_06f3a90f8" w:id="15"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>‑‑XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>‑‑</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidSect="009848D5">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5BE16045" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E61E57F" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
@@ -973,125 +1093,125 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3820BEDD" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="25BA1E08" w14:textId="24214D8E" w:rsidR="00674220" w:rsidRDefault="008A129D" w:rsidP="00674220">
+  <w:p w14:paraId="25BA1E08" w14:textId="2FE85BDF" w:rsidR="00674220" w:rsidRDefault="00DE2336" w:rsidP="00674220">
     <w:pPr>
       <w:pStyle w:val="scbillfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="2068836066"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00902A77">
-          <w:t>[...]</w:t>
+        <w:r w:rsidR="00632998">
+          <w:t>[4783]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00674220">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008577F1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:alias w:val="footer_filename"/>
         <w:tag w:val="footer_filename"/>
         <w:id w:val="703371821"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00EE056F">
+        <w:r w:rsidR="00632998">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>LC-0527WAB26.docx</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="561FD775" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38577C39" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1349,51 +1469,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="694771090">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="252201783">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1039820966">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="310595583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="965234399">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1476528253">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -1432,93 +1554,95 @@
     <w:rsid w:val="001A1493"/>
     <w:rsid w:val="001A4671"/>
     <w:rsid w:val="001A567C"/>
     <w:rsid w:val="001B15D8"/>
     <w:rsid w:val="001B50D2"/>
     <w:rsid w:val="001C51B3"/>
     <w:rsid w:val="001C682C"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="00201CDB"/>
     <w:rsid w:val="00202067"/>
     <w:rsid w:val="00202D6C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00207826"/>
     <w:rsid w:val="00222152"/>
     <w:rsid w:val="002230E1"/>
     <w:rsid w:val="00226F8C"/>
     <w:rsid w:val="002608CD"/>
     <w:rsid w:val="0027773D"/>
     <w:rsid w:val="00280BA8"/>
     <w:rsid w:val="002851CF"/>
     <w:rsid w:val="002952D5"/>
     <w:rsid w:val="002A2C79"/>
     <w:rsid w:val="002A667A"/>
     <w:rsid w:val="002A6902"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002B5BEA"/>
     <w:rsid w:val="002E0094"/>
     <w:rsid w:val="002E1999"/>
     <w:rsid w:val="003044DE"/>
     <w:rsid w:val="00314400"/>
     <w:rsid w:val="00320B41"/>
     <w:rsid w:val="003337A0"/>
     <w:rsid w:val="00335981"/>
     <w:rsid w:val="00337EAF"/>
     <w:rsid w:val="00351A09"/>
     <w:rsid w:val="003571F5"/>
     <w:rsid w:val="003C444D"/>
     <w:rsid w:val="003C4F86"/>
     <w:rsid w:val="003D225B"/>
     <w:rsid w:val="003D3B76"/>
     <w:rsid w:val="0040332C"/>
     <w:rsid w:val="004124D5"/>
     <w:rsid w:val="004368D3"/>
     <w:rsid w:val="004434BF"/>
     <w:rsid w:val="00453277"/>
     <w:rsid w:val="0045424C"/>
     <w:rsid w:val="00463356"/>
     <w:rsid w:val="004752EE"/>
     <w:rsid w:val="00490B14"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="004A3741"/>
     <w:rsid w:val="004A548B"/>
     <w:rsid w:val="004A72B7"/>
     <w:rsid w:val="004B2ED7"/>
     <w:rsid w:val="004B759D"/>
     <w:rsid w:val="004C40D0"/>
     <w:rsid w:val="004D53D4"/>
     <w:rsid w:val="004D6D1F"/>
     <w:rsid w:val="004E13A3"/>
     <w:rsid w:val="00512914"/>
     <w:rsid w:val="00515667"/>
     <w:rsid w:val="00547DD5"/>
     <w:rsid w:val="00560F91"/>
     <w:rsid w:val="00592861"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D32B1"/>
     <w:rsid w:val="005E7403"/>
+    <w:rsid w:val="00632998"/>
     <w:rsid w:val="00636FDD"/>
     <w:rsid w:val="00674220"/>
     <w:rsid w:val="00677E52"/>
     <w:rsid w:val="00684372"/>
     <w:rsid w:val="00684741"/>
     <w:rsid w:val="00696ABA"/>
     <w:rsid w:val="006B5610"/>
     <w:rsid w:val="006D41CD"/>
     <w:rsid w:val="006E45EB"/>
     <w:rsid w:val="006F1C0D"/>
     <w:rsid w:val="00702736"/>
     <w:rsid w:val="007262F1"/>
     <w:rsid w:val="00741923"/>
     <w:rsid w:val="00747A48"/>
     <w:rsid w:val="00764545"/>
     <w:rsid w:val="0077594C"/>
     <w:rsid w:val="00777280"/>
     <w:rsid w:val="007834CB"/>
     <w:rsid w:val="007B2941"/>
     <w:rsid w:val="007F179F"/>
     <w:rsid w:val="00807D9F"/>
     <w:rsid w:val="00810D57"/>
     <w:rsid w:val="00812A64"/>
     <w:rsid w:val="00813029"/>
     <w:rsid w:val="00820309"/>
@@ -1592,80 +1716,82 @@
     <w:rsid w:val="00CA2D40"/>
     <w:rsid w:val="00CA76AC"/>
     <w:rsid w:val="00CB3A21"/>
     <w:rsid w:val="00CC0258"/>
     <w:rsid w:val="00CC14CD"/>
     <w:rsid w:val="00CD2FA8"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5745"/>
     <w:rsid w:val="00CF0C03"/>
     <w:rsid w:val="00CF502F"/>
     <w:rsid w:val="00D03992"/>
     <w:rsid w:val="00D17C70"/>
     <w:rsid w:val="00D20D80"/>
     <w:rsid w:val="00D23868"/>
     <w:rsid w:val="00D56452"/>
     <w:rsid w:val="00D60F83"/>
     <w:rsid w:val="00D639DB"/>
     <w:rsid w:val="00D63CD2"/>
     <w:rsid w:val="00D73569"/>
     <w:rsid w:val="00D76E08"/>
     <w:rsid w:val="00D87870"/>
     <w:rsid w:val="00D90A37"/>
     <w:rsid w:val="00DB440B"/>
     <w:rsid w:val="00DC14A6"/>
     <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00DE2336"/>
     <w:rsid w:val="00DF0BBE"/>
     <w:rsid w:val="00DF2124"/>
     <w:rsid w:val="00DF413D"/>
     <w:rsid w:val="00DF7B61"/>
     <w:rsid w:val="00E13307"/>
     <w:rsid w:val="00E20FAE"/>
     <w:rsid w:val="00E24B38"/>
     <w:rsid w:val="00E27C86"/>
     <w:rsid w:val="00E33E4F"/>
     <w:rsid w:val="00E46D12"/>
     <w:rsid w:val="00E4700B"/>
     <w:rsid w:val="00E53AAD"/>
     <w:rsid w:val="00E62823"/>
     <w:rsid w:val="00E671A9"/>
     <w:rsid w:val="00E76714"/>
     <w:rsid w:val="00E777D9"/>
     <w:rsid w:val="00E946E9"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA3586"/>
     <w:rsid w:val="00EB0B43"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00ED4053"/>
     <w:rsid w:val="00EE056F"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F1362B"/>
     <w:rsid w:val="00F27AAF"/>
     <w:rsid w:val="00F42575"/>
     <w:rsid w:val="00F44E29"/>
     <w:rsid w:val="00F62234"/>
     <w:rsid w:val="00F64849"/>
+    <w:rsid w:val="00F672AF"/>
     <w:rsid w:val="00F751FE"/>
     <w:rsid w:val="00FA7204"/>
     <w:rsid w:val="00FB76FE"/>
     <w:rsid w:val="00FD04CB"/>
     <w:rsid w:val="00FD0B09"/>
     <w:rsid w:val="00FD33BC"/>
     <w:rsid w:val="00FD3616"/>
     <w:rsid w:val="00FE4340"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -2059,2756 +2185,2758 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00632998"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00632998"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="seantest">
     <w:name w:val="sean_test"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni"/>
       <w:sz w:val="44"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendamendnum">
     <w:name w:val="sc_amend_amendnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendbillnum">
     <w:name w:val="sc_amend_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendclerk">
     <w:name w:val="sc_amend_clerk"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddate">
     <w:name w:val="sc_amend_date"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddrafter">
     <w:name w:val="sc_amend_drafter"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendfooterpath">
     <w:name w:val="sc_amend_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendheader1">
     <w:name w:val="sc_amend_header1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendordernum">
     <w:name w:val="sc_amend_ordernum"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendreference">
     <w:name w:val="sc_amend_reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendselectionboxes">
     <w:name w:val="sc_amend_selectionboxes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsignatureline">
     <w:name w:val="sc_amend_signatureline"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsponsorline">
     <w:name w:val="sc_amend_sponsorline"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendadoptnum">
     <w:name w:val="sc_amend_adoptnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
     <w:name w:val="sc_amend_conformline"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddirectionallanguage">
     <w:name w:val="sc_amend_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
     <w:name w:val="sc_amend_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendnewcodesection">
     <w:name w:val="sc_amend_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
     <w:name w:val="sc_amend_titleconform"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacket">
     <w:name w:val="sc_bill_senate_back_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacketproofreadline">
     <w:name w:val="sc_bill_senate_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateclippage">
     <w:name w:val="sc_senate_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolution">
     <w:name w:val="sc_senate_resolution"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbythis">
     <w:name w:val="sc_senate_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageattorney">
     <w:name w:val="sc_senate_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedate">
     <w:name w:val="sc_senate_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="810"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocname">
     <w:name w:val="sc_senate_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="scsenateresolutionclippagedocumentname"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedraftingassistant">
     <w:name w:val="sc_senate_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageheader">
     <w:name w:val="sc_senate_resolution_clip_page_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenate">
     <w:name w:val="sc_senate_resolution_clip_page_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenator">
     <w:name w:val="sc_senate_resolution_clip_page_senator"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagetitle">
     <w:name w:val="sc_senate_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionemptyline">
     <w:name w:val="sc_senate_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionfurtherresolved">
     <w:name w:val="sc_senate_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionheader">
     <w:name w:val="sc_senate_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjacketintroduced">
     <w:name w:val="sc_senate_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjackettitle">
     <w:name w:val="sc_senate_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionresolved">
     <w:name w:val="sc_senate_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutiontitle">
     <w:name w:val="sc_senate_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionwhereas">
     <w:name w:val="sc_senate_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
     <w:name w:val="sc_coversheet_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbilldetails">
     <w:name w:val="sc_confrep_billdetails"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbillnum">
     <w:name w:val="sc_confrep_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scconfrepbilltitle">
     <w:name w:val="sc_confrep_billtitle"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepcodifiedsection">
     <w:name w:val="sc_confrep_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepdirectionallanguage">
     <w:name w:val="sc_confrep_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfilepath">
     <w:name w:val="sc_confrep_filepath"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfooterpath">
     <w:name w:val="sc_confrep_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepgenassembly">
     <w:name w:val="sc_confrep_genassembly"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepheading">
     <w:name w:val="sc_confrep_heading"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreplanginstruction">
     <w:name w:val="sc_confrep_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreponpartof">
     <w:name w:val="sc_confrep_onpartof"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="5976"/>
       </w:tabs>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreppasswithamend">
     <w:name w:val="sc_confrep_passwithamend"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreprecommend">
     <w:name w:val="sc_confrep_recommend"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepreferred">
     <w:name w:val="sc_confrep_referred"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepsignaturelines">
     <w:name w:val="sc_confrep_signaturelines"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippageinfo">
     <w:name w:val="sc_act_clip_page_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcatchline">
     <w:name w:val="sc_act_catchline"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjremptyline">
     <w:name w:val="sc_jr_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrblanksection">
     <w:name w:val="sc_jr_blank_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel1">
     <w:name w:val="sc_jr_list_level_1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel2">
     <w:name w:val="sc_jr_list_level_2"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="009C5797"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE1D98"/>
+    <w:rsid w:val="00632998"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4783&amp;session=126&amp;summary=B" TargetMode="External" Id="R91149ccb10ed40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4783_20251217.docx" TargetMode="External" Id="Rf30dbe8b703b4594" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4783&amp;session=126&amp;summary=B" TargetMode="External" Id="R44d03f5404a34ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4783_20251217.docx" TargetMode="External" Id="R4c9feb30f76a418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Re7d43128680249ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R8098cd9620d04aff" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBA12576-C54B-4BE3-BA96-6BB324E9DAE5}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4903,50 +5031,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00616D59"/>
     <w:rsid w:val="00003B70"/>
     <w:rsid w:val="00111C14"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="00320B41"/>
     <w:rsid w:val="003E0E59"/>
     <w:rsid w:val="004F5550"/>
     <w:rsid w:val="00501E6F"/>
     <w:rsid w:val="00507587"/>
     <w:rsid w:val="00566531"/>
     <w:rsid w:val="005B01B7"/>
     <w:rsid w:val="006005F9"/>
     <w:rsid w:val="00616D59"/>
     <w:rsid w:val="0063236C"/>
     <w:rsid w:val="00716BDF"/>
     <w:rsid w:val="008012F7"/>
     <w:rsid w:val="00812A64"/>
     <w:rsid w:val="008358D3"/>
     <w:rsid w:val="008744C6"/>
     <w:rsid w:val="0094764F"/>
     <w:rsid w:val="009C4429"/>
     <w:rsid w:val="009F6A8C"/>
     <w:rsid w:val="00B41EFF"/>
     <w:rsid w:val="00C821C0"/>
     <w:rsid w:val="00D8287A"/>
     <w:rsid w:val="00D90437"/>
     <w:rsid w:val="00DF2124"/>
     <w:rsid w:val="00E24B38"/>
     <w:rsid w:val="00EB0F12"/>
@@ -5709,84 +5838,119 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>de389807-4210-4e49-8a27-6ff0f10e939d</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>207fa76f-d926-433b-a878-2d1803189479</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>bcbada9c-9891-4de9-8654-971798dc0810</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>34d68c5d-7440-4409-b499-df306f865af8</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4783]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4783</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO PROVIDE THAT SALARY SUPPLEMENTs, EXPENSE ALLOWANCEs, OR OTHER PAYMENTS FOR OFFICE OPERATIONS OR OFFICIAL DUTIES PROVIDED TO JUSTICES OR JUDGES OF THE SUPREME COURT, COURT OF APPEALS, OR FAMILY COURT AS COMPENSATION IN ADDITION TO THEIR SALARIES MAY NOT EXCEED THE in-district COMPENSATION PROVIDED TO MEMBERS OF THE GENERAL ASSEMBLY; TO PROVIDE THAT THE SALARIES OF SUCH JUSTICES AND JUDGES MUST BE EQUAL TO THE SALARIES OF MEMBERS OF THE GENERAL ASSEMBLY FOR JUDGES ELECTED AFTER THE EFFECTIVE DATE OF THIS JOINT RESOLUTION AND FOR SITTING JUDGES AFTER THE COMPLETION OF THEIR CURRENT TERMS AND UPON REELECTION TO ANY SUBSEQUENT TERM OF OFFICE; and TO PROVIDE THE PROVISIONS OF THIS JOINT RESOLUTION APPLY BEGINNING WITH THE 2026-2027 FISCAL YEAR AND EXPIRE ON JULY 1, 2036.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>joint_resolution</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"60e41ff4-471c-46af-a356-e60be5cbc87d","SectionName":"New Blank SECTION","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_d564f3d28"},{"SectionUUID":"4d94fc57-c7fa-4162-b372-8d178987614d","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Judicial compensation</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6003,149 +6167,89 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...47 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FCC8FF0-5ED3-4663-ABC3-5600FC786A55}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB12C06-B8B5-460A-A736-9839774D61E5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6C741B1-06A1-4CD5-9531-297007DA29B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>561</Words>
   <Characters>2994</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>