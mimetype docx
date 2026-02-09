--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -124,86 +124,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. J.E. Johnson, McCravy and M.M. Smith</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. J.E. Johnson, McCravy, M.M. Smith and C. Mitchell</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0546WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R75a5ee92c8724d90">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 88</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rfd2292de571140a2">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 88</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R39cbcddc715f445d">
+      <w:hyperlink r:id="R6bce213dc4324d94">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +522,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R1eddaf7409c44aa5">
+      <w:hyperlink r:id="Rfbe48cfd0af9440e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -1019,50 +1117,51 @@
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>ii) A person who is convicted of this item and has previously been convicted of this item or of subsection (A), must be punished by mandatory imprisonment of not less than two years nor more than fifteen years and fined not more than fifteen thousand dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D4CF9" w:rsidP="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="640BDB30" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:sectPr w:rsidR="008D4CF9" w:rsidSect="008D4CF9">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00904D6E" w:rsidP="00904D6E" w:rsidRDefault="00904D6E" w14:paraId="4F56048F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T38C55N171Sb_lv3_fabc55b9f" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>b) A person who is convicted of a violation of this subsection that results in great bodily injury, as defined in Section 16‑3‑600(A)(1), to any person must be punished by a mandatory imprisonment of not less than two years nor more than fifteen years and fined not more than fifteen thousand dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00904D6E" w:rsidP="00904D6E" w:rsidRDefault="00904D6E" w14:paraId="31F9C9CD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -1291,50 +1390,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">Public </w:t>
       </w:r>
       <w:r>
         <w:t>Health</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Environmental Control</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; the Department of Social Services;  the Department of Health and Human Services; the Department of Labor, Licensing and Regulation;  all other state boards, commissions, and agencies; the Office of the Attorney General of South Carolina;  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="3BBD4DE3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="up_152518541" w:id="33"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>o</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>r the prosecuting attorney of any judicial circuit, county, municipality, or political subdivision of this State or of the United States, and their respective employees or personnel acting in their official capacity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="6861D042" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T38C55N530SB_lv1_486ebad52" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>B) “Insurer” shall have the meaning set forth in Section 38‑1‑20(25) and includes any authorized insurer, self‑insurer, reinsurer, broker, producer, or any agent thereof.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="0B7F692B" w14:textId="77777777">
       <w:pPr>
@@ -1663,50 +1763,51 @@
         <w:t>A) A person who knowingly makes a false statement or misrepresentation, and any other person knowingly, with an intent to injure, defraud, or deceive, or who assists, abets, solicits, or conspires with a person to make a false statement or misrepresentation, is guilty of a:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D4CF9" w:rsidP="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="1E4A241B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D4CF9" w:rsidSect="008D4CF9">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="1ADFBFF1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T38C55N540S1_lv2_5c1034c20" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t xml:space="preserve">1) misdemeanor, for a first offense violation, if the amount of the economic advantage or benefit received </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or attempted to receive </w:t>
       </w:r>
       <w:r>
         <w:t>is less than one thousand dollars. Upon conviction, the person must be fined not less than one hundred nor more than five hundred dollars or imprisoned not more than thirty days;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="14D3512D" w14:textId="77777777">
       <w:pPr>
@@ -1999,50 +2100,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>deputies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>assistant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> attorneys general to assist the </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="390E4239" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="up_a230148ad" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>b</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>ureau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Insurance Fraud Division</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in any civil court proceedings against the person.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="730F5600" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
@@ -2403,50 +2505,51 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>c)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> prosecute persons determined to be in violation of Sections 38‑55‑170 and 38‑55‑540 and </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="7A040BE4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="up_b0a3498fe" w:id="75"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>r</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:t>elated criminal insurance activity in a court of competent jurisdiction;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">  and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="08492D55" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2981,50 +3084,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>SLED</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as provided by this section must be funded by an </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">appropriation of not less than two hundred thousand dollars annually from the general revenues of the State derived from the insurance premium taxes collected by the Department of Insurance and/or from fines assessed under Sections 38‑55‑170 and 38‑55‑540 which must be deposited </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="0D8A1FB9" w14:textId="71AEA96B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="up_495daa1b5" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>i</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>n the general revenue fund to the credit of the Office of the Attorney General and the State Law Enforcement Division to offset the costs of this program;  provided, that the funds generated from these fines, to be utilized by either the Office of the Attorney General or the State Law Enforcement Division shall not total more than five hundred thousand dollars.  These monies must be shared equally on a fifty‑fifty basis by the Office of the Attorney General and the State Law Enforcement Division, and the balance must go to the general fund of the State.</w:t>
       </w:r>
       <w:r w:rsidRPr="009337A9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">annual appropriation sufficient to fully fund the costs of operating the </w:t>
       </w:r>
       <w:r w:rsidR="00F25172">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">Insurance Fraud Division </w:t>
       </w:r>
       <w:r w:rsidRPr="009337A9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -3406,50 +3510,51 @@
         <w:t>3) history of previous claims, payments, fees, commission, service bills, or other documents which are available;  and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D4CF9" w:rsidP="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="60EFB84D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D4CF9" w:rsidSect="008D4CF9">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="510BA4A1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T38C55N570S4_lv2_69c9cefad" w:id="98"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:t>4) other information relating to the investigation of the suspected false statement or misrepresentation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="46B79F30" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T38C55N570SC_lv1_a6e1f235b" w:id="99"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
@@ -3667,50 +3772,51 @@
         <w:t>C) the number of matters referred to the State Law Enforcement Division for investigation;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D4CF9" w:rsidP="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="677E4D31" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D4CF9" w:rsidSect="008D4CF9">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="53B902A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T38C55N590SD_lv1_de5a1a1d9" w:id="108"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:t>D) the outcome of all investigations and prosecutions under this article, if not privileged by law;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="7BA6D01F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T38C55N590SE_lv1_fa3f85470" w:id="109"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:t>E) the total amount of fines levied by the court and paid to or deposited by the division; and</w:t>
@@ -4920,50 +5026,51 @@
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="601"/>
         <w:gridCol w:w="3052"/>
         <w:gridCol w:w="3052"/>
         <w:gridCol w:w="3052"/>
       </w:tblGrid>
       <w:tr w:rsidR="00597627" w14:paraId="6F9412D3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="601" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="244" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="7E303A84" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="sctableln"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00597627" w:rsidP="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="515E336B" w14:textId="1B41E46C">
             <w:pPr>
               <w:pStyle w:val="sctableln"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00597627" w:rsidRDefault="00597627" w14:paraId="25E76644" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="sctablecodifiedsection"/>
@@ -6175,50 +6282,51 @@
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_d28c3db63" w:id="121"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:bookmarkEnd w:id="121"/>
       <w:r>
         <w:t xml:space="preserve">he commission shall report all cases of suspected false statement or misrepresentation, as defined in Section 38‑55‑530(D), to the Insurance Fraud Division of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">Office </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="22A729A7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>of the Attorney General</w:t>
       </w:r>
       <w:r w:rsidRPr="00E37E77">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Department of Insurance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for investigation and prosecution, if warranted, pursuant to the Omnibus Insurance Fraud and Reporting Immunity Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="4A6380D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="665281FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_11_d60a1986a" w:id="122"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
@@ -6516,50 +6624,51 @@
         <w:t>c) occurs primarily within the territorial jurisdiction of this State;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D4CF9" w:rsidP="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="03F795C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D4CF9" w:rsidSect="008D4CF9">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="1EDD5269" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T14C7N1630S7_lv2_066f66a09" w:id="138"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="138"/>
       <w:r>
         <w:t>7) a crime involving a violation of Chapter 1, Title 35 of the Uniform Securities Act, or a crime related to securities fraud or a violation of the securities laws;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="2BAF3F17" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T14C7N1630S8_lv2_afd83b728" w:id="139"/>
@@ -6675,50 +6784,51 @@
     <w:p w:rsidR="008D4CF9" w:rsidP="008D4CF9" w:rsidRDefault="008D4CF9" w14:paraId="4C39E0FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:sectPr w:rsidR="008D4CF9" w:rsidSect="008D4CF9">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00597627" w:rsidP="00597627" w:rsidRDefault="00597627" w14:paraId="11E50433" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T14C7N1630S14_lv2_b4325d083" w:id="145"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="145"/>
       <w:r>
         <w:t>14) a crime involving a violation of the South Carolina Anti‑Money Laundering Act as set forth in Chapter 11, Title 35, or a crime related to a violation of the Anti‑Money Laundering Act</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
@@ -6920,125 +7030,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27489980" w14:textId="77777777" w:rsidR="008D4CF9" w:rsidRDefault="008D4CF9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="166FC18D" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="009E45F0" w:rsidP="00D14995">
+      <w:p w14:paraId="166FC18D" w14:textId="6EAAFC87" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00B06C8B" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00C16186">
+              <w:t>[4784]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00E03798">
+            <w:r w:rsidR="00C16186">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0546WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C66D669" w14:textId="77777777" w:rsidR="008D4CF9" w:rsidRDefault="008D4CF9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="70C5B189" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7300,50 +7410,51 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="120"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -7432,78 +7543,80 @@
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00220EAD"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="0023332E"/>
     <w:rsid w:val="002336B3"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="0024001E"/>
     <w:rsid w:val="0024184F"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00293AE0"/>
     <w:rsid w:val="002A0049"/>
     <w:rsid w:val="002A2B66"/>
     <w:rsid w:val="002A3EC0"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C6376"/>
     <w:rsid w:val="002C70CE"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F7314"/>
     <w:rsid w:val="00300DB2"/>
     <w:rsid w:val="00301D32"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00331EE6"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00345FA5"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="003610A3"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00372475"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00383503"/>
+    <w:rsid w:val="00394B0A"/>
     <w:rsid w:val="003956A4"/>
     <w:rsid w:val="003A1300"/>
     <w:rsid w:val="003A4C09"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B624E"/>
     <w:rsid w:val="003C0B8C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D2E0F"/>
     <w:rsid w:val="003D36C2"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00427C1E"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00432441"/>
     <w:rsid w:val="00444D9E"/>
     <w:rsid w:val="00446987"/>
@@ -7758,94 +7871,96 @@
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A91117"/>
     <w:rsid w:val="00A91E10"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A93F2D"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC68D5"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE477D"/>
     <w:rsid w:val="00AE4BB5"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF34CA"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B05DA5"/>
+    <w:rsid w:val="00B06C8B"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B15DA1"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B33BF6"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B4520E"/>
     <w:rsid w:val="00B50A5B"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B7738D"/>
     <w:rsid w:val="00B77509"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B84C8C"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B9156D"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA4F53"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB4A6A"/>
     <w:rsid w:val="00BB770F"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD31BF"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD69D9"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE2D52"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE48AD"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
+    <w:rsid w:val="00C16186"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C23378"/>
     <w:rsid w:val="00C444D4"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C46C8F"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C6030D"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C95BD5"/>
     <w:rsid w:val="00C96C94"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC0170"/>
     <w:rsid w:val="00CC0533"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CC54D7"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
@@ -8398,1360 +8513,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00C16186"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00C16186"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00070A38"/>
+    <w:rsid w:val="00C16186"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -9778,51 +9895,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4784&amp;session=126&amp;summary=B" TargetMode="External" Id="R39cbcddc715f445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4784_20251217.docx" TargetMode="External" Id="R1eddaf7409c44aa5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4784&amp;session=126&amp;summary=B" TargetMode="External" Id="R6bce213dc4324d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4784_20251217.docx" TargetMode="External" Id="Rfbe48cfd0af9440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R75a5ee92c8724d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rfd2292de571140a2" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -9910,50 +10027,51 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00012197"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00372475"/>
     <w:rsid w:val="00383503"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00507A4E"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="00590143"/>
     <w:rsid w:val="005C4067"/>
     <w:rsid w:val="005D2C1B"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007F544F"/>
     <w:rsid w:val="00841A64"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="0095466C"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
@@ -10715,67 +10833,139 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>e314415e-0141-443e-89f9-4a68eb3d1760</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>67af153b-a197-4ea6-a1bb-2853f4cde9f7</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>c0a07ca3-0283-4ee0-bda0-c78f017d5751</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>b41ffdf4-ab70-4ad5-b9f3-fe8f747aa4bf</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4784]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4784</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 38‑55‑171 SO AS TO CREATE THE FELONY CRIMINAL OFFENSES OF STAGING A MOTOR VEHICLE COLLISION AND AGGRAVATED STAGING A MOTOR VEHICLE COLLISION, AND TO PROVIDE PENALTIES; BY AMENDING SECTION 38‑55‑520, RELATING TO THE PURPOSE OF THE OMNIBUS INSURANCE FRAUD AND REPORTING IMMUNITY ACT, SO AS TO DESIGNATE THE DIVISION PREVIOUSLY ESTABLISHED TO PROSECUTE AND INVESTIGATE FRAUD IN THE OFFICE OF THE ATTORNEY GENERAL AS BEING IN THE DEPARTMENT OF INSURANCE; BY AMENDING SECTION 38‑55‑530, RELATING TO DEFINITIONS IN THE OMNIBUS INSURANCE FRAUD AND REPORTING IMMUNITY ACT, SO AS TO REVISE DEFINITIONS; BY AMENDING SECTION 38‑55‑540, RELATING TO CRIMINAL PENALTIES IN THE OMNIBUS INSURANCE FRAUD AND REPORTING IMMUNITY ACT, SO AS TO INCLUDE ATTEMPTS TO RECEIVE CERTAIN ECONOMIC ADVANTAGES OR BENEFITS; BY AMENDING SECTION 38‑55‑550, RELATING TO CIVIL PENALTIES IN THE OMNIBUS INSURANCE FRAUD AND REPORTING IMMUNITY ACT, SO AS TO ADD A STATUTE FOR WHICH VIOLATIONS WILL be SUBJECT TO THE CIVIL PENALTIES, AND TO MAKE VARIOUS TECHNICAL AND CONFORMING CHANGES; BY AMENDING SECTION 38‑55‑560, RELATING TO THE ESTABLISHMENT OF THE INSURANCE FRAUD DIVISION AND PROVIDE THE POWERS, DUTIES, AND FUNCTIONS OF THE DIVISION  AND RELATED STATE AGENCIES, SO AS TO TRANSFER THE DIVISION FROM THE OFFICE OF THE ATTORNEY GENERAL TO THE DEPARTMENT OF INSURANCE, AND TO REVISE THE POWERS, DUTIES, AND FUNCTIONS OF THE DIVISION AND RELATED AGENCIES; BY AMENDING SECTION 38‑55‑570, RELATING TO NOTIFICATION to the division of certain fraudulent conduct, SO AS TO MAKE CONFORMING CHANGES TO REFLECT THE TRANSFER OF THE INSURANCE FRAUD DIVISION OF THE OFFICE OF THE ATTORNEY GENERAL TO THE DEPARTMENT OF INSURANCE, AND TO REMOVE AN EXCEPTION TO A DISCOVERY PROVISION, AMONG OTHER THINGS; BY AMENDING SECTION 38‑55‑590, RELATING TO the ANNUAL REPORT BY THE DIRECTOR OF the INSURANCE FRAUD DIVISION IN the OFFICE OF the ATTORNEY GENERAL TO the GENERAL ASSEMBLY, SO AS TO MAKE CONFORMING CHANGES TO REFLECT THE TRANSFER OF THE INSURANCE FRAUD DIVISION OF THE OFFICE OF THE ATTORNEY GENERAL TO THE DEPARTMENT OF INSURANCE; BY AMENDING SECTION 17‑25‑45, RELATING TO LIFE SENTENCEs FOR PERSONs CONVICTED of CERTAIN CRIMES, SO AS TO ADD AND REVISE CERTAIN INSURANCE‑RELATED CRIMES; BY AMENDING SECTION 42‑9‑440, RELATING TO SUSPECTED FALSE STATEMENTS OR MISREPRESENTATIONS TO BE REPORTED TO the INSURANCE FRAUD DIVISION, SO AS TO MAKE CONFORMING CHANGES TO REFLECT THE TRANSFER OF THE INSURANCE FRAUD DIVISION OF THE OFFICE OF THE ATTORNEY GENERAL TO THE DEPARTMENT OF INSURANCE; AND BY AMENDING SECTION 14‑7‑1630, RELATING TO SUBJECT MATTERS OF THE STATE GRAND JURY, SO AS TO INCLUDE CERTAIN CRIMES INVOLVING INSURANCE FRAUD.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"84872167-f4e9-4a30-a891-fa9c89060d1e","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T38C55N171_0813f3ea2","IsConstitutionSection":false,"Identity":"38-55-171","IsNew":true,"SubSections":[{"Level":1,"Identity":"T38C55N171SA","SubSectionBookmarkName":"ss_T38C55N171SA_lv1_ea2c6529f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171Si","SubSectionBookmarkName":"ss_T38C55N171Si_lv2_d0111c78a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171Sii","SubSectionBookmarkName":"ss_T38C55N171Sii_lv2_f46d130d6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171Siii","SubSectionBookmarkName":"ss_T38C55N171Siii_lv2_6a3bd9743","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171Siv","SubSectionBookmarkName":"ss_T38C55N171Siv_lv2_5541602bf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N171Sb","SubSectionBookmarkName":"ss_T38C55N171Sb_lv3_b0eb14c97","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171Si","SubSectionBookmarkName":"ss_T38C55N171Si_lv2_ebc27cfa7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171Sii","SubSectionBookmarkName":"ss_T38C55N171Sii_lv2_b3767509d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171Siii","SubSectionBookmarkName":"ss_T38C55N171Siii_lv2_df90bc629","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N171S2","SubSectionBookmarkName":"ss_T38C55N171S2_lv3_7f499fca6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N171SB","SubSectionBookmarkName":"ss_T38C55N171SB_lv1_41aa63031","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171S1","SubSectionBookmarkName":"ss_T38C55N171S1_lv2_1f5dee5d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N171Sa","SubSectionBookmarkName":"ss_T38C55N171Sa_lv3_4a0fed005","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T38C55N171Si","SubSectionBookmarkName":"ss_T38C55N171Si_lv4_4e18c5332","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T38C55N171Sii","SubSectionBookmarkName":"ss_T38C55N171Sii_lv4_e11ba69fe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N171Sb","SubSectionBookmarkName":"ss_T38C55N171Sb_lv3_fabc55b9f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N171Sc","SubSectionBookmarkName":"ss_T38C55N171Sc_lv3_87a51550d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N171S2","SubSectionBookmarkName":"ss_T38C55N171S2_lv2_9056b6c99","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N171SC","SubSectionBookmarkName":"ss_T38C55N171SC_lv1_15cb8353c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"CREATE THE FELONY CRIMINAL OFFENSES OF STAGING A MOTOR VEHICLE COLLISION AND AGGRAVATED STAGING A MOTOR VEHICLE COLLISION, AND TO PROVIDE PENALTIES","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_93f61951a"},{"SectionUUID":"08c18524-9d9f-4d95-a090-f3d0bf3d2e1d","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C55N520_469e220a7","IsConstitutionSection":false,"Identity":"38-55-520","IsNew":false,"SubSections":[],"TitleRelatedTo":"the purpose of the Omnibus Insurance Fraud and Reporting Immunity Act","TitleSoAsTo":"designate the division previously estbalished to prosecute fraud and investigate fraud in the office of the attorney general as being in the department of insurance","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_206a277aa"},{"SectionUUID":"e638e12b-2916-4717-bc7e-ca5a5c5e6e27","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C55N530_4bde05103","IsConstitutionSection":false,"Identity":"38-55-530","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C55N530SA","SubSectionBookmarkName":"ss_T38C55N530SA_lv1_7f9e3e35f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N530SB","SubSectionBookmarkName":"ss_T38C55N530SB_lv1_486ebad52","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N530SC","SubSectionBookmarkName":"ss_T38C55N530SC_lv1_69a1a20cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N530SD","SubSectionBookmarkName":"ss_T38C55N530SD_lv1_b07c8a2f9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N530SE","SubSectionBookmarkName":"ss_T38C55N530SE_lv1_34002b7fc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N530S1","SubSectionBookmarkName":"ss_T38C55N530S1_lv2_4803ee0af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N530S2","SubSectionBookmarkName":"ss_T38C55N530S2_lv2_dba17d8c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N530S3","SubSectionBookmarkName":"ss_T38C55N530S3_lv2_928cbfb55","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N530S4","SubSectionBookmarkName":"ss_T38C55N530S4_lv2_510f3fbfd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N530S5","SubSectionBookmarkName":"ss_T38C55N530S5_lv2_972bee696","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N530S6","SubSectionBookmarkName":"ss_T38C55N530S6_lv2_96f8c8463","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N530S7","SubSectionBookmarkName":"ss_T38C55N530S7_lv2_7f7b70929","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N530SF","SubSectionBookmarkName":"ss_T38C55N530SF_lv1_12f765b07","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Definitions in the Omnibus Insurance Fraud and Reporting Immunity Act, so as to revise definitions","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_db35affb2"},{"SectionUUID":"7995fbbc-2348-403d-a572-0e8f082289c9","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C55N540_37b0a2baf","IsConstitutionSection":false,"Identity":"38-55-540","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C55N540SA","SubSectionBookmarkName":"ss_T38C55N540SA_lv1_e8db55289","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N540S1","SubSectionBookmarkName":"ss_T38C55N540S1_lv2_5c1034c20","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N540S2","SubSectionBookmarkName":"ss_T38C55N540S2_lv2_6759c6b30","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N540S3","SubSectionBookmarkName":"ss_T38C55N540S3_lv2_60a3a8238","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N540S4","SubSectionBookmarkName":"ss_T38C55N540S4_lv2_3cf6fd977","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N540S5","SubSectionBookmarkName":"ss_T38C55N540S5_lv2_81aa25d5b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Criminal penalties in the Omnibus Insurance Fraud and Reporting Immunity Act","TitleSoAsTo":"include attempts to receive certain economic advantages or benefits","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_aec37d6f5"},{"SectionUUID":"f60423e9-9831-4ff9-b4de-08ad6b8fc0ae","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C55N550_29f780980","IsConstitutionSection":false,"Identity":"38-55-550","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C55N550SA","SubSectionBookmarkName":"ss_T38C55N550SA_lv1_4c79ff1bd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N550SB","SubSectionBookmarkName":"ss_T38C55N550SB_lv1_1726e0206","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N550SC","SubSectionBookmarkName":"ss_T38C55N550SC_lv1_65157c0c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N550SD","SubSectionBookmarkName":"ss_T38C55N550SD_lv1_eb055ee88","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N550S1","SubSectionBookmarkName":"ss_T38C55N550S1_lv2_f203ed1b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N550S2","SubSectionBookmarkName":"ss_T38C55N550S2_lv2_14ef8b831","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N550S3","SubSectionBookmarkName":"ss_T38C55N550S3_lv2_2a072c414","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Civil penalties in the Omnibus Insurance Fraud and Reporting Immunity Act","TitleSoAsTo":"add a statute for which violations will subject to the civil penalties, and to make various techincal and conforming changes","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_f8d850ff8"},{"SectionUUID":"4f59c661-6fea-451b-aece-d3ca3ec367d1","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C55N560_9f831fe6f","IsConstitutionSection":false,"Identity":"38-55-560","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C55N560SA","SubSectionBookmarkName":"ss_T38C55N560SA_lv1_160440323","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N560SB","SubSectionBookmarkName":"ss_T38C55N560SB_lv1_6127430dc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N560SC","SubSectionBookmarkName":"ss_T38C55N560SC_lv1_59ced9bb5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N560SD","SubSectionBookmarkName":"ss_T38C55N560SD_lv1_41ab2865a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N560SE","SubSectionBookmarkName":"ss_T38C55N560SE_lv1_db00bb4c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N560S1","SubSectionBookmarkName":"ss_T38C55N560S1_lv2_532021c75","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Sa","SubSectionBookmarkName":"ss_T38C55N560Sa_lv3_700ceacc1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Sb","SubSectionBookmarkName":"ss_T38C55N560Sb_lv3_b24fc1f16","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Sc","SubSectionBookmarkName":"ss_T38C55N560Sc_lv3_c9f647774","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Sd","SubSectionBookmarkName":"ss_T38C55N560Sd_lv3_06e2f1420","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Se","SubSectionBookmarkName":"ss_T38C55N560Se_lv3_72a3baa0a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Sf","SubSectionBookmarkName":"ss_T38C55N560Sf_lv3_d24ae0394","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Sg","SubSectionBookmarkName":"ss_T38C55N560Sg_lv3_12479e7cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Sh","SubSectionBookmarkName":"ss_T38C55N560Sh_lv3_ece059bc7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T38C55N560Si","SubSectionBookmarkName":"ss_T38C55N560Si_lv3_277d7c3ce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N560S2","SubSectionBookmarkName":"ss_T38C55N560S2_lv2_4357db9d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N560S1","SubSectionBookmarkName":"ss_T38C55N560S1_lv2_bf74c41e1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N560S2","SubSectionBookmarkName":"ss_T38C55N560S2_lv2_69df4a8d7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N560S3","SubSectionBookmarkName":"ss_T38C55N560S3_lv2_9eb8e5f3a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the establishment of the Insurance Fraud Division and provide the powers, duties, and functions of the division  and related state agencies","TitleSoAsTo":"transfer the division from the Office of the Attorney General to the Department of Insurance, and to revise the powers, duties, and functions of the division and related agencies","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_7193114f8"},{"SectionUUID":"b98e7436-f9cd-4237-87a8-7b2ca35cd21a","SectionName":"code_section","SectionNumber":7,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C55N570_00f0dc09e","IsConstitutionSection":false,"Identity":"38-55-570","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C55N570SA","SubSectionBookmarkName":"ss_T38C55N570SA_lv1_625822a30","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N570SB","SubSectionBookmarkName":"ss_T38C55N570SB_lv1_eb408014b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N570SC","SubSectionBookmarkName":"ss_T38C55N570SC_lv1_a6e1f235b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N570SD","SubSectionBookmarkName":"ss_T38C55N570SD_lv1_1ba07bca2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N570S1","SubSectionBookmarkName":"ss_T38C55N570S1_lv2_0a3e06c0e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N570S2","SubSectionBookmarkName":"ss_T38C55N570S2_lv2_d2403c148","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N570S3","SubSectionBookmarkName":"ss_T38C55N570S3_lv2_ca2475206","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T38C55N570S4","SubSectionBookmarkName":"ss_T38C55N570S4_lv2_69c9cefad","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Notification of Insurance Fraud Division of knowledge or belief of false statements or misrepresentations","TitleSoAsTo":"SO AS TO SO AS TO MAKE CONFORMING CHANGES TO REFLECT THE TRANSFER OF THE INSURANCE FRAUD DIVISION OF THE OFFICE OF THE ATTORNEY GENERAL TO THE DEPARTMENT OF INSURANCE, and to remove an exception to a discovery provision, among other things","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_c78f05e3c"},{"SectionUUID":"72ce1d19-e20e-4cff-8823-e07b8653f1c1","SectionName":"code_section","SectionNumber":8,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T38C55N590_f1d1b13a2","IsConstitutionSection":false,"Identity":"38-55-590","IsNew":false,"SubSections":[{"Level":1,"Identity":"T38C55N590SA","SubSectionBookmarkName":"ss_T38C55N590SA_lv1_2dd6c342d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N590SB","SubSectionBookmarkName":"ss_T38C55N590SB_lv1_7fadb7608","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N590SC","SubSectionBookmarkName":"ss_T38C55N590SC_lv1_5a45bcbb4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N590SD","SubSectionBookmarkName":"ss_T38C55N590SD_lv1_de5a1a1d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N590SE","SubSectionBookmarkName":"ss_T38C55N590SE_lv1_fa3f85470","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T38C55N590SF","SubSectionBookmarkName":"ss_T38C55N590SF_lv1_6ebb35ec2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Annual report by Director of Insurance Fraud Division in Office of Attorney General to General Assembly","TitleSoAsTo":"MAKE CONFORMING CHANGES TO REFLECT THE TRANSFER OF THE INSURANCE FRAUD DIVISION OF THE OFFICE OF THE ATTORNEY GENERAL TO THE DEPARTMENT OF INSURANCE","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_8_5ed036dcd"},{"SectionUUID":"2805b960-e481-492a-ad5e-7442e85bd4fe","SectionName":"code_section","SectionNumber":9,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T17C25N45_8c42f2e8c","IsConstitutionSection":false,"Identity":"17-25-45","IsNew":false,"SubSections":[{"Level":1,"Identity":"T17C25N45S2","SubSectionBookmarkName":"ss_T17C25N45S2_lv1_19412489c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C25N45Sa","SubSectionBookmarkName":"ss_T17C25N45Sa_lv2_5b1538d95","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C25N45Sb","SubSectionBookmarkName":"ss_T17C25N45Sb_lv2_9a7564a02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C25N45Sc","SubSectionBookmarkName":"ss_T17C25N45Sc_lv2_a19fdee25","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Life sentence for person convicted for certain crimes","TitleSoAsTo":"add and revise certain insurance-related crimes","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_9_24520d9b9"},{"SectionUUID":"5e79d10e-4d2e-497b-ab17-6d173b33458a","SectionName":"code_section","SectionNumber":10,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T42C9N440_548169f20","IsConstitutionSection":false,"Identity":"42-9-440","IsNew":false,"SubSections":[],"TitleRelatedTo":"Suspected false statements or misrepresentations to be reported to Insurance Fraud Division","TitleSoAsTo":"MAKE CONFORMING CHANGES TO REFLECT THE TRANSFER OF THE INSURANCE FRAUD DIVISION OF THE OFFICE OF THE ATTORNEY GENERAL TO THE DEPARTMENT OF INSURANCE","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_10_cf354e992"},{"SectionUUID":"48bf0a58-e843-484d-94e8-4b91f78420a8","SectionName":"code_section","SectionNumber":11,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T14C7N1630_94db4dae7","IsConstitutionSection":false,"Identity":"14-7-1630","IsNew":false,"SubSections":[{"Level":1,"Identity":"T14C7N1630SA","SubSectionBookmarkName":"ss_T14C7N1630SA_lv1_24a8bee2d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S1","SubSectionBookmarkName":"ss_T14C7N1630S1_lv2_14ccd76a5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S2","SubSectionBookmarkName":"ss_T14C7N1630S2_lv2_34a0c6d4a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S3","SubSectionBookmarkName":"ss_T14C7N1630S3_lv2_fa55b7e27","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S4","SubSectionBookmarkName":"ss_T14C7N1630S4_lv2_b16899c91","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S5","SubSectionBookmarkName":"ss_T14C7N1630S5_lv2_87f0df56a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S6","SubSectionBookmarkName":"ss_T14C7N1630S6_lv2_84aec68dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T14C7N1630Sa","SubSectionBookmarkName":"ss_T14C7N1630Sa_lv3_89104087a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T14C7N1630Sb","SubSectionBookmarkName":"ss_T14C7N1630Sb_lv3_620cfcee9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T14C7N1630Si","SubSectionBookmarkName":"ss_T14C7N1630Si_lv4_842601458","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T14C7N1630Sii","SubSectionBookmarkName":"ss_T14C7N1630Sii_lv4_b19779e8d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T14C7N1630Siii","SubSectionBookmarkName":"ss_T14C7N1630Siii_lv4_76462e58d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T14C7N1630Sc","SubSectionBookmarkName":"ss_T14C7N1630Sc_lv3_3ae23b7c3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S7","SubSectionBookmarkName":"ss_T14C7N1630S7_lv2_066f66a09","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S8","SubSectionBookmarkName":"ss_T14C7N1630S8_lv2_afd83b728","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S9","SubSectionBookmarkName":"ss_T14C7N1630S9_lv2_753e6017a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S10","SubSectionBookmarkName":"ss_T14C7N1630S10_lv2_675ec94b7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S11","SubSectionBookmarkName":"ss_T14C7N1630S11_lv2_4c520b1c4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S12","SubSectionBookmarkName":"ss_T14C7N1630S12_lv2_362b397ee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S13","SubSectionBookmarkName":"ss_T14C7N1630S13_lv2_0a95b0c43","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S14","SubSectionBookmarkName":"ss_T14C7N1630S14_lv2_b4325d083","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C7N1630S15","SubSectionBookmarkName":"ss_T14C7N1630S15_lv2_5b42be753","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"subject matters of the state grand jury","TitleSoAsTo":"include certain crimes involving insurance fraud","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_11_d60a1986a"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":12,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_12_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Omnibus Insurance Fraud and Reporting Immunity Act revisions</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -10992,204 +11182,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{385F30DE-5E47-4BCC-BAC8-C40C602ECF25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>14</Pages>
   <Words>5595</Words>
   <Characters>30158</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>603</Lines>
-  <Paragraphs>223</Paragraphs>
+  <Lines>615</Lines>
+  <Paragraphs>270</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35530</CharactersWithSpaces>
+  <CharactersWithSpaces>35483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>