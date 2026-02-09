--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Martin, Pope and M.M. Smith</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Martin, Pope, M.M. Smith and C. Mitchell</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0516WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R2265648880f04ca2">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 90</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R99b057c8a5054424">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 90</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R9758b92f04b748c8">
+      <w:hyperlink r:id="Ra11989cb80804da5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +521,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rc68fb9c423234896">
+      <w:hyperlink r:id="R7748f0a9f2d947ba">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -975,147 +1072,177 @@
         <w:t>including</w:t>
       </w:r>
       <w:r w:rsidR="000F0285">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="5DE3F44C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sa_lv2_2b95906ed" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>a) chemical processing or blending plants;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) chemical processing or blending </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>plants;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="0D1FE439" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sb_lv2_0b05fcb6e" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
-        <w:t>b) petroleum, gas, or fuel storage or transfer terminals;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) petroleum, gas, or fuel storage or transfer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>terminals;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="1B8325AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sc_lv2_779c1538c" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t>c) plastics, rubber, or synthetic material manufacturing;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) plastics, rubber, or synthetic material </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>manufacturing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="1148C520" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sd_lv2_d5adb780f" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>d) metal plating, coating, or finishing operations;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) metal plating, coating, or finishing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>operations;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="2FBF125A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Se_lv2_067ad2bb2" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>e) food or agricultural chemical manufacturing;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e) food or agricultural chemical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>manufacturing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="502FC33D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sf_lv2_80c1c33c4" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>f) paint, adhesive, or solvent manufacturing or storage;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">f) paint, adhesive, or solvent manufacturing or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>storage;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="5361CC02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sg_lv2_e413a64c8" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>g) waste treatment, incineration, or disposal facilities; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="69DC4230" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1149,90 +1276,105 @@
         <w:t>5) “Advanced manufacturing facility” means a facility engaged in high‑technology or precision manufacturing that involves the use of chemicals or materials that may be toxic, flammable, reactive, corrosive, or explosive including</w:t>
       </w:r>
       <w:r w:rsidR="000F0285">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="68B8CC44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sa_lv2_7f648553c" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
-        <w:t>a) solar panel or photovoltaic cell manufacturing;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) solar panel or photovoltaic cell </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>manufacturing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="14813F6C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sb_lv2_ab7a49657" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>b) semiconductor or microchip fabrication;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) semiconductor or microchip </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>fabrication;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="3D6AC93B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sc_lv2_6e02d1185" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
-        <w:t>c) battery or energy storage system production;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) battery or energy storage system </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>production;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="44B6C2B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sd_lv2_5139334b4" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>d) aerospace component manufacturing; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="325897A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1272,194 +1414,228 @@
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sa_lv2_158900641" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t xml:space="preserve">a) facilities subject to the federal Emergency Planning and Community Right‑to‑Know Act (EPCRA), 42 U.S.C. </w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>ection 11001</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> et seq.;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>seq.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="04E0EF1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sb_lv2_5607025d2" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
-        <w:t>b) facilities regulated under the Environmental Protection Agency (EPA) Risk Management Program, 40 C.F.R. Part 68;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) facilities regulated under the Environmental Protection Agency (EPA) Risk Management Program, 40 C.F.R. Part </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>68;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="44417E47" w14:textId="705E7F81">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sc_lv2_3a61855bd" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t xml:space="preserve">c) facilities possessing </w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hemicals of </w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>i</w:t>
       </w:r>
       <w:r>
-        <w:t>nterest as listed in the Appendix A of the Department of Homeland Security Chemical Facility Anti</w:t>
+        <w:t xml:space="preserve">nterest as listed in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the Appendix</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> A of the Department of Homeland Security Chemical Facility Anti</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t>errorism Standards, 6 C</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>S</w:t>
       </w:r>
       <w:r>
-        <w:t>ection 27;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>27;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="1F964EB9" w14:textId="14B8B10D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sd_lv2_e65d55579" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>d) facilities using or storing hazardous air pollutants (HAPs) under Section 112(b) of the Clean Air Act, 42 U</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>S</w:t>
       </w:r>
       <w:r>
-        <w:t>ection 7412(b);</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>7412(b);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="6456DC62" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Se_lv2_7ea28a2fa" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
-        <w:t>e) facilities storing or using explosive, pyrophoric, or reactive substances, including compressed gases, peroxides, and oxidizers;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e) facilities storing or using explosive, pyrophoric, or reactive substances, including compressed gases, peroxides, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>oxidizers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="735178E2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sf_lv2_b9101c86a" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>f) facilities handling radioactive materials under the jurisdiction of the Nuclear Regulatory Commission or the Department of Health and Environmental Control; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="17977BC7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1519,52 +1695,57 @@
       <w:bookmarkStart w:name="ss_T59C23N520S9_lv1_4ddfe0a35" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t>9) “New facility” means:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="7832B050" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sa_lv2_3b6945c34" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
-        <w:t>a) any facility for which an initial state or local permit to construct, operate, or modify is issued after July 1, 2026;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) any facility for which an initial state or local permit to construct, operate, or modify is issued after July 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>2026;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="4BA2D763" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N520Sb_lv2_05b3964ce" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>b) any facility for which a certificate of occupancy has not been issued before July 1, 2026, regardless of when construction began or a permit was approved; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="412DC137" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
@@ -1668,51 +1849,55 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N530SB_lv1_96f2736c8" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>B) No person may construct, expand, or operate a facility that uses or stores one or more regulated hazardous chemicals above threshold quantities within 2,640 feet of the property boundary of any school.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="621C06BB" w14:textId="4DF413D9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N530SC_lv1_dba155b62" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
-        <w:t>C) The department shall determine applicability of this article based on the actual use of chemicals, materials, or processes at the facility, and not solely on zoning classification or local designation as “light industrial,” “commercial,” or otherwise.</w:t>
+        <w:t xml:space="preserve">C) The department shall determine applicability of this article based on the actual use of chemicals, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>materials, or processes at the facility, and not solely on zoning classification or local designation as “light industrial,” “commercial,” or otherwise.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="683B22AD" w14:textId="3460AC8F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N530SD_lv1_5144603a8" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t>D) A facility subject to EPA’s Risk Management Program or similar requirements may not be permitted or expanded if its offsite consequence analysis shows that any toxic, flammable, or explosive endpoint intersects a school property boundary, unless the applicant demonstrates</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">through enforceable controls approved by the </w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>d</w:t>
@@ -1778,52 +1963,57 @@
         <w:t>A) Any applicant for a permit involving the construction or operation of a facility using or storing regulated hazardous chemicals within one mile of a school shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="17408830" w14:textId="2CFCBD2A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N540S1_lv2_29cbbd162" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve">1) provide written notice to the </w:t>
       </w:r>
       <w:r w:rsidR="00CC6724">
         <w:t>d</w:t>
       </w:r>
       <w:r>
-        <w:t>epartment, the affected school district, the local governing body, and the local emergency planning committee at least sixty days before filing any application for construction or operating approval;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">epartment, the affected school district, the local governing body, and the local emergency planning committee at least sixty days before filing any application for construction or operating </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>approval;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="21B55156" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N540S2_lv2_2af8aeac5" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:t>2) submit a comprehensive safety and environmental risk assessment, including potential release modeling, prevailing wind and water flow analyses, emergency evacuation zones, and mitigation measures; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="43FE170D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1832,51 +2022,67 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N540S3_lv2_a34df8a6f" w:id="62"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t>3) publish public notice in a newspaper of general circulation in the affected area describing the facility type, general operations, and chemical categories proposed for use.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="05C71A27" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N540SB_lv1_de3a25804" w:id="63"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
-        <w:t>B) The department shall make such notices publicly available and invite comments from the affected school district, the local emergency planning committee, and the general public before issuing any construction or operating permit.</w:t>
+        <w:t xml:space="preserve">B) The department </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> make such notices publicly available and invite comments from the affected school district, the local emergency planning committee, and the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> before issuing any construction or operating permit.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E85230" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="4455786B" w14:textId="42430822">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N540SC_lv1_fc8b3a330" w:id="64"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:t>C) The department shall maintain an online database identifying all industrial, advanced manufacturing, and hazardous facilities within one mile of any school, including chemical types and threshold categories, consistent with public disclosure rules under EPCRA.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E85230" w:rsidRDefault="00E85230" w14:paraId="1DF97F35" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
@@ -1902,185 +2108,212 @@
       <w:bookmarkStart w:name="ss_T59C23N550SA_lv1_9304407e5" w:id="66"/>
       <w:r w:rsidR="00892DB2">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidR="00892DB2">
         <w:t>A) A facility lawfully operating before July 1, 2026, is not required to cease operations solely due to the setback requirements; however:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="3D79E709" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N550S1_lv2_27ba072f6" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
-        <w:t>1) it may not expand operations or chemical storage capacity that increases potential hazards to nearby schools;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) it may not expand operations or chemical storage capacity that increases potential hazards to nearby </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>schools;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="08A10ADB" w14:textId="0BC5152F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N550S2_lv2_fab5a4ae0" w:id="68"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:t xml:space="preserve">2) it shall provide the department and </w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
-        <w:t>affected school district an updated emergency response plan within twelve months; and</w:t>
+        <w:t xml:space="preserve">affected school </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>district</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> an updated emergency response plan within twelve months; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="252A2B15" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N550S3_lv2_2bf6c40a8" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:t>3) it shall implement risk‑reduction measures, such as improved containment, ventilation, or monitoring systems, as directed by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E85230" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="0791E209" w14:textId="01002AD8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N550SB_lv1_c1098096f" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
         <w:t>B) The department may require continuous air or fence</w:t>
       </w:r>
       <w:r w:rsidR="006E6CDB">
         <w:t>-</w:t>
       </w:r>
       <w:r>
-        <w:t>line monitoring for any existing facility located within one mile of a school where the potential exists for airborne, explosive, or toxic emissions.</w:t>
+        <w:t xml:space="preserve">line monitoring for any existing facility </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>located within one mile of a school where the potential exists for airborne, explosive, or toxic emissions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E85230" w:rsidRDefault="00E85230" w14:paraId="02991537" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00E85230" w14:paraId="7FD0832A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T59C23N560_e0d0e6377" w:id="71"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:t>ection 59‑23‑560.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_4efa9c3bc" w:id="72"/>
       <w:r w:rsidR="00892DB2">
         <w:t>T</w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidR="00892DB2">
         <w:t>his article does not apply to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="7D44CE60" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N560S1_lv1_7bb5c8e9d" w:id="73"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
-        <w:t>1) school laboratory or classroom use of small chemical quantities for educational purposes;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) school laboratory or classroom use of small chemical quantities for educational </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>purposes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="53AE3D46" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N560S2_lv1_6c191b5f9" w:id="74"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
-        <w:t>2) emergency generators or small fuel storage below fifty‑five gallons;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) emergency generators or small fuel storage below fifty‑five </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>gallons;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="5E717EC5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N560S3_lv1_19ca0441b" w:id="75"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:t>3) municipal water or wastewater utilities storing treatment chemicals below federal threshold quantities; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E85230" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="45CF9D52" w14:textId="7E6A5DF0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2207,84 +2440,99 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_b258fc5db" w:id="83"/>
       <w:r w:rsidR="00892DB2">
         <w:t>B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
       <w:r w:rsidR="00892DB2">
         <w:t>efore July 1, 2027, the department shall promulgate regulations to implement this article, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="2DD7B516" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N580S1_lv1_8ab331c9c" w:id="84"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
-        <w:t>1) procedures for setback measurement and hazard classification;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) procedures for setback measurement and hazard </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>classification;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="474AD8E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N580S2_lv1_f26a11a19" w:id="85"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
-        <w:t>2) formats for risk assessments and public notifications;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) formats for risk assessments and public </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>notifications;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="1D6FA31C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N580S3_lv1_9a254e758" w:id="86"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
-        <w:t>3) minimum containment and engineering controls;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) minimum containment and engineering </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>controls;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00892DB2" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="5ED11B72" w14:textId="36CF8546">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N580S4_lv1_fcf6220ec" w:id="87"/>
       <w:r w:rsidR="006E6CDB">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:t>4) guidelines for fence line and air monitoring; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E85230" w:rsidP="00892DB2" w:rsidRDefault="00892DB2" w14:paraId="2362EC28" w14:textId="03CFBA51">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T59C23N580S5_lv1_d7ba6d231" w:id="88"/>
@@ -2300,51 +2548,55 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="001D1901" w:rsidP="001D1901" w:rsidRDefault="001D1901" w14:paraId="4EC0E5B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D1901" w:rsidP="001D728E" w:rsidRDefault="001D1901" w14:paraId="13FE21C1" w14:textId="288FC6ED">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_3_7a16003af" w:id="89"/>
       <w:bookmarkStart w:name="severability_7028be522" w:id="90"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
       <w:r w:rsidRPr="00B0415B" w:rsidR="001D728E">
-        <w:t>If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
+        <w:t xml:space="preserve">If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0415B" w:rsidR="001D728E">
+        <w:lastRenderedPageBreak/>
+        <w:t>may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E85230" w:rsidRDefault="00E85230" w14:paraId="250A8B15" w14:textId="5939A865">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="20866239" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="91"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="92"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="91"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t xml:space="preserve">This act takes effect </w:t>
@@ -2366,56 +2618,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00D44E71">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7925FD91" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="417D9CFC" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2498,125 +2750,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F9445B0" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3877E340" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0054522C" w:rsidP="00D14995">
+      <w:p w14:paraId="3877E340" w14:textId="17B33847" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="003648BC" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="006D0457">
+              <w:t>[4785]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00F95992">
+            <w:r w:rsidR="006D0457">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0516WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="224AD046" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5326ACA1" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2878,51 +3130,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2987,95 +3241,98 @@
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00222E49"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00232B93"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00233ECE"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257DF6"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00270962"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002B4EE4"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C4017"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003043B9"/>
     <w:rsid w:val="00326DD4"/>
     <w:rsid w:val="00336ADE"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00342B68"/>
     <w:rsid w:val="00342FCD"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
+    <w:rsid w:val="003648BC"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00377FE2"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B15E7"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F0809"/>
     <w:rsid w:val="003F651F"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
+    <w:rsid w:val="004629B9"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00466DCC"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00495826"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
@@ -3123,50 +3380,51 @@
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00637CE8"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00681F8E"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="0069462F"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
+    <w:rsid w:val="006D0457"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E6CDB"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007444FB"/>
     <w:rsid w:val="00755B62"/>
     <w:rsid w:val="00774A75"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
@@ -3822,1360 +4080,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="006D0457"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="006D0457"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005022A4"/>
+    <w:rsid w:val="006D0457"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -5189,51 +5449,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4785&amp;session=126&amp;summary=B" TargetMode="External" Id="R9758b92f04b748c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4785_20251217.docx" TargetMode="External" Id="Rc68fb9c423234896" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4785&amp;session=126&amp;summary=B" TargetMode="External" Id="Ra11989cb80804da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4785_20251217.docx" TargetMode="External" Id="R7748f0a9f2d947ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R2265648880f04ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R99b057c8a5054424" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5321,50 +5581,51 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="00193CD9"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
+    <w:rsid w:val="002B0A2B"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="00862B17"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A25B27"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AC6850"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C4017D"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
@@ -6127,59 +6388,68 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6396,184 +6666,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>2416c898-92a9-4c62-bec5-0c7558775b60</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-03T14:56:24.089437-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>05c1bc9e-600a-42b6-8cdd-58174b68533d</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>ec3940c1-0b7c-4d45-bf78-45f179dc4458</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>1868a25f-1f8a-42ed-b076-82822da164b1</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4785]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4785</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SCHOOL SAFETY AND HAZARD BUFFERS ACT”; BY ADDING ARTICLE 5 TO CHAPTER 23, TITLE 59, SO AS TO ESTABLISH MINIMUM SCHOOL SAFETY SETBACKS FROM INDUSTRIAL, MANUFACTURING, AND HAZARDOUS MATERIAL FACILITIES, TO DEFINE TERMS, TO PROHIBIT THE CONSTRUCTION OR OPERATION OF FACILITIES HANDLING DANGEROUS SUBSTANCES WITHIN CERTAIN DISTANCES OF ANY PUBLIC SCHOOL, TO REQUIRE PUBLIC NOTICE AND TRANSPARENCY, TO PROVIDE FOR ENFORCEMENT AND PENALTIES, AND TO DIRECT THE DEPARTMENT OF ENVIRONMENTAL SERVICES TO PROMULGATE REGULATIONS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"45013e93-4d31-4e1e-8681-60290a3a8450","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “School Safety and Hazard Buffers Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_434439670"},{"SectionUUID":"74fe2173-22e3-4512-9bdd-ac54b31ea812","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T59C23N510_102b8a8dc","IsConstitutionSection":false,"Identity":"59-23-510","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N510S1","SubSectionBookmarkName":"ss_T59C23N510S1_lv1_ad0678692","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S2","SubSectionBookmarkName":"ss_T59C23N510S2_lv1_74a10684f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S3","SubSectionBookmarkName":"ss_T59C23N510S3_lv1_6d35731c5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S4","SubSectionBookmarkName":"ss_T59C23N510S4_lv1_6d7c0118f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N510S5","SubSectionBookmarkName":"ss_T59C23N510S5_lv1_e0932e742","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N520_a52827173","IsConstitutionSection":false,"Identity":"59-23-520","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N520S1","SubSectionBookmarkName":"ss_T59C23N520S1_lv1_0c0bf6413","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S2","SubSectionBookmarkName":"ss_T59C23N520S2_lv1_6e8d3d1ee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S3","SubSectionBookmarkName":"ss_T59C23N520S3_lv1_40c11700f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S4","SubSectionBookmarkName":"ss_T59C23N520S4_lv1_fe4ef66e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sa","SubSectionBookmarkName":"ss_T59C23N520Sa_lv2_2b95906ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sb","SubSectionBookmarkName":"ss_T59C23N520Sb_lv2_0b05fcb6e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sc","SubSectionBookmarkName":"ss_T59C23N520Sc_lv2_779c1538c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sd","SubSectionBookmarkName":"ss_T59C23N520Sd_lv2_d5adb780f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Se","SubSectionBookmarkName":"ss_T59C23N520Se_lv2_067ad2bb2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sf","SubSectionBookmarkName":"ss_T59C23N520Sf_lv2_80c1c33c4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sg","SubSectionBookmarkName":"ss_T59C23N520Sg_lv2_e413a64c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sh","SubSectionBookmarkName":"ss_T59C23N520Sh_lv2_6485c8fb9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S5","SubSectionBookmarkName":"ss_T59C23N520S5_lv1_09a0b0e8b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sa","SubSectionBookmarkName":"ss_T59C23N520Sa_lv2_7f648553c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sb","SubSectionBookmarkName":"ss_T59C23N520Sb_lv2_ab7a49657","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sc","SubSectionBookmarkName":"ss_T59C23N520Sc_lv2_6e02d1185","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sd","SubSectionBookmarkName":"ss_T59C23N520Sd_lv2_5139334b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Se","SubSectionBookmarkName":"ss_T59C23N520Se_lv2_db9309771","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S6","SubSectionBookmarkName":"ss_T59C23N520S6_lv1_7bad1d6a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sa","SubSectionBookmarkName":"ss_T59C23N520Sa_lv2_158900641","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sb","SubSectionBookmarkName":"ss_T59C23N520Sb_lv2_5607025d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sc","SubSectionBookmarkName":"ss_T59C23N520Sc_lv2_3a61855bd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sd","SubSectionBookmarkName":"ss_T59C23N520Sd_lv2_e65d55579","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Se","SubSectionBookmarkName":"ss_T59C23N520Se_lv2_7ea28a2fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sf","SubSectionBookmarkName":"ss_T59C23N520Sf_lv2_b9101c86a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sg","SubSectionBookmarkName":"ss_T59C23N520Sg_lv2_c0cbb27b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S7","SubSectionBookmarkName":"ss_T59C23N520S7_lv1_1f876dfa3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S8","SubSectionBookmarkName":"ss_T59C23N520S8_lv1_a67b23263","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S9","SubSectionBookmarkName":"ss_T59C23N520S9_lv1_4ddfe0a35","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sa","SubSectionBookmarkName":"ss_T59C23N520Sa_lv2_3b6945c34","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sb","SubSectionBookmarkName":"ss_T59C23N520Sb_lv2_05b3964ce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N520Sc","SubSectionBookmarkName":"ss_T59C23N520Sc_lv2_d3384e11d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N520S10","SubSectionBookmarkName":"ss_T59C23N520S10_lv1_920c27e97","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N530_35bf4c409","IsConstitutionSection":false,"Identity":"59-23-530","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N530SA","SubSectionBookmarkName":"ss_T59C23N530SA_lv1_9585d6ebe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N530SB","SubSectionBookmarkName":"ss_T59C23N530SB_lv1_96f2736c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N530SC","SubSectionBookmarkName":"ss_T59C23N530SC_lv1_dba155b62","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N530SD","SubSectionBookmarkName":"ss_T59C23N530SD_lv1_5144603a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N530SE","SubSectionBookmarkName":"ss_T59C23N530SE_lv1_b1fb10dba","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N540_f8ce1295e","IsConstitutionSection":false,"Identity":"59-23-540","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N540SA","SubSectionBookmarkName":"ss_T59C23N540SA_lv1_ae41437cc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N540S1","SubSectionBookmarkName":"ss_T59C23N540S1_lv2_29cbbd162","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N540S2","SubSectionBookmarkName":"ss_T59C23N540S2_lv2_2af8aeac5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N540S3","SubSectionBookmarkName":"ss_T59C23N540S3_lv2_a34df8a6f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N540SB","SubSectionBookmarkName":"ss_T59C23N540SB_lv1_de3a25804","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N540SC","SubSectionBookmarkName":"ss_T59C23N540SC_lv1_fc8b3a330","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N550_af7c380eb","IsConstitutionSection":false,"Identity":"59-23-550","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N550SA","SubSectionBookmarkName":"ss_T59C23N550SA_lv1_9304407e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N550S1","SubSectionBookmarkName":"ss_T59C23N550S1_lv2_27ba072f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N550S2","SubSectionBookmarkName":"ss_T59C23N550S2_lv2_fab5a4ae0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C23N550S3","SubSectionBookmarkName":"ss_T59C23N550S3_lv2_2bf6c40a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N550SB","SubSectionBookmarkName":"ss_T59C23N550SB_lv1_c1098096f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N560_e0d0e6377","IsConstitutionSection":false,"Identity":"59-23-560","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N560S1","SubSectionBookmarkName":"ss_T59C23N560S1_lv1_7bb5c8e9d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N560S2","SubSectionBookmarkName":"ss_T59C23N560S2_lv1_6c191b5f9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N560S3","SubSectionBookmarkName":"ss_T59C23N560S3_lv1_19ca0441b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N560S4","SubSectionBookmarkName":"ss_T59C23N560S4_lv1_c62165e93","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N570_087bc9016","IsConstitutionSection":false,"Identity":"59-23-570","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N570SA","SubSectionBookmarkName":"ss_T59C23N570SA_lv1_f39a953b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N570SB","SubSectionBookmarkName":"ss_T59C23N570SB_lv1_0333b3883","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N570SC","SubSectionBookmarkName":"ss_T59C23N570SC_lv1_774812803","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N570SD","SubSectionBookmarkName":"ss_T59C23N570SD_lv1_7dd4d3306","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T59C23N580_d2bc0a193","IsConstitutionSection":false,"Identity":"59-23-580","IsNew":true,"SubSections":[{"Level":1,"Identity":"T59C23N580S1","SubSectionBookmarkName":"ss_T59C23N580S1_lv1_8ab331c9c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N580S2","SubSectionBookmarkName":"ss_T59C23N580S2_lv1_f26a11a19","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N580S3","SubSectionBookmarkName":"ss_T59C23N580S3_lv1_9a254e758","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N580S4","SubSectionBookmarkName":"ss_T59C23N580S4_lv1_fcf6220ec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C23N580S5","SubSectionBookmarkName":"ss_T59C23N580S5_lv1_d7ba6d231","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"BY ADDING ARTICLE 5 TO CHAPTER 23, TITLE 59, SO AS TO ESTABLISH MINIMUM SCHOOL SAFETY SETBACKS FROM INDUSTRIAL, MANUFACTURING, AND HAZARDOUS MATERIAL FACILITIES, TO DEFINE TERMS, TO PROHIBIT THE CONSTRUCTION OR OPERATION OF FACILITIES HANDLING DANGEROUS SUBSTANCES WITHIN CERTAIN DISTANCES OF ANY PUBLIC SCHOOL, TO REQUIRE PUBLIC NOTICE AND TRANSPARENCY, TO PROVIDE FOR ENFORCEMENT AND PENALTIES, AND TO DIRECT THE DEPARTMENT OF ENVIRONMENTAL SERVICES TO PROMULGATE REGULATIONS","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_4e4d80ebc"},{"SectionUUID":"bad1073e-dc05-44f4-8dd8-ab6380dfc9f1","SectionName":"Severability","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_7a16003af"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>School Safety and Hazard Buffer Act</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF14B275-FBC1-4D1F-96FA-8DAF36CE67FA}">
-[...9 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>6</Pages>
   <Words>1789</Words>
   <Characters>10609</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>186</Lines>
+  <Lines>192</Lines>
   <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>