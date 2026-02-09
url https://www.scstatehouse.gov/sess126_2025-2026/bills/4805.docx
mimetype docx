--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,35 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -123,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. W. Newton</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. W. Newton, C. Mitchell, B. Newton, Pope and White</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0191AHB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Judicial Seats</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -344,68 +337,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rf1bd155f19f9417f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 96</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R3b732426f6e046d3">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 96</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/20/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: White
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Re00a9208f3234bff">
+      <w:hyperlink r:id="R6991e479e40141a4">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,103 +540,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R05074734e90a41c9">
+      <w:hyperlink r:id="R1d2cf49448724704">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="0020228D" w:rsidRDefault="00432135" w14:paraId="262E3CFE" w14:textId="4F98BBC0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0020228D" w:rsidRDefault="00A73EFA" w14:paraId="56E6ACD2" w14:textId="3167A299">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0020228D" w:rsidRDefault="00A73EFA" w14:paraId="6A80D83E" w14:textId="6FD585FF">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0020228D" w:rsidRDefault="00A73EFA" w14:paraId="6BF4A833" w14:textId="6D826D3D">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0020228D" w:rsidRDefault="00A73EFA" w14:paraId="23E59907" w14:textId="3FA5A2B0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0020228D" w:rsidRDefault="00A73EFA" w14:paraId="3A2C559E" w14:textId="505F1892">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -549,487 +664,484 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="008F6B0D" w14:paraId="186E6DE3" w14:textId="0C0E2B4E">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 14‑5‑610, RELATING TO THE DIVISION OF THE STATE INTO SIXTEEN JUDICIAL CIRCUITS, THE NUMBER OF JUDGES TO BE ELECTED FROM EACH CIRCUIT, AND THE ELECTION OF AT‑LARGE JUDGES WITHOUT REGARD TO COUNTY OR CIRCUIT OF RESIDENCE, SO AS TO CONVERT THREE AT‑LARGE CIRCUIT COURT SEATS TO RESIDENT SEATS IN THE FIRST, THIRD, AND EIGHTH CIRCUITS; AND BY AMENDING SECTION 63‑3‑40, RELATING TO THE NUMBER OF FAMILY COURT JUDGES TO BE ELECTED FROM EACH CIRCUIT, SO AS TO CONVERT FOUR AT‑LARGE FAMILY COURT SEATS TO RESIDENT SEATS IN THE FIFTH, TENTH, AND TWELFTH CIRCUITS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_002af7def" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_002af7def" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5F7A66F8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="75CD1933" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_375b5160c" w:id="2"/>
+      <w:bookmarkStart w:name="ew_375b5160c" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B0F26" w:rsidP="000B0F26" w:rsidRDefault="000B0F26" w14:paraId="584CA2F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B0F26" w:rsidP="000B0F26" w:rsidRDefault="000B0F26" w14:paraId="0F143400" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_b09283e60" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_b09283e60" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_e05138911" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_e05138911" w:id="4"/>
+        <w:t>ection 14‑5‑610 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D10312" w:rsidRDefault="00D10312" w14:paraId="151B90CF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D10312" w:rsidRDefault="00D10312" w14:paraId="5D8F2080" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T14C5N610_f9a6d8aa8" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 14‑5‑610 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D10312" w:rsidRDefault="00D10312" w14:paraId="151B90CF" w14:textId="77777777">
+        <w:t>ection 14‑5‑610.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T14C5N610SA_lv1_8128c3bed" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>A) The State is divided into sixteen judicial circuits as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="56DEBD65" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00D10312" w:rsidRDefault="00D10312" w14:paraId="5D8F2080" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T14C5N610S1_lv2_02f7103e2" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>1) The first circuit is composed of the counties of Calhoun, Dorchester, and Orangeburg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="3A149EF0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T14C5N610_f9a6d8aa8" w:id="5"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T14C5N610SA_lv1_8128c3bed" w:id="6"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T14C5N610S2_lv2_14f7cf416" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="56DEBD65" w14:textId="77777777">
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>2) The second circuit is composed of the counties of Aiken, Bamberg, and Barnwell.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="44222F75" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S1_lv2_02f7103e2" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S3_lv2_781815f41" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="3A149EF0" w14:textId="77777777">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>3) The third circuit is composed of the counties of Clarendon, Lee, Sumter, and Williamsburg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="6E838646" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S2_lv2_14f7cf416" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S4_lv2_446462b31" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="44222F75" w14:textId="77777777">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>4) The fourth circuit is composed of the counties of Chesterfield, Darlington, Marlboro, and Dillon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="46C3256A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S3_lv2_781815f41" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S5_lv2_f5b81ae11" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="6E838646" w14:textId="77777777">
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>5) The fifth circuit is composed of the counties of Kershaw and Richland.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="477F2242" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S4_lv2_446462b31" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S6_lv2_495a06dcd" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="46C3256A" w14:textId="77777777">
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>6) The sixth circuit is composed of the counties of Chester, Lancaster, and Fairfield.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="73521424" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S5_lv2_f5b81ae11" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S7_lv2_7f643ea93" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="477F2242" w14:textId="77777777">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>7) The seventh circuit is composed of the counties of Cherokee and Spartanburg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="2EDBA4F0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S6_lv2_495a06dcd" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S8_lv2_f5c02bb12" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="73521424" w14:textId="77777777">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>8) The eighth circuit is composed of the counties of Abbeville, Greenwood, Laurens, and Newberry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="3B534868" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S7_lv2_7f643ea93" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S9_lv2_4d3cf525c" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="2EDBA4F0" w14:textId="77777777">
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>9) The ninth circuit is composed of the counties of Charleston and Berkeley.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="050D809F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S8_lv2_f5c02bb12" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S10_lv2_5e64939bd" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="3B534868" w14:textId="77777777">
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>10) The tenth circuit is composed of the counties of Anderson and Oconee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="720C0822" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S9_lv2_4d3cf525c" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S11_lv2_5a20afa93" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="050D809F" w14:textId="77777777">
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>11) The eleventh circuit is composed of the counties of Lexington, McCormick, Saluda, and Edgefield.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="52A0FF47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S10_lv2_5e64939bd" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S12_lv2_61db7cc59" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="720C0822" w14:textId="77777777">
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>12) The twelfth circuit is composed of the counties of Florence and Marion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="056E3B9C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S11_lv2_5a20afa93" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S13_lv2_698a8301d" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="52A0FF47" w14:textId="77777777">
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>13) The thirteenth circuit is composed of the counties of Greenville and Pickens.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F2EA7" w:rsidP="008A0CFE" w:rsidRDefault="00D10312" w14:paraId="72F1E6A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S12_lv2_61db7cc59" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S14_lv2_85dd568fb" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...17 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="19"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>14) The fourteenth circuit is composed of the counties of Allendale, Hampton, Colleton, Jasper</w:t>
       </w:r>
       <w:r w:rsidR="005F2EA7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F2EA7" w:rsidP="005F2EA7" w:rsidRDefault="005F2EA7" w14:paraId="43DEC3DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:sectPr w:rsidR="005F2EA7" w:rsidSect="005F2EA7">
-          <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="even" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00475109" w:rsidP="00B062CF" w:rsidRDefault="00D10312" w14:paraId="70F189F7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_8db7df6a9" w:id="21"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>a</w:t>
+        <w:t>and Beaufort.</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="20"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="7D46AEB4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T14C5N610S15_lv2_f280718c0" w:id="21"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
-        <w:t>nd Beaufort.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="7D46AEB4" w14:textId="77777777">
+        <w:t>15) The fifteenth circuit is composed of the counties of Georgetown and Horry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="1BA937D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610S15_lv2_f280718c0" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T14C5N610S16_lv2_44b312476" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>15) The fifteenth circuit is composed of the counties of Georgetown and Horry.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="1BA937D6" w14:textId="77777777">
+        <w:t>16) The sixteenth circuit is composed of the counties of York and Union.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="45CFDDBD" w14:textId="7E1447D2">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T14C5N610S16_lv2_44b312476" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T14C5N610SB_lv1_ec2ae52b4" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t xml:space="preserve">B) One judge must be elected from the sixth circuit.  Two judges must be elected from the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">first, </w:t>
       </w:r>
       <w:r>
         <w:t>second, fourth,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> eighth,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> tenth, and sixteenth circuits.  Three judges must be elected from the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
@@ -1050,269 +1162,269 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">eighth, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">eleventh, twelfth, fourteenth, and fifteenth circuits. </w:t>
       </w:r>
       <w:r w:rsidR="00CD3D4B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">Four judges must be elected from the third circuit.  </w:t>
       </w:r>
       <w:r>
         <w:t>Five judges must be elected from the fifth, ninth, and thirteenth circuits.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00475109" w:rsidRDefault="00D10312" w14:paraId="527A830F" w14:textId="5AF6BB18">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C5N610SC_lv1_435ec7412" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T14C5N610SC_lv1_435ec7412" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t xml:space="preserve">C) In addition to the above judges authorized by this section, there must be seven additional circuit judges elected by the General Assembly from the State at large for terms of office of six years. These additional judges must be elected without regard to county or circuit of residence. Each office of the at‑large judges is a separate office and is assigned numerical designations of Seat No. 1 through Seat No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00CD3D4B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>, respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B64651" w:rsidP="00B64651" w:rsidRDefault="00B64651" w14:paraId="4102C9C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B64651" w:rsidP="00AD5C2A" w:rsidRDefault="00B64651" w14:paraId="23032C96" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_54b3d41eb" w:id="26"/>
+      <w:bookmarkStart w:name="bs_num_2_54b3d41eb" w:id="25"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_13415af41" w:id="27"/>
+      <w:bookmarkStart w:name="up_13415af41" w:id="26"/>
       <w:r w:rsidR="003B6EB7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="003B6EB7">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidR="00C710AA">
         <w:t>Upon the effective date of this act:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C710AA" w:rsidP="00AD5C2A" w:rsidRDefault="00C710AA" w14:paraId="4BD23BCD" w14:textId="4A9333DA">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_830d9fd28" w:id="28"/>
+      <w:bookmarkStart w:name="up_830d9fd28" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>1) At‑large Circuit Court Seat</w:t>
       </w:r>
       <w:r w:rsidR="003B6EB7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00744054">
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
       <w:r w:rsidR="003B6EB7">
         <w:t>is converted to a resident seat and designated First Circuit Court Seat 3</w:t>
       </w:r>
       <w:r w:rsidR="00FD3FE9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B6EB7" w:rsidP="00AD5C2A" w:rsidRDefault="003B6EB7" w14:paraId="5B4D01FC" w14:textId="3B048676">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_65c3d2e42" w:id="29"/>
+      <w:bookmarkStart w:name="up_65c3d2e42" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve">2) At‑large Circuit Court Seat </w:t>
       </w:r>
       <w:r w:rsidR="00744054">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is converted to a resident seat and designated Third Circuit Court Seat 4</w:t>
       </w:r>
       <w:r w:rsidR="00FD3FE9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B6EB7" w:rsidP="00AD5C2A" w:rsidRDefault="003B6EB7" w14:paraId="34520A92" w14:textId="7F350E9F">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_6b9011a52" w:id="30"/>
+      <w:bookmarkStart w:name="up_6b9011a52" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>3) At‑large Circuit Court Seat</w:t>
       </w:r>
       <w:r w:rsidR="00744054">
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is converted to a resident seat and designated Eighth Circuit Court Seat 3.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B6EB7" w:rsidP="00AD5C2A" w:rsidRDefault="003B6EB7" w14:paraId="4A6C5DB4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_471d8b1e3" w:id="31"/>
+      <w:bookmarkStart w:name="up_471d8b1e3" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00172C3C" w:rsidR="00172C3C">
         <w:t>Nothing in this act may be construed to require a judge currently serving in an at‑large circuit court seat which is converted to a resident circuit court seat pursuant to this act to undergo additional screening until the end of the term for which they were screened and duly elected to an at‑large circuit court seat.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D10312" w:rsidP="00D10312" w:rsidRDefault="00D10312" w14:paraId="3A5393FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D10312" w:rsidP="00D10312" w:rsidRDefault="00D10312" w14:paraId="33612355" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_31998879a" w:id="32"/>
+      <w:bookmarkStart w:name="bs_num_3_31998879a" w:id="31"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_3ff735112" w:id="32"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="32"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>ection 63‑3‑40 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001027A7" w:rsidRDefault="001027A7" w14:paraId="3095463A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001027A7" w:rsidRDefault="001027A7" w14:paraId="69B3EA72" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T63C3N40_678eccdfe" w:id="34"/>
+      <w:bookmarkStart w:name="cs_T63C3N40_678eccdfe" w:id="33"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>ection 63‑3‑40.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N40SA_lv1_05b3592e1" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="34"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t xml:space="preserve">A) The General Assembly shall elect </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>a number of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> family court judges from each judicial circuit as follows:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9757" w:type="dxa"/>
         <w:tblInd w:w="-720" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="601"/>
         <w:gridCol w:w="4578"/>
         <w:gridCol w:w="4578"/>
       </w:tblGrid>
       <w:tr w:rsidR="0021578A" w14:paraId="3FC5E5B4" w14:textId="77777777">
@@ -2353,379 +2465,379 @@
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:sectPr w:rsidR="005F2EA7" w:rsidSect="005F2EA7">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:start="36" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001027A7" w:rsidRDefault="001027A7" w14:paraId="1CA74CF8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0021578A" w:rsidRDefault="001027A7" w14:paraId="594096A4" w14:textId="799CBBCA">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C3N40SB_lv1_59ed20f5e" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T63C3N40SB_lv1_59ed20f5e" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t>B) In the following judicial circuits at least one family court judge must be a resident of each county in the circuit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  fifth</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, seventh, tenth, twelfth, thirteenth, fifteenth, and sixteenth. In those judicial circuits made up of three or more counties, at least one family court judge must be a resident of one of the counties which does not have the largest population in the circuit. In the ninth circuit, both counties in the circuit must have at least two resident family court judges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0021578A" w:rsidRDefault="001027A7" w14:paraId="1DDFF589" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C3N40SC_lv1_de97d16d9" w:id="36"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>B) In the following judicial circuits at least one family court judge must be a resident of each county in the circuit</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="0021578A" w:rsidRDefault="001027A7" w14:paraId="1DDFF589" w14:textId="77777777">
+        <w:t>C) No county in the sixth circuit shall have more than one resident family court judge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A050F9" w:rsidRDefault="001027A7" w14:paraId="6D669F31" w14:textId="5A39ACBF">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C3N40SC_lv1_de97d16d9" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T63C3N40SD_lv1_9e110e982" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t xml:space="preserve">D) In addition to the judges authorized by this section, there must be </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>eight</w:t>
       </w:r>
       <w:r w:rsidR="00A050F9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>four</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> additional family court judges elected by the General Assembly from the State at large for terms of office of six years. These additional judges must be elected without regard to county or circuit of residence. Each office of the at‑large judges is a separate office and is assigned numerical designations of Seat No. 1 through Seat No. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00FD3FE9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>, respectively.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A050F9" w:rsidP="00A050F9" w:rsidRDefault="00A050F9" w14:paraId="77E487EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A050F9" w:rsidP="00320D47" w:rsidRDefault="00A050F9" w14:paraId="370691DB" w14:textId="73304887">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_53fadb213" w:id="39"/>
+      <w:bookmarkStart w:name="bs_num_4_53fadb213" w:id="38"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_43d192cf4" w:id="40"/>
+      <w:bookmarkStart w:name="up_43d192cf4" w:id="39"/>
       <w:r w:rsidR="00CF76A5">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00CF76A5">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidR="00A22038">
         <w:t>Upon the effective date of this act:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A22038" w:rsidP="00320D47" w:rsidRDefault="00A22038" w14:paraId="66F3588B" w14:textId="72538440">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_680c25752" w:id="41"/>
+      <w:bookmarkStart w:name="up_680c25752" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t xml:space="preserve">1) At‑large Family Court Seat </w:t>
       </w:r>
       <w:r w:rsidR="00744054">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is converted to a resident seat and designated as Fifth Circuit Family Court Seat</w:t>
       </w:r>
       <w:r w:rsidR="00C50648">
         <w:t xml:space="preserve"> 5</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A22038" w:rsidP="00320D47" w:rsidRDefault="00A22038" w14:paraId="3A986A7E" w14:textId="5DDD9B4A">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_4314b032e" w:id="42"/>
+      <w:bookmarkStart w:name="up_4314b032e" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t xml:space="preserve">2) At‑large Family </w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t>Court Seat</w:t>
       </w:r>
       <w:r w:rsidR="00744054">
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t xml:space="preserve"> is converted to a resident seat and designated as Fifth Circuit Family Court Seat</w:t>
       </w:r>
       <w:r w:rsidR="00C50648">
         <w:t xml:space="preserve"> 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A22038" w:rsidP="00320D47" w:rsidRDefault="00A22038" w14:paraId="640E3161" w14:textId="6A1CC84B">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r w:rsidRPr="00A22038">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_24c997e5d" w:id="43"/>
+      <w:bookmarkStart w:name="up_24c997e5d" w:id="42"/>
       <w:r w:rsidRPr="00A22038">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t xml:space="preserve">) At‑large Family Court Seat </w:t>
       </w:r>
       <w:r w:rsidR="00744054">
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t xml:space="preserve">is converted to a resident seat and designated as </w:t>
       </w:r>
       <w:r>
         <w:t>Tenth</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t xml:space="preserve"> Circuit Family Court Seat </w:t>
       </w:r>
       <w:r w:rsidR="00C50648">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A22038" w:rsidP="00320D47" w:rsidRDefault="00A22038" w14:paraId="437E7AAD" w14:textId="7AE8A263">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_7f4b445da" w:id="44"/>
+      <w:bookmarkStart w:name="up_7f4b445da" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t xml:space="preserve">At‑large Family Court Seat </w:t>
       </w:r>
       <w:r w:rsidR="00744054">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t xml:space="preserve"> is converted to a resident seat and designated as T</w:t>
       </w:r>
       <w:r>
         <w:t>welfth</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t xml:space="preserve"> Circuit Family Court Seat</w:t>
       </w:r>
       <w:r w:rsidR="00C50648">
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22038">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E06BB" w:rsidP="00CF76A5" w:rsidRDefault="00CF76A5" w14:paraId="7E693A1F" w14:textId="022A4C0F">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:ind w:firstLine="216"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_aadd299d4" w:id="45"/>
+      <w:bookmarkStart w:name="up_aadd299d4" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF76A5">
         <w:t xml:space="preserve">Nothing in this act may be construed to require a judge currently serving in an at‑large </w:t>
       </w:r>
       <w:r>
         <w:t>family</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF76A5">
         <w:t xml:space="preserve"> court seat which is converted to a resident </w:t>
       </w:r>
       <w:r>
         <w:t>family</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF76A5">
         <w:t xml:space="preserve"> court seat pursuant to this act to undergo additional screening until the end of the term for which they were screened and duly elected to an at‑large circuit court seat.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00CF76A5" w:rsidP="00CF76A5" w:rsidRDefault="00CF76A5" w14:paraId="08E703DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005F2EA7" w:rsidP="005F2EA7" w:rsidRDefault="005F2EA7" w14:paraId="28D266F7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:suppressLineNumbers/>
         <w:spacing w:line="14" w:lineRule="exact"/>
         <w:sectPr w:rsidR="005F2EA7" w:rsidSect="005F2EA7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:start="9" w:restart="newSection"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:name="eff_date_section" w:id="46"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="45"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="25E7B811" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="47"/>
+      <w:bookmarkStart w:name="bs_num_5_lastsection" w:id="46"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="458D20F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -2789,175 +2901,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01FB7238" w14:textId="77777777" w:rsidR="005F2EA7" w:rsidRDefault="005F2EA7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="4A66701E" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00EE0E52" w:rsidP="00D14995">
+      <w:p w14:paraId="4A66701E" w14:textId="607E0DA6" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="004A500B" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="005566A6">
+              <w:t>[4805]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007F096F">
+            <w:r w:rsidR="005566A6">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0191AHB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B9D8E90" w14:textId="77777777" w:rsidR="005F2EA7" w:rsidRDefault="005F2EA7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="75498516" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3219,53 +3329,55 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -3334,50 +3446,51 @@
     <w:rsid w:val="00151729"/>
     <w:rsid w:val="001538C6"/>
     <w:rsid w:val="00153E15"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="00172C3C"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A6E0C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C7CE3"/>
     <w:rsid w:val="001D17B7"/>
     <w:rsid w:val="001D448F"/>
     <w:rsid w:val="001D7CE0"/>
     <w:rsid w:val="001E2D7A"/>
     <w:rsid w:val="001E7E0C"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="0020228D"/>
     <w:rsid w:val="002031BF"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00205AF8"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00212C9C"/>
     <w:rsid w:val="0021578A"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00216A80"/>
     <w:rsid w:val="002251E6"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002466F7"/>
     <w:rsid w:val="00251EBE"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002662D8"/>
     <w:rsid w:val="002703D7"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00277017"/>
@@ -3444,122 +3557,129 @@
     <w:rsid w:val="00421490"/>
     <w:rsid w:val="004238D0"/>
     <w:rsid w:val="004238E6"/>
     <w:rsid w:val="00425D70"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00437E61"/>
     <w:rsid w:val="00443419"/>
     <w:rsid w:val="0044343C"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00457A93"/>
     <w:rsid w:val="004663DA"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00475109"/>
     <w:rsid w:val="0047555C"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004873E5"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00495219"/>
     <w:rsid w:val="004975E0"/>
+    <w:rsid w:val="004A500B"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C6A"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D1FA0"/>
     <w:rsid w:val="004D2818"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E08FE"/>
     <w:rsid w:val="004E1640"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500D3E"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005105F6"/>
     <w:rsid w:val="00514B4B"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005310DD"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
+    <w:rsid w:val="005566A6"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="005656B5"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00573658"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="005839D9"/>
     <w:rsid w:val="00584177"/>
     <w:rsid w:val="00584CD8"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005930B5"/>
     <w:rsid w:val="005A043A"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A2CBC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B1BA5"/>
     <w:rsid w:val="005B7443"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C1196"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
+    <w:rsid w:val="005C65FD"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E27AC"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F2EA7"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
+    <w:rsid w:val="006212ED"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00621CC1"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="0063102E"/>
+    <w:rsid w:val="00633C0C"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00635B3F"/>
+    <w:rsid w:val="00636D87"/>
     <w:rsid w:val="00640AB8"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="006671D8"/>
     <w:rsid w:val="00672687"/>
     <w:rsid w:val="00672D74"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00677DF8"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
@@ -3709,50 +3829,51 @@
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A06459"/>
     <w:rsid w:val="00A11DC3"/>
     <w:rsid w:val="00A1410C"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A22038"/>
     <w:rsid w:val="00A24CAF"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A25B96"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A31028"/>
     <w:rsid w:val="00A33B6A"/>
     <w:rsid w:val="00A33F52"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A36C10"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A43634"/>
     <w:rsid w:val="00A46357"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A51035"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A55809"/>
+    <w:rsid w:val="00A5656F"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A8626B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A942D8"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA0F23"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB6CC0"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AB7D51"/>
     <w:rsid w:val="00AC1BBE"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC3534"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD5C2A"/>
     <w:rsid w:val="00AD7F2B"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE6DA7"/>
     <w:rsid w:val="00AE7406"/>
@@ -3866,50 +3987,51 @@
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D32620"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D4481E"/>
     <w:rsid w:val="00D44C62"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D74BE9"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D84586"/>
     <w:rsid w:val="00D857CB"/>
     <w:rsid w:val="00D86C11"/>
     <w:rsid w:val="00D91D78"/>
     <w:rsid w:val="00D94C0A"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB5B05"/>
     <w:rsid w:val="00DC06ED"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD20DE"/>
+    <w:rsid w:val="00DD7577"/>
     <w:rsid w:val="00DE260C"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E0128E"/>
     <w:rsid w:val="00E03188"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E171E1"/>
     <w:rsid w:val="00E21B8E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E542FC"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
@@ -3957,64 +4079,66 @@
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F41B5B"/>
     <w:rsid w:val="00F4292C"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F45269"/>
     <w:rsid w:val="00F45F4C"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F47952"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F50C77"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F55D41"/>
     <w:rsid w:val="00F60692"/>
     <w:rsid w:val="00F620D2"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F65EF5"/>
     <w:rsid w:val="00F747F0"/>
+    <w:rsid w:val="00F84C14"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F92D08"/>
     <w:rsid w:val="00F96692"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB60FD"/>
     <w:rsid w:val="00FC159B"/>
     <w:rsid w:val="00FC27E3"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD3FE9"/>
     <w:rsid w:val="00FD510E"/>
     <w:rsid w:val="00FD72E3"/>
+    <w:rsid w:val="00FD751E"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE07C9"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
     <w:rsid w:val="00FF54EE"/>
     <w:rsid w:val="00FF78D1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -4407,1362 +4531,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F45269"/>
+    <w:rsid w:val="006212ED"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -5789,51 +5913,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4805&amp;session=126&amp;summary=B" TargetMode="External" Id="Re00a9208f3234bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4805_20251217.docx" TargetMode="External" Id="R05074734e90a41c9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4805&amp;session=126&amp;summary=B" TargetMode="External" Id="R6991e479e40141a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4805_20251217.docx" TargetMode="External" Id="R1d2cf49448724704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rf1bd155f19f9417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R3b732426f6e046d3" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5860,117 +5984,117 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="001E7E0C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003265F7"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006D40BA"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="00830468"/>
     <w:rsid w:val="008A57EB"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C33FA9"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00C86C35"/>
     <w:rsid w:val="00CA7073"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D74BE9"/>
@@ -6728,63 +6852,76 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -7001,150 +7138,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>b4edfb12-e6b4-454c-8dc0-8200192d3b08</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-10T10:32:43.600016-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>8bf8b949-dde0-49da-aaab-abc2166613a1</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>81c8e071-e971-4fcb-adf4-8f4330213e4f</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>5f50a1a5-690a-4f41-a396-c1c85e9d8b60</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4805]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4805</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 14‑5‑610, RELATING TO THE DIVISION OF THE STATE INTO SIXTEEN JUDICIAL CIRCUITS, THE NUMBER OF JUDGES TO BE ELECTED FROM EACH CIRCUIT, AND THE ELECTION OF AT‑LARGE JUDGES WITHOUT REGARD TO COUNTY OR CIRCUIT OF RESIDENCE, SO AS TO CONVERT THREE AT‑LARGE CIRCUIT COURT SEATS TO RESIDENT SEATS IN THE FIRST, THIRD, AND EIGHTH CIRCUITS; AND BY AMENDING SECTION 63‑3‑40, RELATING TO THE NUMBER OF FAMILY COURT JUDGES TO BE ELECTED FROM EACH CIRCUIT, SO AS TO CONVERT FOUR AT‑LARGE FAMILY COURT SEATS TO RESIDENT SEATS IN THE FIFTH, TENTH, AND TWELFTH CIRCUITS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"70170a59-3cde-4dba-8630-944003fab81a","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T14C5N610_f9a6d8aa8","IsConstitutionSection":false,"Identity":"14-5-610","IsNew":false,"SubSections":[{"Level":1,"Identity":"T14C5N610SA","SubSectionBookmarkName":"ss_T14C5N610SA_lv1_8128c3bed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T14C5N610SB","SubSectionBookmarkName":"ss_T14C5N610SB_lv1_ec2ae52b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T14C5N610SC","SubSectionBookmarkName":"ss_T14C5N610SC_lv1_435ec7412","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S1","SubSectionBookmarkName":"ss_T14C5N610S1_lv2_02f7103e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S2","SubSectionBookmarkName":"ss_T14C5N610S2_lv2_14f7cf416","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S3","SubSectionBookmarkName":"ss_T14C5N610S3_lv2_781815f41","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S4","SubSectionBookmarkName":"ss_T14C5N610S4_lv2_446462b31","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S5","SubSectionBookmarkName":"ss_T14C5N610S5_lv2_f5b81ae11","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S6","SubSectionBookmarkName":"ss_T14C5N610S6_lv2_495a06dcd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S7","SubSectionBookmarkName":"ss_T14C5N610S7_lv2_7f643ea93","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S8","SubSectionBookmarkName":"ss_T14C5N610S8_lv2_f5c02bb12","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S9","SubSectionBookmarkName":"ss_T14C5N610S9_lv2_4d3cf525c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S10","SubSectionBookmarkName":"ss_T14C5N610S10_lv2_5e64939bd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S11","SubSectionBookmarkName":"ss_T14C5N610S11_lv2_5a20afa93","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S12","SubSectionBookmarkName":"ss_T14C5N610S12_lv2_61db7cc59","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S13","SubSectionBookmarkName":"ss_T14C5N610S13_lv2_698a8301d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S14","SubSectionBookmarkName":"ss_T14C5N610S14_lv2_85dd568fb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S15","SubSectionBookmarkName":"ss_T14C5N610S15_lv2_f280718c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C5N610S16","SubSectionBookmarkName":"ss_T14C5N610S16_lv2_44b312476","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Division of state into sixteen judicial circuits;  number of judges to be elected from each circuit;  election of additional judges without regard to county or circuit of residence.","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_b09283e60"},{"SectionUUID":"c1735963-256e-41dc-b0ba-3b3996fbed5f","SectionName":"New Blank SECTION","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_54b3d41eb"},{"SectionUUID":"3e298cc5-8003-49da-ad0c-543c6e239dd9","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C3N40_678eccdfe","IsConstitutionSection":false,"Identity":"63-3-40","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C3N40SA","SubSectionBookmarkName":"ss_T63C3N40SA_lv1_05b3592e1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C3N40SB","SubSectionBookmarkName":"ss_T63C3N40SB_lv1_59ed20f5e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C3N40SC","SubSectionBookmarkName":"ss_T63C3N40SC_lv1_de97d16d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C3N40SD","SubSectionBookmarkName":"ss_T63C3N40SD_lv1_9e110e982","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Initial election.","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_31998879a"},{"SectionUUID":"b84efc17-1422-4c33-a624-373989ce7b3a","SectionName":"New Blank SECTION","SectionNumber":4,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_53fadb213"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":5,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Judicial Seats</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD5EA0F-6E83-40FC-BB27-53EF3658DDD7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1091</Words>
   <Characters>5413</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>154</Lines>
   <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
@@ -7178,36 +7329,27 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
-[...7 lines deleted...]
-  </property>
 </Properties>
 </file>