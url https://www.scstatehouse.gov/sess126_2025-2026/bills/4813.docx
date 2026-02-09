--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -1,49 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -124,108 +120,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Pope</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Pope, C. Mitchell and Robbins</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0301HDB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Magistrate court fees and costs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +333,223 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0acbf23e384a4ff2">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 98</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb104d38bb57e4203">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 98</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Robbins
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R87c51d0ad542470b">
+      <w:hyperlink r:id="R538a1324a0f24845">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +567,3287 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R18ececc4ddb74306">
+      <w:hyperlink r:id="R173099f6082f4d18">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rca962bacceb14584">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/05/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00E06CE4" w:rsidRDefault="00432135" w14:paraId="238BD10A" w14:textId="00CE0E20">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptylineheader"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="291ECD4E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstricken"/>
       </w:pPr>
       <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates Matter Stricken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="1DB6E92D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetunderline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates New Matter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="0D1C33E6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="status"/>
+        <w:tag w:val="status"/>
+        <w:id w:val="854397200"/>
+        <w:placeholder>
+          <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="0DFFBC26" w14:textId="352EB013">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetstatus"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Committee Report</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="26E1BD1F" w14:textId="244713D1">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 5, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="3D211465" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="39184121" w14:textId="2B007F78">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4813</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="7287720A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="512EEEC8" w14:textId="3AF3C54A">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Pope, C. Mitchell and Robbins</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="108B3FF5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00FA54E5" w14:paraId="4921508D" w14:textId="60691E40">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AB6311">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00AB6311">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AB6311">
+            <w:t>2/5/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00AB6311">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AB6311">
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00AB6311">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="1E1C140E" w14:textId="1CB14F50">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="363A26F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="6FF5AF50" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4493"/>
+          <w:tab w:val="right" w:pos="8986"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="3F538B3F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="0311BB0B" w14:textId="7F01D802">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">The committee on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="committeename"/>
+          <w:tag w:val="committeename"/>
+          <w:id w:val="-1151050561"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>House Judiciary</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="5A414F97" w14:textId="55FD9B91">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>who</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> was referred a </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="doctype"/>
+          <w:tag w:val="doctype"/>
+          <w:id w:val="-95182141"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Bill</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billnumber"/>
+          <w:tag w:val="billnumber"/>
+          <w:id w:val="249784876"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>H. 4813</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billtitle"/>
+          <w:tag w:val="billtitle"/>
+          <w:id w:val="660268815"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>to amend the South Carolina Code of Laws by amending Sections 8‑21‑1010 and 8‑21‑1060, both relating to fees and costs to be collected by magistrates, both so as</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>, etc., respectfully</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="16972F59" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="committeetitle"/>
+        <w:tag w:val="committeetitle"/>
+        <w:id w:val="1407110167"/>
+        <w:placeholder>
+          <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="41002B7E" w14:textId="460FC72F">
+          <w:pPr>
+            <w:pStyle w:val="sccommitteereporttitle"/>
+          </w:pPr>
+          <w:r>
+            <w:t>That they have duly and carefully considered the same, and recommend that the same do pass:</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="3E916986" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00FA54E5" w14:paraId="39880105" w14:textId="02B7EAF0">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportchairperson"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="chairperson"/>
+          <w:tag w:val="chairperson"/>
+          <w:id w:val="-1033958730"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AB6311">
+            <w:t>W. NEWTON</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00AB6311">
+        <w:t xml:space="preserve"> for Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="319BDE4E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="5FB4DAEE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="383FBDF2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>statement of estimated fiscal impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="0066AC75" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Explanation of Fiscal Impact</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7763" w:rsidP="004D7763" w:rsidRDefault="004D7763" w14:paraId="0D8FF118" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectionheaders"/>
+      </w:pPr>
+      <w:r>
+        <w:t>State Revenue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7763" w:rsidP="004D7763" w:rsidRDefault="004D7763" w14:paraId="58373A28" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This bill increases the amount of certain magistrate court fees. The fees increased by this bill are collected by magistrate courts and deposited in the general fund of the county or forwarded to the State Treasurer for allocation to Judicial. The following table displays the increased fees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7763" w:rsidP="004D7763" w:rsidRDefault="004D7763" w14:paraId="59BEE666" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11235" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="895"/>
+        <w:gridCol w:w="1895"/>
+        <w:gridCol w:w="4860"/>
+        <w:gridCol w:w="1710"/>
+        <w:gridCol w:w="1875"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="159ED8EA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="287"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="13F2B456" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="12303A42" w14:textId="60FD0282">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="0B99B70B" w14:textId="3B28401C">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:firstLine="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Code Section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="230FC843" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="2F826CB6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Current Fee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="399148B3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:right="421"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>New Fee Amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="5835EB37" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="73EB6A24" w14:textId="65562910">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="09F45357" w14:textId="5F379F69">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:firstLine="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>§8-21-1010(3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="7D2DEB45" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005080D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eceiving and filing bond in claim and delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="65A7BEE2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="6F52D803" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:right="421"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="5CEA2937" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="3C14854B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="1245F427" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="0F502FC6" w14:textId="20B4308C">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="278D8E33" w14:textId="2953CF9B">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:firstLine="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>§8-21-1010(6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="7C94FF9C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n all civil actions, for issuing a summons </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a copy for defendant, and for giving judgment with or without a hearing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="7B1EEFA4" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="6CDC5D0A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:right="421"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="7543F7D7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="0DEC69D4" w14:textId="3BB71D10">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="1E3C0211" w14:textId="124576D4">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:firstLine="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>§8-21-1010(7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="7F280CE8" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>or issuing execution and renewal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="3E840C1A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="6AD129F8" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:right="421"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="25C81F97" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="6144AFD5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="61383398" w14:textId="231A5FA3">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1895" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="4B87F0E9" w14:textId="41A49014">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:firstLine="346"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>§8-21-1010(9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="3931F396" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>or proceedings by a landlord or lessor against a tenant or lessee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1710" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="4C5A8C45" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1875" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="48C4178C" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:right="421"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="488B6A99" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:suppressLineNumbers/>
+        <w:spacing w:line="14" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00906591" w:rsidSect="00906591">
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1" w:restart="newSection"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10970" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="715"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="4860"/>
+        <w:gridCol w:w="1620"/>
+        <w:gridCol w:w="1790"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="6B7F60D5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="21ECAAC5" w14:textId="45D3C136">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="0970B382" w14:textId="44203060">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>§8-21-1010(14)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="43A338ED" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005080D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>iling or issuing any other paper</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="67CBA680" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="0ABF6481" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="42C6A457" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="558825F2" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="708D8266" w14:textId="6324A096">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="10B2BF85" w14:textId="0F5FFD85">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$8-21-1060(4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="346A19C6" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>or serving a summons, rule, order, or notice by a magistrate in a civil action,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="656B8D34" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$5 plus mileage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="6A1500A5" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="3DF1677C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="1B705DA1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="7A1511A7" w14:textId="40C4BB3C">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="599B74BF" w14:textId="7FD06DE6">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$8-21-1060(7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="008036F9" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="3BDAA6BE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>or levying execution, posting notice of sale, conducting sale, and paying over proceeds </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="4E3B9B51" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="5FC25987" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="3AB7001E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="5CA8D657" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="33CBC5D4" w14:textId="5433B66C">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="711BD8E9" w14:textId="155332AD">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>§22-3-340</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="545D4CD1" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>An assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>on all summons and complaint filings in magistrate court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="1A58D69A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="5D2DA244" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="3CFDCB55" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="55BE2B9A" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="2FA1DD9A" w14:textId="7B9B8A15">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="198C4A94" w14:textId="2B712B96">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>§22-3-340</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4860" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="008036F9" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="3615D4C7" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An assessment </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008036F9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on all other civil </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>filings, except restraining orders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="7E9094EE" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1790" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="0BAE68F9" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="51113DF7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:suppressLineNumbers/>
+        <w:spacing w:line="14" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00906591" w:rsidSect="00906591">
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1" w:start="41" w:restart="newSection"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="003F5653" w:rsidR="004D7763" w:rsidP="004D7763" w:rsidRDefault="004D7763" w14:paraId="6F6E6287" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D7763" w:rsidP="004D7763" w:rsidRDefault="004D7763" w14:paraId="78C6CF66" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0090005D">
+        <w:t xml:space="preserve">This bill </w:t>
+      </w:r>
+      <w:r>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090005D">
+        <w:t xml:space="preserve"> result in </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an increase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090005D">
+        <w:t xml:space="preserve"> in the fees collected in court. Court fines and fees are</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090005D">
+        <w:t>distributed to the General Fund</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0090005D">
+        <w:t xml:space="preserve"> Other Funds, and local funds. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Judicial anticipates this bill will result in an increase in revenue allocated to Judicial from magistrate court fees collected and remitted by counties pursuant to §22-3-340. Judicial provided the following information to estimate the revenue impact of the bill based on the number of filings during FY 2024-2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D7763" w:rsidP="004D7763" w:rsidRDefault="004D7763" w14:paraId="7E0F6DB8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8966" w:type="dxa"/>
+        <w:tblInd w:w="-637" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1204"/>
+        <w:gridCol w:w="1355"/>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="1401"/>
+        <w:gridCol w:w="1676"/>
+        <w:gridCol w:w="1596"/>
+      </w:tblGrid>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="2C9E77DA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="05E0EC27" w14:textId="714ED789">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:left="-97" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7762" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="30F11AD0" w14:textId="37D1C78B">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FY 2024-2025 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="474FE23B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="6385A84B" w14:textId="477828E8">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:left="-97" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="704E02A3" w14:textId="67C6248B">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:left="-97" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="5668BB50" w14:textId="20D040AD">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Current Fee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="0AE6D318" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Actual Revenue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="543CE9D4" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Proposed Fee</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="3FE34701" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revenue With Increase </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="0D27B4CD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Total Increase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="789A03A7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="487D66F7" w14:textId="4B7A86AB">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:left="-97" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="5EA6CF64" w14:textId="7BC82697">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$10 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="406F26FD" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,471,851 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="033794D3" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$15 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="06551F20" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$2,207,77</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="0A97B226" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$735,92</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidTr="00906591" w14:paraId="7B92313C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1204" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00906591" w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="7CCE0654" w14:textId="368D2E08">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:ind w:left="-97" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00906591">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="478B26E4" w14:textId="0DE3F22B">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$25 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="405FCA20" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,698,742 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="35DA0A89" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$40 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="08D30C9B" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$2,717,987 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1596" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="005317EC" w:rsidR="00906591" w:rsidP="004D7763" w:rsidRDefault="00906591" w14:paraId="239739D4" w14:textId="77777777">
+            <w:pPr>
+              <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005317EC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">$1,019,245 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00906591" w:rsidP="00906591" w:rsidRDefault="00906591" w14:paraId="1D831362" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+        <w:suppressLineNumbers/>
+        <w:spacing w:line="14" w:lineRule="exact"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00906591" w:rsidSect="00906591">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1" w:start="9" w:restart="newSection"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="63B6E7C9" w14:textId="367A515B">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISsectioninfo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00FA54E5" w14:paraId="7AE6FC95" w14:textId="78C5E53C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="director"/>
+          <w:tag w:val="director"/>
+          <w:id w:val="-1654141734"/>
+          <w:placeholder>
+            <w:docPart w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00AB6311">
+            <w:t>Frank A. Rainwater</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00AB6311">
+        <w:t>, Executive Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="0A74D5EB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISdirector"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Revenue and Fiscal Affairs Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="3F3F6087" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetFISheader"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00906591" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="67B014F4" w14:textId="3359CCAE">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00906591">
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00906591" w:rsidRDefault="00906591" w14:paraId="04A27F93" w14:textId="77777777">
+      <w:pPr>
+        <w:sectPr w:rsidR="00906591" w:rsidSect="00906591">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1" w:start="21" w:restart="newSection"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00AB6311" w:rsidP="00AB6311" w:rsidRDefault="00AB6311" w14:paraId="71577913" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00E06CE4" w:rsidRDefault="00A73EFA" w14:paraId="45DF413A" w14:textId="7C009D6A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00E06CE4" w:rsidRDefault="00A73EFA" w14:paraId="20D62AAF" w14:textId="3EA3E9C3">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00E06CE4" w:rsidRDefault="00A73EFA" w14:paraId="53304288" w14:textId="314BC5C4">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00E06CE4" w:rsidRDefault="00A73EFA" w14:paraId="7D7535C4" w14:textId="42EEC792">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00E06CE4" w:rsidRDefault="00A73EFA" w14:paraId="149CA2A8" w14:textId="5D6AFDEF">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -647,828 +3974,961 @@
       <w:bookmarkStart w:name="ss_T8C21N1010SA_lv1_ca654a235" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>A) Except as otherwise expressly provided, the following fees and costs must be collected by the magistrates and deposited in the general fund of the county:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="2D2C3A43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S1_lv2_fe4e5431c" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>1) for taking civil recognizance, with or without sureties, five dollars;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) for taking civil recognizance, with or without sureties, five </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="14C3E2C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S2_lv2_7a3b1f089" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>2) for granting an order for civil special bail, with or without sureties, five dollars;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) for granting an order for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>civil special</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> bail, with or without sureties, five </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="39DF95E1" w14:textId="25258411">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S3_lv2_3c088dcfb" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>3) for receiving and filing bond in claim and delivery, attachment,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> five</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A925A7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">ten </w:t>
       </w:r>
       <w:r>
-        <w:t>dollars; if justification of sureties required, an additional five dollars;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">dollars; if justification of sureties required, an additional five </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="5185AB4F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S4_lv2_17839b76f" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>4) for administering and certifying oaths or documents in writing, two dollars;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">4) for administering and certifying oaths or documents in writing, two </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="1009D5FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S5_lv2_e163ec8fe" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>5) for issuing any prerogative writ, five dollars;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">5) for issuing any prerogative writ, five </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="6462E7AE" w14:textId="00AB31BB">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S6_lv2_6e43edd4c" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>6) in all civil actions, for issuing a summons and a copy for defendant, and for giving judgment with or without a hearing,</w:t>
+        <w:t xml:space="preserve">6) in all civil actions, for issuing a summons and a copy for defendant, and for giving judgment with or without </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a hearing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> forty‑five</w:t>
       </w:r>
       <w:r w:rsidR="003A7CCD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C761D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>sixty‑five</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> dollars;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="415EF4D3" w14:textId="7394A24B">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S7_lv2_9c7d400b2" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>7) for issuing execution and renewal thereof,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> ten</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C761D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">twenty </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>dollars;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="72E30ABB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S8_lv2_c5debe13d" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>8) for making up, certifying, and forwarding a transcript of record and judgment in a case for purpose of appeal, ten dollars;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">8) for making up, certifying, and forwarding a transcript of record and judgment in a case for purpose of appeal, ten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="0B1F9E19" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S9_lv2_85fce2cae" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>9) for proceedings by a landlord or lessor against a tenant or lessee, including notices to quit, eviction orders, or recovery of rents,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> twenty</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0029208A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">forty </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>dollars;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="5700E9CA" w14:textId="7146B758">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S10_lv2_0b24847b7" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>10) for proceedings on a coroner</w:t>
       </w:r>
       <w:r w:rsidR="003A7CCD">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s inquest, as prescribed by law, ten dollars, if inquest is demanded by a party other than the State or county or authorized officer of either;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="5915D9E0" w14:textId="77777777">
+        <w:t xml:space="preserve">s inquest, as prescribed by law, ten dollars, if inquest is demanded by a party other than the State or county or authorized officer of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>either;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00906591" w:rsidRDefault="0037348F" w14:paraId="741F61E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
+        <w:sectPr w:rsidR="00906591" w:rsidSect="00906591">
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1" w:restart="newSection"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C21N1010S11_lv2_c83a2fee9" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>11) for proceeding on estrays, including judgment for possession, sale, or damages, ten dollars;</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00646C39" w:rsidDel="00906591" w:rsidRDefault="00646C39" w14:paraId="5915D9E0" w14:textId="7C944292">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:del w:author="Danny Crook" w:date="2026-02-05T14:56:00Z" w16du:dateUtc="2026-02-05T19:56:00Z" w:id="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="36544B01" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1010S12_lv2_e50a334c1" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T8C21N1010S12_lv2_e50a334c1" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t xml:space="preserve">12) for qualifying appraisers to set off homestead or qualifying sureties on a bond posted in a case, including bail bonds, five </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dollars;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="5ACE3D07" w14:textId="4D0272FC">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1010S13_lv2_69ca75637" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T8C21N1010S13_lv2_69ca75637" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>13) for each tax execution collected, five dollars; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00646C39" w:rsidRDefault="0037348F" w14:paraId="35082350" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1010S14_lv2_8f3117dde" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T8C21N1010S14_lv2_8f3117dde" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>14) for filing or issuing any other paper not provided for in this section,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> five</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0083036A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">ten </w:t>
       </w:r>
       <w:r>
         <w:t>dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D07DB3" w:rsidP="00D07DB3" w:rsidRDefault="0037348F" w14:paraId="143F91E0" w14:textId="77283E99">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1010SB_lv1_383c8da7e" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T8C21N1010SB_lv1_383c8da7e" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>B) Fees or costs may not be assessed against a party for summoning jurors or expense of jury service in a criminal case in which a trial by jury is had</w:t>
       </w:r>
       <w:r w:rsidR="009B7289">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B62FE" w:rsidP="007B62FE" w:rsidRDefault="007B62FE" w14:paraId="0AD714E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="007B62FE" w14:paraId="1302B895" w14:textId="42DEE30A">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_sub_B_8a6d67c17" w:id="22"/>
+      <w:bookmarkStart w:name="bs_num_1_sub_B_8a6d67c17" w:id="23"/>
       <w:r>
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003A7CCD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:name="dl_070718381" w:id="23"/>
+      <w:bookmarkStart w:name="dl_070718381" w:id="24"/>
       <w:r w:rsidR="008574E7">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="008574E7">
         <w:t>ection 8‑21‑1060 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="6A6FE9F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="626EBD22" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T8C21N1060_43eb39da0" w:id="24"/>
+      <w:bookmarkStart w:name="cs_T8C21N1060_43eb39da0" w:id="25"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>ection 8‑21‑1060.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_8f20b05ae" w:id="25"/>
+      <w:bookmarkStart w:name="up_8f20b05ae" w:id="26"/>
       <w:r>
         <w:t>E</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>xcept as otherwise expressly provided, the following fees and costs must be collected by the magistrate or his officers and deposited in the general fund of the county:</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00906591" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="325779D2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T8C21N1060S1_lv1_790c8f6ab" w:id="27"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>1) for summoning a witness to magistrate court in a civil action, three dollars, plus mileage at t</w:t>
+      </w:r>
+      <w:r w:rsidR="00906591">
+        <w:t>he</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00906591" w:rsidP="008574E7" w:rsidRDefault="00906591" w14:paraId="6CFE5CF0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="4D5AA17C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve"> current state </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>rate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="28F1ED9C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1060S1_lv1_790c8f6ab" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T8C21N1060S2_lv1_a464d096a" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="28F1ED9C" w14:textId="77777777">
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t xml:space="preserve">2) for summoning the jury panel to try a civil action in magistrate court, five dollars, to be taxed against the losing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>party;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="64355229" w14:textId="79C7C7BF">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1060S2_lv1_a464d096a" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T8C21N1060S3_lv1_4d39bd768" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...15 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>3) for summoning a coroner</w:t>
       </w:r>
       <w:r w:rsidR="003A7CCD">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s jury and witnesses, five dollars, and mileage, to be paid only if inquest is demanded by person other than the State, county, or authorized officer thereof;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">s jury and witnesses, five dollars, and mileage, to be paid only if inquest is demanded by person other than the State, county, or authorized officer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>thereof;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="6C9DDC96" w14:textId="0B67B72D">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1060S4_lv1_9bdfe0cb3" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T8C21N1060S4_lv1_9bdfe0cb3" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>4) for serving a summons, rule, order, or notice by a magistrate in a civil action,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> five</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">twenty </w:t>
       </w:r>
       <w:r>
         <w:t>dollars</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>, plus mileage</w:t>
+        <w:t xml:space="preserve">, plus </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>mileage</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="7F2463B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1060S5_lv1_d3997191c" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T8C21N1060S5_lv1_d3997191c" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t xml:space="preserve">5) for serving an attachment or civil arrest on a person and making return thereof, five dollars, plus </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>mileage;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="32119196" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1060S6_lv1_0f35d6300" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T8C21N1060S6_lv1_0f35d6300" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t xml:space="preserve">6) for selling an estray, five percent of the sale </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>proceeds;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="670AECF3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1060S7_lv1_bc15562ff" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T8C21N1060S7_lv1_bc15562ff" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t xml:space="preserve">7) for levying execution, posting notice of sale, conducting sale, and paying over proceeds in a magistrate court action, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>ten</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">twenty </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>dollars;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00FE027C" w:rsidP="008574E7" w:rsidRDefault="008574E7" w14:paraId="7EC1F0E2" w14:textId="29310EBB">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C21N1060S8_lv1_818e19464" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T8C21N1060S8_lv1_818e19464" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>8) for serving warrants, or any other criminal process, and for conveying prisoners by order of the magistrate or other court, mileage as permitted under Section 8‑21‑1040.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF497A" w:rsidP="00AF497A" w:rsidRDefault="00AF497A" w14:paraId="65CC01BC" w14:textId="77BF3E32">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AF497A" w:rsidP="00AF497A" w:rsidRDefault="00AF497A" w14:paraId="5E6B6E73" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_d6ced4f1d" w:id="34"/>
+      <w:bookmarkStart w:name="bs_num_2_d6ced4f1d" w:id="35"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_0e238b840" w:id="35"/>
+      <w:bookmarkStart w:name="dl_0e238b840" w:id="36"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>ection 22‑3‑340 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF497A" w:rsidP="00AF497A" w:rsidRDefault="00AF497A" w14:paraId="5A7913DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008574E7" w:rsidP="008574E7" w:rsidRDefault="00AF497A" w14:paraId="71FBAFD7" w14:textId="25C5BB13">
+    <w:p w:rsidR="00906591" w:rsidP="008574E7" w:rsidRDefault="00AF497A" w14:paraId="72FBB701" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
-          <w:rStyle w:val="scstrike"/>
+          <w:ins w:author="Danny Crook" w:date="2026-02-05T14:56:00Z" w16du:dateUtc="2026-02-05T19:56:00Z" w:id="37"/>
         </w:rPr>
+        <w:sectPr w:rsidR="00906591" w:rsidSect="00906591">
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1" w:restart="newSection"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T22C3N340_7673d5de5" w:id="36"/>
+      <w:bookmarkStart w:name="cs_T22C3N340_7673d5de5" w:id="38"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>ection 22‑3‑340.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>An assessment equal to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> twenty‑five</w:t>
       </w:r>
       <w:r w:rsidR="003A7CCD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>forty</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dollars is imposed on all summons and complaint filings in magistrates court and an assessment equal to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>ten</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">fifteen </w:t>
       </w:r>
       <w:r>
-        <w:t>dollars is imposed on all other civil filings in magistrates court, except for restraining orders. The fees must be collected by the magistrates court and forwarded monthly to the county treasurer and remitted in turn by the county treasurer to the State Treasurer for allocation to the judicial department.</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">dollars is imposed on all other civil filings in magistrates court, except for restraining orders. The fees must be collected by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>magistrates</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> court and forwarded monthly to the county treasurer and remitted in turn by the county treasurer to the State Treasurer for allocation to the judicial department.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00DF2CA4" w:rsidP="00B635D9" w:rsidRDefault="00DF2CA4" w14:paraId="74E17DA2" w14:textId="634569A8">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_036db58b2" w:id="37"/>
-      <w:bookmarkStart w:name="eff_date_section_958f9588d" w:id="38"/>
+      <w:bookmarkStart w:name="bs_num_3_036db58b2" w:id="39"/>
+      <w:bookmarkStart w:name="eff_date_section_958f9588d" w:id="40"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002B3B60" w:rsidR="00B635D9">
         <w:t xml:space="preserve">This act takes effect on </w:t>
       </w:r>
       <w:r w:rsidR="00291F04">
         <w:t>January 1, 2027</w:t>
       </w:r>
       <w:r w:rsidR="00B635D9">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7BA8D49D" w14:textId="18CFBF10">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="006012C4">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00906591">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:lnNumType w:countBy="1"/>
-      <w:pgNumType w:start="1"/>
+      <w:lnNumType w:countBy="1" w:restart="newSection"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5EB0FC5F" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CEC15F" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="34F3B646" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -1497,256 +4957,204 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="70C76579" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="008861C8" w:rsidP="00D14995">
+      <w:p w14:paraId="70C76579" w14:textId="7A9389E6" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00FA54E5" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="05AE47E9CB894F149C170C0E0896C5C2"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00676AA9">
+              <w:t>[4813]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="05AE47E9CB894F149C170C0E0896C5C2"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="006F21C9">
+            <w:r w:rsidR="00676AA9">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0301HDB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1F541F47" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79409BEA" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="27FAB7A5" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58640B68" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="282532D4" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="94E6D92E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2CA080A8"/>
@@ -1925,157 +5333,171 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Danny Crook">
+    <w15:presenceInfo w15:providerId="None" w15:userId="Danny Crook"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="0001258C"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00025D71"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00026CF4"/>
     <w:rsid w:val="00030391"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="0003380A"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="000421FF"/>
+    <w:rsid w:val="0004354A"/>
     <w:rsid w:val="0004489C"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0005118B"/>
+    <w:rsid w:val="00051DCF"/>
     <w:rsid w:val="000602CF"/>
     <w:rsid w:val="00062497"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00066B90"/>
     <w:rsid w:val="0007029E"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="000730C5"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00076EE7"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2B79"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
+    <w:rsid w:val="000E46E6"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F4AE5"/>
     <w:rsid w:val="00101636"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00103C13"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="001446DC"/>
     <w:rsid w:val="00147B61"/>
     <w:rsid w:val="00152A26"/>
     <w:rsid w:val="001554F2"/>
     <w:rsid w:val="00155BC5"/>
     <w:rsid w:val="0016522F"/>
     <w:rsid w:val="00170BF6"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A288D"/>
     <w:rsid w:val="001A4E11"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D071D"/>
     <w:rsid w:val="001D7442"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002042F4"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="0027500E"/>
     <w:rsid w:val="0027518B"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00290574"/>
     <w:rsid w:val="00291F04"/>
     <w:rsid w:val="0029208A"/>
     <w:rsid w:val="0029702E"/>
     <w:rsid w:val="002A34ED"/>
     <w:rsid w:val="002A3F03"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
@@ -2121,192 +5543,202 @@
     <w:rsid w:val="00390F9B"/>
     <w:rsid w:val="0039216D"/>
     <w:rsid w:val="003A0917"/>
     <w:rsid w:val="003A315C"/>
     <w:rsid w:val="003A43D3"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003A7CCD"/>
     <w:rsid w:val="003B6A42"/>
     <w:rsid w:val="003C176D"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C66C9"/>
     <w:rsid w:val="003D3802"/>
     <w:rsid w:val="003D48CC"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D6A6A"/>
     <w:rsid w:val="003D7FF3"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E10B7"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E55CF"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F1BCA"/>
+    <w:rsid w:val="003F3A95"/>
     <w:rsid w:val="0040004A"/>
     <w:rsid w:val="00401388"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00413DAD"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00415280"/>
     <w:rsid w:val="00416A03"/>
     <w:rsid w:val="00416B1B"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="004414FB"/>
     <w:rsid w:val="004468DF"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00450B78"/>
     <w:rsid w:val="00450C94"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="00485789"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00487AF9"/>
     <w:rsid w:val="00487CF1"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00493CD4"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00496C62"/>
     <w:rsid w:val="004A0A56"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C03E1"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C53D2"/>
     <w:rsid w:val="004C55E5"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C60BA"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3196"/>
     <w:rsid w:val="004D3DCB"/>
+    <w:rsid w:val="004D7763"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7129"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F02B3"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F581F"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005067B9"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005153BA"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00544F5C"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="00547F95"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00555122"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005742E1"/>
     <w:rsid w:val="00574B48"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00585B62"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005936FA"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A5DA0"/>
     <w:rsid w:val="005A7D4C"/>
     <w:rsid w:val="005B16A7"/>
     <w:rsid w:val="005B2F4A"/>
     <w:rsid w:val="005B336F"/>
     <w:rsid w:val="005B535F"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C24C3"/>
+    <w:rsid w:val="005C3154"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D2192"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D6D17"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F0B78"/>
     <w:rsid w:val="005F76B0"/>
+    <w:rsid w:val="0060121D"/>
     <w:rsid w:val="006012C4"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
+    <w:rsid w:val="00611ED8"/>
     <w:rsid w:val="006123A4"/>
+    <w:rsid w:val="006212D0"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006410F6"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00646C39"/>
     <w:rsid w:val="00651172"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00671C26"/>
     <w:rsid w:val="0067345B"/>
+    <w:rsid w:val="00676AA9"/>
     <w:rsid w:val="006814B5"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00684499"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="00696722"/>
     <w:rsid w:val="006A2F58"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C06B2"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C1071"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7619"/>
     <w:rsid w:val="006C761D"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D4A2E"/>
     <w:rsid w:val="006D64A5"/>
+    <w:rsid w:val="006D7D7D"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E5C7C"/>
     <w:rsid w:val="006F21C9"/>
     <w:rsid w:val="006F57CC"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00724B7E"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00736ED2"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007403B7"/>
     <w:rsid w:val="00740D73"/>
     <w:rsid w:val="00743A13"/>
     <w:rsid w:val="00743E5B"/>
     <w:rsid w:val="0075162D"/>
     <w:rsid w:val="00762D17"/>
     <w:rsid w:val="00776D89"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007944F2"/>
     <w:rsid w:val="007A019B"/>
@@ -2331,138 +5763,143 @@
     <w:rsid w:val="0081305B"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00827819"/>
     <w:rsid w:val="0083036A"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="0085558E"/>
     <w:rsid w:val="008574E7"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0086380F"/>
     <w:rsid w:val="008651EC"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00894895"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C6E37"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E36E2"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
+    <w:rsid w:val="00906591"/>
     <w:rsid w:val="0091333E"/>
     <w:rsid w:val="0091770E"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="009259B9"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="009377EB"/>
     <w:rsid w:val="0094242F"/>
     <w:rsid w:val="00943589"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00950923"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00974672"/>
     <w:rsid w:val="00975C7C"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A1E2E"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A715D"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009B7289"/>
     <w:rsid w:val="009C0D27"/>
+    <w:rsid w:val="009C4514"/>
     <w:rsid w:val="009C6561"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E140C"/>
     <w:rsid w:val="009E3F2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A018A2"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A10046"/>
     <w:rsid w:val="00A14D32"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A31F2C"/>
     <w:rsid w:val="00A32395"/>
     <w:rsid w:val="00A34CDE"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A42C06"/>
     <w:rsid w:val="00A472A1"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A5248A"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A56ED6"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A6209B"/>
     <w:rsid w:val="00A6223B"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A81BCC"/>
     <w:rsid w:val="00A870D5"/>
     <w:rsid w:val="00A877C7"/>
     <w:rsid w:val="00A90C1D"/>
     <w:rsid w:val="00A925A7"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA20E6"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB2BBF"/>
     <w:rsid w:val="00AB407B"/>
+    <w:rsid w:val="00AB6311"/>
+    <w:rsid w:val="00AB6CF9"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC1891"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
+    <w:rsid w:val="00AC7AC2"/>
     <w:rsid w:val="00AD1C43"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF3647"/>
     <w:rsid w:val="00AF3EDE"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF497A"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B03032"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B16EC1"/>
     <w:rsid w:val="00B27685"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B372EA"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B459D0"/>
     <w:rsid w:val="00B536EF"/>
     <w:rsid w:val="00B53947"/>
     <w:rsid w:val="00B54354"/>
@@ -2526,50 +5963,51 @@
     <w:rsid w:val="00CB3C06"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CC4F7B"/>
     <w:rsid w:val="00CC68ED"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD2A30"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD69A5"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D02112"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D07DB3"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D20174"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
+    <w:rsid w:val="00D3325E"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D368A9"/>
     <w:rsid w:val="00D410EF"/>
     <w:rsid w:val="00D47CA3"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D663C9"/>
     <w:rsid w:val="00D6646E"/>
     <w:rsid w:val="00D7293C"/>
     <w:rsid w:val="00D731B6"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D81341"/>
     <w:rsid w:val="00D8405F"/>
     <w:rsid w:val="00D87305"/>
     <w:rsid w:val="00D92643"/>
     <w:rsid w:val="00D935F6"/>
     <w:rsid w:val="00D9723D"/>
     <w:rsid w:val="00D9790A"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA4302"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB0C9D"/>
     <w:rsid w:val="00DB3509"/>
     <w:rsid w:val="00DC2AB2"/>
@@ -2651,50 +6089,51 @@
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F3100C"/>
     <w:rsid w:val="00F31D13"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F35C81"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F40F38"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F55826"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F73FF2"/>
     <w:rsid w:val="00F818E7"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA05E7"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
+    <w:rsid w:val="00FA54E5"/>
     <w:rsid w:val="00FB12C4"/>
     <w:rsid w:val="00FB1422"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB7D3D"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD08E6"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FD7873"/>
     <w:rsid w:val="00FE027C"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE1E2E"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
     <w:rsid w:val="00FF235F"/>
     <w:rsid w:val="00FF5017"/>
     <w:rsid w:val="00FF77F4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -3098,1584 +6537,1823 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00827819"/>
+    <w:rsid w:val="006212D0"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003C66C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AB6311"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4813&amp;session=126&amp;summary=B" TargetMode="External" Id="R87c51d0ad542470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4813_20251217.docx" TargetMode="External" Id="R18ececc4ddb74306" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4813&amp;session=126&amp;summary=B" TargetMode="External" Id="R538a1324a0f24845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4813_20251217.docx" TargetMode="External" Id="R173099f6082f4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4813_20260205.docx" TargetMode="External" Id="Rca962bacceb14584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R0acbf23e384a4ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rb104d38bb57e4203" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{024224E3-0ACF-4CC9-A512-370EFA23A890}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A65E1E" w:rsidRDefault="00A65E1E" w:rsidP="00A65E1E">
+          <w:pPr>
+            <w:pStyle w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="05AE47E9CB894F149C170C0E0896C5C2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4EC7BFE3-09BA-4803-8464-5F19587B411D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A65E1E" w:rsidRDefault="00A65E1E" w:rsidP="00A65E1E">
+          <w:pPr>
+            <w:pStyle w:val="05AE47E9CB894F149C170C0E0896C5C2"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00076EE7"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001554F2"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="0029702E"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003E55CF"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005A7D4C"/>
+    <w:rsid w:val="005C3154"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
+    <w:rsid w:val="006D7D7D"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00975C7C"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
+    <w:rsid w:val="00A65E1E"/>
     <w:rsid w:val="00AA20E6"/>
     <w:rsid w:val="00B16EC1"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B54354"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C211DD"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -5098,53 +8776,79 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00A65E1E"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B710E9BA1C1494CA4BB849EDF7FF8FF">
+    <w:name w:val="6B710E9BA1C1494CA4BB849EDF7FF8FF"/>
+    <w:rsid w:val="00A65E1E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="05AE47E9CB894F149C170C0E0896C5C2">
+    <w:name w:val="05AE47E9CB894F149C170C0E0896C5C2"/>
+    <w:rsid w:val="00A65E1E"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5432,63 +9136,63 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
-  <ID>ad525b78-96b9-4825-80fe-53f3241419d3</ID>
+  <ID>623db35f-4111-4486-8b38-c45913a1dbc0</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
-  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2025-12-16T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_HOUSEINTRODATE>2025-12-16</T_BILL_D_HOUSEINTRODATE>
   <T_BILL_D_INTRODATE>2025-12-16</T_BILL_D_INTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>b227f1f3-43de-4dc0-8c61-ef3073268e11</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>0c9d3d16-2511-4014-a8fa-73323eab4879</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>69c30c19-e536-4176-82b4-b7fe75e47f85</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4813]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4813</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTIONS 8‑21‑1010 AND 8‑21‑1060, BOTH RELATING TO FEES AND COSTS TO BE COLLECTED BY MAGISTRATES, BOTH SO AS TO INCREASE VARIOUS FEES AND COSTS; AND BY AMENDING SECTION 22‑3‑340, RELATING TO ASSESSMENTS ON FILINGS IN MAGISTRATES COURT, SO AS TO INCREASE THE ASSESSMENT ON SUMMONS AND COMPLAINT FILINGS AND ALL OTHER CIVIL FILINGS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"8e21a545-65eb-4576-bc38-907c08a98f30","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T8C21N1010_555a84c0f","IsConstitutionSection":false,"Identity":"8-21-1010","IsNew":false,"SubSections":[{"Level":1,"Identity":"T8C21N1010SA","SubSectionBookmarkName":"ss_T8C21N1010SA_lv1_ca654a235","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1010SB","SubSectionBookmarkName":"ss_T8C21N1010SB_lv1_383c8da7e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S1","SubSectionBookmarkName":"ss_T8C21N1010S1_lv2_fe4e5431c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S2","SubSectionBookmarkName":"ss_T8C21N1010S2_lv2_7a3b1f089","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S3","SubSectionBookmarkName":"ss_T8C21N1010S3_lv2_3c088dcfb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S4","SubSectionBookmarkName":"ss_T8C21N1010S4_lv2_17839b76f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S5","SubSectionBookmarkName":"ss_T8C21N1010S5_lv2_e163ec8fe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S6","SubSectionBookmarkName":"ss_T8C21N1010S6_lv2_6e43edd4c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S7","SubSectionBookmarkName":"ss_T8C21N1010S7_lv2_9c7d400b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S8","SubSectionBookmarkName":"ss_T8C21N1010S8_lv2_c5debe13d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S9","SubSectionBookmarkName":"ss_T8C21N1010S9_lv2_85fce2cae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S10","SubSectionBookmarkName":"ss_T8C21N1010S10_lv2_0b24847b7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S11","SubSectionBookmarkName":"ss_T8C21N1010S11_lv2_c83a2fee9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S12","SubSectionBookmarkName":"ss_T8C21N1010S12_lv2_e50a334c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S13","SubSectionBookmarkName":"ss_T8C21N1010S13_lv2_69ca75637","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C21N1010S14","SubSectionBookmarkName":"ss_T8C21N1010S14_lv2_8f3117dde","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the Schedule of fees and costs to be collected by magistrates","TitleSoAsTo":"increase the fee for all civil actions and certain other actions or proceedings","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_A_6300543c8"},{"SectionUUID":"a684f06b-5615-409c-ad4a-08de8fec2d2b","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T8C21N1060_43eb39da0","IsConstitutionSection":false,"Identity":"8-21-1060","IsNew":false,"SubSections":[{"Level":1,"Identity":"T8C21N1060S1","SubSectionBookmarkName":"ss_T8C21N1060S1_lv1_790c8f6ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1060S2","SubSectionBookmarkName":"ss_T8C21N1060S2_lv1_a464d096a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1060S3","SubSectionBookmarkName":"ss_T8C21N1060S3_lv1_4d39bd768","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1060S4","SubSectionBookmarkName":"ss_T8C21N1060S4_lv1_9bdfe0cb3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1060S5","SubSectionBookmarkName":"ss_T8C21N1060S5_lv1_d3997191c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1060S6","SubSectionBookmarkName":"ss_T8C21N1060S6_lv1_0f35d6300","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1060S7","SubSectionBookmarkName":"ss_T8C21N1060S7_lv1_bc15562ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C21N1060S8","SubSectionBookmarkName":"ss_T8C21N1060S8_lv1_818e19464","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Schedule of fees and costs to be collected by magistrates","TitleSoAsTo":"so as to increase certain fees on the schedule","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_sub_B_8a6d67c17"},{"SectionUUID":"6f592f1a-3adb-440d-a127-a637e468b121","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T22C3N340_7673d5de5","IsConstitutionSection":false,"Identity":"22-3-340","IsNew":false,"SubSections":[],"TitleRelatedTo":"Assessments on filings in magistrates court","TitleSoAsTo":"increase the fees on summons and complaint filings and all other civil filings","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_d6ced4f1d"},{"SectionUUID":"4dc94d85-3754-4c3f-aa2a-b852a38d3b63","SectionName":"Effective Date - With Specific Date","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_036db58b2"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Magistrate court fees and costs</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>harrisonbrant@scstatehouse.gov</T_BILL_UR_DRAFTER>
@@ -5736,158 +9440,158 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
-    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">false</Inventorysheet>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9AACB84-A0AD-48D2-A348-B80BAB90E082}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90686CC9-A58A-4263-AF25-F328A95F79CD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3636</Characters>
+  <Pages>5</Pages>
+  <Words>1165</Words>
+  <Characters>5897</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>164</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4317</CharactersWithSpaces>
+  <CharactersWithSpaces>6898</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>