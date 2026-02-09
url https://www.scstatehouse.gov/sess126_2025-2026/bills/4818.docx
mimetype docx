--- v0 (2025-12-18)
+++ v1 (2026-02-09)
@@ -159,51 +159,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0224HA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>12/18/2025</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R982fed94ab814ccf">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 103</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R825cbc340c994810">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 103</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R9bfd41611e2747e6">
+      <w:hyperlink r:id="R43775a43571e49d9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +548,127 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R4ceb72f7fa554328">
+      <w:hyperlink r:id="R668b12d35c594624">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rb1ee642a79c8483a">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>12/18/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00064352" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="0E01A596">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00064352" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="703A123A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00064352" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="7EDA37BF">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00064352" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="1499A42F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00064352" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="653C540C">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="000C62FC" w:rsidR="00A73EFA" w:rsidP="00064352" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="56713A4F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
         <w:rPr>
@@ -549,94 +697,106 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="79C49AA9" w14:textId="71AEBEF8">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="00FC34CA" w:rsidRDefault="00904467" w14:paraId="5BAAC1B7" w14:textId="51FD7AA1">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="00FC34CA" w:rsidRDefault="00904467" w14:paraId="5BAAC1B7" w14:textId="31919293">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
-            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “PROTECTING SOUTH CAROLINA CITIZENS FROM THE RISKS OF SOLAR STORMS AND ELECTROMAGNETIC PULSE ACT” BY ADDING ARTICLE 29 TO CHAPTER 1, TITLE 1 SO AS TO PROVIDE FOR DEFINITIONS OF “CRITICAL INFRASTRUCTURE” AND “ELECTROMAGNETIC PULSE”, AND TO REQUIRE THE SC EMERGENCY MANAGEMENT DIVISION TO PROVIDE DETAILED PLANS IN ITS EMERGENCY PREPAREDNESS PLAN TO HARDEN CRITICAL INFRASTRUCTURE AGAINST ELECTROMAGNETIC PULSES AND PLAN FOR ALTERNATIVE ENERGY SOURCES, AND TO PROVIDE FOR GRANTS; AND TO ESTABLISH THAT THE GENERAL ASSEMBLY SHALL MAKE CERTAIN APPROPRIATIONS.</w:t>
+            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “PROTECTING SOUTH CAROLINA CITIZENS FROM THE RISKS OF SOLAR STORMS AND ELECTROMAGNETIC PULSE ACT” BY ADDING ARTICLE 29 TO CHAPTER 1, TITLE 1 SO AS TO PROVIDE FOR DEFINITIONS OF “CRITICAL INFRASTRUCTURE” AND “ELECTROMAGNETIC PULSE”, AND TO REQUIRE THE SC EMERGENCY MANAGEMENT DIVISION TO PROVIDE DETAILED PLANS IN ITS EMERGENCY PREPAREDNESS PLAN TO HARDEN CRITICAL INFRASTRUCTURE AGAINST ELECTROMAGNETIC PULSE</w:t>
+          </w:r>
+          <w:r w:rsidR="00B36967">
+            <w:rPr>
+              <w:caps w:val="0"/>
+            </w:rPr>
+            <w:t>S</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:caps w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> AND PLAN FOR ALTERNATIVE ENERGY SOURCES, AND TO PROVIDE FOR GRANTS; AND TO ESTABLISH THAT THE GENERAL ASSEMBLY SHALL MAKE CERTAIN APPROPRIATIONS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_6dbfe6345" w:displacedByCustomXml="prev" w:id="1"/>
+    <w:bookmarkStart w:name="at_6dbfe6345" w:displacedByCustomXml="prev" w:id="0"/>
     <w:p w:rsidR="00FC34CA" w:rsidP="0094541D" w:rsidRDefault="00FC34CA" w14:paraId="0E7B9FD2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_4a9d4fa49" w:id="2"/>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:name="ew_4a9d4fa49" w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="0409FEAB">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:r w:rsidRPr="0094541D">
         <w:t>Be it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00092637" w:rsidP="00092637" w:rsidRDefault="00092637" w14:paraId="7475B139" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E75E2C" w:rsidP="001C7736" w:rsidRDefault="00E75E2C" w14:paraId="22D54A9E" w14:textId="3DADFD91">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_f2bac0a2e" w:id="3"/>
+      <w:bookmarkStart w:name="wa_f2bac0a2e" w:id="2"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t xml:space="preserve">hereas, modern society is reliant upon the electrical grid in a manner inconceivable a century ago, </w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> use of the electric grid touches virtually every aspect of life, from transportation, </w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t xml:space="preserve">utilities, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">communication, employment, food preservation, </w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">safety, </w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t>to</w:t>
       </w:r>
       <w:r>
@@ -651,55 +811,55 @@
       <w:r w:rsidR="00B36D09">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>maintaining support</w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t xml:space="preserve"> in the form of access to daily medications and machines necessary for many to survive</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="004C5B16">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E75E2C" w:rsidP="001C7736" w:rsidRDefault="00E75E2C" w14:paraId="694B0AE0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E75E2C" w:rsidP="001C7736" w:rsidRDefault="00E75E2C" w14:paraId="540F9006" w14:textId="261F2C90">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_9c2510182" w:id="4"/>
+      <w:bookmarkStart w:name="wa_9c2510182" w:id="3"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">hereas, the citizens of South Carolina have </w:t>
       </w:r>
       <w:r w:rsidR="005F1DD7">
         <w:t>endured</w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t xml:space="preserve"> extended</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> disruption</w:t>
       </w:r>
       <w:r w:rsidR="005F1DD7">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t>caused by</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> power outages from natural disasters,</w:t>
       </w:r>
       <w:r w:rsidR="005F1DD7">
@@ -720,55 +880,55 @@
       <w:r>
         <w:t xml:space="preserve">through solar storms or </w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t xml:space="preserve">may be intentionally </w:t>
       </w:r>
       <w:r>
         <w:t>created by adversaries intending to wreak havoc</w:t>
       </w:r>
       <w:r w:rsidR="005F1DD7">
         <w:t xml:space="preserve"> on our society</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E75E2C" w:rsidP="001C7736" w:rsidRDefault="00E75E2C" w14:paraId="7D49CAAC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E75E2C" w:rsidP="001C7736" w:rsidRDefault="00E75E2C" w14:paraId="122D0E2C" w14:textId="163DC523">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_b0ef2a112" w:id="5"/>
+      <w:bookmarkStart w:name="wa_b0ef2a112" w:id="4"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve">hereas, the State has a compelling interest </w:t>
       </w:r>
       <w:r w:rsidR="00B36D09">
         <w:t>in protecting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> its citizens, includ</w:t>
       </w:r>
       <w:r w:rsidR="003038A9">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> planning and prepar</w:t>
       </w:r>
       <w:r w:rsidR="00944054">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for known</w:t>
       </w:r>
       <w:r w:rsidR="003038A9">
         <w:t xml:space="preserve"> and unknown </w:t>
       </w:r>
       <w:r>
@@ -811,412 +971,416 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005F1DD7" w:rsidP="001C7736" w:rsidRDefault="005F1DD7" w14:paraId="435F4BC1" w14:textId="30C68529">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Be it enacted by the General Assembly of </w:t>
       </w:r>
       <w:r w:rsidRPr="001C7736">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005D63DE" w:rsidP="005D63DE" w:rsidRDefault="005D63DE" w14:paraId="576E168F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005D63DE" w:rsidP="00731521" w:rsidRDefault="005D63DE" w14:paraId="6642E09C" w14:textId="26EC7F35">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_7311f908f" w:id="6"/>
-      <w:bookmarkStart w:name="citing_act_01a1677f2" w:id="7"/>
+      <w:bookmarkStart w:name="bs_num_1_7311f908f" w:id="5"/>
+      <w:bookmarkStart w:name="citing_act_01a1677f2" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00731521">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidR="00076CFF">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Protecting South Carolina Citizens from the Risks of Solar Storms and Electromagnetic Pulse</w:t>
       </w:r>
       <w:r w:rsidR="0061201C">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Act.</w:t>
       </w:r>
       <w:r w:rsidR="00731521">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E75E2C" w:rsidP="00092637" w:rsidRDefault="00E75E2C" w14:paraId="613D6A85" w14:textId="35645CA4">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004A1AEE" w:rsidP="004A1AEE" w:rsidRDefault="00092637" w14:paraId="7F45ED52" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_e92611323" w:id="8"/>
+      <w:bookmarkStart w:name="bs_num_2_e92611323" w:id="7"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_d70216a7d" w:id="9"/>
+      <w:bookmarkStart w:name="dl_d70216a7d" w:id="8"/>
       <w:r w:rsidR="004A1AEE">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="004A1AEE">
         <w:t>hapter 1, Title 1 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1AEE" w:rsidP="004A1AEE" w:rsidRDefault="004A1AEE" w14:paraId="16B3899B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004A1AEE" w:rsidP="004A1AEE" w:rsidRDefault="004A1AEE" w14:paraId="697A7167" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_73fb5ff87" w:id="10"/>
+      <w:bookmarkStart w:name="up_73fb5ff87" w:id="9"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>rticle 29</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1AEE" w:rsidP="004A1AEE" w:rsidRDefault="004A1AEE" w14:paraId="2E5B2149" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A1AEE" w:rsidP="004A1AEE" w:rsidRDefault="00587B0B" w14:paraId="1FB1C0F9" w14:textId="168BB5C6">
+    <w:p w:rsidR="004A1AEE" w:rsidP="004A1AEE" w:rsidRDefault="00587B0B" w14:paraId="1FB1C0F9" w14:textId="6CF38B39">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_fadcdddef" w:id="11"/>
+      <w:bookmarkStart w:name="up_fadcdddef" w:id="10"/>
       <w:r w:rsidRPr="00587B0B">
         <w:t>P</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00587B0B">
         <w:t>rotect South Carolina’s Citizens from the</w:t>
       </w:r>
       <w:r w:rsidR="0061201C">
         <w:t xml:space="preserve"> Risks of Solar Storms and </w:t>
       </w:r>
       <w:r w:rsidRPr="00587B0B">
         <w:t>Electromagnetic Pulse</w:t>
       </w:r>
-      <w:r w:rsidR="0061201C">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00587B0B" w:rsidP="004A1AEE" w:rsidRDefault="00587B0B" w14:paraId="6A15C2B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00587B0B" w:rsidP="00587B0B" w:rsidRDefault="004A1AEE" w14:paraId="1FA1A4B0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T1C1N1800_709a65581" w:id="12"/>
+      <w:bookmarkStart w:name="ns_T1C1N1800_709a65581" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>ection 1‑1‑1800.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_694cfdcec" w:id="13"/>
+      <w:bookmarkStart w:name="up_694cfdcec" w:id="12"/>
       <w:r w:rsidR="00587B0B">
         <w:t>F</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00587B0B">
         <w:t>or purposes of this article:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00587B0B" w:rsidP="00587B0B" w:rsidRDefault="00587B0B" w14:paraId="1737B175" w14:textId="3AE53BB9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T1C1N1800S1_lv1_a63e38895" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T1C1N1800S1_lv1_a63e38895" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>1) “Critical infrastructure” means systems and assets, whether physical or virtual, so vital to this State that the incapacity or destruction of the systems and assets would have a debilitating impact on the security, economic security, or public health or safety, of South Carolina. This includes, but is not limited to, the facilities and assets located in this State belonging to or otherwise associated with the following entities: federal, state, and local governments, public utilities, healthcare</w:t>
       </w:r>
       <w:r w:rsidR="00BE4E06">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> first responders</w:t>
       </w:r>
       <w:r w:rsidR="00BE4E06">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and public schools.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1AEE" w:rsidP="00587B0B" w:rsidRDefault="00587B0B" w14:paraId="4ADA82EC" w14:textId="647AAF7D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T1C1N1800S2_lv1_620b0437e" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T1C1N1800S2_lv1_620b0437e" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>2) “Electromagnetic pulse” means a burst of electromagnetic energy that has the potential to negatively affect technology systems on Earth and in space. This may include human</w:t>
       </w:r>
       <w:r w:rsidR="00BE4E06">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>made electromagnetic pulses and geomagnetic disturbances from the Sun as seen with the “Aurora Borealis” and its interaction is measured in nanoseconds, far accelerated beyond that of a lightning strike.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A1AEE" w:rsidP="004A1AEE" w:rsidRDefault="004A1AEE" w14:paraId="3761084D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00587B0B" w:rsidP="00587B0B" w:rsidRDefault="004A1AEE" w14:paraId="04E377E0" w14:textId="5CD9E711">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T1C1N1810_948af2bdb" w:id="16"/>
+      <w:bookmarkStart w:name="ns_T1C1N1810_948af2bdb" w:id="15"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>ection 1‑1‑1810.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T1C1N1810SA_lv1_1f67093eb" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T1C1N1810SA_lv1_1f67093eb" w:id="16"/>
+      <w:bookmarkStart w:name="open_doc_here" w:id="17"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00587B0B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00587B0B">
         <w:t>A)</w:t>
       </w:r>
+      <w:bookmarkStart w:name="ss_T1C1N1810S1_lv2_6d6957b97" w:id="18"/>
       <w:r w:rsidR="002B04FB">
-        <w:t>(1)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="002B04FB">
+        <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidR="00587B0B">
         <w:t xml:space="preserve"> The South Carolina Emergency Management Division </w:t>
       </w:r>
       <w:r w:rsidR="00BE4E06">
         <w:t xml:space="preserve">(SCEMD) </w:t>
       </w:r>
       <w:r w:rsidR="00587B0B">
         <w:t xml:space="preserve">must provide a detailed outline within their current emergency preparedness plan that includes both steps to be taken to harden critical infrastructure from an electromagnetic pulse, as well as alternative energy sources to provide independence for an extended period of time should the </w:t>
       </w:r>
       <w:r w:rsidR="009A382B">
         <w:t xml:space="preserve">electric </w:t>
       </w:r>
       <w:r w:rsidR="00587B0B">
         <w:t>grid be incapacitated indefinitely.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00587B0B" w:rsidP="00587B0B" w:rsidRDefault="002B04FB" w14:paraId="257A70F1" w14:textId="11667EA7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T1C1N1810S2_lv2_12286c451" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T1C1N1810S2_lv2_12286c451" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00587B0B">
         <w:t xml:space="preserve">This plan must be completed and distributed to all municipalities </w:t>
       </w:r>
       <w:r>
         <w:t>by January 1, 202</w:t>
       </w:r>
       <w:r w:rsidR="009A382B">
         <w:t>7.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00092637" w:rsidP="00587B0B" w:rsidRDefault="00587B0B" w14:paraId="049739CC" w14:textId="01EE4D79">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T1C1N1810SB_lv1_51545179b" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T1C1N1810SB_lv1_51545179b" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>B) Any municipality or critical infrastructure entity that complies with the plan provided by the SCEMD within one year is eligible for a grant to assist with funding from the General Assembly.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00587B0B" w:rsidP="00587B0B" w:rsidRDefault="00587B0B" w14:paraId="4C097644" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00587B0B" w:rsidP="00FD6B08" w:rsidRDefault="00587B0B" w14:paraId="1A8A4B83" w14:textId="1392FCAD">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_6cefabad8" w:id="20"/>
+      <w:bookmarkStart w:name="bs_num_3_6cefabad8" w:id="21"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B53C1C" w:rsidR="00B53C1C">
         <w:t>The General Assembly must provide for multiyear funding beginning in the 202</w:t>
       </w:r>
       <w:r w:rsidR="009A382B">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00B53C1C" w:rsidR="00B53C1C">
         <w:t>‑202</w:t>
       </w:r>
       <w:r w:rsidR="009A382B">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B53C1C" w:rsidR="00B53C1C">
         <w:t xml:space="preserve"> Appropriations Act to assist entities with critical infrastructure to obtain and implement electromagnetic pulse protection and alternative power sources. This funding will be awarded in the form of grants through the SCEMD, a division of the Office of the Adjutant General of the South Carolina Guard.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="220AFCA0">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="21"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="22"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="22"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="23"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1287,175 +1451,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="65B4B429" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00D517BD" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="6C870468" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00025D3D" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="001C01DB">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00005E41">
+              <w:t>[4818]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="001C01DB">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0224HA26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79EF15B5" w14:textId="77777777" w:rsidR="00246535" w:rsidRDefault="00246535" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1717,211 +1879,222 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00000CB0"/>
     <w:rsid w:val="00002E0E"/>
+    <w:rsid w:val="00005E41"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00023DED"/>
     <w:rsid w:val="000253BA"/>
+    <w:rsid w:val="00025D3D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00027E68"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="00045BCF"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00055297"/>
     <w:rsid w:val="00064352"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="000665D1"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00073B8E"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00076CFF"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00092637"/>
     <w:rsid w:val="000962D7"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C07A2"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C62FC"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000C785E"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D4D8E"/>
     <w:rsid w:val="000D72E2"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
+    <w:rsid w:val="000F36A2"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00104CB7"/>
     <w:rsid w:val="00105462"/>
     <w:rsid w:val="00105756"/>
+    <w:rsid w:val="001140B5"/>
     <w:rsid w:val="001152F6"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="00116CED"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="001261AD"/>
     <w:rsid w:val="00136AD8"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="0014340C"/>
+    <w:rsid w:val="00143DFC"/>
     <w:rsid w:val="0014673C"/>
     <w:rsid w:val="00155A60"/>
     <w:rsid w:val="00157A71"/>
     <w:rsid w:val="00160138"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="001971B1"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A038E"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B496B"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C01DB"/>
     <w:rsid w:val="001C2257"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C689E"/>
     <w:rsid w:val="001C7736"/>
     <w:rsid w:val="001D42D8"/>
     <w:rsid w:val="001D5F6A"/>
     <w:rsid w:val="001D68EB"/>
     <w:rsid w:val="001D7B44"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002073E7"/>
     <w:rsid w:val="0021096D"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00217161"/>
     <w:rsid w:val="00223E83"/>
     <w:rsid w:val="00224407"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00232874"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="002366E2"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00243E56"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00281B75"/>
     <w:rsid w:val="0028247A"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B04FB"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002D7DD0"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002E7570"/>
     <w:rsid w:val="002F0BE8"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="00301F21"/>
     <w:rsid w:val="003038A9"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00306034"/>
     <w:rsid w:val="00315064"/>
     <w:rsid w:val="00331B23"/>
     <w:rsid w:val="00336E08"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
+    <w:rsid w:val="00343B57"/>
     <w:rsid w:val="0034442B"/>
     <w:rsid w:val="00345BDE"/>
     <w:rsid w:val="00352C8E"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="0036200D"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="003728BB"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00380E2E"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00383027"/>
     <w:rsid w:val="00385291"/>
     <w:rsid w:val="00390BB2"/>
     <w:rsid w:val="00390CF5"/>
     <w:rsid w:val="003A2324"/>
     <w:rsid w:val="003A51DB"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B062C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C41A0"/>
     <w:rsid w:val="003C52A8"/>
     <w:rsid w:val="003D0E2F"/>
@@ -1971,143 +2144,149 @@
     <w:rsid w:val="004C727D"/>
     <w:rsid w:val="004D0DE4"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D56C9"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F1CE3"/>
     <w:rsid w:val="004F5BB1"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="005175AA"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005436B9"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
+    <w:rsid w:val="005563B3"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00565452"/>
     <w:rsid w:val="005702D3"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00576D07"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="005848D8"/>
     <w:rsid w:val="005861C8"/>
     <w:rsid w:val="005861DE"/>
     <w:rsid w:val="00587B0B"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A70FC"/>
     <w:rsid w:val="005B20DC"/>
     <w:rsid w:val="005B45C4"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C110E"/>
     <w:rsid w:val="005C23D7"/>
+    <w:rsid w:val="005C3154"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D1901"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D3652"/>
     <w:rsid w:val="005D3973"/>
     <w:rsid w:val="005D63DE"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F07C4"/>
     <w:rsid w:val="005F1DD7"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00602DD8"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="00604ECA"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="0061201C"/>
+    <w:rsid w:val="00617CC9"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="0062247C"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00624C7B"/>
     <w:rsid w:val="0063279F"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="00642BDF"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664B3A"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="006717AC"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00673FCE"/>
     <w:rsid w:val="00675C32"/>
     <w:rsid w:val="0068295C"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00695966"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A6440"/>
     <w:rsid w:val="006A65E2"/>
+    <w:rsid w:val="006B2AF8"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D3953"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="007009F1"/>
     <w:rsid w:val="00707AEA"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00714887"/>
     <w:rsid w:val="00721723"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00731521"/>
     <w:rsid w:val="0073616D"/>
     <w:rsid w:val="00736CB9"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00753D98"/>
     <w:rsid w:val="00753D9F"/>
     <w:rsid w:val="00755465"/>
+    <w:rsid w:val="007619F6"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="007858C5"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00790491"/>
     <w:rsid w:val="00790994"/>
     <w:rsid w:val="00796E00"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A4AD4"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C12C7"/>
     <w:rsid w:val="007C13B2"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C6088"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D67BE"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F4BB8"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
@@ -2137,73 +2316,75 @@
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E160C"/>
     <w:rsid w:val="008E2EA8"/>
     <w:rsid w:val="008E3BB9"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00903EA7"/>
     <w:rsid w:val="009042CB"/>
     <w:rsid w:val="00904467"/>
     <w:rsid w:val="00911F6D"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="009215F5"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934831"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="00943AD2"/>
     <w:rsid w:val="00944054"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
+    <w:rsid w:val="00952277"/>
     <w:rsid w:val="00954278"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009569D4"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00964D93"/>
     <w:rsid w:val="00970B4C"/>
     <w:rsid w:val="00971F91"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="009862B6"/>
     <w:rsid w:val="00991E99"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A382B"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C2DA3"/>
+    <w:rsid w:val="009C6DA9"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F0CCF"/>
     <w:rsid w:val="009F24E6"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F2E96"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A22843"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A35B37"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A46EEF"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A5463E"/>
@@ -2226,230 +2407,237 @@
     <w:rsid w:val="00AB2DA1"/>
     <w:rsid w:val="00AB6C2F"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD57F2"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE2BFA"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE6875"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF1F74"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00AF77B0"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B13D01"/>
     <w:rsid w:val="00B31AF4"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B34A2C"/>
+    <w:rsid w:val="00B36967"/>
     <w:rsid w:val="00B36D09"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B53C1C"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B6390B"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B856D3"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B94383"/>
     <w:rsid w:val="00B95735"/>
     <w:rsid w:val="00B97BA4"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB41D4"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD7A2C"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE4E06"/>
     <w:rsid w:val="00BF00CC"/>
     <w:rsid w:val="00BF1FB2"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C05B23"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C25412"/>
     <w:rsid w:val="00C333D7"/>
+    <w:rsid w:val="00C351E8"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C47220"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C54635"/>
     <w:rsid w:val="00C55FED"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C76ACB"/>
     <w:rsid w:val="00C802B4"/>
     <w:rsid w:val="00C8373F"/>
     <w:rsid w:val="00C862AF"/>
+    <w:rsid w:val="00C86919"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB48B6"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD0EC7"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD692D"/>
     <w:rsid w:val="00CE40E8"/>
     <w:rsid w:val="00CF3DB1"/>
     <w:rsid w:val="00CF6623"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D036E6"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D16D75"/>
     <w:rsid w:val="00D17599"/>
     <w:rsid w:val="00D17CF3"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D2629A"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D345D0"/>
     <w:rsid w:val="00D34FC0"/>
     <w:rsid w:val="00D36DFC"/>
     <w:rsid w:val="00D37C8E"/>
+    <w:rsid w:val="00D464F5"/>
     <w:rsid w:val="00D53DC4"/>
     <w:rsid w:val="00D5492C"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D56C2F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D703D4"/>
     <w:rsid w:val="00D7219F"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D85434"/>
+    <w:rsid w:val="00D9021D"/>
     <w:rsid w:val="00D945BF"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB4A00"/>
     <w:rsid w:val="00DC059A"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD0637"/>
     <w:rsid w:val="00DD0928"/>
     <w:rsid w:val="00DD4C38"/>
     <w:rsid w:val="00DD4CBB"/>
     <w:rsid w:val="00DE4175"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF2117"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF5EF2"/>
     <w:rsid w:val="00E01366"/>
     <w:rsid w:val="00E1242E"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E14C13"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E243C0"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E34B05"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E363C9"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E440E8"/>
+    <w:rsid w:val="00E50F50"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E75E2C"/>
     <w:rsid w:val="00E83AFA"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E917DD"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC1EE6"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED66C9"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F01450"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F1015A"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F1463B"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C43"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36167"/>
     <w:rsid w:val="00F36FBA"/>
+    <w:rsid w:val="00F407A9"/>
     <w:rsid w:val="00F442F6"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F50F3D"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F62966"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F713DA"/>
     <w:rsid w:val="00F744E0"/>
     <w:rsid w:val="00F77211"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA131E"/>
     <w:rsid w:val="00FA2B73"/>
     <w:rsid w:val="00FA4040"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB1D88"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FB6C2F"/>
     <w:rsid w:val="00FC34CA"/>
@@ -2870,1392 +3058,1392 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A7288A"/>
+    <w:rsid w:val="000B6081"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4818&amp;session=126&amp;summary=B" TargetMode="External" Id="R9bfd41611e2747e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4818_20251217.docx" TargetMode="External" Id="R4ceb72f7fa554328" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4818&amp;session=126&amp;summary=B" TargetMode="External" Id="R43775a43571e49d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4818_20251217.docx" TargetMode="External" Id="R668b12d35c594624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4818_20251218.docx" TargetMode="External" Id="Rb1ee642a79c8483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R982fed94ab814ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R825cbc340c994810" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4282,147 +4470,150 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000D72E2"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00104CB7"/>
     <w:rsid w:val="00140B15"/>
+    <w:rsid w:val="00143DFC"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="00232874"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00390CF5"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004C18A6"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005861C8"/>
+    <w:rsid w:val="005C3154"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00675C32"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="0087237E"/>
     <w:rsid w:val="008819CA"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00903EA7"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AB0216"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B95735"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CD692D"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D703D4"/>
     <w:rsid w:val="00D85434"/>
     <w:rsid w:val="00D900BD"/>
+    <w:rsid w:val="00D9021D"/>
     <w:rsid w:val="00DD0637"/>
     <w:rsid w:val="00DD4CBB"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F1015A"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
@@ -5159,72 +5350,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5441,191 +5623,203 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">false</Inventorysheet>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>a0b8dcf5-8f45-4216-8119-de930d3354da</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>True</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-08T09:57:11.537314-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-16</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>1c79e418-6831-41d1-bf8d-16446c406056</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>115d6146-64cd-48ff-a33e-d4534a1fdc58</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>7fc7f06e-ceba-4522-9628-90bd3d0d985a</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4818]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4818</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “PROTECTING SOUTH CAROLINA CITIZENS FROM THE RISKS OF SOLAR STORMS AND ELECTROMAGNETIC PULSE ACT” BY ADDING ARTICLE 29 TO CHAPTER 1, TITLE 1 SO AS TO PROVIDE FOR DEFINITIONS OF “CRITICAL INFRASTRUCTURE” AND “ELECTROMAGNETIC PULSE”, AND TO REQUIRE THE SC EMERGENCY MANAGEMENT DIVISION TO PROVIDE DETAILED PLANS IN ITS EMERGENCY PREPAREDNESS PLAN TO HARDEN CRITICAL INFRASTRUCTURE AGAINST ELECTROMAGNETIC PULSES AND PLAN FOR ALTERNATIVE ENERGY SOURCES, AND TO PROVIDE FOR GRANTS; AND TO ESTABLISH THAT THE GENERAL ASSEMBLY SHALL MAKE CERTAIN APPROPRIATIONS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
-  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
-  <T_BILL_T_SECTIONS>[{"SectionUUID":"1633d99a-7a4b-45ac-bc08-627d08d4a9c7","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_7311f908f"},{"SectionUUID":"9ce9a989-09eb-4599-a344-1f6853c758eb","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T1C1N1800_709a65581","IsConstitutionSection":false,"Identity":"1-1-1800","IsNew":true,"SubSections":[{"Level":1,"Identity":"T1C1N1800S1","SubSectionBookmarkName":"ss_T1C1N1800S1_lv1_a63e38895","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T1C1N1800S2","SubSectionBookmarkName":"ss_T1C1N1800S2_lv1_620b0437e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T1C1N1810_948af2bdb","IsConstitutionSection":false,"Identity":"1-1-1810","IsNew":true,"SubSections":[{"Level":1,"Identity":"T1C1N1810SA","SubSectionBookmarkName":"ss_T1C1N1810SA_lv1_1f67093eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T1C1N1810S2","SubSectionBookmarkName":"ss_T1C1N1810S2_lv2_12286c451","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T1C1N1810SB","SubSectionBookmarkName":"ss_T1C1N1810SB_lv1_51545179b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"BY ADDING ARTICLE 29 TO CHAPTER 1, TITLE 1 SO AS TO PROVIDE FOR DEFINITIONS AND TO REQUIRE THE SC EMERGENCY MANAGEMENT Division TO ADD DETAILED PLANS REGARDING HARDENING ALL CRITICAL INFRASTRUCTURE AGAINST ELECTROMAGNETIC PULSES OR GEOMAGNETIC DISTURBANCES, TO REQUIRE ELECTRICAL UTILITY DISTRIBUTORS IN THIS STATE TO OFFER PROGRAMS TO RESIDENTIAL CUSTOMERS WHO CHOOSE TO RECEIVE ELECTROMAGNETIC PULSE/GEOMAGNETIC DISTURBANCE PROTECTION FROM THE UTILITY AND PROVIDE FOR PAYMENT PLANS THROUGH THE CUSTOMERS’ MONTHLY BILLS, AND TO PROVIDE FOR GRANTS; AND TO ESTABLISH THAT THE GENERAL ASSEMBLY SHALL MAKE CERTAIN APPROPRIATIONS","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_e92611323"},{"SectionUUID":"558ad177-81ff-42dc-a411-6858e8ad749c","SectionName":"New Blank SECTION","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_6cefabad8"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"1633d99a-7a4b-45ac-bc08-627d08d4a9c7","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_7311f908f"},{"SectionUUID":"9ce9a989-09eb-4599-a344-1f6853c758eb","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T1C1N1800_709a65581","IsConstitutionSection":false,"Identity":"1-1-1800","IsNew":true,"SubSections":[{"Level":1,"Identity":"T1C1N1800S1","SubSectionBookmarkName":"ss_T1C1N1800S1_lv1_a63e38895","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T1C1N1800S2","SubSectionBookmarkName":"ss_T1C1N1800S2_lv1_620b0437e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T1C1N1810_948af2bdb","IsConstitutionSection":false,"Identity":"1-1-1810","IsNew":true,"SubSections":[{"Level":1,"Identity":"T1C1N1810SA","SubSectionBookmarkName":"ss_T1C1N1810SA_lv1_1f67093eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T1C1N1810S2","SubSectionBookmarkName":"ss_T1C1N1810S2_lv2_12286c451","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T1C1N1810SB","SubSectionBookmarkName":"ss_T1C1N1810SB_lv1_51545179b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T1C1N1810S1","SubSectionBookmarkName":"ss_T1C1N1810S1_lv2_6d6957b97","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"BY ADDING ARTICLE 29 TO CHAPTER 1, TITLE 1 SO AS TO PROVIDE FOR DEFINITIONS AND TO REQUIRE THE SC EMERGENCY MANAGEMENT Division TO ADD DETAILED PLANS REGARDING HARDENING ALL CRITICAL INFRASTRUCTURE AGAINST ELECTROMAGNETIC PULSES OR GEOMAGNETIC DISTURBANCES, TO REQUIRE ELECTRICAL UTILITY DISTRIBUTORS IN THIS STATE TO OFFER PROGRAMS TO RESIDENTIAL CUSTOMERS WHO CHOOSE TO RECEIVE ELECTROMAGNETIC PULSE/GEOMAGNETIC DISTURBANCE PROTECTION FROM THE UTILITY AND PROVIDE FOR PAYMENT PLANS THROUGH THE CUSTOMERS’ MONTHLY BILLS, AND TO PROVIDE FOR GRANTS; AND TO ESTABLISH THAT THE GENERAL ASSEMBLY SHALL MAKE CERTAIN APPROPRIATIONS","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_e92611323"},{"SectionUUID":"558ad177-81ff-42dc-a411-6858e8ad749c","SectionName":"New Blank SECTION","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_6cefabad8"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Electromagnetic Pulse Protection</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>heatheranderson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A50A100-6CC7-405F-A1D8-3F22E0D56421}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4D89870-ACF2-46C2-B111-B1889BB89480}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>657</Words>
-  <Characters>3665</Characters>
+  <Characters>3664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
+  <Lines>77</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4299</CharactersWithSpaces>
+  <CharactersWithSpaces>4298</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>