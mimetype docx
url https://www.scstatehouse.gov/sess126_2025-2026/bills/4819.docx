--- v0 (2025-12-18)
+++ v1 (2026-02-07)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -124,86 +123,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Martin</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Martin and Pope</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0577WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the House on December 16, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/16/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R8b9e02ea9d764a7e">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 103</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rfc1ad4025cf74d9f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 103</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R42ad9fffe17c4887">
+      <w:hyperlink r:id="R72ad22e15963471b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rc6c6f3e3d56a4708">
+      <w:hyperlink r:id="Rd7af50411e6d41ae">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/17/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="0677668E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="2DA612A7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="57266BEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="78076C70" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="4FD802DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="2CF2D3FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,1437 +645,1437 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00004622" w14:paraId="296EE83C" w14:textId="4A53AD2F">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r w:rsidRPr="00004622">
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “UNAUTHORIZED PRACTICE OF LAW PREVENTION ACT” BY ADDING ARTICLE 9 TO CHAPTER 5, TITLE 40 SO AS TO PROHIBIT UNLICENSED INDIVIDUALS FROM PROVIDING LEGAL SERVICES FOR COMPENSATION, TO PROVIDE DEFINITIONS, TO ESTABLISH CRIMINAL PENALTIES, AND TO PROVIDE FOR CIVIL ENFORCEMENT, INJUNCTIVE RELIEF, AND THE DISGORGEMENT OF COMPENSATION RECEIVED IN VIOLATION OF THIS ARTICLE, AMONG OTHER THINGS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_f1d7d50cd" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_f1d7d50cd" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="1ED00364" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="2D1EE108" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_4a7012ea2" w:id="2"/>
+      <w:bookmarkStart w:name="ew_4a7012ea2" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E5CEB" w:rsidP="000E5CEB" w:rsidRDefault="000E5CEB" w14:paraId="14ABB13F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000E5CEB" w:rsidP="00EE0719" w:rsidRDefault="000E5CEB" w14:paraId="19BB805A" w14:textId="5FDF48DF">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_5f423b57b" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_180a36b6c" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_5f423b57b" w:id="2"/>
+      <w:bookmarkStart w:name="citing_act_180a36b6c" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00EE0719">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9" w:rsidR="00AC29A9">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Unauthorized Practice of Law Prevention Act</w:t>
       </w:r>
       <w:r w:rsidR="00AC29A9">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE0719">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="4937B497" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="7917F206" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_b0975e925" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_2_b0975e925" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_05b6e7630" w:id="5"/>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>ECTION 2.</w:t>
-[...6 lines deleted...]
-        <w:t>C</w:t>
+        <w:t>hapter 5, Title 40 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="26ACC2F9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="4CC0886C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_45fd5d49b" w:id="6"/>
+      <w:r>
+        <w:t>A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>hapter 5, Title 40 of the S.C. Code is amended by adding:</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="4CC0886C" w14:textId="77777777">
+        <w:t>rticle 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="113E7965" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00AC29A9" w14:paraId="24C3C939" w14:textId="4900B120">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_45fd5d49b" w:id="7"/>
-[...1 lines deleted...]
-        <w:t>A</w:t>
+      <w:bookmarkStart w:name="up_911454aee" w:id="7"/>
+      <w:r>
+        <w:t>U</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>rticle 9</w:t>
-[...14 lines deleted...]
-        <w:t>U</w:t>
+        <w:t>nauthorized Practice of Law Prevention</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="060B45A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="797C0F7A" w14:textId="2346394C">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T40C5N910_5ac52e19f" w:id="8"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>nauthorized Practice of Law Prevention</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 40‑5‑910.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_28465f918" w:id="10"/>
+      <w:bookmarkStart w:name="up_28465f918" w:id="9"/>
       <w:r w:rsidR="00AC29A9">
         <w:t>F</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00AC29A9">
         <w:t>or purposes of this article:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="0590B7F1" w14:textId="4BAA20C3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910S1_lv1_eb8c7f0ab" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T40C5N910S1_lv1_eb8c7f0ab" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>1) “</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>Legal services” means providing advice, counsel, or assistance on matters involving the law or legal rights including, but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="312380BC" w14:textId="2D2F9494">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910Sa_lv2_d99fe7ffa" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T40C5N910Sa_lv2_d99fe7ffa" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>drafting, completing, or preparing legal documents such as pleadings, settlement agreements, parenting plans, separation agreements, or court filings</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="2B52DD6E" w14:textId="3EB6FA9B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910Sb_lv2_fc97c1fe9" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T40C5N910Sb_lv2_fc97c1fe9" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>advising an individual regarding his or her legal rights, remedies, or obligations;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="6E7E6EE4" w14:textId="039F940C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910Sc_lv2_e372c6184" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T40C5N910Sc_lv2_e372c6184" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>representing or purporting to represent another person in any legal negotiation, mediation, arbitration, or proceeding; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="1B60D807" w14:textId="2FEB0E68">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910Sd_lv2_726716555" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T40C5N910Sd_lv2_726716555" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>advertising, holding oneself out, or implying the ability to perform any of the foregoing services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="21CD7631" w14:textId="5569D90F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910S2_lv1_4bed91292" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T40C5N910S2_lv1_4bed91292" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>2) “</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>Compensation” means any fee, payment, donation, retainer, or thing of value received directly or indirectly for providing services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="66F6F08D" w14:textId="1D37C8E0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910S3_lv1_4fac6b44f" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T40C5N910S3_lv1_4fac6b44f" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t xml:space="preserve">“Drafting, completing, or preparing” includes editing, reviewing, selecting, recommending, or </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:lastRenderedPageBreak/>
         <w:t>customizing language for any legal document, whether typed, handwritten, templated, or completed in whole or in part by the non‑attorney.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="714637D3" w14:textId="67FB2BB4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910S4_lv1_359a92e1b" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T40C5N910S4_lv1_359a92e1b" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>4) “</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>Licensed attorney” means an attorney duly licensed and admitted to practice law in the State of South Carolina and in good standing with the South Carolina Bar.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC29A9" w:rsidRDefault="00AC29A9" w14:paraId="39DCCEAC" w14:textId="0AE24CF2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N910S5_lv1_a650c8f8b" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T40C5N910S5_lv1_a650c8f8b" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>5) “</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC29A9">
         <w:t>Unauthorized person” means any person or entity that is not a licensed attorney in South Carolina and who provides, advertises, or offers legal services to another for compensation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="276AA62B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="41759A5C" w14:textId="7AE0D1AC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T40C5N920_29520887e" w:id="20"/>
+      <w:bookmarkStart w:name="ns_T40C5N920_29520887e" w:id="19"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>ection 40‑5‑920.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N920SA_lv1_2c3e83d16" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T40C5N920SA_lv1_2c3e83d16" w:id="20"/>
       <w:r w:rsidR="00590192">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00590192">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00590192" w:rsidR="00590192">
         <w:t>In addition to the provisions of Article 5, it is unlawful for any unauthorized person to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="1980C051" w14:textId="4B29752A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N920S1_lv2_8f9df2895" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T40C5N920S1_lv2_8f9df2895" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>1) draft, complete, or prepare any parenting plan, separation agreement, settlement agreement, court pleading, or other legal document on behalf of another for compensation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="7B5EA895" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S2_lv2_6c9c50ebb" w:id="22"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>1) draft, complete, or prepare any parenting plan, separation agreement, settlement agreement, court pleading, or other legal document on behalf of another for compensation;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S2_lv2_6c9c50ebb" w:id="23"/>
+        <w:t>2) provide legal advice, strategy, or guidance on divorce, custody, visitation, support, or other family law matters for compensation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="79764F11" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S3_lv2_dee976503" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
-        <w:t>2) provide legal advice, strategy, or guidance on divorce, custody, visitation, support, or other family law matters for compensation;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S3_lv2_dee976503" w:id="24"/>
+        <w:t>3) represent themselves in advertising, websites, or social media as a custody coach, family law consultant, legal coach, or any title suggesting authority or expertise to provide legal services in family law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="4AC43197" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S4_lv2_9825dc333" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t>3) represent themselves in advertising, websites, or social media as a custody coach, family law consultant, legal coach, or any title suggesting authority or expertise to provide legal services in family law;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S4_lv2_9825dc333" w:id="25"/>
+        <w:t>4) offer guidance on what to say, request, argue, or present in any legal proceeding that constitutes legal advice;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="63AF55C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S5_lv2_9dfba667c" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>4) offer guidance on what to say, request, argue, or present in any legal proceeding that constitutes legal advice;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S5_lv2_9dfba667c" w:id="26"/>
+        <w:t>5) create, sell, customize, or distribute templates, worksheets, guided forms, or questionnaires intended for use as legal documents in family court;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="587AB105" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S6_lv2_edf4afbc1" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>5) create, sell, customize, or distribute templates, worksheets, guided forms, or questionnaires intended for use as legal documents in family court;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S6_lv2_edf4afbc1" w:id="27"/>
+        <w:t>6) provide case‑specific recommendations, interpretations, or suggested courses of action that constitute legal advice; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="75E60513" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S7_lv2_b0ac166e4" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>6) provide case‑specific recommendations, interpretations, or suggested courses of action that constitute legal advice; or</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S7_lv2_b0ac166e4" w:id="28"/>
+        <w:t>7) engage in, or attempt to engage in, the practice of law as defined by the South Carolina Supreme Court without a valid license.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="145D9833" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920SB_lv1_14788bf72" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
-        <w:t>7) engage in, or attempt to engage in, the practice of law as defined by the South Carolina Supreme Court without a valid license.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920SB_lv1_14788bf72" w:id="29"/>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S1_lv2_ad8b7bbbc" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>B)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S1_lv2_ad8b7bbbc" w:id="30"/>
+        <w:t>1) Provision of divorce coaching by an individual certified by a nationally recognized divorce coach program does not constitute the practice of law under this article, provided that the individual:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="65A49E63" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920Sa_lv3_00d1bc83a" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:t>1) Provision of divorce coaching by an individual certified by a nationally recognized divorce coach program does not constitute the practice of law under this article, provided that the individual:</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920Sa_lv3_00d1bc83a" w:id="31"/>
+        <w:t>a) does not provide legal advice, interpret law, draft legal documents other than those permitted for self‑represented litigants, or represent any person in a legal proceeding;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="775D2F34" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920Sb_lv3_d69ab45e8" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
-        <w:t>a) does not provide legal advice, interpret law, draft legal documents other than those permitted for self‑represented litigants, or represent any person in a legal proceeding;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920Sb_lv3_d69ab45e8" w:id="32"/>
+        <w:t>b) provides services limited to education, organization, communication support, goal‑setting, and guidance on the nonlegal aspects of separation and divorce for which he received training as part of his certification process;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="4CE8C5AA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920Sc_lv3_2f9c98bac" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>b) provides services limited to education, organization, communication support, goal‑setting, and guidance on the nonlegal aspects of separation and divorce for which he received training as part of his certification process;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920Sc_lv3_2f9c98bac" w:id="33"/>
+        <w:t>c) does not engage in any of the prohibited activities in subsection (A); and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="18F3FAA1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920Sd_lv3_e6b92bebb" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
-        <w:t>c) does not engage in any of the prohibited activities in subsection (A); and</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920Sd_lv3_e6b92bebb" w:id="34"/>
+        <w:t>d) clearly discloses in writing to each client that the coach is not an attorney and may not provide legal advice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="62E2AD3B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S2_lv2_e9b2dbaf2" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
-        <w:t>d) clearly discloses in writing to each client that the coach is not an attorney and may not provide legal advice.</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S2_lv2_e9b2dbaf2" w:id="35"/>
+        <w:t>2) Nothing in this subsection authorizes a divorce coach to engage in any activity that constitutes the practice of law under South Carolina law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="2D1C99DC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920SC_lv1_0ff0c2333" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>2) Nothing in this subsection authorizes a divorce coach to engage in any activity that constitutes the practice of law under South Carolina law.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920SC_lv1_0ff0c2333" w:id="36"/>
+        <w:t>C) If the notice provided in item (1)(d), any advertisement, or any other communication by an unauthorized person expressly disclaims that the person is not a licensed attorney in this State, the disclaimer does not:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="3D475634" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S1_lv2_b824239b5" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>C) If the notice provided in item (1)(d), any advertisement, or any other communication by an unauthorized person expressly disclaims that the person is not a licensed attorney in this State, the disclaimer does not:</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N920S1_lv2_b824239b5" w:id="37"/>
+        <w:t>1) provide a defense to, or immunity from, any enforcement action, civil liability, or criminal penalty arising from engaging in the unauthorized practice of law or any action prohibited in this article; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="74C2D517" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N920S2_lv2_65811fce4" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>2) cure, mitigate, or otherwise excuse conduct that would constitute the unauthorized practice of law if performed by a nonlawyer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00590192" w:rsidP="00590192" w:rsidRDefault="00590192" w14:paraId="217D6006" w14:textId="0A4A2A31">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="648"/>
           <w:tab w:val="clear" w:pos="864"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1296"/>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="clear" w:pos="1944"/>
           <w:tab w:val="clear" w:pos="2160"/>
           <w:tab w:val="clear" w:pos="2376"/>
           <w:tab w:val="clear" w:pos="2592"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N920SD_lv1_6c097c16c" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T40C5N920SD_lv1_6c097c16c" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>D) Each act of providing or advertising unauthorized legal services constitutes a separate offense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="57AF93FC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="05CD1F37" w14:textId="12AE1640">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T40C5N930_83481290a" w:id="39"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>D) Each act of providing or advertising unauthorized legal services constitutes a separate offense.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 40‑5‑930.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930SA_lv1_4920e4c84" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T40C5N930SA_lv1_4920e4c84" w:id="40"/>
       <w:r w:rsidR="00B65FC3">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00B65FC3">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3" w:rsidR="00B65FC3">
         <w:t>An attorney licensed to practice law in this State who knows or reasonably should know that a person has engaged in conduct constituting the unauthorized practice of law under this article shall report the conduct in writing to the Office of Disciplinary Counsel within fifteen days after acquiring such knowledge.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="3EC07550" w14:textId="1703BDA4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930SB_lv1_29b0c4780" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T40C5N930SB_lv1_29b0c4780" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>Upon receiving a report under this section, the Office of Disciplinary Counsel shall, within ten days, refer the matter and all supporting documentation to the Office of the Attorney General for investigation and enforcement under this article.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="7D1836B0" w14:textId="68BC7CDA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930SC_lv1_046ed9d82" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T40C5N930SC_lv1_046ed9d82" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>The Office of the Attorney General shall open an investigation into each referral made under this section and may take any enforcement action authorized by this article, including injunctive relief, civil penalties, restitution, disgorgement, or criminal prosecution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="6D55943D" w14:textId="77080A54">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930SD_lv1_8bc8f6660" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T40C5N930SD_lv1_8bc8f6660" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>A report made under this section, including the disclosure of any document, template, parenting plan, agreement, communication, or material prepared by an unauthorized person, does not violate the attorney‑client privilege or Rule 1.6 of the South Carolina Rules of Professional Conduct. Such disclosure is deemed a permitted disclosure required by law for purposes of Rule 1.6(b)(6) and does not constitute a waiver of privilege for any other purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="68209AC3" w14:textId="45483FB8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930SE_lv1_dfe9a2c1c" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T40C5N930SE_lv1_dfe9a2c1c" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:t>E)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N930S1_lv2_b320c0142" w:id="45"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="45"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>The exception in subsection (D) is limited to the disclosure of information reasonably necessary to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="085C9D42" w14:textId="49857DBD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930Sa_lv3_724c4f681" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T40C5N930Sa_lv3_724c4f681" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>identify the unauthorized person or entity;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="64B27222" w14:textId="79587197">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930Sb_lv3_cace23bc1" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T40C5N930Sb_lv3_cace23bc1" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>describe the unauthorized services provided; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="6807779B" w14:textId="0032C0B1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930Sc_lv3_47079bee6" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T40C5N930Sc_lv3_47079bee6" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>provide copies of materials created, drafted, edited, completed, or supplied by the unauthorized person.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="7F4D5F75" w14:textId="5FEECBA3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930S2_lv2_c6de01aee" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T40C5N930S2_lv2_c6de01aee" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>The reporting attorney may not disclose privileged or confidential client information beyond what is permitted in this subsection.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B65FC3" w:rsidRDefault="00B65FC3" w14:paraId="57BAD526" w14:textId="7B3C5FCB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N930SF_lv1_cefc9c54a" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T40C5N930SF_lv1_cefc9c54a" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t xml:space="preserve">F) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65FC3">
         <w:t>A report made pursuant to this section does not create, imply, or establish an attorney‑client relationship between the reporting attorney and any person involved in the underlying unauthorized conduct</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="29332D57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="2B5F2A77" w14:textId="347C3AE5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T40C5N940_a883153de" w:id="52"/>
+      <w:bookmarkStart w:name="ns_T40C5N940_a883153de" w:id="51"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>ection 40‑5‑940.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N940SA_lv1_178eb92b6" w:id="53"/>
+      <w:bookmarkStart w:name="ss_T40C5N940SA_lv1_178eb92b6" w:id="52"/>
       <w:r w:rsidR="003C706E">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidR="003C706E">
         <w:t xml:space="preserve">A) A person </w:t>
       </w:r>
       <w:r w:rsidRPr="003C706E" w:rsidR="003C706E">
         <w:t>who violates this article is guilty of a misdemeanor and, upon conviction, must be fined not more than one thousand dollars or imprisoned for not more than one year, or both, for each offense.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003C706E" w:rsidRDefault="003C706E" w14:paraId="472565EC" w14:textId="76763A99">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N940SB_lv1_414f96367" w:id="54"/>
+      <w:bookmarkStart w:name="ss_T40C5N940SB_lv1_414f96367" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="003C706E">
         <w:t>A second or subsequent offense within five years constitutes a felony, punishable by a fine of not more than five thousand dollars or imprisonment for not more than five years, or both.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="7CECD21F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00653030" w:rsidP="00653030" w:rsidRDefault="00FD48C4" w14:paraId="61A98685" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T40C5N950_8ef42b2b1" w:id="55"/>
+      <w:bookmarkStart w:name="ns_T40C5N950_8ef42b2b1" w:id="54"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>ection 40‑5‑950.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N950SA_lv1_57257f7f2" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T40C5N950SA_lv1_57257f7f2" w:id="55"/>
       <w:r w:rsidR="00653030">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidR="00653030">
         <w:t>A) The Attorney General or any solicitor of competent jurisdiction may bring a civil action in circuit court to enjoin any violation of this article.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00653030" w:rsidP="00653030" w:rsidRDefault="00653030" w14:paraId="3F9A890A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N950SB_lv1_c171c2dbd" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T40C5N950SB_lv1_c171c2dbd" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t>B) In addition to the provisions of subsection (A), the Attorney General may issue an immediate cease‑and‑desist order upon reasonable cause to believe a violation has occurred.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653030" w:rsidP="00653030" w:rsidRDefault="00653030" w14:paraId="26880D9D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N950SC_lv1_f23f8aaf5" w:id="57"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
-        <w:t>B) In addition to the provisions of subsection (A), the Attorney General may issue an immediate cease‑and‑desist order upon reasonable cause to believe a violation has occurred.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N950SC_lv1_f23f8aaf5" w:id="58"/>
+        <w:t>C) In addition to injunctive relief, the court may:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653030" w:rsidP="00653030" w:rsidRDefault="00653030" w14:paraId="4C7F16BA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N950S1_lv2_17b641168" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
-        <w:t>C) In addition to injunctive relief, the court may:</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N950S1_lv2_17b641168" w:id="59"/>
+        <w:t>1) impose civil penalties of up to five thousand dollars per violation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653030" w:rsidP="00653030" w:rsidRDefault="00653030" w14:paraId="4297BD7B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N950S2_lv2_31f72a4c0" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
-        <w:t>1) impose civil penalties of up to five thousand dollars per violation;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N950S2_lv2_31f72a4c0" w:id="60"/>
+        <w:t>2) order restitution to affected consumers; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653030" w:rsidP="00653030" w:rsidRDefault="00653030" w14:paraId="524CDE57" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N950S3_lv2_f7ddd3518" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
-        <w:t>2) order restitution to affected consumers; and</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N950S3_lv2_f7ddd3518" w:id="61"/>
+        <w:t>3) award reasonable attorney’s fees and costs to the State.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00653030" w:rsidP="00653030" w:rsidRDefault="00653030" w14:paraId="69FA9475" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N950SD_lv1_82805fb27" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t>D) In a civil action under this article, a person or entity found to have engaged in the unauthorized practice of law must disgorge all fees, payments, donations, or other compensation received, directly or indirectly, from such conduct. Disgorged funds shall be applied first to restitution for affected consumers and any remainder deposited in the South Carolina Bar Foundation or a fund designated for enforcement of unauthorized practice of law violations. Disgorgement is mandatory, in addition to any civil, criminal, or other sanction, and inability to pay does not limit the court’s authority to order injunctive or other relief.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidP="00653030" w:rsidRDefault="00653030" w14:paraId="2445E6A0" w14:textId="4D1E3913">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N950SE_lv1_46d2c30f1" w:id="63"/>
+      <w:bookmarkStart w:name="ss_T40C5N950SE_lv1_46d2c30f1" w:id="62"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t>E) The remedies provided in this article are cumulative and do not preclude any other remedies available under law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="28AD493D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="1ADF7D15" w14:textId="0A065A96">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T40C5N960_7ea746b58" w:id="63"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
-        <w:t>E) The remedies provided in this article are cumulative and do not preclude any other remedies available under law.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 40‑5‑960.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_cc3eaff65" w:id="65"/>
+      <w:bookmarkStart w:name="up_cc3eaff65" w:id="64"/>
       <w:r w:rsidR="00892154">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidR="00892154">
         <w:t>his article does not prohibit:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00892154" w:rsidP="00892154" w:rsidRDefault="00892154" w14:paraId="15132E58" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C5N960S1_lv1_4eabb52d8" w:id="66"/>
+      <w:bookmarkStart w:name="ss_T40C5N960S1_lv1_4eabb52d8" w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:t>1) individuals representing themselves pro se in a legal matter;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892154" w:rsidP="00892154" w:rsidRDefault="00892154" w14:paraId="1BE5AF7A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N960S2_lv1_b201a660c" w:id="66"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:r>
-        <w:t>1) individuals representing themselves pro se in a legal matter;</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N960S2_lv1_b201a660c" w:id="67"/>
+        <w:t>2) licensed mediators conducting court‑approved mediation without giving legal advice;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892154" w:rsidP="00892154" w:rsidRDefault="00892154" w14:paraId="55899610" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N960S3_lv1_63caf55e2" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
-        <w:t>2) licensed mediators conducting court‑approved mediation without giving legal advice;</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N960S3_lv1_63caf55e2" w:id="68"/>
+        <w:t>3) life coaches or counselors providing emotional or practical support without preparing legal documents or advising on legal rights;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892154" w:rsidP="00892154" w:rsidRDefault="00892154" w14:paraId="1A4ECD3D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N960S4_lv1_bf4749137" w:id="68"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
-        <w:t>3) life coaches or counselors providing emotional or practical support without preparing legal documents or advising on legal rights;</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N960S4_lv1_bf4749137" w:id="69"/>
+        <w:t>4) paralegals, legal assistants, or law firm staff performing legal work under the direct supervision of a licensed South Carolina attorney, including billing for their time through a law firm as part of attorney‑supervised representation;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892154" w:rsidP="00892154" w:rsidRDefault="00892154" w14:paraId="5C246670" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N960S5_lv1_625c16c89" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
-        <w:t>4) paralegals, legal assistants, or law firm staff performing legal work under the direct supervision of a licensed South Carolina attorney, including billing for their time through a law firm as part of attorney‑supervised representation;</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C5N960S5_lv1_625c16c89" w:id="70"/>
+        <w:t>5) activities expressly authorized by statute, such as notarial acts or real estate transactions permitted under existing law; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00892154" w:rsidP="00892154" w:rsidRDefault="00892154" w14:paraId="3E494CE7" w14:textId="7B7AC940">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C5N960S6_lv1_fe03b84ba" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
-        <w:t>5) activities expressly authorized by statute, such as notarial acts or real estate transactions permitted under existing law; or</w:t>
-[...14 lines deleted...]
-      <w:r>
         <w:t>6) guardians ad litem acting with their scope of duty.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD48C4" w:rsidRDefault="00FD48C4" w14:paraId="0ACE52E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="284EBA83" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="72"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="73"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="71"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="72"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="6F560A94" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00247E5B">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="75C31C4A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59214329" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2013,175 +2108,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BF62472" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0C4CE88F" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00A94B28" w:rsidP="00D14995">
+      <w:p w14:paraId="0C4CE88F" w14:textId="28541FCB" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00467A8C" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="003270CB">
+              <w:t>[4819]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="008548B9">
+            <w:r w:rsidR="003270CB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0577WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="30AEC22D" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79AF870A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2443,51 +2536,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2524,220 +2619,229 @@
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D7D0B"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000E5CEB"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00184A2F"/>
     <w:rsid w:val="00185797"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B0163"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C5037"/>
     <w:rsid w:val="001C55D3"/>
     <w:rsid w:val="001D653B"/>
     <w:rsid w:val="001E59A3"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00211403"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00237907"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00247E5B"/>
+    <w:rsid w:val="00257605"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00325A67"/>
+    <w:rsid w:val="003270CB"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="0035580F"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C706E"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E451C"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E5716"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F47F7"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
+    <w:rsid w:val="00422D48"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00436D1B"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A0071"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00590192"/>
     <w:rsid w:val="005922A7"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00597322"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
+    <w:rsid w:val="005C3154"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E3E25"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00653030"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C0A6E"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E36BE"/>
     <w:rsid w:val="0070516C"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00725B77"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="0074501F"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="007857A7"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
+    <w:rsid w:val="007B3145"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="008017E3"/>
     <w:rsid w:val="00801FC7"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="008302D5"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008548B9"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00892154"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C62FB"/>
     <w:rsid w:val="008D46EC"/>
@@ -2799,50 +2903,51 @@
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A87932"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB6072"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AB786C"/>
     <w:rsid w:val="00AC29A9"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B45A68"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56BE2"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B649B2"/>
     <w:rsid w:val="00B65FC3"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD75BF"/>
     <w:rsid w:val="00BE08A7"/>
@@ -2874,90 +2979,92 @@
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D256C8"/>
     <w:rsid w:val="00D26297"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D53644"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D90C91"/>
     <w:rsid w:val="00D94620"/>
     <w:rsid w:val="00D97A7F"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
+    <w:rsid w:val="00DE6D1C"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E87079"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA5A07"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB4484"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED52FD"/>
     <w:rsid w:val="00EE0719"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
+    <w:rsid w:val="00F02AC5"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F91DEE"/>
     <w:rsid w:val="00F977A7"/>
     <w:rsid w:val="00FA0F2E"/>
@@ -3380,1360 +3487,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00467A8C"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00467A8C"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A767E4"/>
+    <w:rsid w:val="00467A8C"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4747,51 +4856,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4819&amp;session=126&amp;summary=B" TargetMode="External" Id="R42ad9fffe17c4887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4819_20251217.docx" TargetMode="External" Id="Rc6c6f3e3d56a4708" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4819&amp;session=126&amp;summary=B" TargetMode="External" Id="R72ad22e15963471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4819_20251217.docx" TargetMode="External" Id="Rd7af50411e6d41ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="R8b9e02ea9d764a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260113.docx" TargetMode="External" Id="Rfc1ad4025cf74d9f" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4818,130 +4927,132 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="00185797"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001F71CC"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="005C3154"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="0074501F"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
+    <w:rsid w:val="00B45A68"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -5684,54 +5795,50 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -5965,214 +6072,202 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>bcf66287-9340-4884-818d-d14515670198</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-16T10:14:01.815515-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-13</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-17</T_BILL_D_PREFILEDATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>4a27cc71-1f0e-409a-91b3-f2b248c55667</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>2b30f409-ed3b-4695-b245-dec38b98e9f3</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>1868a25f-1f8a-42ed-b076-82822da164b1</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4819]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4819</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “UNAUTHORIZED PRACTICE OF LAW PREVENTION ACT” BY ADDING ARTICLE 9 TO CHAPTER 5, TITLE 40 SO AS TO PROHIBIT UNLICENSED INDIVIDUALS FROM PROVIDING LEGAL SERVICES FOR COMPENSATION, TO PROVIDE DEFINITIONS, TO ESTABLISH CRIMINAL PENALTIES, AND TO PROVIDE FOR CIVIL ENFORCEMENT, INJUNCTIVE RELIEF, AND THE DISGORGEMENT OF COMPENSATION RECEIVED IN VIOLATION OF THIS ARTICLE, AMONG OTHER THINGS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"6a045b19-53f2-4d50-821a-07730e8e9d95","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “UNAUTHORIZED PRACTICE OF LAW PREVENTION ACT” BY ADDING ARTICLE 9 TO CHAPTER 5, TITLE 40 SO AS TO PROHIBIT UNLICENSED INDIVIDUALS FROM PROVIDING LEGAL SERVICES FOR COMPENSATION, TO PROVIDE DEFINITIONS, TO ESTABLISH CRIMINAL PENALTIES, AND TO PROVIDE FOR CIVIL ENFORCEMENT, INJUNCTIVE RELIEF, AND THE DISGORGEMENT OF COMPENSATION RECEIVED IN VIOLATION OF THIS ARTICLE, AMONG OTHER THINGS","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_5f423b57b"},{"SectionUUID":"30cf3148-0190-4ad2-ad00-4b50e2a82ab9","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T40C5N910_5ac52e19f","IsConstitutionSection":false,"Identity":"40-5-910","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C5N910S1","SubSectionBookmarkName":"ss_T40C5N910S1_lv1_eb8c7f0ab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N910Sa","SubSectionBookmarkName":"ss_T40C5N910Sa_lv2_d99fe7ffa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N910Sb","SubSectionBookmarkName":"ss_T40C5N910Sb_lv2_fc97c1fe9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N910Sc","SubSectionBookmarkName":"ss_T40C5N910Sc_lv2_e372c6184","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N910Sd","SubSectionBookmarkName":"ss_T40C5N910Sd_lv2_726716555","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N910S2","SubSectionBookmarkName":"ss_T40C5N910S2_lv1_4bed91292","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N910S3","SubSectionBookmarkName":"ss_T40C5N910S3_lv1_4fac6b44f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N910S4","SubSectionBookmarkName":"ss_T40C5N910S4_lv1_359a92e1b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N910S5","SubSectionBookmarkName":"ss_T40C5N910S5_lv1_a650c8f8b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T40C5N920_29520887e","IsConstitutionSection":false,"Identity":"40-5-920","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C5N920SA","SubSectionBookmarkName":"ss_T40C5N920SA_lv1_2c3e83d16","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S1","SubSectionBookmarkName":"ss_T40C5N920S1_lv2_8f9df2895","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S2","SubSectionBookmarkName":"ss_T40C5N920S2_lv2_6c9c50ebb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S3","SubSectionBookmarkName":"ss_T40C5N920S3_lv2_dee976503","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S4","SubSectionBookmarkName":"ss_T40C5N920S4_lv2_9825dc333","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S5","SubSectionBookmarkName":"ss_T40C5N920S5_lv2_9dfba667c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S6","SubSectionBookmarkName":"ss_T40C5N920S6_lv2_edf4afbc1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S7","SubSectionBookmarkName":"ss_T40C5N920S7_lv2_b0ac166e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N920SB","SubSectionBookmarkName":"ss_T40C5N920SB_lv1_14788bf72","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S1","SubSectionBookmarkName":"ss_T40C5N920S1_lv2_ad8b7bbbc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C5N920Sa","SubSectionBookmarkName":"ss_T40C5N920Sa_lv3_00d1bc83a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C5N920Sb","SubSectionBookmarkName":"ss_T40C5N920Sb_lv3_d69ab45e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C5N920Sc","SubSectionBookmarkName":"ss_T40C5N920Sc_lv3_2f9c98bac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C5N920Sd","SubSectionBookmarkName":"ss_T40C5N920Sd_lv3_e6b92bebb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S2","SubSectionBookmarkName":"ss_T40C5N920S2_lv2_e9b2dbaf2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N920SC","SubSectionBookmarkName":"ss_T40C5N920SC_lv1_0ff0c2333","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S1","SubSectionBookmarkName":"ss_T40C5N920S1_lv2_b824239b5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N920S2","SubSectionBookmarkName":"ss_T40C5N920S2_lv2_65811fce4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N920SD","SubSectionBookmarkName":"ss_T40C5N920SD_lv1_6c097c16c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T40C5N930_83481290a","IsConstitutionSection":false,"Identity":"40-5-930","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C5N930SA","SubSectionBookmarkName":"ss_T40C5N930SA_lv1_4920e4c84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N930SB","SubSectionBookmarkName":"ss_T40C5N930SB_lv1_29b0c4780","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N930SC","SubSectionBookmarkName":"ss_T40C5N930SC_lv1_046ed9d82","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N930SD","SubSectionBookmarkName":"ss_T40C5N930SD_lv1_8bc8f6660","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N930SE","SubSectionBookmarkName":"ss_T40C5N930SE_lv1_dfe9a2c1c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N930S1","SubSectionBookmarkName":"ss_T40C5N930S1_lv2_b320c0142","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C5N930Sa","SubSectionBookmarkName":"ss_T40C5N930Sa_lv3_724c4f681","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C5N930Sb","SubSectionBookmarkName":"ss_T40C5N930Sb_lv3_cace23bc1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C5N930Sc","SubSectionBookmarkName":"ss_T40C5N930Sc_lv3_47079bee6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N930S2","SubSectionBookmarkName":"ss_T40C5N930S2_lv2_c6de01aee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N930SF","SubSectionBookmarkName":"ss_T40C5N930SF_lv1_cefc9c54a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T40C5N940_a883153de","IsConstitutionSection":false,"Identity":"40-5-940","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C5N940SA","SubSectionBookmarkName":"ss_T40C5N940SA_lv1_178eb92b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N940SB","SubSectionBookmarkName":"ss_T40C5N940SB_lv1_414f96367","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T40C5N950_8ef42b2b1","IsConstitutionSection":false,"Identity":"40-5-950","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C5N950SA","SubSectionBookmarkName":"ss_T40C5N950SA_lv1_57257f7f2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N950SB","SubSectionBookmarkName":"ss_T40C5N950SB_lv1_c171c2dbd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N950SC","SubSectionBookmarkName":"ss_T40C5N950SC_lv1_f23f8aaf5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N950S1","SubSectionBookmarkName":"ss_T40C5N950S1_lv2_17b641168","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N950S2","SubSectionBookmarkName":"ss_T40C5N950S2_lv2_31f72a4c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C5N950S3","SubSectionBookmarkName":"ss_T40C5N950S3_lv2_f7ddd3518","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N950SD","SubSectionBookmarkName":"ss_T40C5N950SD_lv1_82805fb27","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N950SE","SubSectionBookmarkName":"ss_T40C5N950SE_lv1_46d2c30f1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T40C5N960_7ea746b58","IsConstitutionSection":false,"Identity":"40-5-960","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C5N960S1","SubSectionBookmarkName":"ss_T40C5N960S1_lv1_4eabb52d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N960S2","SubSectionBookmarkName":"ss_T40C5N960S2_lv1_b201a660c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N960S3","SubSectionBookmarkName":"ss_T40C5N960S3_lv1_63caf55e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N960S4","SubSectionBookmarkName":"ss_T40C5N960S4_lv1_bf4749137","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N960S5","SubSectionBookmarkName":"ss_T40C5N960S5_lv1_625c16c89","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C5N960S6","SubSectionBookmarkName":"ss_T40C5N960S6_lv1_fe03b84ba","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_b0975e925"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Unauthorized Practice of Law Prevention Act</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3572061C-B181-4C9C-84AA-F9DC412D71AA}">
-[...9 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1454</Words>
-  <Characters>8116</Characters>
+  <Words>1456</Words>
+  <Characters>8114</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>156</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>172</Lines>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9495</CharactersWithSpaces>
+  <CharactersWithSpaces>9518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>