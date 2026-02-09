--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -299,75 +298,95 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and adopted
- </w:t>
+        <w:t xml:space="preserve">Introduced and adopted</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Re7237ae5be8047fd">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 34</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R267200bc478147be">
+      <w:hyperlink r:id="Rb32edd0c243b42c1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -385,103 +404,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R536819625f3942f1">
+      <w:hyperlink r:id="R78a181aa44bc47d7">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32C8" w14:textId="18050162">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="00136B38" w:rsidP="0036008C" w:rsidRDefault="00136B38" w14:paraId="1312B896" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32CB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -561,393 +578,428 @@
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00040E43" w:rsidR="0010776B" w:rsidP="00091FD9" w:rsidRDefault="00CD3A11" w14:paraId="48DB32D0" w14:textId="46926B5E">
           <w:pPr>
             <w:pStyle w:val="scresolutiontitle"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">TO </w:t>
           </w:r>
           <w:r w:rsidR="00DE63ED">
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>CONGRATULATE</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
-            <w:t xml:space="preserve"> THE SOUTH CAROLINA MORTICIANS ASSOCIATION FOR THE OUTSTANDING SERVICE THESE DEDICATED MORTUARY PROFESSIONALS PERFORM FOR THE CITIZENS OF THE PALMETTO STATE AND UPON THE ONE HUNDRETH ANNIVERSARY OF THEIR SIGNIFICANT WORK THROUGH THE ASSOCIATION.</w:t>
+            <w:t xml:space="preserve"> THE SOUTH CAROLINA </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r>
+            <w:rPr>
+              <w:caps w:val="0"/>
+            </w:rPr>
+            <w:t>MORTICIANS</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:caps w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> ASSOCIATION FOR THE OUTSTANDING SERVICE THESE DEDICATED MORTUARY PROFESSIONALS PERFORM FOR THE CITIZENS OF THE PALMETTO STATE AND UPON THE ONE HUNDRETH ANNIVERSARY OF THEIR SIGNIFICANT WORK THROUGH THE ASSOCIATION.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="0010776B" w:rsidP="00091FD9" w:rsidRDefault="0010776B" w14:paraId="48DB32D1" w14:textId="56627158">
       <w:pPr>
         <w:pStyle w:val="scresolutiontitle"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C3A19" w:rsidP="00084D53" w:rsidRDefault="008C3A19" w14:paraId="5C7CA9E3" w14:textId="1825AA8D">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_a5a60d4d8" w:id="1"/>
+      <w:bookmarkStart w:name="wa_a5a60d4d8" w:id="0"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00084D53">
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00084D53">
         <w:t>hereas,</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001347EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E561C5">
         <w:t xml:space="preserve">the South Carolina House of Representatives is pleased to learn that the South Carolina Morticians Association will celebrate </w:t>
       </w:r>
       <w:r w:rsidR="00404AB2">
         <w:t xml:space="preserve">ten </w:t>
       </w:r>
       <w:r w:rsidR="00E561C5">
         <w:t>decade</w:t>
       </w:r>
       <w:r w:rsidR="00404AB2">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E561C5">
         <w:t xml:space="preserve"> of meaningful service and compassionate assistance to families throughout our great State</w:t>
       </w:r>
       <w:r w:rsidRPr="00084D53">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C3A19" w:rsidP="00AF1A81" w:rsidRDefault="008C3A19" w14:paraId="69ECC539" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F935A0" w:rsidP="00084D53" w:rsidRDefault="00F935A0" w14:paraId="2EACEF40" w14:textId="2E6B1B4E">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_7cc1fe8b2" w:id="2"/>
+      <w:bookmarkStart w:name="wa_7cc1fe8b2" w:id="1"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>hereas,</w:t>
       </w:r>
       <w:r w:rsidR="001347EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC6120">
         <w:t xml:space="preserve">in 1924, E.N. Isom of Chester conceived the idea of an association of funeral homes owned by </w:t>
       </w:r>
       <w:r w:rsidR="00DE63ED">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00AC6120">
         <w:t>lack directors and shared his vision about possible benefits until a consensus grew</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F935A0" w:rsidP="00B31DA6" w:rsidRDefault="00F935A0" w14:paraId="16A4F864" w14:textId="4BF881AD">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008A7625" w:rsidP="00084D53" w:rsidRDefault="00F935A0" w14:paraId="4666F527" w14:textId="3E7F7FA2">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_718080f96" w:id="3"/>
+      <w:bookmarkStart w:name="wa_718080f96" w:id="2"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>here</w:t>
       </w:r>
       <w:r w:rsidR="008A7625">
         <w:t>as,</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001347EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC6120">
         <w:t xml:space="preserve">the first meeting was held </w:t>
       </w:r>
       <w:r w:rsidR="005C1E1B">
         <w:t xml:space="preserve">in 1925 </w:t>
       </w:r>
       <w:r w:rsidR="00AC6120">
         <w:t>at Zion Baptist Church in Columbia, and undertakers continued to meet under the direction of the Independent National Funeral Directors Association</w:t>
       </w:r>
       <w:r w:rsidR="008A7625">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A7625" w:rsidP="007720AC" w:rsidRDefault="008A7625" w14:paraId="251CC829" w14:textId="0705D188">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC6120" w:rsidP="00843D27" w:rsidRDefault="00AC6120" w14:paraId="27EBEB38" w14:textId="6EDFE004">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_6acb14905" w:id="4"/>
+      <w:bookmarkStart w:name="wa_6acb14905" w:id="3"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>hereas, from these meetings grew what was initially called the Colored Funeral Directors and Embalmers Association of South Carolina with Columbia’s Willis C. Johnson the first president; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC6120" w:rsidP="00843D27" w:rsidRDefault="00AC6120" w14:paraId="6DB594EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC6120" w:rsidP="00843D27" w:rsidRDefault="00061F9A" w14:paraId="3833B74C" w14:textId="4D8265CA">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="wa_980e95292" w:id="4"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>hereas, from these meetings grew what was initially called the Colored Funeral Directors and Embalmers Association of South Carolina with Columbia’s Willis C. Johnson the first president; and</w:t>
-[...17 lines deleted...]
-        <w:t>hereas, the first meeting attendees included Eugene Gadsden, Julius P.L. Fielding, Eddie C. Mi</w:t>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first meeting attendees included Eugene Gadsden, Julius P.L. Fielding, Eddie C. Mi</w:t>
       </w:r>
       <w:r w:rsidR="00404AB2">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kel, and Jacob G. Moultrie, all of Charleston; T.A. Williams and Pearl Williams of Newberry; E.A. Bythewood of Orangeburg; J.E. Spann of Chester; T.H. Pinckney of Columbia; A.A. Alston of Georgetown; and Edmund </w:t>
       </w:r>
       <w:r w:rsidR="00404AB2">
         <w:t xml:space="preserve">Perry </w:t>
       </w:r>
       <w:r>
         <w:t>Palmer of Sumter; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC6120" w:rsidP="00843D27" w:rsidRDefault="00AC6120" w14:paraId="2AE38B25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00061F9A" w:rsidP="00843D27" w:rsidRDefault="00061F9A" w14:paraId="05E94A3C" w14:textId="45E2B181">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_9fc0a3799" w:id="6"/>
+      <w:bookmarkStart w:name="wa_9fc0a3799" w:id="5"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>hereas, from the 1900s to the 1940s</w:t>
       </w:r>
       <w:r w:rsidR="00AB568F">
         <w:t>, the State Board of Embalmers allowed anyone to open a funeral home</w:t>
       </w:r>
       <w:r w:rsidR="00621A23">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00AB568F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00621A23">
         <w:t>provided</w:t>
       </w:r>
       <w:r w:rsidR="00AB568F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D74537">
         <w:t>they had a</w:t>
       </w:r>
       <w:r w:rsidR="00621A23">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB568F">
         <w:t xml:space="preserve">licensed embalmer, paving the way for </w:t>
       </w:r>
       <w:r w:rsidR="00DE63ED">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00AB568F">
         <w:t>lack entrepreneurs to become funeral home directors; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00061F9A" w:rsidP="00843D27" w:rsidRDefault="00061F9A" w14:paraId="6B5BAEBF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00061F9A" w:rsidP="00843D27" w:rsidRDefault="00330650" w14:paraId="7F66FAE1" w14:textId="641DB15A">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_045bca946" w:id="7"/>
+      <w:bookmarkStart w:name="wa_045bca946" w:id="6"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve">hereas, the number of </w:t>
       </w:r>
       <w:r w:rsidR="00DE63ED">
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">lack embalmers grew, and many more funeral homes were established through the 1940s and 1950s. From the 1950s to the 1970s, funeral directors served as business leaders in the community, </w:t>
       </w:r>
       <w:r w:rsidR="00DE63ED">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tate, and nation, and the association became a catalyst for social justice on the </w:t>
       </w:r>
       <w:r w:rsidR="00DE63ED">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>tate and national levels; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00061F9A" w:rsidP="00843D27" w:rsidRDefault="00061F9A" w14:paraId="2493159E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00330650" w:rsidP="00843D27" w:rsidRDefault="00330650" w14:paraId="4DD960D5" w14:textId="12335F03">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_de55b79e7" w:id="8"/>
+      <w:bookmarkStart w:name="wa_de55b79e7" w:id="7"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>hereas, under the leadership of Charles Mason, the association was renamed the South Carolina Morticians Association, Inc. (SCMA) during the 1960s and was divided into districts to allow closer contact among its members; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00330650" w:rsidP="00843D27" w:rsidRDefault="00330650" w14:paraId="05B31F43" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00330650" w:rsidP="00843D27" w:rsidRDefault="00330650" w14:paraId="29DBD454" w14:textId="655B7899">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="wa_05094d594" w:id="8"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>hereas, under the leadership of Charles Mason, the association was renamed the South Carolina Morticians Association, Inc. (SCMA) during the 1960s and was divided into districts to allow closer contact among its members; and</w:t>
-[...17 lines deleted...]
-        <w:t>hereas, South Carolina gained prominence when Richard Haile</w:t>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> South Carolina gained prominence when Richard Haile</w:t>
       </w:r>
       <w:r w:rsidR="00307229">
         <w:t xml:space="preserve"> Jr</w:t>
       </w:r>
       <w:r w:rsidR="00CD3A11">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00307229">
         <w:t xml:space="preserve"> of Camden was elected president of the National Funeral Directors and Morticians Association (NFDMA) in 1960, of which the SCMA is a member; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00330650" w:rsidP="00843D27" w:rsidRDefault="00330650" w14:paraId="0415CE21" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00330650" w:rsidP="00843D27" w:rsidRDefault="00307229" w14:paraId="50607ED3" w14:textId="5C5902C6">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_30095e746" w:id="10"/>
+      <w:bookmarkStart w:name="wa_30095e746" w:id="9"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> each year the SCMA hosts an annual convention, beginning the week after Mother’s Day, to elect state officers. A governor and secretary from each district serve on the state board of directors, and district officers manage their district’s affairs; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00330650" w:rsidP="00843D27" w:rsidRDefault="00330650" w14:paraId="653BC9A3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00307229" w:rsidP="00843D27" w:rsidRDefault="00307229" w14:paraId="78ADF0B8" w14:textId="30B1494D">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="wa_aa5d84322" w:id="10"/>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>hereas, each year the SCMA hosts an annual convention, beginning the week after Mother’s Day, to elect state officers. A governor and secretary from each district serve on the state board of directors, and district officers manage their district’s affairs; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00330650" w:rsidP="00843D27" w:rsidRDefault="00330650" w14:paraId="653BC9A3" w14:textId="77777777">
+        <w:t>hereas, the association’s legislative committee studies legislative matters affecting the profession, and the association holds frequent workshops and seminars to keep members informed about state funeral laws and regulations that help them remain compliant; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00307229" w:rsidP="00843D27" w:rsidRDefault="00307229" w14:paraId="2E01613B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00307229" w:rsidP="00843D27" w:rsidRDefault="00307229" w14:paraId="78ADF0B8" w14:textId="30B1494D">
+    <w:p w:rsidR="008A7625" w:rsidP="00843D27" w:rsidRDefault="008A7625" w14:paraId="44F28955" w14:textId="4650EF11">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_aa5d84322" w:id="11"/>
+      <w:bookmarkStart w:name="wa_9a5f7ae7d" w:id="11"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>hereas, the association’s legislative committee studies legislative matters affecting the profession, and the association holds frequent workshops and seminars to keep members informed about state funeral laws and regulations that help them remain compliant; and</w:t>
-[...16 lines deleted...]
-      <w:r>
         <w:t>hereas,</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001347EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00307229">
         <w:t>the South Carolina House of Representatives appreciates the distinguished and highly</w:t>
       </w:r>
       <w:r w:rsidR="008318C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00307229">
         <w:t xml:space="preserve">regarded contributions that the South Carolina Morticians Association and its members have made to this State and join with them in celebrating one hundred years of service to their communities.  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Now, </w:t>
       </w:r>
       <w:r w:rsidR="001347EE">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t>herefore,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="008A7625" w:rsidP="006B1590" w:rsidRDefault="008A7625" w14:paraId="24BB5989" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionbody"/>
@@ -1102,56 +1154,56 @@
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="0010776B">
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00040E43" w:rsidR="000F1901" w:rsidSect="00172455">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="504" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3DBD7254" w14:textId="77777777" w:rsidR="007C69B6" w:rsidRDefault="007C69B6" w:rsidP="009F0C77">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1CB5DFB1" w14:textId="77777777" w:rsidR="007C69B6" w:rsidRDefault="007C69B6" w:rsidP="009F0C77">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -1221,122 +1273,122 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66B0AE02" w14:textId="77777777" w:rsidR="00543DF3" w:rsidRDefault="00543DF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3A39827D" w14:textId="72893AF3" w:rsidR="007003E1" w:rsidRDefault="00065C46" w:rsidP="009C7F19">
+      <w:p w14:paraId="3A39827D" w14:textId="34C9921A" w:rsidR="007003E1" w:rsidRDefault="002D4FED" w:rsidP="009C7F19">
         <w:pPr>
           <w:pStyle w:val="scresolutionfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_bilname"/>
             <w:tag w:val="footer_bilname"/>
             <w:id w:val="-1274777444"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="004623E6">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00DB29DA">
+              <w:t>[4829]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="007003E1">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="-456485076"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00C8500C">
+            <w:r w:rsidR="00DB29DA">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0162HA-JAH25.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13547C9C" w14:textId="77777777" w:rsidR="00543DF3" w:rsidRDefault="00543DF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3F8783F7" w14:textId="77777777" w:rsidR="007C69B6" w:rsidRDefault="007C69B6" w:rsidP="009F0C77">
       <w:r>
         <w:separator/>
@@ -1488,51 +1540,52 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1463962865">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="74"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
@@ -1548,110 +1601,114 @@
     <w:rsidRoot w:val="00B9052D"/>
     <w:rsid w:val="00000859"/>
     <w:rsid w:val="00007116"/>
     <w:rsid w:val="00011869"/>
     <w:rsid w:val="00015CD6"/>
     <w:rsid w:val="00015DEE"/>
     <w:rsid w:val="00032E86"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="00061F9A"/>
     <w:rsid w:val="0008202C"/>
     <w:rsid w:val="000843D7"/>
     <w:rsid w:val="00084D53"/>
     <w:rsid w:val="00091FD9"/>
     <w:rsid w:val="00093E44"/>
     <w:rsid w:val="0009711F"/>
     <w:rsid w:val="00097234"/>
     <w:rsid w:val="00097C23"/>
     <w:rsid w:val="000C18FE"/>
     <w:rsid w:val="000C5BE4"/>
     <w:rsid w:val="000E0100"/>
     <w:rsid w:val="000E1785"/>
     <w:rsid w:val="000E546A"/>
     <w:rsid w:val="000F1901"/>
     <w:rsid w:val="000F2E49"/>
     <w:rsid w:val="000F40FA"/>
+    <w:rsid w:val="000F6F04"/>
     <w:rsid w:val="001035F1"/>
     <w:rsid w:val="0010776B"/>
+    <w:rsid w:val="00112F79"/>
     <w:rsid w:val="00133E66"/>
     <w:rsid w:val="001347EE"/>
     <w:rsid w:val="00135E91"/>
     <w:rsid w:val="00136B38"/>
     <w:rsid w:val="001373F6"/>
     <w:rsid w:val="001435A3"/>
     <w:rsid w:val="00146ED3"/>
     <w:rsid w:val="00151044"/>
     <w:rsid w:val="001528C5"/>
     <w:rsid w:val="00154398"/>
     <w:rsid w:val="001634DF"/>
     <w:rsid w:val="00172455"/>
     <w:rsid w:val="00187057"/>
     <w:rsid w:val="0019069A"/>
     <w:rsid w:val="001A022F"/>
     <w:rsid w:val="001A0A59"/>
     <w:rsid w:val="001A2C0B"/>
     <w:rsid w:val="001A72A6"/>
     <w:rsid w:val="001B3805"/>
     <w:rsid w:val="001C4F58"/>
     <w:rsid w:val="001D08F2"/>
     <w:rsid w:val="001D2A16"/>
     <w:rsid w:val="001D3A58"/>
     <w:rsid w:val="001D525B"/>
     <w:rsid w:val="001D68D8"/>
     <w:rsid w:val="001D74B4"/>
     <w:rsid w:val="001D7F4F"/>
     <w:rsid w:val="001F26B8"/>
     <w:rsid w:val="001F27AF"/>
     <w:rsid w:val="001F75F9"/>
     <w:rsid w:val="002017E6"/>
     <w:rsid w:val="002050E5"/>
     <w:rsid w:val="00205238"/>
     <w:rsid w:val="00211B4F"/>
     <w:rsid w:val="0021320A"/>
     <w:rsid w:val="00225E8E"/>
     <w:rsid w:val="002321B6"/>
     <w:rsid w:val="00232912"/>
     <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250967"/>
     <w:rsid w:val="002543C8"/>
     <w:rsid w:val="0025541D"/>
     <w:rsid w:val="002635C9"/>
     <w:rsid w:val="0026490E"/>
     <w:rsid w:val="002839A0"/>
     <w:rsid w:val="00284AAE"/>
     <w:rsid w:val="002B451A"/>
+    <w:rsid w:val="002D4FED"/>
     <w:rsid w:val="002D55D2"/>
     <w:rsid w:val="002E5912"/>
     <w:rsid w:val="002F4473"/>
     <w:rsid w:val="00301B21"/>
     <w:rsid w:val="00307229"/>
     <w:rsid w:val="00325348"/>
     <w:rsid w:val="0032732C"/>
     <w:rsid w:val="00330650"/>
     <w:rsid w:val="003321E4"/>
     <w:rsid w:val="00336AD0"/>
     <w:rsid w:val="00345455"/>
+    <w:rsid w:val="003510D9"/>
     <w:rsid w:val="003551F2"/>
     <w:rsid w:val="0036008C"/>
     <w:rsid w:val="003678EA"/>
     <w:rsid w:val="0037079A"/>
     <w:rsid w:val="003709E3"/>
     <w:rsid w:val="00385E1F"/>
     <w:rsid w:val="003955C9"/>
     <w:rsid w:val="003A4798"/>
     <w:rsid w:val="003A4F41"/>
     <w:rsid w:val="003B6617"/>
     <w:rsid w:val="003C4DAB"/>
     <w:rsid w:val="003D01E8"/>
     <w:rsid w:val="003D0BC2"/>
     <w:rsid w:val="003E4FDA"/>
     <w:rsid w:val="003E5288"/>
     <w:rsid w:val="003F6D79"/>
     <w:rsid w:val="003F6E8C"/>
     <w:rsid w:val="00404AB2"/>
     <w:rsid w:val="0041760A"/>
     <w:rsid w:val="00417C01"/>
     <w:rsid w:val="004252D4"/>
     <w:rsid w:val="00436096"/>
     <w:rsid w:val="004403BD"/>
     <w:rsid w:val="004414B8"/>
     <w:rsid w:val="00452F5E"/>
@@ -1663,71 +1720,74 @@
     <w:rsid w:val="004669F5"/>
     <w:rsid w:val="004710AF"/>
     <w:rsid w:val="00474165"/>
     <w:rsid w:val="004809EE"/>
     <w:rsid w:val="00483719"/>
     <w:rsid w:val="00495D9F"/>
     <w:rsid w:val="004B7339"/>
     <w:rsid w:val="004C7117"/>
     <w:rsid w:val="004E6EEF"/>
     <w:rsid w:val="004E7D54"/>
     <w:rsid w:val="00511974"/>
     <w:rsid w:val="00515976"/>
     <w:rsid w:val="0052116B"/>
     <w:rsid w:val="005273C6"/>
     <w:rsid w:val="005275A2"/>
     <w:rsid w:val="00530A69"/>
     <w:rsid w:val="00543DF3"/>
     <w:rsid w:val="00544C6E"/>
     <w:rsid w:val="00545593"/>
     <w:rsid w:val="00545C09"/>
     <w:rsid w:val="00551C74"/>
     <w:rsid w:val="00556EBF"/>
     <w:rsid w:val="0055760A"/>
     <w:rsid w:val="00564B96"/>
     <w:rsid w:val="0057560B"/>
+    <w:rsid w:val="005778C5"/>
     <w:rsid w:val="00577C6C"/>
     <w:rsid w:val="005834ED"/>
     <w:rsid w:val="00590C30"/>
     <w:rsid w:val="005A62FE"/>
     <w:rsid w:val="005C1E1B"/>
     <w:rsid w:val="005C2FE2"/>
     <w:rsid w:val="005D3091"/>
     <w:rsid w:val="005E2BC9"/>
     <w:rsid w:val="005E73FA"/>
     <w:rsid w:val="005F246D"/>
     <w:rsid w:val="00605102"/>
     <w:rsid w:val="006053F5"/>
     <w:rsid w:val="00611909"/>
     <w:rsid w:val="006124CB"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="006215AA"/>
     <w:rsid w:val="00621A23"/>
     <w:rsid w:val="00627DCA"/>
     <w:rsid w:val="00630EAF"/>
     <w:rsid w:val="00631560"/>
     <w:rsid w:val="00666E48"/>
     <w:rsid w:val="00670F2F"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rsid w:val="006913C9"/>
     <w:rsid w:val="0069470D"/>
     <w:rsid w:val="006A5483"/>
     <w:rsid w:val="006B1590"/>
     <w:rsid w:val="006B2536"/>
     <w:rsid w:val="006C6E41"/>
     <w:rsid w:val="006D58AA"/>
     <w:rsid w:val="006E4451"/>
     <w:rsid w:val="006E655C"/>
     <w:rsid w:val="006E69E6"/>
     <w:rsid w:val="007003E1"/>
     <w:rsid w:val="007070AD"/>
     <w:rsid w:val="00733210"/>
     <w:rsid w:val="00734F00"/>
     <w:rsid w:val="007352A5"/>
     <w:rsid w:val="0073631E"/>
     <w:rsid w:val="00736959"/>
     <w:rsid w:val="0074375C"/>
     <w:rsid w:val="00745659"/>
     <w:rsid w:val="00746A58"/>
     <w:rsid w:val="007573F4"/>
     <w:rsid w:val="007619D7"/>
     <w:rsid w:val="007720AC"/>
     <w:rsid w:val="00781DF8"/>
     <w:rsid w:val="007836CC"/>
@@ -1873,101 +1933,105 @@
     <w:rsid w:val="00C84BAD"/>
     <w:rsid w:val="00C8500C"/>
     <w:rsid w:val="00C92819"/>
     <w:rsid w:val="00C93C2C"/>
     <w:rsid w:val="00CA3BCF"/>
     <w:rsid w:val="00CC6B7B"/>
     <w:rsid w:val="00CD2089"/>
     <w:rsid w:val="00CD3A11"/>
     <w:rsid w:val="00CE4EE6"/>
     <w:rsid w:val="00CF44FA"/>
     <w:rsid w:val="00D1567E"/>
     <w:rsid w:val="00D22915"/>
     <w:rsid w:val="00D23909"/>
     <w:rsid w:val="00D31310"/>
     <w:rsid w:val="00D37AF8"/>
     <w:rsid w:val="00D55053"/>
     <w:rsid w:val="00D66B80"/>
     <w:rsid w:val="00D7279F"/>
     <w:rsid w:val="00D73A67"/>
     <w:rsid w:val="00D74537"/>
     <w:rsid w:val="00D8028D"/>
     <w:rsid w:val="00D81AB8"/>
     <w:rsid w:val="00D870BC"/>
     <w:rsid w:val="00D970A9"/>
     <w:rsid w:val="00DB1F5E"/>
+    <w:rsid w:val="00DB29DA"/>
     <w:rsid w:val="00DC47B1"/>
     <w:rsid w:val="00DD4BDB"/>
     <w:rsid w:val="00DD52D8"/>
     <w:rsid w:val="00DE63ED"/>
     <w:rsid w:val="00DF3845"/>
     <w:rsid w:val="00E071A0"/>
     <w:rsid w:val="00E07C6B"/>
     <w:rsid w:val="00E20BBA"/>
     <w:rsid w:val="00E2478B"/>
     <w:rsid w:val="00E32D96"/>
     <w:rsid w:val="00E41911"/>
     <w:rsid w:val="00E41E24"/>
     <w:rsid w:val="00E44B57"/>
     <w:rsid w:val="00E561C5"/>
     <w:rsid w:val="00E60211"/>
     <w:rsid w:val="00E658FD"/>
     <w:rsid w:val="00E92EEF"/>
     <w:rsid w:val="00E95B4E"/>
     <w:rsid w:val="00E97AB4"/>
     <w:rsid w:val="00EA150E"/>
     <w:rsid w:val="00EB0F12"/>
+    <w:rsid w:val="00EB327F"/>
     <w:rsid w:val="00EB463E"/>
     <w:rsid w:val="00ED2357"/>
     <w:rsid w:val="00EF0531"/>
     <w:rsid w:val="00EF1B6B"/>
     <w:rsid w:val="00EF2368"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00EF5F4D"/>
     <w:rsid w:val="00F018B0"/>
     <w:rsid w:val="00F02C5C"/>
     <w:rsid w:val="00F24442"/>
     <w:rsid w:val="00F42BA9"/>
     <w:rsid w:val="00F477DA"/>
     <w:rsid w:val="00F50AE3"/>
     <w:rsid w:val="00F511AD"/>
+    <w:rsid w:val="00F652E3"/>
     <w:rsid w:val="00F655B7"/>
     <w:rsid w:val="00F656BA"/>
     <w:rsid w:val="00F67CF1"/>
     <w:rsid w:val="00F7053B"/>
     <w:rsid w:val="00F728AA"/>
     <w:rsid w:val="00F840F0"/>
     <w:rsid w:val="00F91CB4"/>
     <w:rsid w:val="00F935A0"/>
     <w:rsid w:val="00FA0B1D"/>
     <w:rsid w:val="00FB0D0D"/>
     <w:rsid w:val="00FB43B4"/>
     <w:rsid w:val="00FB6B0B"/>
     <w:rsid w:val="00FB6FC2"/>
     <w:rsid w:val="00FB7E13"/>
     <w:rsid w:val="00FC1A69"/>
     <w:rsid w:val="00FC39D8"/>
+    <w:rsid w:val="00FE29E3"/>
     <w:rsid w:val="00FE52B6"/>
     <w:rsid w:val="00FF12FD"/>
     <w:rsid w:val="00FF2AE4"/>
     <w:rsid w:val="00FF4FE7"/>
     <w:rsid w:val="00FF6450"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -2357,1687 +2421,1689 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00683F5D"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00683F5D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BillDots">
     <w:name w:val="Bill Dots"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="right" w:leader="dot" w:pos="5904"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersforbills">
     <w:name w:val="Numbers for bills"/>
     <w:basedOn w:val="BillDots"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="5904"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionbythis">
     <w:name w:val="sc_house_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippageattorney">
     <w:name w:val="sc_house_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedate">
     <w:name w:val="sc_house_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocname">
     <w:name w:val="sc_house_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocpath">
     <w:name w:val="sc_house_resolution_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocumentname">
     <w:name w:val="sc_house_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedraftingassistant">
     <w:name w:val="sc_house_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagehouse">
     <w:name w:val="sc_house_resolution_clip_page_house"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagerep">
     <w:name w:val="sc_house_resolution_clip_page_rep"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutiontitle">
     <w:name w:val="sc_house_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionemptyline">
     <w:name w:val="sc_house_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionfurtherresolved">
     <w:name w:val="sc_house_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionheader">
     <w:name w:val="sc_house_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader1">
     <w:name w:val="sc_house_resolution_jacket_header_1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader2">
     <w:name w:val="sc_house_resolution_jacket_header_2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketintroduced">
     <w:name w:val="sc_house_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjackettitle">
     <w:name w:val="sc_house_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionresolved">
     <w:name w:val="sc_house_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionwhereas">
     <w:name w:val="sc_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionxx">
     <w:name w:val="sc_house_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BillDots0">
     <w:name w:val="BillDots"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="right" w:leader="dot" w:pos="5904"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbers">
     <w:name w:val="Numbers"/>
     <w:basedOn w:val="BillDots0"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="5904"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippagepath">
     <w:name w:val="sc_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresoattyda">
     <w:name w:val="sc_con_reso_atty_da"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresopath">
     <w:name w:val="sc_con_reso_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseconresolutionclippagerepdocumentname">
     <w:name w:val="sc_house_conresolution_clip_page_rep_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketcrfooter">
     <w:name w:val="sc_house_jacket_cr_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2970"/>
         <w:tab w:val="right" w:pos="5760"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagetitle">
     <w:name w:val="sc_house_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregattydadocno">
     <w:name w:val="sc_jrreg_atty_da_docno"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregdeliverto">
     <w:name w:val="sc_jrreg_deliverto"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregdirector">
     <w:name w:val="sc_jrreg_director"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1656"/>
         <w:tab w:val="left" w:pos="1872"/>
         <w:tab w:val="left" w:pos="2088"/>
         <w:tab w:val="left" w:pos="2304"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2736"/>
         <w:tab w:val="left" w:pos="2952"/>
         <w:tab w:val="left" w:pos="3168"/>
         <w:tab w:val="left" w:pos="3384"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="3816"/>
         <w:tab w:val="left" w:pos="4032"/>
         <w:tab w:val="left" w:pos="4248"/>
         <w:tab w:val="left" w:pos="4464"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="4896"/>
         <w:tab w:val="left" w:pos="5112"/>
         <w:tab w:val="left" w:pos="5328"/>
         <w:tab w:val="left" w:pos="5544"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scjrregdocpath">
     <w:name w:val="sc_jrreg_doc_path"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregfooter">
     <w:name w:val="sc_jrreg_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregjacketattydadocno">
     <w:name w:val="sc_jrreg_jacket_atty_da_docno"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrreglegcongensc">
     <w:name w:val="sc_jrreg_legcon_gen_sc"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1656"/>
         <w:tab w:val="left" w:pos="1872"/>
         <w:tab w:val="left" w:pos="2088"/>
         <w:tab w:val="left" w:pos="2304"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2736"/>
         <w:tab w:val="left" w:pos="2952"/>
         <w:tab w:val="left" w:pos="3168"/>
         <w:tab w:val="left" w:pos="3384"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="3816"/>
         <w:tab w:val="left" w:pos="4032"/>
         <w:tab w:val="left" w:pos="4248"/>
         <w:tab w:val="left" w:pos="4464"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="4896"/>
         <w:tab w:val="left" w:pos="5112"/>
         <w:tab w:val="left" w:pos="5328"/>
         <w:tab w:val="left" w:pos="5544"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregofthe">
     <w:name w:val="sc_jrreg_ofthe"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1656"/>
         <w:tab w:val="left" w:pos="1872"/>
         <w:tab w:val="left" w:pos="2088"/>
         <w:tab w:val="left" w:pos="2304"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2736"/>
         <w:tab w:val="left" w:pos="2952"/>
         <w:tab w:val="left" w:pos="3168"/>
         <w:tab w:val="left" w:pos="3384"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="3816"/>
         <w:tab w:val="left" w:pos="4032"/>
         <w:tab w:val="left" w:pos="4248"/>
         <w:tab w:val="left" w:pos="4464"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="4896"/>
         <w:tab w:val="left" w:pos="5112"/>
         <w:tab w:val="left" w:pos="5328"/>
         <w:tab w:val="left" w:pos="5544"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregpromulgating">
     <w:name w:val="sc_jrreg_promulgating"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregproofread">
     <w:name w:val="sc_jrreg_proofread"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregproofreadhouse">
     <w:name w:val="sc_jrreg_proofread_house"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregsection">
     <w:name w:val="sc_jrreg_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregsummary">
     <w:name w:val="sc_jrreg_summary"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionbody">
     <w:name w:val="sc_resolution_body"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionclippagebottom">
     <w:name w:val="sc_resolution_clip_page_bottom"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionemptyline">
     <w:name w:val="sc_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionfooter">
     <w:name w:val="sc_resolution_footer"/>
     <w:link w:val="scresolutionfooterChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4464"/>
         <w:tab w:val="right" w:pos="8928"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scresolutionfooterChar">
     <w:name w:val="sc_resolution_footer Char"/>
     <w:basedOn w:val="FooterChar"/>
     <w:link w:val="scresolutionfooter"/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionheader">
     <w:name w:val="sc_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutiontitle">
     <w:name w:val="sc_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionxx">
     <w:name w:val="sc_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbody">
     <w:name w:val="sc_senate_resolution_body"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagebottom">
     <w:name w:val="sc_senate_resolution_clip_page_bottom"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagerepdocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_rep_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionxx">
     <w:name w:val="sc_senate_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionmembers">
     <w:name w:val="sc_resolution_members"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnowthereforebold">
     <w:name w:val="sc_now_therefore_bold"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scbillheader1">
     <w:name w:val="sc_bill_header1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scresolutionbody1">
     <w:name w:val="sc_resolution_body1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="007C72ED"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="00B6583B"/>
+    <w:rsid w:val="00683F5D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003955C9"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
@@ -4051,51 +4117,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640332376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4829&amp;session=126&amp;summary=B" TargetMode="External" Id="R267200bc478147be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4829_20260114.docx" TargetMode="External" Id="R536819625f3942f1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4829&amp;session=126&amp;summary=B" TargetMode="External" Id="Rb32edd0c243b42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4829_20260114.docx" TargetMode="External" Id="R78a181aa44bc47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="Re7237ae5be8047fd" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{26EE2598-44E2-4722-B5EC-2894FBD4C1DF}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4182,69 +4248,71 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0072205F"/>
     <w:rsid w:val="00174066"/>
     <w:rsid w:val="00212BEF"/>
     <w:rsid w:val="002A3D45"/>
     <w:rsid w:val="00362988"/>
     <w:rsid w:val="00460640"/>
     <w:rsid w:val="004D1BF3"/>
     <w:rsid w:val="00573513"/>
     <w:rsid w:val="00590C30"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="0072205F"/>
     <w:rsid w:val="00804B1A"/>
     <w:rsid w:val="008228BC"/>
     <w:rsid w:val="008E5F4F"/>
     <w:rsid w:val="00900F83"/>
     <w:rsid w:val="00A22407"/>
     <w:rsid w:val="00AA6F82"/>
     <w:rsid w:val="00AA7998"/>
     <w:rsid w:val="00B64F5E"/>
     <w:rsid w:val="00BE097C"/>
     <w:rsid w:val="00DD52D8"/>
     <w:rsid w:val="00E216F6"/>
     <w:rsid w:val="00EA266C"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EB6DDA"/>
     <w:rsid w:val="00EE2B2C"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F51374"/>
     <w:rsid w:val="00F87613"/>
+    <w:rsid w:val="00FE29E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -4956,139 +5024,123 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <CHAMBER_DISPLAY>House of Representatives</CHAMBER_DISPLAY>
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>e48824b9-acfa-403f-9543-72b336c61f4e</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
   <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2025</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>c250720d-790a-4d8e-bc56-2c488c2e46e1</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>bcc01ce0-dd15-43bb-93ab-50bd6d126aa2</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>25909b71-222c-465e-9973-d6a3c1474c91</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4829]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4829</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO CONGRATULATE THE SOUTH CAROLINA MORTICIANS ASSOCIATION FOR THE OUTSTANDING SERVICE THESE DEDICATED MORTUARY PROFESSIONALS PERFORM FOR THE CITIZENS OF THE PALMETTO STATE AND UPON THE ONE HUNDRETH ANNIVERSARY OF THEIR SIGNIFICANT WORK THROUGH THE ASSOCIATION.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>resolution</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SUBJECT>Morticians Association, Inc.- A Living Monument to the Black Morticians in SC</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>heatheranderson@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
   <T_BILL_UR_RESOLUTIONWRITER>janetholland@scstatehouse.gov</T_BILL_UR_RESOLUTIONWRITER>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5306,133 +5358,122 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C2DBA5A-1D8D-4A29-989E-3F205D804480}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2CA695-B56D-4CF9-BFF5-DB7EB05A4E62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C2DBA5A-1D8D-4A29-989E-3F205D804480}">
-[...6 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA777AE3-0388-4B49-9F30-FB3B0EF41B07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>575</Words>
-  <Characters>3244</Characters>
+  <Words>570</Words>
+  <Characters>3217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>73</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LPITS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3798</CharactersWithSpaces>
+  <CharactersWithSpaces>3769</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Chris Charlton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
@@ -5442,27 +5483,36 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SourceUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_SharedFileIndex">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="GUID">
     <vt:lpwstr>1bc21e14-c4e3-4eea-9931-e7023cfc5a59</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>