--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -172,51 +172,65 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the House on January 14, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 15, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adopted by the General Assembly on January 15, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: State of the State Address</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -298,75 +312,141 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced, adopted, sent to Senate
- </w:t>
+        <w:t xml:space="preserve">Introduced, adopted, sent to Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Re19130682ebc4afa">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 87</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/15/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced, adopted, returned with concurrence</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R75fbc19e7c234baf">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R5a490e41ae13463a">
+      <w:hyperlink r:id="R530d1238f49c400e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -384,51 +464,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Raac052b639744b7c">
+      <w:hyperlink r:id="R00cdc0a2e61740f8">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -735,51 +815,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6AABA87D" w14:textId="77777777" w:rsidR="00956C29" w:rsidRDefault="00956C29">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5EBA03DC" w14:textId="271CD5F9" w:rsidR="005955A6" w:rsidRDefault="00FA283D" w:rsidP="005955A6">
+  <w:p w14:paraId="5EBA03DC" w14:textId="271CD5F9" w:rsidR="005955A6" w:rsidRDefault="008D636E" w:rsidP="005955A6">
     <w:pPr>
       <w:pStyle w:val="scresolutionfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="1797722414"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="0067766B">
           <w:t>[4917]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="005955A6">
       <w:tab/>
     </w:r>
@@ -1131,60 +1211,62 @@
     <w:rsid w:val="003B4A31"/>
     <w:rsid w:val="003C4DAB"/>
     <w:rsid w:val="003D01E8"/>
     <w:rsid w:val="003E5288"/>
     <w:rsid w:val="003F6D79"/>
     <w:rsid w:val="00411410"/>
     <w:rsid w:val="0041760A"/>
     <w:rsid w:val="00417C01"/>
     <w:rsid w:val="004252D4"/>
     <w:rsid w:val="00433663"/>
     <w:rsid w:val="00436096"/>
     <w:rsid w:val="004403BD"/>
     <w:rsid w:val="00461441"/>
     <w:rsid w:val="00474ED4"/>
     <w:rsid w:val="004809EE"/>
     <w:rsid w:val="00494085"/>
     <w:rsid w:val="004A0F8F"/>
     <w:rsid w:val="004A2505"/>
     <w:rsid w:val="004D63AC"/>
     <w:rsid w:val="004D7389"/>
     <w:rsid w:val="004E7D54"/>
     <w:rsid w:val="00510BBD"/>
     <w:rsid w:val="005273C6"/>
     <w:rsid w:val="005275A2"/>
     <w:rsid w:val="00530A69"/>
+    <w:rsid w:val="005362CC"/>
     <w:rsid w:val="00545593"/>
     <w:rsid w:val="00545C09"/>
     <w:rsid w:val="00551C74"/>
     <w:rsid w:val="00556EBF"/>
     <w:rsid w:val="0055760A"/>
     <w:rsid w:val="00565028"/>
     <w:rsid w:val="00574EC5"/>
     <w:rsid w:val="0057560B"/>
     <w:rsid w:val="00577C6C"/>
     <w:rsid w:val="005834ED"/>
+    <w:rsid w:val="00584445"/>
     <w:rsid w:val="00591EDD"/>
     <w:rsid w:val="005955A6"/>
     <w:rsid w:val="00597B6E"/>
     <w:rsid w:val="005A62FE"/>
     <w:rsid w:val="005C2FE2"/>
     <w:rsid w:val="005C7500"/>
     <w:rsid w:val="005E2BC9"/>
     <w:rsid w:val="00605102"/>
     <w:rsid w:val="00611909"/>
     <w:rsid w:val="00621421"/>
     <w:rsid w:val="006215AA"/>
     <w:rsid w:val="006266D1"/>
     <w:rsid w:val="00634744"/>
     <w:rsid w:val="006419F9"/>
     <w:rsid w:val="00656749"/>
     <w:rsid w:val="00663F2C"/>
     <w:rsid w:val="00666E48"/>
     <w:rsid w:val="00671C4D"/>
     <w:rsid w:val="0067766B"/>
     <w:rsid w:val="00681C97"/>
     <w:rsid w:val="00685C84"/>
     <w:rsid w:val="006913C9"/>
     <w:rsid w:val="0069470D"/>
     <w:rsid w:val="006B2EA0"/>
     <w:rsid w:val="006C05B4"/>
@@ -1198,50 +1280,51 @@
     <w:rsid w:val="00781DF8"/>
     <w:rsid w:val="00787728"/>
     <w:rsid w:val="007917CE"/>
     <w:rsid w:val="007A0888"/>
     <w:rsid w:val="007A1AE8"/>
     <w:rsid w:val="007A70AE"/>
     <w:rsid w:val="007E01B6"/>
     <w:rsid w:val="007F6D64"/>
     <w:rsid w:val="007F7D1C"/>
     <w:rsid w:val="00800D17"/>
     <w:rsid w:val="0080793D"/>
     <w:rsid w:val="00825CE1"/>
     <w:rsid w:val="00835E3C"/>
     <w:rsid w:val="008362E8"/>
     <w:rsid w:val="0085786E"/>
     <w:rsid w:val="008833A1"/>
     <w:rsid w:val="00893BFE"/>
     <w:rsid w:val="008A1768"/>
     <w:rsid w:val="008A489F"/>
     <w:rsid w:val="008A567B"/>
     <w:rsid w:val="008A6483"/>
     <w:rsid w:val="008B4AC4"/>
     <w:rsid w:val="008B7957"/>
     <w:rsid w:val="008C145E"/>
     <w:rsid w:val="008D05D1"/>
+    <w:rsid w:val="008D636E"/>
     <w:rsid w:val="008E1DCA"/>
     <w:rsid w:val="008E6168"/>
     <w:rsid w:val="008F0F33"/>
     <w:rsid w:val="008F4429"/>
     <w:rsid w:val="009059FF"/>
     <w:rsid w:val="0094021A"/>
     <w:rsid w:val="00955AE0"/>
     <w:rsid w:val="00956C29"/>
     <w:rsid w:val="009B44AF"/>
     <w:rsid w:val="009C6A0B"/>
     <w:rsid w:val="009C7137"/>
     <w:rsid w:val="009F0C77"/>
     <w:rsid w:val="009F4DD1"/>
     <w:rsid w:val="009F5DAB"/>
     <w:rsid w:val="00A02543"/>
     <w:rsid w:val="00A0422B"/>
     <w:rsid w:val="00A41684"/>
     <w:rsid w:val="00A477AA"/>
     <w:rsid w:val="00A50395"/>
     <w:rsid w:val="00A64E80"/>
     <w:rsid w:val="00A72BCD"/>
     <w:rsid w:val="00A74015"/>
     <w:rsid w:val="00A741D9"/>
     <w:rsid w:val="00A833AB"/>
     <w:rsid w:val="00A9569D"/>
@@ -1763,1122 +1846,1122 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BillDots">
     <w:name w:val="Bill Dots"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="right" w:leader="dot" w:pos="5904"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersforbills">
     <w:name w:val="Numbers for bills"/>
     <w:basedOn w:val="BillDots"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="5904"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionbythis">
     <w:name w:val="sc_house_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippageattorney">
     <w:name w:val="sc_house_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedate">
     <w:name w:val="sc_house_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocname">
     <w:name w:val="sc_house_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocpath">
     <w:name w:val="sc_house_resolution_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocumentname">
     <w:name w:val="sc_house_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedraftingassistant">
     <w:name w:val="sc_house_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagehouse">
     <w:name w:val="sc_house_resolution_clip_page_house"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagerep">
     <w:name w:val="sc_house_resolution_clip_page_rep"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagetitle">
     <w:name w:val="sc_house_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionemptyline">
     <w:name w:val="sc_house_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionfurtherresolved">
     <w:name w:val="sc_house_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionheader">
     <w:name w:val="sc_house_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader1">
     <w:name w:val="sc_house_resolution_jacket_header_1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader2">
     <w:name w:val="sc_house_resolution_jacket_header_2"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketintroduced">
     <w:name w:val="sc_house_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjackettitle">
     <w:name w:val="sc_house_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionresolved">
     <w:name w:val="sc_house_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionwhereas">
     <w:name w:val="sc_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionxx">
     <w:name w:val="sc_house_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresoattyda">
     <w:name w:val="sc_con_reso_atty_da"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresopath">
     <w:name w:val="sc_con_reso_path"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketcrfooter">
     <w:name w:val="sc_house_jacket_cr_footer"/>
     <w:basedOn w:val="Footer"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="2970"/>
         <w:tab w:val="right" w:pos="5760"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionbody">
     <w:name w:val="sc_resolution_body"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionemptyline">
     <w:name w:val="sc_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionfooter">
     <w:name w:val="sc_resolution_footer"/>
     <w:link w:val="scresolutionfooterChar"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4464"/>
         <w:tab w:val="right" w:pos="8928"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scresolutionfooterChar">
     <w:name w:val="sc_resolution_footer Char"/>
     <w:basedOn w:val="FooterChar"/>
     <w:link w:val="scresolutionfooter"/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionheader">
     <w:name w:val="sc_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutiontitle">
     <w:name w:val="sc_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionxx">
     <w:name w:val="sc_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagebottom">
     <w:name w:val="sc_senate_resolution_clip_page_bottom"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagerepdocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_rep_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionxx">
     <w:name w:val="sc_senate_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionmembers">
     <w:name w:val="sc_resolution_members"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnowthereforebold">
     <w:name w:val="sc_now_therefore_bold"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F045E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="0067766B"/>
+    <w:rsid w:val="005362CC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="796025381">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -2893,51 +2976,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640332376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4917&amp;session=126&amp;summary=B" TargetMode="External" Id="R5a490e41ae13463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4917_20260114.docx" TargetMode="External" Id="Raac052b639744b7c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4917&amp;session=126&amp;summary=B" TargetMode="External" Id="R530d1238f49c400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4917_20260114.docx" TargetMode="External" Id="R00cdc0a2e61740f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="Re19130682ebc4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260115.docx" TargetMode="External" Id="R75fbc19e7c234baf" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BFC54648-E09E-4B99-B8A6-426F1FBAAFC6}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -3799,118 +3882,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...44 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -4127,93 +4159,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>9dc4ec4d-08da-4b78-9c0f-e784d1260cde</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>True</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-15</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>cf9ae68a-fa8e-487d-962b-4f3a5905c32a</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>675b64e8-d9b0-46d0-8643-dcb80b630625</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>11e939ed-0312-4575-a187-e88c27ce0499</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4917]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4917</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>INVITING HIS EXCELLENCY, HENRY DARGAN MCMASTER, GOVERNOR OF THE STATE OF SOUTH CAROLINA, TO ADDRESS THE GENERAL ASSEMBLY IN JOINT SESSION AT 7:00 P.M. ON WEDNESDAY, JANUARY 28, 2026, IN THE CHAMBER OF THE SOUTH CAROLINA HOUSE OF REPRESENTATIVES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>concurrent_resolution</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SUBJECT>State of the State Address</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+  <T_BILL_UR_RESOLUTIONWRITER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_RESOLUTIONWRITER>
+</lwb360Metadata>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C2DBA5A-1D8D-4A29-989E-3F205D804480}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2CA695-B56D-4CF9-BFF5-DB7EB05A4E62}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E278750E-321C-4C45-863D-A55A1699A468}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2CA695-B56D-4CF9-BFF5-DB7EB05A4E62}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C2DBA5A-1D8D-4A29-989E-3F205D804480}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>97</Words>
   <Characters>520</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
@@ -4253,27 +4337,36 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>63b20108-0c9e-4d7d-ba6e-5b904db90f53</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>