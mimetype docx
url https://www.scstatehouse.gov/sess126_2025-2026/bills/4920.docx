--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -173,59 +174,65 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the House on January 14, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Introduced in the Senate on February 4, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Invitations and Memorial Resolutions</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Mayor Pat G. Smith Memorial Road</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +352,316 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Invitations and Memorial Resolutions</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Invitations and Memorial Resolutions</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rca3cb875e93f437b">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Adopted, sent to Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc192167dcee74ef2">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R65c539e0de154b92">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transportation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rdcefaaf026de48c5">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recalled from Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transportation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb254d6c2a86d4216">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rf405e712a2b44565">
+      <w:hyperlink r:id="R308138a78ba34f5a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +679,407 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Ra4e9dcea01f74819">
+      <w:hyperlink r:id="R3c044984dfb54e1a">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R1854d21631264917">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/29/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Refe64761480249e2">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/05/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="008A567B" w:rsidR="002F4473" w:rsidP="006956AC" w:rsidRDefault="002F4473" w14:paraId="48DB32C6" w14:textId="267F2513">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00342AFB" w14:paraId="6A7B9DBD" w14:textId="04AE3A23">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstatus"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="status"/>
+          <w:tag w:val="status"/>
+          <w:id w:val="854397200"/>
+          <w:placeholder>
+            <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00043E46">
+            <w:t>Recalled</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="235F47EF" w14:textId="02F50AB8">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 5, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="1957615C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="483ECF7A" w14:textId="4CA1ABE6">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 4920</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="2CAA58FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="1E2470F9" w14:textId="6898FB00">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Rep.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Caskey</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="770EC77C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00342AFB" w14:paraId="0D07E7BF" w14:textId="68D7FD0A">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00043E46">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00043E46">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00043E46">
+            <w:t>2/5/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00043E46">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00043E46">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00043E46">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="03523C11" w14:textId="11A5BA6A">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>February 4, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="04D71C11" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00383277" w14:paraId="311CAB0C" w14:textId="3C16BC18">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="37B78FBC" w14:textId="524DD031">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00043E46" w:rsidSect="00043E46">
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00043E46" w:rsidP="00043E46" w:rsidRDefault="00043E46" w14:paraId="1811F2C5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008A567B" w:rsidR="002F4473" w:rsidP="006956AC" w:rsidRDefault="002F4473" w14:paraId="48DB32C7" w14:textId="76BE0132">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008A567B" w:rsidR="002F4473" w:rsidP="006956AC" w:rsidRDefault="002F4473" w14:paraId="48DB32C8" w14:textId="7240DD50">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008A567B" w:rsidR="002F4473" w:rsidP="006956AC" w:rsidRDefault="002F4473" w14:paraId="48DB32C9" w14:textId="3D773389">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008A567B" w:rsidR="002F4473" w:rsidP="006956AC" w:rsidRDefault="002F4473" w14:paraId="48DB32CA" w14:textId="2100D0C9">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008A567B" w:rsidR="002F4473" w:rsidP="006956AC" w:rsidRDefault="002F4473" w14:paraId="48DB32CB" w14:textId="37566378">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -784,61 +1343,57 @@
     <w:p w:rsidR="00591EDD" w:rsidP="00591EDD" w:rsidRDefault="00415BD2" w14:paraId="4A4BA584" w14:textId="5DDF0EFD">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_422f17c8b" w:id="4"/>
       <w:r w:rsidRPr="00415BD2">
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00415BD2">
         <w:t xml:space="preserve">hereas, </w:t>
       </w:r>
       <w:r>
         <w:t>during his lifetime</w:t>
       </w:r>
       <w:r w:rsidRPr="00415BD2">
         <w:t xml:space="preserve">, Smith </w:t>
       </w:r>
       <w:r>
         <w:t>was the recipient of numerous honors, among them</w:t>
       </w:r>
       <w:r w:rsidRPr="00415BD2">
         <w:t xml:space="preserve"> the Richard M. Kuffel Award for Excellence in Education and the Order of the Palmetto, South Carolina’s highest civilian honor, presented in recognition of a lifetime of extraordinary achievement, service, and contributions on a national or statewide scale; and</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F103C4" w:rsidP="00591EDD" w:rsidRDefault="00F103C4" w14:paraId="53FB5C36" w14:textId="77777777">
-[...3 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00F103C4" w:rsidP="00591EDD" w:rsidRDefault="00F103C4" w14:paraId="47013BE2" w14:textId="3308F7F4">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
       <w:bookmarkStart w:name="wa_cb000db22" w:id="5"/>
       <w:r w:rsidRPr="00F103C4">
+        <w:lastRenderedPageBreak/>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00F103C4">
         <w:t xml:space="preserve">hereas, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a devoted family man, Pat and Rosalie </w:t>
       </w:r>
       <w:r w:rsidRPr="00F103C4">
         <w:t>enjoyed sharing their blessings with others, grateful to God for their forty‑seven wonderful years together</w:t>
       </w:r>
       <w:r>
         <w:t>. They especially cherished time spent with</w:t>
       </w:r>
       <w:r w:rsidRPr="00F103C4">
         <w:t xml:space="preserve"> their nieces and nephews, routinely celebrating baptisms, dance recitals, graduations, summer excursions, Christmas parties, weddings, and births at their home. Once, they even hosted dinner for the entire Lees‑McRae College tennis team. Little else surpassed the joy those remarkable young people brought to his life; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00767CC2" w:rsidP="00591EDD" w:rsidRDefault="00767CC2" w14:paraId="7310782A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00591EDD" w:rsidR="00767CC2" w:rsidP="00591EDD" w:rsidRDefault="00767CC2" w14:paraId="76A87A78" w14:textId="47064BAB">
@@ -1087,56 +1642,56 @@
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="008A567B">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="008A567B">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="008A567B">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="008A567B" w:rsidR="0010776B">
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="008A567B">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="008A567B">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="008A567B">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="008A567B" w:rsidR="000F1901" w:rsidSect="00B66444">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="504" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4CE680E9" w14:textId="77777777" w:rsidR="00494085" w:rsidRDefault="00494085" w:rsidP="009F0C77">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="20179A34" w14:textId="77777777" w:rsidR="00494085" w:rsidRDefault="00494085" w:rsidP="009F0C77">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -1163,147 +1718,220 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6AABA87D" w14:textId="77777777" w:rsidR="00956C29" w:rsidRDefault="00956C29">
-[...2 lines deleted...]
-    </w:pPr>
+  <w:p w14:paraId="039B3062" w14:textId="332CF3A5" w:rsidR="00043E46" w:rsidRPr="00BC78CD" w:rsidRDefault="00043E46" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>4920</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="2114772052"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5EBA03DC" w14:textId="244A16C1" w:rsidR="005955A6" w:rsidRDefault="0094474C" w:rsidP="005955A6">
+  <w:p w14:paraId="6AABA87D" w14:textId="77777777" w:rsidR="00956C29" w:rsidRDefault="00956C29">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5EBA03DC" w14:textId="15D98B2A" w:rsidR="005955A6" w:rsidRDefault="00342AFB" w:rsidP="005955A6">
     <w:pPr>
       <w:pStyle w:val="scresolutionfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="1797722414"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
-          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          <w:docPart w:val="F897374032BA4132B4AA3E2EF1DC5685"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00FF6BC3">
-          <w:t>[...]</w:t>
+        <w:r w:rsidR="00A260F7">
+          <w:t>[4920]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="005955A6">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="005955A6">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="005955A6">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="005955A6">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005955A6">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="005955A6">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00206003">
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_filename"/>
         <w:tag w:val="footer_filename"/>
         <w:id w:val="417294716"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
-          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          <w:docPart w:val="F897374032BA4132B4AA3E2EF1DC5685"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00313F1F">
-          <w:t>LC-0419CM-GT26.docx</w:t>
+        <w:r w:rsidR="00A260F7">
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5791DF16" w14:textId="77777777" w:rsidR="00956C29" w:rsidRDefault="00956C29">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6949BBB7" w14:textId="77777777" w:rsidR="00494085" w:rsidRDefault="00494085" w:rsidP="009F0C77">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1344EEA0" w14:textId="77777777" w:rsidR="00494085" w:rsidRDefault="00494085" w:rsidP="009F0C77">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
@@ -1324,50 +1952,245 @@
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="592DD10D" w14:textId="77777777" w:rsidR="00956C29" w:rsidRDefault="00956C29">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D172868" w14:textId="77777777" w:rsidR="00956C29" w:rsidRDefault="00956C29">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="51B281FE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="77625264"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="BA281A3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4DECDAD0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2D4870A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="0F74288C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="93C2E260"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="0C72C71A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="25C0A5F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="218A264A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="259F04B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFFCC4F4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1437,203 +2260,240 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="517277670">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1986934040">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="950285715">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1258447293">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1935549879">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="610552633">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1027565665">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="726955640">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1169758781">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="771172025">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1109004506">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="Body" w:val="h"/>
     <w:docVar w:name="ClipName" w:val="1049ZW21"/>
     <w:docVar w:name="CoverBillType" w:val="r"/>
     <w:docVar w:name="DocPath" w:val="L:\Council\bills\RM\1049ZW21.DOCX"/>
     <w:docVar w:name="dvSteno" w:val="RM"/>
     <w:docVar w:name="NameofBody" w:val="h"/>
     <w:docVar w:name="vGroup2" w:val="Council"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00B9052D"/>
     <w:rsid w:val="00007116"/>
     <w:rsid w:val="00011869"/>
     <w:rsid w:val="0001305E"/>
     <w:rsid w:val="00015CD6"/>
     <w:rsid w:val="000218A8"/>
     <w:rsid w:val="00032C17"/>
     <w:rsid w:val="00032E86"/>
     <w:rsid w:val="00036613"/>
+    <w:rsid w:val="00042267"/>
+    <w:rsid w:val="00043E46"/>
     <w:rsid w:val="00076E26"/>
     <w:rsid w:val="00096C6C"/>
     <w:rsid w:val="00097234"/>
     <w:rsid w:val="00097C23"/>
     <w:rsid w:val="000A53B4"/>
     <w:rsid w:val="000A641D"/>
     <w:rsid w:val="000B65D2"/>
     <w:rsid w:val="000D1C4F"/>
     <w:rsid w:val="000E0100"/>
     <w:rsid w:val="000E1785"/>
     <w:rsid w:val="000F045E"/>
     <w:rsid w:val="000F1901"/>
     <w:rsid w:val="000F2E49"/>
     <w:rsid w:val="000F40FA"/>
     <w:rsid w:val="001035F1"/>
     <w:rsid w:val="00104752"/>
     <w:rsid w:val="0010776B"/>
     <w:rsid w:val="00110EDC"/>
     <w:rsid w:val="00111693"/>
     <w:rsid w:val="00115FB0"/>
     <w:rsid w:val="00133E66"/>
     <w:rsid w:val="001435A3"/>
     <w:rsid w:val="00146ED3"/>
     <w:rsid w:val="00151044"/>
     <w:rsid w:val="001734E7"/>
     <w:rsid w:val="00177C51"/>
+    <w:rsid w:val="001803A0"/>
     <w:rsid w:val="00183579"/>
     <w:rsid w:val="001A022F"/>
     <w:rsid w:val="001A7F04"/>
     <w:rsid w:val="001B2B2F"/>
     <w:rsid w:val="001C27EE"/>
     <w:rsid w:val="001C5986"/>
     <w:rsid w:val="001C6E2D"/>
     <w:rsid w:val="001D08F2"/>
     <w:rsid w:val="001D3A58"/>
     <w:rsid w:val="001D525B"/>
     <w:rsid w:val="001D68D8"/>
     <w:rsid w:val="001D7B0F"/>
     <w:rsid w:val="001D7F4F"/>
     <w:rsid w:val="001F635C"/>
     <w:rsid w:val="001F6DD1"/>
     <w:rsid w:val="002017E6"/>
     <w:rsid w:val="00203A6C"/>
     <w:rsid w:val="00205238"/>
     <w:rsid w:val="00206003"/>
     <w:rsid w:val="00211B4F"/>
     <w:rsid w:val="00225C60"/>
     <w:rsid w:val="002321B6"/>
     <w:rsid w:val="00232912"/>
     <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250967"/>
     <w:rsid w:val="002543C8"/>
     <w:rsid w:val="0025541D"/>
     <w:rsid w:val="00275D16"/>
     <w:rsid w:val="00284AAE"/>
     <w:rsid w:val="002A3211"/>
     <w:rsid w:val="002B0837"/>
     <w:rsid w:val="002B51E2"/>
     <w:rsid w:val="002C2F4E"/>
     <w:rsid w:val="002D241B"/>
     <w:rsid w:val="002D55D2"/>
     <w:rsid w:val="002E5912"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="002F3C96"/>
     <w:rsid w:val="002F4473"/>
     <w:rsid w:val="00301B21"/>
     <w:rsid w:val="00313F1F"/>
     <w:rsid w:val="003213C6"/>
     <w:rsid w:val="00325348"/>
     <w:rsid w:val="0032732C"/>
     <w:rsid w:val="00336AD0"/>
+    <w:rsid w:val="00342AFB"/>
     <w:rsid w:val="00347376"/>
     <w:rsid w:val="0037079A"/>
+    <w:rsid w:val="00383277"/>
     <w:rsid w:val="00386AE9"/>
     <w:rsid w:val="003A25A8"/>
     <w:rsid w:val="003A4798"/>
     <w:rsid w:val="003A4F41"/>
     <w:rsid w:val="003B6C70"/>
     <w:rsid w:val="003C4DAB"/>
     <w:rsid w:val="003D01E8"/>
     <w:rsid w:val="003E5288"/>
     <w:rsid w:val="003F3218"/>
     <w:rsid w:val="003F6D79"/>
     <w:rsid w:val="00415BD2"/>
     <w:rsid w:val="0041760A"/>
     <w:rsid w:val="00417C01"/>
     <w:rsid w:val="004252D4"/>
     <w:rsid w:val="00426069"/>
     <w:rsid w:val="00436096"/>
     <w:rsid w:val="004403BD"/>
     <w:rsid w:val="00441B08"/>
     <w:rsid w:val="00461441"/>
     <w:rsid w:val="0046252D"/>
     <w:rsid w:val="00474ED4"/>
     <w:rsid w:val="004809EE"/>
     <w:rsid w:val="00494085"/>
     <w:rsid w:val="004A6EE5"/>
     <w:rsid w:val="004D4114"/>
     <w:rsid w:val="004D63AC"/>
     <w:rsid w:val="004E7D54"/>
     <w:rsid w:val="00510BBD"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="005273C6"/>
     <w:rsid w:val="005275A2"/>
     <w:rsid w:val="005303C2"/>
     <w:rsid w:val="00530A69"/>
     <w:rsid w:val="00545593"/>
     <w:rsid w:val="00545C09"/>
     <w:rsid w:val="00551C74"/>
     <w:rsid w:val="00556EBF"/>
     <w:rsid w:val="0055760A"/>
     <w:rsid w:val="005622B2"/>
     <w:rsid w:val="00574EC5"/>
     <w:rsid w:val="0057560B"/>
     <w:rsid w:val="00577C6C"/>
     <w:rsid w:val="005834ED"/>
     <w:rsid w:val="00591EDD"/>
     <w:rsid w:val="00593751"/>
     <w:rsid w:val="005955A6"/>
     <w:rsid w:val="00597B6E"/>
     <w:rsid w:val="005A62FE"/>
     <w:rsid w:val="005C2FE2"/>
     <w:rsid w:val="005C7500"/>
     <w:rsid w:val="005E2BC9"/>
     <w:rsid w:val="00600C16"/>
     <w:rsid w:val="00605102"/>
     <w:rsid w:val="00611909"/>
@@ -1684,157 +2544,162 @@
     <w:rsid w:val="008A6483"/>
     <w:rsid w:val="008B4AC4"/>
     <w:rsid w:val="008B7957"/>
     <w:rsid w:val="008C145E"/>
     <w:rsid w:val="008C5443"/>
     <w:rsid w:val="008D05D1"/>
     <w:rsid w:val="008D1A00"/>
     <w:rsid w:val="008E1DCA"/>
     <w:rsid w:val="008E273E"/>
     <w:rsid w:val="008E3D9D"/>
     <w:rsid w:val="008F0F33"/>
     <w:rsid w:val="008F4429"/>
     <w:rsid w:val="009059FF"/>
     <w:rsid w:val="00920CF8"/>
     <w:rsid w:val="00924F41"/>
     <w:rsid w:val="0094021A"/>
     <w:rsid w:val="00956C29"/>
     <w:rsid w:val="00977744"/>
     <w:rsid w:val="009B44AF"/>
     <w:rsid w:val="009C6A0B"/>
     <w:rsid w:val="009C7137"/>
     <w:rsid w:val="009F0C77"/>
     <w:rsid w:val="009F4DD1"/>
     <w:rsid w:val="00A02543"/>
     <w:rsid w:val="00A16D5B"/>
+    <w:rsid w:val="00A260F7"/>
     <w:rsid w:val="00A27235"/>
     <w:rsid w:val="00A335D0"/>
     <w:rsid w:val="00A41684"/>
     <w:rsid w:val="00A477AA"/>
     <w:rsid w:val="00A50395"/>
+    <w:rsid w:val="00A50962"/>
     <w:rsid w:val="00A64E80"/>
     <w:rsid w:val="00A72BCD"/>
     <w:rsid w:val="00A74015"/>
     <w:rsid w:val="00A741D9"/>
     <w:rsid w:val="00A833AB"/>
     <w:rsid w:val="00A94C41"/>
     <w:rsid w:val="00A9569D"/>
     <w:rsid w:val="00A973DD"/>
     <w:rsid w:val="00A9741D"/>
     <w:rsid w:val="00AA48C8"/>
     <w:rsid w:val="00AB17E5"/>
     <w:rsid w:val="00AB2CC0"/>
     <w:rsid w:val="00AB32B7"/>
     <w:rsid w:val="00AC34A2"/>
     <w:rsid w:val="00AC7080"/>
     <w:rsid w:val="00AD1C9A"/>
     <w:rsid w:val="00AD3393"/>
     <w:rsid w:val="00AD4B17"/>
     <w:rsid w:val="00AD5948"/>
     <w:rsid w:val="00AE2603"/>
     <w:rsid w:val="00AE5C8E"/>
     <w:rsid w:val="00AF0102"/>
     <w:rsid w:val="00AF7402"/>
     <w:rsid w:val="00B3407E"/>
     <w:rsid w:val="00B36D5A"/>
+    <w:rsid w:val="00B37752"/>
     <w:rsid w:val="00B4079C"/>
     <w:rsid w:val="00B412D4"/>
     <w:rsid w:val="00B63381"/>
     <w:rsid w:val="00B644A8"/>
     <w:rsid w:val="00B6480F"/>
     <w:rsid w:val="00B64FFF"/>
     <w:rsid w:val="00B66444"/>
     <w:rsid w:val="00B7267F"/>
     <w:rsid w:val="00B769D8"/>
     <w:rsid w:val="00B9052D"/>
     <w:rsid w:val="00BA36EE"/>
     <w:rsid w:val="00BA562E"/>
     <w:rsid w:val="00BC65D1"/>
     <w:rsid w:val="00BD3233"/>
     <w:rsid w:val="00BD4498"/>
     <w:rsid w:val="00BE3C22"/>
     <w:rsid w:val="00BE48F3"/>
     <w:rsid w:val="00BE5420"/>
     <w:rsid w:val="00BE6417"/>
     <w:rsid w:val="00C02C1B"/>
     <w:rsid w:val="00C0345E"/>
     <w:rsid w:val="00C168BE"/>
     <w:rsid w:val="00C21ABE"/>
     <w:rsid w:val="00C30377"/>
     <w:rsid w:val="00C31C95"/>
     <w:rsid w:val="00C3483A"/>
     <w:rsid w:val="00C4338E"/>
     <w:rsid w:val="00C56A5C"/>
     <w:rsid w:val="00C71EB2"/>
     <w:rsid w:val="00C73AFC"/>
     <w:rsid w:val="00C74E9D"/>
     <w:rsid w:val="00C826DD"/>
     <w:rsid w:val="00C82FD3"/>
     <w:rsid w:val="00C831DE"/>
     <w:rsid w:val="00C87589"/>
     <w:rsid w:val="00C92819"/>
     <w:rsid w:val="00CA3BF9"/>
     <w:rsid w:val="00CA7D84"/>
     <w:rsid w:val="00CB0582"/>
     <w:rsid w:val="00CC6B7B"/>
     <w:rsid w:val="00CD2089"/>
+    <w:rsid w:val="00CE05C0"/>
     <w:rsid w:val="00CE11D0"/>
     <w:rsid w:val="00CE36AF"/>
     <w:rsid w:val="00CE4EE6"/>
     <w:rsid w:val="00CF63F1"/>
     <w:rsid w:val="00D06E29"/>
     <w:rsid w:val="00D17DB2"/>
     <w:rsid w:val="00D22E39"/>
     <w:rsid w:val="00D33984"/>
     <w:rsid w:val="00D4291B"/>
     <w:rsid w:val="00D571B2"/>
     <w:rsid w:val="00D62528"/>
     <w:rsid w:val="00D66B80"/>
     <w:rsid w:val="00D73A67"/>
     <w:rsid w:val="00D8028D"/>
     <w:rsid w:val="00D84FC0"/>
     <w:rsid w:val="00D86404"/>
     <w:rsid w:val="00D86F27"/>
     <w:rsid w:val="00D91E31"/>
     <w:rsid w:val="00D970A9"/>
     <w:rsid w:val="00DA7872"/>
     <w:rsid w:val="00DC47B1"/>
     <w:rsid w:val="00DF2DD4"/>
     <w:rsid w:val="00DF3845"/>
     <w:rsid w:val="00DF64D9"/>
     <w:rsid w:val="00E1282A"/>
     <w:rsid w:val="00E15115"/>
     <w:rsid w:val="00E32D96"/>
     <w:rsid w:val="00E41911"/>
     <w:rsid w:val="00E42AB8"/>
     <w:rsid w:val="00E44B57"/>
     <w:rsid w:val="00E53574"/>
     <w:rsid w:val="00E848B1"/>
     <w:rsid w:val="00E92EEF"/>
     <w:rsid w:val="00E967A7"/>
     <w:rsid w:val="00E97571"/>
     <w:rsid w:val="00ED334E"/>
+    <w:rsid w:val="00EE53BE"/>
     <w:rsid w:val="00EF094E"/>
     <w:rsid w:val="00EF2368"/>
     <w:rsid w:val="00EF2A33"/>
     <w:rsid w:val="00F103C4"/>
     <w:rsid w:val="00F24442"/>
     <w:rsid w:val="00F3245B"/>
     <w:rsid w:val="00F50AE3"/>
     <w:rsid w:val="00F60317"/>
     <w:rsid w:val="00F655B7"/>
     <w:rsid w:val="00F656BA"/>
     <w:rsid w:val="00F66A78"/>
     <w:rsid w:val="00F67CF1"/>
     <w:rsid w:val="00F728AA"/>
     <w:rsid w:val="00F8202C"/>
     <w:rsid w:val="00F840F0"/>
     <w:rsid w:val="00FB0D0D"/>
     <w:rsid w:val="00FB43B4"/>
     <w:rsid w:val="00FB6B0B"/>
     <w:rsid w:val="00FC184F"/>
     <w:rsid w:val="00FD0EC2"/>
     <w:rsid w:val="00FF2AE4"/>
     <w:rsid w:val="00FF4FE7"/>
     <w:rsid w:val="00FF6450"/>
     <w:rsid w:val="00FF6BC3"/>
   </w:rsids>
@@ -2243,1125 +3108,3262 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BillDots">
     <w:name w:val="Bill Dots"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="right" w:leader="dot" w:pos="5904"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersforbills">
     <w:name w:val="Numbers for bills"/>
     <w:basedOn w:val="BillDots"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="5904"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionbythis">
     <w:name w:val="sc_house_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippageattorney">
     <w:name w:val="sc_house_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedate">
     <w:name w:val="sc_house_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocname">
     <w:name w:val="sc_house_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocpath">
     <w:name w:val="sc_house_resolution_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocumentname">
     <w:name w:val="sc_house_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedraftingassistant">
     <w:name w:val="sc_house_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagehouse">
     <w:name w:val="sc_house_resolution_clip_page_house"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagerep">
     <w:name w:val="sc_house_resolution_clip_page_rep"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagetitle">
     <w:name w:val="sc_house_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionemptyline">
     <w:name w:val="sc_house_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionfurtherresolved">
     <w:name w:val="sc_house_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionheader">
     <w:name w:val="sc_house_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader1">
     <w:name w:val="sc_house_resolution_jacket_header_1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader2">
     <w:name w:val="sc_house_resolution_jacket_header_2"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketintroduced">
     <w:name w:val="sc_house_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjackettitle">
     <w:name w:val="sc_house_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionresolved">
     <w:name w:val="sc_house_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionwhereas">
     <w:name w:val="sc_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionxx">
     <w:name w:val="sc_house_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresoattyda">
     <w:name w:val="sc_con_reso_atty_da"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresopath">
     <w:name w:val="sc_con_reso_path"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketcrfooter">
     <w:name w:val="sc_house_jacket_cr_footer"/>
     <w:basedOn w:val="Footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="2970"/>
         <w:tab w:val="right" w:pos="5760"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionbody">
     <w:name w:val="sc_resolution_body"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionemptyline">
     <w:name w:val="sc_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionfooter">
     <w:name w:val="sc_resolution_footer"/>
     <w:link w:val="scresolutionfooterChar"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4464"/>
         <w:tab w:val="right" w:pos="8928"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scresolutionfooterChar">
     <w:name w:val="sc_resolution_footer Char"/>
     <w:basedOn w:val="FooterChar"/>
     <w:link w:val="scresolutionfooter"/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionheader">
     <w:name w:val="sc_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutiontitle">
     <w:name w:val="sc_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionxx">
     <w:name w:val="sc_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagebottom">
     <w:name w:val="sc_senate_resolution_clip_page_bottom"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagerepdocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_rep_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionxx">
     <w:name w:val="sc_senate_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionmembers">
     <w:name w:val="sc_resolution_members"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnowthereforebold">
     <w:name w:val="sc_now_therefore_bold"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F045E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="007A6DDF"/>
+    <w:rsid w:val="00A50962"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
+    <w:name w:val="sc_coversheet_stricken"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:strike/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
+    <w:name w:val="sc_coversheet_underline"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
+    <w:name w:val="sc_coversheet_empty_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
+    <w:name w:val="sc_coversheet_status"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
+    <w:name w:val="sc_coversheet_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9000"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
+    <w:name w:val="sc_coversheet_bill_no"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
+    <w:name w:val="sc_coversheet_sponsor_6"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+        <w:tab w:val="left" w:pos="2808"/>
+        <w:tab w:val="left" w:pos="3024"/>
+        <w:tab w:val="left" w:pos="3240"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="3672"/>
+        <w:tab w:val="left" w:pos="3888"/>
+        <w:tab w:val="left" w:pos="4104"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+        <w:tab w:val="left" w:pos="4968"/>
+        <w:tab w:val="left" w:pos="5184"/>
+        <w:tab w:val="left" w:pos="5400"/>
+        <w:tab w:val="left" w:pos="5616"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043E46"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="160"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00342AFB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00342AFB"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="240"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="796025381">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1560903317">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -3371,177 +6373,245 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640332376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4920&amp;session=126&amp;summary=B" TargetMode="External" Id="Rf405e712a2b44565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4920_20260114.docx" TargetMode="External" Id="Ra4e9dcea01f74819" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4920&amp;session=126&amp;summary=B" TargetMode="External" Id="R308138a78ba34f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4920_20260114.docx" TargetMode="External" Id="R3c044984dfb54e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4920_20260129.docx" TargetMode="External" Id="R1854d21631264917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4920_20260205.docx" TargetMode="External" Id="Refe64761480249e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="Rca3cb875e93f437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260203.docx" TargetMode="External" Id="Rc192167dcee74ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260204.docx" TargetMode="External" Id="R65c539e0de154b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260204.docx" TargetMode="External" Id="Rdcefaaf026de48c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260205.docx" TargetMode="External" Id="Rb254d6c2a86d4216" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BFC54648-E09E-4B99-B8A6-426F1FBAAFC6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0070758B" w:rsidRDefault="008A0DC7">
           <w:r w:rsidRPr="00290C04">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9B55562C498548E088964824BCBCC12D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DE6A3C5D-50B9-4A07-8B64-D5EE4E06DB04}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00610908" w:rsidRDefault="00610908" w:rsidP="00610908">
+          <w:pPr>
+            <w:pStyle w:val="9B55562C498548E088964824BCBCC12D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F897374032BA4132B4AA3E2EF1DC5685"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{680C547D-8FA0-4E04-BB59-0326D38F22CD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00610908" w:rsidRDefault="00610908" w:rsidP="00610908">
+          <w:pPr>
+            <w:pStyle w:val="F897374032BA4132B4AA3E2EF1DC5685"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A0DC7"/>
     <w:rsid w:val="0001305E"/>
     <w:rsid w:val="001775FC"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="00436448"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00591B1E"/>
+    <w:rsid w:val="00610908"/>
     <w:rsid w:val="0070758B"/>
     <w:rsid w:val="00767F3F"/>
     <w:rsid w:val="008679A5"/>
     <w:rsid w:val="008A0DC7"/>
     <w:rsid w:val="008B6DEB"/>
     <w:rsid w:val="00920CF8"/>
     <w:rsid w:val="00923B72"/>
     <w:rsid w:val="00933812"/>
     <w:rsid w:val="00983571"/>
     <w:rsid w:val="00A17AE2"/>
     <w:rsid w:val="00AD5948"/>
     <w:rsid w:val="00B32D1D"/>
     <w:rsid w:val="00B961CE"/>
     <w:rsid w:val="00C87589"/>
     <w:rsid w:val="00D36FFC"/>
     <w:rsid w:val="00D41BDA"/>
     <w:rsid w:val="00D76641"/>
     <w:rsid w:val="00D84FC0"/>
     <w:rsid w:val="00D933DA"/>
     <w:rsid w:val="00E11E71"/>
     <w:rsid w:val="00F723FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -3972,53 +7042,79 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00591B1E"/>
+    <w:rsid w:val="00610908"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9B55562C498548E088964824BCBCC12D">
+    <w:name w:val="9B55562C498548E088964824BCBCC12D"/>
+    <w:rsid w:val="00610908"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F897374032BA4132B4AA3E2EF1DC5685">
+    <w:name w:val="F897374032BA4132B4AA3E2EF1DC5685"/>
+    <w:rsid w:val="00610908"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -4274,138 +7370,135 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
-  <ID>c1e5dafd-d189-4166-abee-5d509e3505d2</ID>
+  <ID>55351b2f-e77a-440f-857d-c3f15df256cc</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
-  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
   <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
+  <T_BILL_D_SENATEINTRODATE>2026-02-04</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>81e7b6f1-4ea2-4a9f-88fc-d38bbc07c156</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>659d0936-d558-4bfd-8db7-7da404cce9d9</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>bee10440-62fb-493a-9763-ae2b2f56f9c2</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4920]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4920</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>To request the Department of Transportation name the portion of Platt Springs Road in the Town of Springdale in Lexington County from its intersection with Rainbow Drive to its intersection with Wattling Road “Mayor Pat G. Smith Memorial Road” and erect appropriate markers or signs at this location containing these words.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>concurrent_resolution</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SUBJECT>Mayor Pat G. Smith Memorial Road</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>carlmcintosh@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>gwenthurmond@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
   <T_BILL_UR_RESOLUTIONWRITER>gwenthurmond@scstatehouse.gov</T_BILL_UR_RESOLUTIONWRITER>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -4622,134 +7715,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C2DBA5A-1D8D-4A29-989E-3F205D804480}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAF5248F-62CB-420D-A6DA-CC260AF4F296}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E278750E-321C-4C45-863D-A55A1699A468}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2CA695-B56D-4CF9-BFF5-DB7EB05A4E62}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3240</Characters>
+  <Pages>3</Pages>
+  <Words>639</Words>
+  <Characters>3365</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LPITS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3838</CharactersWithSpaces>
+  <CharactersWithSpaces>3981</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chris Charlton</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>