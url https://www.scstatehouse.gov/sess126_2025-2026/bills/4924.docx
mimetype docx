--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -306,106 +306,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R3942faae351045eb">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 91</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R30bc51048b9a46f3">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 91</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R22240e7f4f654e2f">
+      <w:hyperlink r:id="R07d6f98d863547cc">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,51 +464,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R5452b2492add48e4">
+      <w:hyperlink r:id="R2e1ad79e78bf4542">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -770,59 +811,51 @@
         <w:t>1) salaries for the members of the General As</w:t>
       </w:r>
       <w:r w:rsidR="009C41BD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>embly must be based on recommendations by the General Assembly Member Salary Commission; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AE7993" w:rsidP="00AC1C74" w:rsidRDefault="00AC1C74" w14:paraId="75171DEE" w14:textId="42C76EC5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T2C3N240S2_lv2_77ef57936" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t xml:space="preserve">2) the commission shall authorize a study </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> every four years to recommend a salary range for the members of the General Assembly based on their job duties and responsibilities as well as the pay of legislative members in other states.</w:t>
+        <w:t>2) the commission shall authorize a study be conducted every four years to recommend a salary range for the members of the General Assembly based on their job duties and responsibilities as well as the pay of legislative members in other states.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC1C74" w:rsidP="00AC1C74" w:rsidRDefault="00AC1C74" w14:paraId="6A3EE846" w14:textId="3F423D9F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T2C3N240SD_lv1_9fb63ac63" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">D) By December 15, 2026, the commission shall issue a report to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1C74">
         <w:t>President of the Senate, Chair</w:t>
       </w:r>
       <w:r>
         <w:t>man</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC1C74">
         <w:t xml:space="preserve"> of</w:t>
@@ -880,104 +913,78 @@
       <w:bookmarkStart w:name="ss_T2C3N240SE_lv1_d3f765d69" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC07D1">
         <w:t xml:space="preserve">Members of the committee shall receive mileage, subsistence, and per diem provided by law for members of state boards, commissions, and committees for each meeting attended. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC07D1" w:rsidP="00AC1C74" w:rsidRDefault="00AC07D1" w14:paraId="44E25CCB" w14:textId="7B412AC4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T2C3N240SF_lv1_a3e7ab2d5" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t xml:space="preserve">F) Any </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with Article III of the South Carolina Constitution.</w:t>
+        <w:t>F) Any increases in compensation of the members of the General Assembly must be done in accordance with Article III of the South Carolina Constitution.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="0D7FA62F">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="15"/>
-      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="16"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="17"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="15"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="16"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:lastRenderedPageBreak/>
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
@@ -1097,51 +1104,51 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="0ECE6BD7" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00DB372E" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="0ECE6BD7" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="000347A1" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="001B682D">
               <w:t>[4924]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
@@ -1479,87 +1486,88 @@
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="150"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00016EBF"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
+    <w:rsid w:val="000347A1"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="0004203F"/>
     <w:rsid w:val="000421B5"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="0007110F"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00087506"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
@@ -2414,1394 +2422,1394 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001B682D"/>
+    <w:rsid w:val="000347A1"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4924&amp;session=126&amp;summary=B" TargetMode="External" Id="R22240e7f4f654e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4924_20260114.docx" TargetMode="External" Id="R5452b2492add48e4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4924&amp;session=126&amp;summary=B" TargetMode="External" Id="R07d6f98d863547cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4924_20260114.docx" TargetMode="External" Id="R2e1ad79e78bf4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="R3942faae351045eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="R30bc51048b9a46f3" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4681,67 +4689,126 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>5cfdf943-b439-4f4a-a034-317166511e56</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2025</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>2ad073a5-af41-4671-860a-4c5c0b75ca2d</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>5a9dc05e-b8dd-46f0-a337-25c6b54fcaad</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>a3035289-9cab-4679-8f57-cba9419b8c40</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4924]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4924</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 2-3-240 SO AS TO CREATE A GENERAL ASSEMBLY MEMBER SALARY COMMISSION AND TO PROVIDE FOR DUTIES AND RESPONSIBILITIES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"17557afc-6fd9-4425-b02f-9aadb5d96cfa","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T2C3N240_2f68fab43","IsConstitutionSection":false,"Identity":"2-3-240","IsNew":true,"SubSections":[{"Level":1,"Identity":"T2C3N240SA","SubSectionBookmarkName":"ss_T2C3N240SA_lv1_b8cf2280e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C3N240SB","SubSectionBookmarkName":"ss_T2C3N240SB_lv1_bb828c428","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C3N240S1","SubSectionBookmarkName":"ss_T2C3N240S1_lv2_c2c62ca38","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C3N240S2","SubSectionBookmarkName":"ss_T2C3N240S2_lv2_5a5c7e144","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C3N240SC","SubSectionBookmarkName":"ss_T2C3N240SC_lv1_f0b0f1f21","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C3N240S1","SubSectionBookmarkName":"ss_T2C3N240S1_lv2_c7f96aec0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C3N240S2","SubSectionBookmarkName":"ss_T2C3N240S2_lv2_77ef57936","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C3N240SD","SubSectionBookmarkName":"ss_T2C3N240SD_lv1_9fb63ac63","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C3N240SE","SubSectionBookmarkName":"ss_T2C3N240SE_lv1_d3f765d69","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C3N240SF","SubSectionBookmarkName":"ss_T2C3N240SF_lv1_a3e7ab2d5","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"create a general assembly member salary commission and to provide for duties and responsibilities","Deleted":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_551b12764"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>General Assembly Member Salary Commission</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -4958,182 +5025,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...42 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>320</Words>
-  <Characters>1684</Characters>
+  <Words>336</Words>
+  <Characters>1668</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1986</CharactersWithSpaces>
+  <CharactersWithSpaces>1992</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>