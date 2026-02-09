--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -124,108 +124,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Joint Resolution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Rep. Pace</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Pace, Magnuson, Edgerton, White, Kilmartin, Gilreath, Cromer, Frank, Beach, D. Mitchell and Willis</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0467SA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the House on January 14, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Ways and Means</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Constitutional Amendment</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -307,106 +299,176 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rce7efb85191945f7">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 91</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R1eb9a1d9f9984561">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 91</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor:
+ Magnuson, Edgerton, White, Kilmartin, 
+ Gilreath, Cromer, Frank, Beach, D. Mitchell,
+ Willis
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R8d5065eaa78d49a6">
+      <w:hyperlink r:id="R63acd2fc97094afe">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +486,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R98bad7ae49484662">
+      <w:hyperlink r:id="R2dfe3845c7824203">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="00991F67" w:rsidP="002C7C7E" w:rsidRDefault="00991F67" w14:paraId="37594A9F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="002851CF" w:rsidP="002C7C7E" w:rsidRDefault="002851CF" w14:paraId="779091D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="002851CF" w:rsidP="002C7C7E" w:rsidRDefault="002851CF" w14:paraId="003814BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="002C7C7E" w:rsidRDefault="009B2ECA" w14:paraId="02806783" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="002C7C7E" w:rsidRDefault="009B2ECA" w14:paraId="130FBFB2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="002C7C7E" w:rsidRDefault="009B2ECA" w14:paraId="5E39CCDE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -559,482 +619,506 @@
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00105D52" w:rsidR="00BE1040" w:rsidP="00207826" w:rsidRDefault="0019134C" w14:paraId="11C8EB59" w14:textId="54F50D68">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r w:rsidRPr="0019134C">
             <w:t>PROPOSING AN AMENDMENT TO SECTION 3, ARTICLE X OF THE CONSTITUTION OF SOUTH CAROLINA, RELATING TO PROPERTY EXEMPT FROM AD VALOREM TAXATION, SO AS TO EXEMPT BUSINESS PERSONAL PROPERTY.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00207826" w:rsidP="00204EB0" w:rsidRDefault="00207826" w14:paraId="63F9819B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="00F751FE" w:rsidP="001C682C" w:rsidRDefault="001C682C" w14:paraId="75EE1410" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_339bf70b4" w:id="1"/>
+      <w:bookmarkStart w:name="ew_339bf70b4" w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidRDefault="00BB7D54" w14:paraId="724AA92A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="3548A094" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_8b14b184c" w:id="2"/>
+      <w:bookmarkStart w:name="bs_num_1_8b14b184c" w:id="1"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_9e3429474" w:id="2"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-      </w:r>
+        <w:t>t is proposed that Section 3, Article X of the Constitution of this State be amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="3E450C08" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="79EB6692" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_9e3429474" w:id="3"/>
-[...1 lines deleted...]
-        <w:t>I</w:t>
+      <w:bookmarkStart w:name="cs_ArtXSec3_d2b4b3681" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>t is proposed that Section 3, Article X of the Constitution of this State be amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="3E450C08" w14:textId="77777777">
+        <w:t xml:space="preserve">ection 3. </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="up_f1e90b1dd" w:id="4"/>
+      <w:bookmarkStart w:name="open_doc_here" w:id="5"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>here shall be exempt from ad valorem taxation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="56CADCCF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="79EB6692" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sa_lv1_5c9183a0c" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t xml:space="preserve">a) all property of the State, counties, municipalities, school districts and other political subdivisions, if the property is used exclusively for public </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>purposes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="3F85CF16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_ArtXSec3_d2b4b3681" w:id="4"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="56CADCCF" w14:textId="77777777">
+      <w:bookmarkStart w:name="ss_ArtXSec3Sb_lv1_7e8d86cdd" w:id="7"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>b) all property of all schools, colleges and other institutions of learning and all charitable institutions in the nature of hospitals and institutions caring for the infirmed, the handicapped, the aged, children and indigent persons, except where the profits of such institutions are applied to private use;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="0B664953" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Sa_lv1_5c9183a0c" w:id="5"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sc_lv1_3aaba48ed" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="3F85CF16" w14:textId="77777777">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>c) all property of all public libraries, churches, parsonages and burying grounds;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="6E17AFD2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Sb_lv1_7e8d86cdd" w:id="6"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sd_lv1_c8d78fe4e" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="0B664953" w14:textId="77777777">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>d) all property of all charitable trusts and foundations used exclusively for charitable and public purposes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="1DC0EDBF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Sc_lv1_3aaba48ed" w:id="7"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Se_lv1_24769bcfc" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="6E17AFD2" w14:textId="77777777">
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>e) all household goods and furniture used in the home of the owner of such goods and furniture, but this exemption shall not apply to household goods used in hotels, rooming houses, apartments or other places of business;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="0D6D85F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Sd_lv1_c8d78fe4e" w:id="8"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sf_lv1_0e1221503" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="1DC0EDBF" w14:textId="77777777">
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>f) all inventories of manufactures, except manufactured articles which have been offered for sale at retail or which have been available for sale at retail;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="3DB821F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Se_lv1_24769bcfc" w:id="9"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sg_lv1_e59581980" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...31 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t xml:space="preserve">g) all new manufacturing establishments located in any of the counties of this State after July 1, 1977, for five years from the time of establishment and all additions to the existing manufacturing establishments located in any of the counties of this State for five years from the time each of these additions is made if the cost of the addition is fifty thousand dollars or more. The additions shall include additional machinery and equipment installed in the plant. The exemptions authorized in this item for manufacturing establishments, and additions to those manufacturing establishments, do not include exemptions from school taxes or municipal taxes but include only county taxes. All manufacturing </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>establishments and all additions to existing manufacturing establishments exempt under existing statutes are allowed their exemptions provided for by statute until the exemptions expire. Municipal governing bodies may by ordinance exempt from municipal ad valorem taxation for not more than five years all new manufacturing establishments located in any of the municipalities of this State after July 1, 1985, and all additions to the existing manufacturing establishments, including additional machinery and equipment, located in any of the municipalities of this State costing fifty thousand dollars or more made after July 1, 1985. Exemptions from municipal taxation granted pursuant to this item may not result in any refund of taxes;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="5BFB5858" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_460bb1cf5" w:id="12"/>
+      <w:bookmarkStart w:name="up_460bb1cf5" w:id="13"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>he governing body of a municipality may by ordinance exempt from municipal ad valorem taxation for not more than five years:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="5479057A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3S1_lv2_44b5b90d4" w:id="13"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3S1_lv2_44b5b90d4" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>1) all new corporate headquarters, corporate office facilities, distribution facilities located in the municipality, and additions to such facilities; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="41D40D89" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3S2_lv2_9945a7670" w:id="14"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3S2_lv2_9945a7670" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>2) all facilities of new enterprises engaged in research and development activities located in the municipality, and additions to such facilities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="7F18100A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_700372816" w:id="15"/>
+      <w:bookmarkStart w:name="up_700372816" w:id="16"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>he exemptions allowed pursuant to this paragraph are subject to those terms and conditions that the General Assembly may provide by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="592C5694" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Sh_lv1_6ac0c6191" w:id="16"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sh_lv1_6ac0c6191" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>h) all facilities or equipment of industrial plants which are designed for the elimination, mitigation, prevention, treatment, abatement or control of water, air or noise pollution;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="15024ADA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Si_lv1_1818fd63b" w:id="17"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Si_lv1_1818fd63b" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-        <w:t>i) a homestead exemption for persons sixty-five years of age and older, for persons permanently and totally disabled and for blind persons in the amount of ten thousand dollars of the fair market value of the homestead under conditions prescribed by the General Assembly by general law; provided, that the amount may be increased by the General Assembly by general law, passed by a majority vote of both houses;</w:t>
+      <w:bookmarkEnd w:id="18"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) a homestead exemption for persons sixty-five years of age and older, for persons permanently and totally disabled and for blind persons in the amount of ten thousand dollars of the fair market value of the homestead under conditions prescribed by the General Assembly by general law; provided, that the amount may be increased by the General Assembly by general law, passed by a majority vote of both houses;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="13FE53EE" w14:textId="7C69C83C">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Sj_lv1_1965efab7" w:id="18"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sj_lv1_1965efab7" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>j) intangible personal property</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E576A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E576A" w:rsidP="000E58FE" w:rsidRDefault="004E576A" w14:paraId="5F98A8FE" w14:textId="03E1C323">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_ArtXSec3Sk_lv1_b1e252779" w:id="19"/>
+      <w:bookmarkStart w:name="ss_ArtXSec3Sk_lv1_b1e252779" w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>k) business</w:t>
       </w:r>
       <w:r w:rsidR="00DC74C7">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> personal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> property.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="1EE696EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_ab3ad2c1a" w:id="20"/>
+      <w:bookmarkStart w:name="up_ab3ad2c1a" w:id="21"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>he exemptions provided in subitems (c) and (d) for real property shall not extend beyond the buildings and premises actually occupied by the owners of such real property. Homestead exemptions from ad valorem taxation not specifically provided for in this section may be provided for by the General Assembly by general law. In addition to the exemptions listed in this section, the General Assembly may provide for exemptions from the property tax, by general laws applicable uniformly to property throughout the State and in all political subdivisions, but only with the approval of two-thirds of the members of each House. All exemptions not specifically provided for or authorized in this article shall be repealed March 1, 1978. The General Assembly shall provide for methods and procedures in applying for the exemption of any property as is described in this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="000E58FE" w:rsidRDefault="00BB7D54" w14:paraId="0F389DD3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_78d70d8b5" w:id="21"/>
+      <w:bookmarkStart w:name="up_78d70d8b5" w:id="22"/>
       <w:r>
         <w:t>I</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-        <w:t>n addition to the exemptions provided and authorized in this section, subject to statutory authorization, the governing body of a county by ordinance may impose a sales and use tax in order to exempt all or a portion of the value of private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors from property taxes levied in the county. This exemption, or its subsequent rescission, is allowed only pursuant to a referendum held in the county in the manner that the General Assembly provides by law.</w:t>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t xml:space="preserve">n addition to the exemptions provided and authorized in this section, subject to statutory authorization, the governing body of a county by ordinance may impose a sales and use tax in order to </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>exempt all or a portion of the value of private passenger motor vehicles, motorcycles, general aviation aircraft, boats, and boat motors from property taxes levied in the county. This exemption, or its subsequent rescission, is allowed only pursuant to a referendum held in the county in the manner that the General Assembly provides by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="002E4BE1" w:rsidRDefault="00BB7D54" w14:paraId="3DE73175" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="0014641C" w:rsidRDefault="00BB7D54" w14:paraId="69611CD5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_c32cf6708" w:id="22"/>
-      <w:bookmarkStart w:name="constitution_voting_f1cd0a5e2" w:id="23"/>
+      <w:bookmarkStart w:name="bs_num_2_c32cf6708" w:id="23"/>
+      <w:bookmarkStart w:name="constitution_voting_f1cd0a5e2" w:id="24"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="7EFADF95">
         <w:t>The proposed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> amendment</w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95">
         <w:t xml:space="preserve"> must be submitted to the qualified electors at the next general election for representatives.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95">
         <w:t xml:space="preserve"> Ballots must be provided at the various voting precincts with the follow</w:t>
       </w:r>
       <w:r>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95">
         <w:t xml:space="preserve"> words printed or written on the ballot:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00BB7D54" w:rsidP="0014641C" w:rsidRDefault="00BB7D54" w14:paraId="4D9C1495" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00BB7D54" w:rsidP="0014641C" w:rsidRDefault="00BB7D54" w14:paraId="77CE85F8" w14:textId="4B66F250">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_35ecc2d69" w:id="24"/>
+      <w:bookmarkStart w:name="up_35ecc2d69" w:id="25"/>
       <w:r>
         <w:t>“</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00C91CFA">
         <w:t>Must Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0040422F">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:t xml:space="preserve"> Article </w:t>
       </w:r>
       <w:r>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:t xml:space="preserve"> of the Constitution of this State, relating to </w:t>
       </w:r>
       <w:r w:rsidR="00DC74C7">
         <w:t>property tax exemptions</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0418">
@@ -1049,158 +1133,152 @@
       </w:r>
       <w:r w:rsidRPr="00B7188A">
         <w:t>be amended so as to provide</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC74C7">
         <w:t>an exemption for business personal property taxes</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00BB7D54" w:rsidP="0014641C" w:rsidRDefault="00BB7D54" w14:paraId="48F6863C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00BB7D54" w:rsidP="0014641C" w:rsidRDefault="00BB7D54" w14:paraId="3488917A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_4fc25659e" w:id="25"/>
+      <w:bookmarkStart w:name="up_4fc25659e" w:id="26"/>
       <w:r w:rsidRPr="00116292">
         <w:t>Y</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="00116292">
         <w:t>es</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="0014641C" w:rsidRDefault="00BB7D54" w14:paraId="7641BB73" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_00bf60f1a" w:id="26"/>
+      <w:bookmarkStart w:name="up_00bf60f1a" w:id="27"/>
       <w:r w:rsidRPr="00116292">
         <w:t>N</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00116292">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00BB7D54" w:rsidP="0014641C" w:rsidRDefault="00BB7D54" w14:paraId="52C12B94" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BB7D54" w:rsidP="00601166" w:rsidRDefault="00BB7D54" w14:paraId="57B1AFE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_feff44bda" w:id="27"/>
+      <w:bookmarkStart w:name="up_feff44bda" w:id="28"/>
       <w:r w:rsidRPr="00116292">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00116292">
         <w:t xml:space="preserve">hose voting in favor of the question shall deposit a ballot with a check or cross mark in the square after the word </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t xml:space="preserve">, and those voting against the question shall deposit a ballot with a check or cross mark in the square after the word </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>No</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="004C1180" w:rsidRDefault="000D6B78" w14:paraId="0A8A8C77" w14:textId="77777777">
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="up_4644a84b8" w:id="28"/>
+    <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="003670FB" w:rsidRDefault="000D6B78" w14:paraId="0A8A8C77" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scbillendxx"/>
+      </w:pPr>
       <w:r w:rsidRPr="00105D52">
-        <w:t>-</w:t>
-[...3 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>--</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>--XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:t>--</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>--</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidSect="002B6F7D">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -1291,125 +1369,125 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4307A6D0" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="21F1B8E8" w14:textId="77777777" w:rsidR="00674220" w:rsidRDefault="004874A6" w:rsidP="00674220">
+  <w:p w14:paraId="21F1B8E8" w14:textId="63487430" w:rsidR="00674220" w:rsidRDefault="006C5D22" w:rsidP="00674220">
     <w:pPr>
       <w:pStyle w:val="scbillfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="2068836066"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00902A77">
-          <w:t>[...]</w:t>
+        <w:r w:rsidR="0064157E">
+          <w:t>[4926]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00674220">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008577F1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:alias w:val="footer_filename"/>
         <w:tag w:val="footer_filename"/>
         <w:id w:val="703371821"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="003325AC">
+        <w:r w:rsidR="0064157E">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>LC-0467SA26.docx</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68C7D585" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79E970D5" w14:textId="77777777" w:rsidR="00A33A5F" w:rsidRDefault="00A33A5F" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1668,51 +1746,53 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="694771090">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="252201783">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1039820966">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="310595583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="965234399">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1476528253">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="108"/>
+  <w:zoom w:percent="200"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -1751,135 +1831,141 @@
     <w:rsid w:val="0019134C"/>
     <w:rsid w:val="00191D34"/>
     <w:rsid w:val="0019571C"/>
     <w:rsid w:val="001A12D9"/>
     <w:rsid w:val="001A1493"/>
     <w:rsid w:val="001B32AD"/>
     <w:rsid w:val="001B50D2"/>
     <w:rsid w:val="001C5474"/>
     <w:rsid w:val="001C682C"/>
     <w:rsid w:val="001D21B3"/>
     <w:rsid w:val="001D2952"/>
     <w:rsid w:val="001E1C61"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="00202067"/>
     <w:rsid w:val="00202D6C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00204EB0"/>
     <w:rsid w:val="00205B29"/>
     <w:rsid w:val="00207826"/>
     <w:rsid w:val="00221EB6"/>
     <w:rsid w:val="002230E1"/>
     <w:rsid w:val="00224776"/>
     <w:rsid w:val="002277F0"/>
     <w:rsid w:val="00235C7B"/>
     <w:rsid w:val="002435D3"/>
+    <w:rsid w:val="002577DE"/>
     <w:rsid w:val="002608CD"/>
     <w:rsid w:val="002851CF"/>
     <w:rsid w:val="002959B1"/>
     <w:rsid w:val="002A2C79"/>
     <w:rsid w:val="002A667A"/>
     <w:rsid w:val="002A6902"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B5BEA"/>
     <w:rsid w:val="002B6F7D"/>
     <w:rsid w:val="002C6FBA"/>
     <w:rsid w:val="002C7C7E"/>
     <w:rsid w:val="002E0094"/>
     <w:rsid w:val="002E1999"/>
     <w:rsid w:val="002E4BE1"/>
     <w:rsid w:val="002F1830"/>
     <w:rsid w:val="002F4709"/>
     <w:rsid w:val="0030243F"/>
     <w:rsid w:val="0030739E"/>
     <w:rsid w:val="00314400"/>
     <w:rsid w:val="00330D10"/>
     <w:rsid w:val="003325AC"/>
     <w:rsid w:val="003337A0"/>
     <w:rsid w:val="00335981"/>
     <w:rsid w:val="00351A09"/>
     <w:rsid w:val="0036066B"/>
     <w:rsid w:val="003642A6"/>
+    <w:rsid w:val="003670FB"/>
     <w:rsid w:val="003A55B7"/>
     <w:rsid w:val="003C444D"/>
     <w:rsid w:val="003C4F86"/>
     <w:rsid w:val="003D225B"/>
     <w:rsid w:val="003D6662"/>
     <w:rsid w:val="003E3C20"/>
     <w:rsid w:val="0040332C"/>
     <w:rsid w:val="0040422F"/>
     <w:rsid w:val="004368D3"/>
     <w:rsid w:val="00463356"/>
     <w:rsid w:val="00472F5D"/>
     <w:rsid w:val="004744F5"/>
     <w:rsid w:val="0048091E"/>
     <w:rsid w:val="00490B14"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="004A72B7"/>
     <w:rsid w:val="004A7A7B"/>
     <w:rsid w:val="004B759D"/>
     <w:rsid w:val="004C1180"/>
     <w:rsid w:val="004C40D0"/>
     <w:rsid w:val="004D28BE"/>
     <w:rsid w:val="004E13A3"/>
     <w:rsid w:val="004E576A"/>
     <w:rsid w:val="00512914"/>
     <w:rsid w:val="00530E88"/>
     <w:rsid w:val="00547DD5"/>
     <w:rsid w:val="0055556E"/>
     <w:rsid w:val="005606AD"/>
     <w:rsid w:val="00560F91"/>
     <w:rsid w:val="00564FC6"/>
     <w:rsid w:val="00592861"/>
     <w:rsid w:val="005B2450"/>
     <w:rsid w:val="005B2563"/>
     <w:rsid w:val="005B4332"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C376C"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005E7403"/>
     <w:rsid w:val="00601166"/>
     <w:rsid w:val="00610919"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="0063203B"/>
+    <w:rsid w:val="0064157E"/>
     <w:rsid w:val="00672120"/>
     <w:rsid w:val="00674220"/>
     <w:rsid w:val="00677E52"/>
     <w:rsid w:val="00684741"/>
     <w:rsid w:val="006916EB"/>
     <w:rsid w:val="00696ABA"/>
     <w:rsid w:val="006B5610"/>
     <w:rsid w:val="006B76FE"/>
+    <w:rsid w:val="006C5D22"/>
     <w:rsid w:val="006D41CD"/>
     <w:rsid w:val="00700ABF"/>
     <w:rsid w:val="00702736"/>
     <w:rsid w:val="007262F1"/>
     <w:rsid w:val="00741923"/>
     <w:rsid w:val="00747A48"/>
     <w:rsid w:val="0077594C"/>
     <w:rsid w:val="007834CB"/>
     <w:rsid w:val="007A4500"/>
     <w:rsid w:val="007A6F9E"/>
+    <w:rsid w:val="007B0565"/>
     <w:rsid w:val="007F179F"/>
     <w:rsid w:val="007F7C74"/>
     <w:rsid w:val="00807D9F"/>
     <w:rsid w:val="00810D57"/>
     <w:rsid w:val="008242C7"/>
     <w:rsid w:val="00824410"/>
     <w:rsid w:val="00827AEA"/>
     <w:rsid w:val="008577F1"/>
     <w:rsid w:val="00857D61"/>
     <w:rsid w:val="00871D0F"/>
     <w:rsid w:val="00876127"/>
     <w:rsid w:val="00876AA5"/>
     <w:rsid w:val="0089026A"/>
     <w:rsid w:val="0089135D"/>
     <w:rsid w:val="008A6ED6"/>
     <w:rsid w:val="008E2736"/>
     <w:rsid w:val="008E76A8"/>
     <w:rsid w:val="00902A77"/>
     <w:rsid w:val="0090596A"/>
     <w:rsid w:val="00931D32"/>
     <w:rsid w:val="00935259"/>
     <w:rsid w:val="00936D1A"/>
     <w:rsid w:val="00937B34"/>
     <w:rsid w:val="00945175"/>
     <w:rsid w:val="009552CC"/>
@@ -1919,104 +2005,107 @@
     <w:rsid w:val="00BB5B00"/>
     <w:rsid w:val="00BB7D54"/>
     <w:rsid w:val="00BC489A"/>
     <w:rsid w:val="00BD0329"/>
     <w:rsid w:val="00BD7BC6"/>
     <w:rsid w:val="00BE1040"/>
     <w:rsid w:val="00BE48A2"/>
     <w:rsid w:val="00BE58AE"/>
     <w:rsid w:val="00C1143E"/>
     <w:rsid w:val="00C13086"/>
     <w:rsid w:val="00C15AE3"/>
     <w:rsid w:val="00C2363D"/>
     <w:rsid w:val="00C2591E"/>
     <w:rsid w:val="00C36F70"/>
     <w:rsid w:val="00C43471"/>
     <w:rsid w:val="00C603CF"/>
     <w:rsid w:val="00C60451"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75DCE"/>
     <w:rsid w:val="00CA2D40"/>
     <w:rsid w:val="00CA76AC"/>
     <w:rsid w:val="00CB3A21"/>
     <w:rsid w:val="00CC0258"/>
     <w:rsid w:val="00CD2FA8"/>
     <w:rsid w:val="00CD3E0C"/>
+    <w:rsid w:val="00CE1C2E"/>
     <w:rsid w:val="00CE2F2B"/>
     <w:rsid w:val="00CF0C03"/>
     <w:rsid w:val="00CF3189"/>
     <w:rsid w:val="00CF3BCA"/>
     <w:rsid w:val="00CF502F"/>
     <w:rsid w:val="00D03992"/>
     <w:rsid w:val="00D20D80"/>
     <w:rsid w:val="00D20F23"/>
     <w:rsid w:val="00D2477B"/>
     <w:rsid w:val="00D24A45"/>
     <w:rsid w:val="00D36E22"/>
     <w:rsid w:val="00D52B38"/>
     <w:rsid w:val="00D56452"/>
     <w:rsid w:val="00D571D6"/>
     <w:rsid w:val="00D7698C"/>
     <w:rsid w:val="00D76E08"/>
     <w:rsid w:val="00DC14A6"/>
     <w:rsid w:val="00DC74C7"/>
     <w:rsid w:val="00DD58C4"/>
     <w:rsid w:val="00DE361D"/>
     <w:rsid w:val="00DE704B"/>
     <w:rsid w:val="00DF617A"/>
     <w:rsid w:val="00E13307"/>
     <w:rsid w:val="00E31700"/>
     <w:rsid w:val="00E33E4F"/>
     <w:rsid w:val="00E4700B"/>
     <w:rsid w:val="00E536CF"/>
     <w:rsid w:val="00E53AAD"/>
+    <w:rsid w:val="00E64DBA"/>
     <w:rsid w:val="00E879B1"/>
     <w:rsid w:val="00E97B38"/>
     <w:rsid w:val="00E97F85"/>
     <w:rsid w:val="00EA0169"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA3586"/>
     <w:rsid w:val="00EB0B43"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00ED4038"/>
     <w:rsid w:val="00ED4053"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F1362B"/>
     <w:rsid w:val="00F13F9B"/>
     <w:rsid w:val="00F44E29"/>
     <w:rsid w:val="00F64849"/>
     <w:rsid w:val="00F751FE"/>
     <w:rsid w:val="00F83259"/>
     <w:rsid w:val="00F93414"/>
     <w:rsid w:val="00FB02A8"/>
     <w:rsid w:val="00FB0A73"/>
     <w:rsid w:val="00FC54B7"/>
     <w:rsid w:val="00FD0B09"/>
     <w:rsid w:val="00FD3616"/>
     <w:rsid w:val="00FD4C1A"/>
     <w:rsid w:val="00FE2E1D"/>
     <w:rsid w:val="00FE4340"/>
+    <w:rsid w:val="00FF571A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2402,2766 +2491,2768 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF571A"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00FF571A"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="seantest">
     <w:name w:val="sean_test"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni"/>
       <w:sz w:val="44"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendamendnum">
     <w:name w:val="sc_amend_amendnum"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendbillnum">
     <w:name w:val="sc_amend_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendclerk">
     <w:name w:val="sc_amend_clerk"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddate">
     <w:name w:val="sc_amend_date"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddrafter">
     <w:name w:val="sc_amend_drafter"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendfooterpath">
     <w:name w:val="sc_amend_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendheader1">
     <w:name w:val="sc_amend_header1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendordernum">
     <w:name w:val="sc_amend_ordernum"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendreference">
     <w:name w:val="sc_amend_reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendselectionboxes">
     <w:name w:val="sc_amend_selectionboxes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsignatureline">
     <w:name w:val="sc_amend_signatureline"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsponsorline">
     <w:name w:val="sc_amend_sponsorline"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendadoptnum">
     <w:name w:val="sc_amend_adoptnum"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
     <w:name w:val="sc_amend_conformline"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddirectionallanguage">
     <w:name w:val="sc_amend_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
     <w:name w:val="sc_amend_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendnewcodesection">
     <w:name w:val="sc_amend_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
     <w:name w:val="sc_amend_titleconform"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacket">
     <w:name w:val="sc_bill_senate_back_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacketproofreadline">
     <w:name w:val="sc_bill_senate_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateclippage">
     <w:name w:val="sc_senate_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolution">
     <w:name w:val="sc_senate_resolution"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbythis">
     <w:name w:val="sc_senate_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageattorney">
     <w:name w:val="sc_senate_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedate">
     <w:name w:val="sc_senate_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="810"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocname">
     <w:name w:val="sc_senate_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="scsenateresolutionclippagedocumentname"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedraftingassistant">
     <w:name w:val="sc_senate_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageheader">
     <w:name w:val="sc_senate_resolution_clip_page_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenate">
     <w:name w:val="sc_senate_resolution_clip_page_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenator">
     <w:name w:val="sc_senate_resolution_clip_page_senator"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagetitle">
     <w:name w:val="sc_senate_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionemptyline">
     <w:name w:val="sc_senate_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionfurtherresolved">
     <w:name w:val="sc_senate_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionheader">
     <w:name w:val="sc_senate_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjacketintroduced">
     <w:name w:val="sc_senate_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjackettitle">
     <w:name w:val="sc_senate_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionresolved">
     <w:name w:val="sc_senate_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutiontitle">
     <w:name w:val="sc_senate_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionwhereas">
     <w:name w:val="sc_senate_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
     <w:name w:val="sc_coversheet_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbilldetails">
     <w:name w:val="sc_confrep_billdetails"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbillnum">
     <w:name w:val="sc_confrep_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scconfrepbilltitle">
     <w:name w:val="sc_confrep_billtitle"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepcodifiedsection">
     <w:name w:val="sc_confrep_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepdirectionallanguage">
     <w:name w:val="sc_confrep_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfilepath">
     <w:name w:val="sc_confrep_filepath"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfooterpath">
     <w:name w:val="sc_confrep_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepgenassembly">
     <w:name w:val="sc_confrep_genassembly"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepheading">
     <w:name w:val="sc_confrep_heading"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreplanginstruction">
     <w:name w:val="sc_confrep_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreponpartof">
     <w:name w:val="sc_confrep_onpartof"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="5976"/>
       </w:tabs>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreppasswithamend">
     <w:name w:val="sc_confrep_passwithamend"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreprecommend">
     <w:name w:val="sc_confrep_recommend"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepreferred">
     <w:name w:val="sc_confrep_referred"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepsignaturelines">
     <w:name w:val="sc_confrep_signaturelines"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippageinfo">
     <w:name w:val="sc_act_clip_page_info"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcatchline">
     <w:name w:val="sc_act_catchline"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjremptyline">
     <w:name w:val="sc_jr_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrblanksection">
     <w:name w:val="sc_jr_blank_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel1">
     <w:name w:val="sc_jr_list_level_1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel2">
     <w:name w:val="sc_jr_list_level_2"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="007A6F9E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="001D2952"/>
+    <w:rsid w:val="00FF571A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00601166"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4926&amp;session=126&amp;summary=B" TargetMode="External" Id="R8d5065eaa78d49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4926_20260114.docx" TargetMode="External" Id="R98bad7ae49484662" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4926&amp;session=126&amp;summary=B" TargetMode="External" Id="R63acd2fc97094afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4926_20260114.docx" TargetMode="External" Id="R2dfe3845c7824203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="Rce7efb85191945f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="R1eb9a1d9f9984561" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBA12576-C54B-4BE3-BA96-6BB324E9DAE5}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5262,50 +5353,51 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00616D59"/>
     <w:rsid w:val="00094D2E"/>
     <w:rsid w:val="000958FC"/>
     <w:rsid w:val="00111C14"/>
     <w:rsid w:val="00115F1C"/>
     <w:rsid w:val="0030739E"/>
     <w:rsid w:val="003D4509"/>
     <w:rsid w:val="003E0E59"/>
     <w:rsid w:val="00472F5D"/>
     <w:rsid w:val="004F5550"/>
     <w:rsid w:val="00507587"/>
     <w:rsid w:val="00566531"/>
     <w:rsid w:val="005B01B7"/>
     <w:rsid w:val="006005F9"/>
     <w:rsid w:val="00616D59"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="0063236C"/>
     <w:rsid w:val="0067244F"/>
     <w:rsid w:val="00716BDF"/>
     <w:rsid w:val="008012F7"/>
     <w:rsid w:val="0086493C"/>
     <w:rsid w:val="008744C6"/>
     <w:rsid w:val="00880BEF"/>
     <w:rsid w:val="008E62D1"/>
     <w:rsid w:val="008E6823"/>
     <w:rsid w:val="00960AA9"/>
     <w:rsid w:val="009C4429"/>
     <w:rsid w:val="009E12D7"/>
     <w:rsid w:val="009F6A8C"/>
     <w:rsid w:val="00BD7BC6"/>
     <w:rsid w:val="00BE58AE"/>
     <w:rsid w:val="00D8287A"/>
     <w:rsid w:val="00D90437"/>
     <w:rsid w:val="00E879B1"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F1214E"/>
     <w:rsid w:val="00F917F1"/>
     <w:rsid w:val="00FC3575"/>
   </w:rsids>
   <m:mathPr>
@@ -6052,134 +6144,80 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...41 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6396,113 +6434,167 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>151c4eee-19ff-4f4a-acfc-444eba4e474e</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>3aabd121-9bf8-4fa2-bca6-58c4c08759db</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>ee5678cc-105b-4c87-83e5-6d7f82fc6ebb</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>33f7bfa5-0883-429b-84e2-2457a9d55f5c</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4926]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4926</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>PROPOSING AN AMENDMENT TO SECTION 3, ARTICLE X OF THE CONSTITUTION OF SOUTH CAROLINA, RELATING TO PROPERTY EXEMPT FROM AD VALOREM TAXATION, SO AS TO EXEMPT BUSINESS PERSONAL PROPERTY.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>joint_resolution_constitution</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"45769e07-9e1c-49ec-9ea2-3e8a74c84ead","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_ArtXSec3_d2b4b3681","IsConstitutionSection":true,"Identity":"X-3","IsNew":false,"SubSections":[{"Level":1,"Identity":"ArtXSec3Sa","SubSectionBookmarkName":"ss_ArtXSec3Sa_lv1_5c9183a0c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sb","SubSectionBookmarkName":"ss_ArtXSec3Sb_lv1_7e8d86cdd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sc","SubSectionBookmarkName":"ss_ArtXSec3Sc_lv1_3aaba48ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sd","SubSectionBookmarkName":"ss_ArtXSec3Sd_lv1_c8d78fe4e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Se","SubSectionBookmarkName":"ss_ArtXSec3Se_lv1_24769bcfc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sf","SubSectionBookmarkName":"ss_ArtXSec3Sf_lv1_0e1221503","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sg","SubSectionBookmarkName":"ss_ArtXSec3Sg_lv1_e59581980","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"ArtXSec3S1","SubSectionBookmarkName":"ss_ArtXSec3S1_lv2_44b5b90d4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"ArtXSec3S2","SubSectionBookmarkName":"ss_ArtXSec3S2_lv2_9945a7670","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sh","SubSectionBookmarkName":"ss_ArtXSec3Sh_lv1_6ac0c6191","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Si","SubSectionBookmarkName":"ss_ArtXSec3Si_lv1_1818fd63b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sj","SubSectionBookmarkName":"ss_ArtXSec3Sj_lv1_1965efab7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"ArtXSec3Sk","SubSectionBookmarkName":"ss_ArtXSec3Sk_lv1_b1e252779","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Property exempt from ad valorem taxation","TitleSoAsTo":"exempt personal business property","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_8b14b184c"},{"SectionUUID":"83c848b2-cb2b-458c-97dc-12bd384f2c69","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_c32cf6708"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Constitutional Amendment</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB12C06-B8B5-460A-A736-9839774D61E5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82929930-F6F1-4F56-B8C9-094EDA668FA8}">
-[...9 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8083D97B-BDE0-4671-9FBF-F22B6E654657}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82929930-F6F1-4F56-B8C9-094EDA668FA8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB12C06-B8B5-460A-A736-9839774D61E5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>998</Words>
   <Characters>5312</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>96</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6277</CharactersWithSpaces>