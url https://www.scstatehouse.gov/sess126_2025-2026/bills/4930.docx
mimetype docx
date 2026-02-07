--- v0 (2026-01-15)
+++ v1 (2026-02-07)
@@ -307,106 +307,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rfb6e48a9a9eb4e3d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 92</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R7cc3545bd3c349a9">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 92</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R71c68c3e45d54f43">
+      <w:hyperlink r:id="R40cf6a1c5614407e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +465,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R5f2e2429b7f54299">
+      <w:hyperlink r:id="R3434a69ed1f34f5b">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="00991F67" w:rsidP="005A44B9" w:rsidRDefault="00991F67" w14:paraId="34D2EA4A" w14:textId="714B62C0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="002851CF" w:rsidP="005A44B9" w:rsidRDefault="002851CF" w14:paraId="1FA882A8" w14:textId="74184832">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="002851CF" w:rsidP="005A44B9" w:rsidRDefault="002851CF" w14:paraId="258A4A7B" w14:textId="6296AE75">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="005A44B9" w:rsidRDefault="009B2ECA" w14:paraId="0B7B3D7A" w14:textId="49AFA7EE">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="005A44B9" w:rsidRDefault="009B2ECA" w14:paraId="70A89330" w14:textId="72CA1EBD">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002C7C7E" w:rsidR="009B2ECA" w:rsidP="005A44B9" w:rsidRDefault="009B2ECA" w14:paraId="02B9039A" w14:textId="4F0A2B3A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -559,239 +598,257 @@
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00105D52" w:rsidR="00BE1040" w:rsidP="00207826" w:rsidRDefault="00B72C8B" w14:paraId="4E30D107" w14:textId="1615FFE8">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>PROPOSING AN AMENDMENT TO SECTION 27, ARTICLE V OF THE CONSTITUTION OF SOUTH CAROLINA, RELATING TO THE JUDICIAL MERIT SELECTION COMMISSION, SO AS TO PROVIDE THAT MEMBERS OF THE JUDICIAL MERIT SELECTION COMMISSION MUST BE APPOINTED BY THE GOVERNOR.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00207826" w:rsidP="00204EB0" w:rsidRDefault="00207826" w14:paraId="69B9DA7F" w14:textId="763D9B9E">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="00F751FE" w:rsidP="001C682C" w:rsidRDefault="001C682C" w14:paraId="6D3CD473" w14:textId="25207875">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_d4f7073e4" w:id="1"/>
+      <w:bookmarkStart w:name="ew_d4f7073e4" w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00960653" w:rsidP="00960653" w:rsidRDefault="00960653" w14:paraId="45620F09" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E7978" w:rsidP="002E7978" w:rsidRDefault="00960653" w14:paraId="4AA706D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_602dadcaa" w:id="2"/>
+      <w:bookmarkStart w:name="bs_num_1_602dadcaa" w:id="1"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_1755ba94c" w:id="3"/>
+      <w:bookmarkStart w:name="dl_1755ba94c" w:id="2"/>
       <w:r w:rsidR="002E7978">
         <w:t>I</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="002E7978">
         <w:t>t is proposed that Section 27, Article V of the Constitution of this State be amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E7978" w:rsidP="002E7978" w:rsidRDefault="002E7978" w14:paraId="7633D4C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
+      <w:bookmarkStart w:name="open_doc_here" w:id="3"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w:rsidR="002E7978" w:rsidP="002E7978" w:rsidRDefault="002E7978" w14:paraId="62821677" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="cs_ArtVSec27_f1ddf6de2" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 27. In addition to the qualifications for circuit court and court of appeals judges and Supreme Court justices contained in this article, the General Assembly by law shall establish a Judicial Merit Selection Commission to consider the qualifications and fitness of candidates for all judicial positions on these courts and on other courts of this State which are filled by election of the General Assembly. The General Assembly must elect the judges and justices from among the nominees of the commission to fill a vacancy on these courts.</w:t>
+        <w:t xml:space="preserve">ection 27. </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="up_c974aa5de" w:id="5"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>n addition to the qualifications for circuit court and court of appeals judges and Supreme Court justices contained in this article, the General Assembly by law shall establish a Judicial Merit Selection Commission to consider the qualifications and fitness of candidates for all judicial positions on these courts and on other courts of this State which are filled by election of the General Assembly. The General Assembly must elect the judges and justices from among the nominees of the commission to fill a vacancy on these courts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00960653" w:rsidP="002E7978" w:rsidRDefault="002E7978" w14:paraId="1CA83D27" w14:textId="75DE8A73">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_f191374ec" w:id="5"/>
+      <w:bookmarkStart w:name="up_f191374ec" w:id="6"/>
       <w:r>
         <w:t>N</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-        <w:t>o person may be elected to these judicial positions unless he or she has been found qualified by the commission. Before a sitting member of the General Assembly may submit an application with the commission for his nomination to a judicial office, and before the commission may accept or consider such an application, the member of the General Assembly must first resign his office and have been out of office for a period established by law. Before a member of the commission may submit an application with the commission for his nomination to a judicial office, and before the commission may accept or consider such an application, the member of the commission must not have been a member of the commission for a period to be established by law.</w:t>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t xml:space="preserve">o person may be elected to these judicial positions unless he or she has been found qualified by the commission. Before a sitting member of the General Assembly may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>submit an application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> with the commission for his nomination to a judicial office, and before the commission may accept or consider such an application, the member of the General Assembly must first resign his office and have been out of office for a period established by law. Before a member of the commission may submit an application with the commission for his nomination to a judicial office, and before the commission may accept or consider such an application, the member of the commission must not have been a member of the commission for a period to be established by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D789A" w:rsidP="002E7978" w:rsidRDefault="002D789A" w14:paraId="407125EC" w14:textId="44C486DD">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_d66cab0f9" w:id="6"/>
+      <w:bookmarkStart w:name="up_d66cab0f9" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">he Governor shall appoint all members </w:t>
       </w:r>
       <w:r w:rsidR="0080048E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> the commission </w:t>
       </w:r>
       <w:r w:rsidR="0080048E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">to serve </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>terms established by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E7978" w:rsidP="002E7978" w:rsidRDefault="002E7978" w14:paraId="2CF60256" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F853BD" w:rsidP="00F853BD" w:rsidRDefault="002E7978" w14:paraId="3DB4B950" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_42cc20e62" w:id="7"/>
-      <w:bookmarkStart w:name="constitution_voting_96fac30a9" w:id="8"/>
+      <w:bookmarkStart w:name="bs_num_2_42cc20e62" w:id="8"/>
+      <w:bookmarkStart w:name="constitution_voting_96fac30a9" w:id="9"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00F853BD">
         <w:t>The proposed</w:t>
       </w:r>
       <w:r w:rsidR="00F853BD">
         <w:t xml:space="preserve"> amendment</w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00F853BD">
         <w:t xml:space="preserve"> must be submitted to the qualified electors at the next general election for representatives.</w:t>
       </w:r>
       <w:r w:rsidR="00F853BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00F853BD">
         <w:t xml:space="preserve"> Ballots must be provided at the various voting precincts with the follow</w:t>
       </w:r>
       <w:r w:rsidR="00F853BD">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="7EFADF95" w:rsidR="00F853BD">
         <w:t xml:space="preserve"> words printed or written on the ballot:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00F853BD" w:rsidP="00F853BD" w:rsidRDefault="00F853BD" w14:paraId="59360442" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00F853BD" w:rsidP="00F853BD" w:rsidRDefault="00F853BD" w14:paraId="084E3BC9" w14:textId="204211FD">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_414eac26a" w:id="9"/>
+      <w:bookmarkStart w:name="up_414eac26a" w:id="10"/>
       <w:r>
         <w:t>“</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00C91CFA">
         <w:t>Must Section</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 27,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:t xml:space="preserve"> Article </w:t>
       </w:r>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:t xml:space="preserve"> of the Constitution of this State, relating to </w:t>
       </w:r>
       <w:r w:rsidR="002D789A">
         <w:t>the Judicial Merit Selection Commission</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0418">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91CFA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -800,158 +857,152 @@
       </w:r>
       <w:r w:rsidRPr="00B7188A">
         <w:t>be amended so as to provide</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E5E4E">
         <w:t>for appointment by the Governor of all members of the Judicial Merit Selection Commission for terms established by law</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00F853BD" w:rsidP="00F853BD" w:rsidRDefault="00F853BD" w14:paraId="3C583F66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00F853BD" w:rsidP="00F853BD" w:rsidRDefault="00F853BD" w14:paraId="2084FA6F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_eddea971b" w:id="10"/>
+      <w:bookmarkStart w:name="up_eddea971b" w:id="11"/>
       <w:r w:rsidRPr="00116292">
         <w:t>Y</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00116292">
         <w:t>es</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F853BD" w:rsidP="00F853BD" w:rsidRDefault="00F853BD" w14:paraId="288827A7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="up_c56d13ffc" w:id="11"/>
+      <w:bookmarkStart w:name="up_c56d13ffc" w:id="12"/>
       <w:r w:rsidRPr="00116292">
         <w:t>N</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00116292">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00116292" w:rsidR="00F853BD" w:rsidP="00F853BD" w:rsidRDefault="00F853BD" w14:paraId="0A65F568" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E7978" w:rsidP="00F853BD" w:rsidRDefault="00F853BD" w14:paraId="308F0D00" w14:textId="189482E9">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_ae8d3ba3e" w:id="12"/>
+      <w:bookmarkStart w:name="up_ae8d3ba3e" w:id="13"/>
       <w:r w:rsidRPr="00116292">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00116292">
         <w:t xml:space="preserve">hose voting in favor of the question shall deposit a ballot with a check or cross mark in the square after the word </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>Yes</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t xml:space="preserve">, and those voting against the question shall deposit a ballot with a check or cross mark in the square after the word </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>No</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00116292">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="00344848" w:rsidRDefault="000D6B78" w14:paraId="28DD7057" w14:textId="74C47A26">
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="up_945fd24b9" w:id="13"/>
+    <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="00391F88" w:rsidRDefault="000D6B78" w14:paraId="28DD7057" w14:textId="74C47A26">
+      <w:pPr>
+        <w:pStyle w:val="scbillendxx"/>
+      </w:pPr>
       <w:r w:rsidRPr="00105D52">
-        <w:t>-</w:t>
-[...3 lines deleted...]
-        <w:t>-</w:t>
+        <w:t>--</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>--XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:t>--</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>--</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidSect="00703424">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
@@ -1027,125 +1078,125 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="793A3767" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="25BA1E08" w14:textId="1F7643B8" w:rsidR="00674220" w:rsidRDefault="0047793F" w:rsidP="00674220">
+  <w:p w14:paraId="25BA1E08" w14:textId="54F68542" w:rsidR="00674220" w:rsidRDefault="00490BC4" w:rsidP="00674220">
     <w:pPr>
       <w:pStyle w:val="scbillfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="2068836066"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00902A77">
-          <w:t>[...]</w:t>
+        <w:r w:rsidR="0043665F">
+          <w:t>[4930]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00674220">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008577F1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:alias w:val="footer_filename"/>
         <w:tag w:val="footer_filename"/>
         <w:id w:val="703371821"/>
         <w:lock w:val="sdtContentLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="004B6F6E">
+        <w:r w:rsidR="0043665F">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>LC-0197AHB26.docx</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="469B53C7" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F3779D5" w14:textId="77777777" w:rsidR="00A33A5F" w:rsidRDefault="00A33A5F" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -1404,51 +1455,52 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="694771090">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="252201783">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1039820966">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="310595583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="965234399">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1476528253">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="200"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -1464,161 +1516,170 @@
     <w:rsid w:val="0009245B"/>
     <w:rsid w:val="000B67F5"/>
     <w:rsid w:val="000D6B78"/>
     <w:rsid w:val="000E205D"/>
     <w:rsid w:val="000E4143"/>
     <w:rsid w:val="000E582D"/>
     <w:rsid w:val="001022EB"/>
     <w:rsid w:val="00102FCA"/>
     <w:rsid w:val="00105D52"/>
     <w:rsid w:val="00110702"/>
     <w:rsid w:val="00137445"/>
     <w:rsid w:val="00152B7B"/>
     <w:rsid w:val="00166A4D"/>
     <w:rsid w:val="00191D34"/>
     <w:rsid w:val="00196C45"/>
     <w:rsid w:val="001A12D9"/>
     <w:rsid w:val="001A1493"/>
     <w:rsid w:val="001B50D2"/>
     <w:rsid w:val="001C682C"/>
     <w:rsid w:val="001E7E0C"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F5E78"/>
     <w:rsid w:val="00202067"/>
     <w:rsid w:val="00202D6C"/>
     <w:rsid w:val="002038AA"/>
+    <w:rsid w:val="002045B3"/>
     <w:rsid w:val="00204EB0"/>
     <w:rsid w:val="00207826"/>
     <w:rsid w:val="0021562C"/>
     <w:rsid w:val="002230E1"/>
     <w:rsid w:val="002311A2"/>
     <w:rsid w:val="002469E1"/>
     <w:rsid w:val="00251FD5"/>
     <w:rsid w:val="002608CD"/>
     <w:rsid w:val="002851CF"/>
     <w:rsid w:val="002973A2"/>
     <w:rsid w:val="002A2C79"/>
     <w:rsid w:val="002A667A"/>
     <w:rsid w:val="002A6902"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B5BEA"/>
     <w:rsid w:val="002C7C7E"/>
     <w:rsid w:val="002D789A"/>
     <w:rsid w:val="002E0094"/>
     <w:rsid w:val="002E1999"/>
     <w:rsid w:val="002E7978"/>
     <w:rsid w:val="00314400"/>
     <w:rsid w:val="0031515D"/>
     <w:rsid w:val="003261AB"/>
     <w:rsid w:val="00326260"/>
     <w:rsid w:val="003337A0"/>
     <w:rsid w:val="00335981"/>
     <w:rsid w:val="0033645E"/>
     <w:rsid w:val="00344848"/>
     <w:rsid w:val="00351A09"/>
     <w:rsid w:val="0035247A"/>
     <w:rsid w:val="003831CE"/>
+    <w:rsid w:val="00391F88"/>
     <w:rsid w:val="003C444D"/>
     <w:rsid w:val="003C4F86"/>
     <w:rsid w:val="003D225B"/>
     <w:rsid w:val="0040332C"/>
     <w:rsid w:val="0040638E"/>
     <w:rsid w:val="00435A0E"/>
+    <w:rsid w:val="0043665F"/>
     <w:rsid w:val="004368D3"/>
+    <w:rsid w:val="0044368F"/>
     <w:rsid w:val="00463356"/>
     <w:rsid w:val="0047008C"/>
     <w:rsid w:val="0048091E"/>
     <w:rsid w:val="00490B14"/>
+    <w:rsid w:val="00490BC4"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="004A72B7"/>
     <w:rsid w:val="004B6F6E"/>
     <w:rsid w:val="004B759D"/>
     <w:rsid w:val="004C40D0"/>
     <w:rsid w:val="004E13A3"/>
     <w:rsid w:val="004E69BE"/>
     <w:rsid w:val="004F3500"/>
     <w:rsid w:val="00512914"/>
     <w:rsid w:val="00530E88"/>
     <w:rsid w:val="00540796"/>
     <w:rsid w:val="00547DD5"/>
     <w:rsid w:val="005606AD"/>
     <w:rsid w:val="00560F91"/>
     <w:rsid w:val="00562DBC"/>
     <w:rsid w:val="00572815"/>
     <w:rsid w:val="00592861"/>
     <w:rsid w:val="005A44B9"/>
+    <w:rsid w:val="005A5760"/>
     <w:rsid w:val="005B4332"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005E5E4E"/>
     <w:rsid w:val="005E7403"/>
     <w:rsid w:val="006153AB"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00621AB4"/>
     <w:rsid w:val="00640794"/>
     <w:rsid w:val="00674220"/>
     <w:rsid w:val="00677E52"/>
     <w:rsid w:val="00684741"/>
     <w:rsid w:val="00696ABA"/>
     <w:rsid w:val="006B5610"/>
     <w:rsid w:val="006B76FE"/>
     <w:rsid w:val="006D1D25"/>
     <w:rsid w:val="006D41CD"/>
     <w:rsid w:val="006E3B92"/>
     <w:rsid w:val="006F7913"/>
     <w:rsid w:val="00702736"/>
     <w:rsid w:val="00703424"/>
     <w:rsid w:val="007262F1"/>
     <w:rsid w:val="00741923"/>
     <w:rsid w:val="00747A48"/>
     <w:rsid w:val="007517E4"/>
     <w:rsid w:val="0077594C"/>
     <w:rsid w:val="007834CB"/>
     <w:rsid w:val="007A6F9E"/>
     <w:rsid w:val="007A7AFD"/>
     <w:rsid w:val="007F179F"/>
     <w:rsid w:val="0080048E"/>
     <w:rsid w:val="00807D9F"/>
     <w:rsid w:val="00810D57"/>
     <w:rsid w:val="00822B8B"/>
     <w:rsid w:val="008242C7"/>
     <w:rsid w:val="00827AEA"/>
     <w:rsid w:val="008577F1"/>
     <w:rsid w:val="00857D61"/>
     <w:rsid w:val="00876AA5"/>
     <w:rsid w:val="008A6ED6"/>
     <w:rsid w:val="008C333D"/>
     <w:rsid w:val="00902A77"/>
     <w:rsid w:val="0090596A"/>
     <w:rsid w:val="00913633"/>
     <w:rsid w:val="009255F4"/>
+    <w:rsid w:val="009273BB"/>
     <w:rsid w:val="00935259"/>
     <w:rsid w:val="00936D1A"/>
     <w:rsid w:val="00937B34"/>
     <w:rsid w:val="009552CC"/>
     <w:rsid w:val="00956988"/>
     <w:rsid w:val="00960653"/>
     <w:rsid w:val="00967247"/>
+    <w:rsid w:val="009847D6"/>
     <w:rsid w:val="00984B5B"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="009A06B6"/>
     <w:rsid w:val="009B2ECA"/>
     <w:rsid w:val="009B3630"/>
     <w:rsid w:val="009C43C3"/>
     <w:rsid w:val="009D1A37"/>
     <w:rsid w:val="009D54F7"/>
     <w:rsid w:val="009F4163"/>
     <w:rsid w:val="00A02894"/>
     <w:rsid w:val="00A06E2E"/>
     <w:rsid w:val="00A10047"/>
     <w:rsid w:val="00A10FFA"/>
     <w:rsid w:val="00A33A5F"/>
     <w:rsid w:val="00A62BEC"/>
     <w:rsid w:val="00A73649"/>
     <w:rsid w:val="00A8574D"/>
     <w:rsid w:val="00A96112"/>
     <w:rsid w:val="00AE0454"/>
     <w:rsid w:val="00AF4F67"/>
     <w:rsid w:val="00B2206F"/>
     <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B2707D"/>
     <w:rsid w:val="00B3575E"/>
     <w:rsid w:val="00B421A5"/>
@@ -1673,50 +1734,51 @@
     <w:rsid w:val="00EA3586"/>
     <w:rsid w:val="00EB0B43"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00ED4053"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F02E75"/>
     <w:rsid w:val="00F1362B"/>
     <w:rsid w:val="00F25447"/>
     <w:rsid w:val="00F310CF"/>
     <w:rsid w:val="00F44E29"/>
     <w:rsid w:val="00F4799B"/>
     <w:rsid w:val="00F64849"/>
     <w:rsid w:val="00F751FE"/>
     <w:rsid w:val="00F83EE1"/>
     <w:rsid w:val="00F853BD"/>
     <w:rsid w:val="00FA7E68"/>
     <w:rsid w:val="00FB02A8"/>
     <w:rsid w:val="00FB5F4A"/>
     <w:rsid w:val="00FC2198"/>
     <w:rsid w:val="00FD0B09"/>
     <w:rsid w:val="00FD3616"/>
     <w:rsid w:val="00FE2E1D"/>
     <w:rsid w:val="00FE4340"/>
     <w:rsid w:val="00FE6552"/>
     <w:rsid w:val="00FF3F02"/>
+    <w:rsid w:val="00FF413E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2102,2766 +2164,2768 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="009847D6"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="009847D6"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="seantest">
     <w:name w:val="sean_test"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni"/>
       <w:sz w:val="44"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendamendnum">
     <w:name w:val="sc_amend_amendnum"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendbillnum">
     <w:name w:val="sc_amend_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendclerk">
     <w:name w:val="sc_amend_clerk"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddate">
     <w:name w:val="sc_amend_date"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddrafter">
     <w:name w:val="sc_amend_drafter"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendfooterpath">
     <w:name w:val="sc_amend_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendheader1">
     <w:name w:val="sc_amend_header1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendordernum">
     <w:name w:val="sc_amend_ordernum"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendreference">
     <w:name w:val="sc_amend_reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendselectionboxes">
     <w:name w:val="sc_amend_selectionboxes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsignatureline">
     <w:name w:val="sc_amend_signatureline"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsponsorline">
     <w:name w:val="sc_amend_sponsorline"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendadoptnum">
     <w:name w:val="sc_amend_adoptnum"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
     <w:name w:val="sc_amend_conformline"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddirectionallanguage">
     <w:name w:val="sc_amend_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
     <w:name w:val="sc_amend_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendnewcodesection">
     <w:name w:val="sc_amend_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
     <w:name w:val="sc_amend_titleconform"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacket">
     <w:name w:val="sc_bill_senate_back_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacketproofreadline">
     <w:name w:val="sc_bill_senate_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateclippage">
     <w:name w:val="sc_senate_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolution">
     <w:name w:val="sc_senate_resolution"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbythis">
     <w:name w:val="sc_senate_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageattorney">
     <w:name w:val="sc_senate_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedate">
     <w:name w:val="sc_senate_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="810"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocname">
     <w:name w:val="sc_senate_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="scsenateresolutionclippagedocumentname"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedraftingassistant">
     <w:name w:val="sc_senate_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageheader">
     <w:name w:val="sc_senate_resolution_clip_page_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenate">
     <w:name w:val="sc_senate_resolution_clip_page_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenator">
     <w:name w:val="sc_senate_resolution_clip_page_senator"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagetitle">
     <w:name w:val="sc_senate_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionemptyline">
     <w:name w:val="sc_senate_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionfurtherresolved">
     <w:name w:val="sc_senate_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionheader">
     <w:name w:val="sc_senate_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjacketintroduced">
     <w:name w:val="sc_senate_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjackettitle">
     <w:name w:val="sc_senate_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionresolved">
     <w:name w:val="sc_senate_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutiontitle">
     <w:name w:val="sc_senate_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionwhereas">
     <w:name w:val="sc_senate_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
     <w:name w:val="sc_coversheet_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbilldetails">
     <w:name w:val="sc_confrep_billdetails"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbillnum">
     <w:name w:val="sc_confrep_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scconfrepbilltitle">
     <w:name w:val="sc_confrep_billtitle"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepcodifiedsection">
     <w:name w:val="sc_confrep_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepdirectionallanguage">
     <w:name w:val="sc_confrep_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfilepath">
     <w:name w:val="sc_confrep_filepath"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfooterpath">
     <w:name w:val="sc_confrep_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepgenassembly">
     <w:name w:val="sc_confrep_genassembly"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepheading">
     <w:name w:val="sc_confrep_heading"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreplanginstruction">
     <w:name w:val="sc_confrep_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreponpartof">
     <w:name w:val="sc_confrep_onpartof"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="5976"/>
       </w:tabs>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreppasswithamend">
     <w:name w:val="sc_confrep_passwithamend"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreprecommend">
     <w:name w:val="sc_confrep_recommend"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepreferred">
     <w:name w:val="sc_confrep_referred"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepsignaturelines">
     <w:name w:val="sc_confrep_signaturelines"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippageinfo">
     <w:name w:val="sc_act_clip_page_info"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcatchline">
     <w:name w:val="sc_act_catchline"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjremptyline">
     <w:name w:val="sc_jr_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrblanksection">
     <w:name w:val="sc_jr_blank_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel1">
     <w:name w:val="sc_jr_list_level_1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel2">
     <w:name w:val="sc_jr_list_level_2"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="007A6F9E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="007517E4"/>
+    <w:rsid w:val="009847D6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B72C8B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4930&amp;session=126&amp;summary=B" TargetMode="External" Id="R71c68c3e45d54f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4930_20260114.docx" TargetMode="External" Id="R5f2e2429b7f54299" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4930&amp;session=126&amp;summary=B" TargetMode="External" Id="R40cf6a1c5614407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4930_20260114.docx" TargetMode="External" Id="R3434a69ed1f34f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="Rfb6e48a9a9eb4e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260114.docx" TargetMode="External" Id="R7cc3545bd3c349a9" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBA12576-C54B-4BE3-BA96-6BB324E9DAE5}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4946,50 +5010,51 @@
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00616D59"/>
     <w:rsid w:val="000958FC"/>
     <w:rsid w:val="00111C14"/>
     <w:rsid w:val="00115F1C"/>
     <w:rsid w:val="001E7E0C"/>
     <w:rsid w:val="002469E1"/>
     <w:rsid w:val="003831CE"/>
     <w:rsid w:val="003D4509"/>
     <w:rsid w:val="003E0E59"/>
     <w:rsid w:val="004F5550"/>
     <w:rsid w:val="00507587"/>
     <w:rsid w:val="00566531"/>
     <w:rsid w:val="005B01B7"/>
     <w:rsid w:val="006005F9"/>
     <w:rsid w:val="00616D59"/>
+    <w:rsid w:val="00621421"/>
     <w:rsid w:val="00621AB4"/>
     <w:rsid w:val="0063236C"/>
     <w:rsid w:val="0067244F"/>
     <w:rsid w:val="00716BDF"/>
     <w:rsid w:val="008012F7"/>
     <w:rsid w:val="0086493C"/>
     <w:rsid w:val="008744C6"/>
     <w:rsid w:val="00880BEF"/>
     <w:rsid w:val="008E62D1"/>
     <w:rsid w:val="008E6823"/>
     <w:rsid w:val="00960AA9"/>
     <w:rsid w:val="009C4429"/>
     <w:rsid w:val="009E12D7"/>
     <w:rsid w:val="009F6A8C"/>
     <w:rsid w:val="00B85CBC"/>
     <w:rsid w:val="00D8287A"/>
     <w:rsid w:val="00D90437"/>
     <w:rsid w:val="00D96578"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F1214E"/>
     <w:rsid w:val="00F917F1"/>
     <w:rsid w:val="00FC3575"/>
   </w:rsids>
   <m:mathPr>
@@ -5732,142 +5797,71 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...69 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6084,107 +6078,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>23a44b07-91b9-4a81-828f-0af511e1c9ce</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>ba6524df-bc92-4a1d-86a1-aa3c61052220</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>81bc8085-d30f-4945-929c-0575f135d9b6</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>a5f464d5-a301-4fc8-a251-472cbeee097e</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4930]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4930</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>PROPOSING AN AMENDMENT TO SECTION 27, ARTICLE V OF THE CONSTITUTION OF SOUTH CAROLINA, RELATING TO THE JUDICIAL MERIT SELECTION COMMISSION, SO AS TO PROVIDE THAT MEMBERS OF THE JUDICIAL MERIT SELECTION COMMISSION MUST BE APPOINTED BY THE GOVERNOR.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>joint_resolution_constitution</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"651d8e51-0822-4427-b6da-75ed2e6315e1","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_ArtVSec27_f1ddf6de2","IsConstitutionSection":true,"Identity":"V-27","IsNew":false,"SubSections":[],"TitleRelatedTo":"the Judicial Merit Selection Commission","TitleSoAsTo":"provide that members of the judicial merit selection commission must be appointed by the governor","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_602dadcaa"},{"SectionUUID":"2d91380c-814d-4395-9898-67e0a8f372aa","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_42cc20e62"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Constitution, Governor to appoint Judicial Merit Selection Commission</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8083D97B-BDE0-4671-9FBF-F22B6E654657}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FACF6051-C252-4ACE-87EB-EA61980E1FE7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB12C06-B8B5-460A-A736-9839774D61E5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>446</Words>
   <Characters>2191</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>