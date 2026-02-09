--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -1,35 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -306,106 +307,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/15/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R82480e03f6bc46d0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/15/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R41d895c213c14dc8">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R389137260e5a43c4">
+      <w:hyperlink r:id="R69140e22bb444171">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,103 +465,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rb60d99e9ed4643a0">
+      <w:hyperlink r:id="Rd6cf10b96664453d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/15/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="0064547D" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="6AC35977">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0064547D" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="634C098A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="0064547D" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="7716CEC4">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0064547D" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="41073B06">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0064547D" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="4D703EE7">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="0064547D" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="662A0912">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -549,607 +589,607 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="000C4030" w14:paraId="40FEFADA" w14:textId="7E4F7592">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 14‑23‑1040, RELATING TO QUALIFICATIONS OF PROBATE JUDGES, SO AS TO REVISE THE QUALIFICATIONS FOR PROBATE JUDGES IN COUNTIES GREATER THAN FIFTY THOUSAND IN POPULATION, AND TO GRANDFATHER THOSE PROBATE JUDGES CURRENTLY SERVING.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_0934ebb6d" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_0934ebb6d" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_ad186c751" w:id="2"/>
+      <w:bookmarkStart w:name="ew_ad186c751" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA2D40" w:rsidP="00FA2D40" w:rsidRDefault="00FA2D40" w14:paraId="32A34C9F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA2D40" w:rsidP="00FA2D40" w:rsidRDefault="00FA2D40" w14:paraId="4FE64B0E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_03d88d0c8" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_03d88d0c8" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_6094061bd" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-      </w:r>
+        <w:t>ection 14‑23‑1040 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA2D40" w:rsidP="00F24096" w:rsidRDefault="00FA2D40" w14:paraId="5FB12C23" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7890" w:rsidP="00FA2D40" w:rsidRDefault="00FA2D40" w14:paraId="496C64EF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_6094061bd" w:id="4"/>
+      <w:bookmarkStart w:name="cs_T14C23N1040_47d4f0ffc" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 14‑23‑1040 of the S.C. Code is amended to read:</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>ection 14‑23‑1040.</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T14C23N1040_47d4f0ffc" w:id="5"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T14C23N1040SA_lv1_26c294bf9" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T14C23N1040SA_lv1_26c294bf9" w:id="5"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007B7890">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="007B7890">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>No</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> person is eligible to hold the office of judge of probate who </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is not </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at the time of his election</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7890">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7890" w:rsidP="00FA2D40" w:rsidRDefault="007B7890" w14:paraId="3F3A2A59" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T14C23N1040S1_lv2_423364536" w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidR="007B7890">
-[...51 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>1) is not</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:t xml:space="preserve"> a citizen of the United States and of this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FA2D40">
         <w:t>State</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="007B7890" w:rsidP="00FA2D40" w:rsidRDefault="007B7890" w14:paraId="39A9EEEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C23N1040S2_lv2_8b585a2d2" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T14C23N1040S2_lv2_8b585a2d2" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:t xml:space="preserve">has not attained the age of twenty‑one years upon his </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FA2D40">
         <w:t>election</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="007B7890" w:rsidP="00FA2D40" w:rsidRDefault="007B7890" w14:paraId="0414C31F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C23N1040S3_lv2_966b30858" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T14C23N1040S3_lv2_966b30858" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:t xml:space="preserve"> has not become a qualified elector of the county in which he is to be a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FA2D40">
         <w:t>judge</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FA2D40">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA2D40" w:rsidP="00FA2D40" w:rsidRDefault="007B7890" w14:paraId="6D8BB538" w14:textId="43B5C769">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C23N1040S4_lv2_05d4a011c" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T14C23N1040S4_lv2_05d4a011c" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:t>has not received a four‑year bachelor</w:t>
       </w:r>
       <w:r w:rsidR="000D2668">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:t>s degree from an accredited post‑secondary institution or if he has received no degree he must have four years</w:t>
       </w:r>
       <w:r w:rsidR="004A394B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:t xml:space="preserve"> experience as an employee in a probate judge</w:t>
       </w:r>
       <w:r w:rsidR="004A394B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00FA2D40">
         <w:t>s office in this State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B7890" w:rsidP="00FA2D40" w:rsidRDefault="007B7890" w14:paraId="3F120A6C" w14:textId="56E3DD07">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T14C23N1040SB_lv1_340aa0f88" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T14C23N1040SB_lv1_340aa0f88" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) In counties with populations </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0035514F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>fifty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thousand citizens and notwithstanding the provisions of subsection (A)(2) and (4), no person is eligible to hold the office of judge of probate who at the time of his election:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7890" w:rsidP="00FA2D40" w:rsidRDefault="007B7890" w14:paraId="371A92A2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T14C23N1040S1_lv2_dc7cd7e71" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">B) In counties with populations </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>1) has not attained the age of twenty‑five years upon his election; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7890" w:rsidP="00FA2D40" w:rsidRDefault="007B7890" w14:paraId="4B2D662F" w14:textId="69E32BF8">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>in excess of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T14C23N1040S2_lv2_9278a52f3" w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>2) is not a licensed attorney in good standing in this State</w:t>
       </w:r>
       <w:r w:rsidR="0035514F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>fifty</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> or, if not a licensed attorney in good standing in this State, the probate </w:t>
+      </w:r>
+      <w:r w:rsidR="00026F36">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> thousand citizens and notwithstanding the provisions of subsection (A)(2) and (4), no person is eligible to hold the office of judge of probate who at the time of his election:</w:t>
-[...6 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">judge </w:t>
+      </w:r>
+      <w:r w:rsidR="0035514F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>must hire a staff attorney within a reasonable time of his election</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:tab/>
-[...37 lines deleted...]
-        <w:t>(</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B7890" w:rsidP="007B7890" w:rsidRDefault="007B7890" w14:paraId="14665209" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B7890" w:rsidP="00391C13" w:rsidRDefault="007B7890" w14:paraId="4375FD57" w14:textId="590CF39C">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_59069dc1b" w:id="13"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r>
-[...43 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00391C13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00234457">
         <w:t>The provisions of S</w:t>
       </w:r>
       <w:r w:rsidR="004A394B">
         <w:t>ection</w:t>
       </w:r>
       <w:r w:rsidR="00234457">
         <w:t xml:space="preserve"> 14‑23‑1040</w:t>
       </w:r>
       <w:r w:rsidR="008C678B">
         <w:t xml:space="preserve">(A)(4) and </w:t>
       </w:r>
       <w:r w:rsidR="00234457">
         <w:t>(B) do not apply to a probate judge currently serving in office on or before the effective date of this act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="3465E103">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="15"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="16"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="14"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="15"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00264207">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="26AD7C56" w14:textId="77777777" w:rsidR="00564B58" w:rsidRDefault="00564B58" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6887BBE4" w14:textId="77777777" w:rsidR="00564B58" w:rsidRDefault="00564B58"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1230,51 +1270,51 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="513E75EF" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00437713" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="513E75EF" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00E95AA8" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00D31C0B">
               <w:t>[4965]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
@@ -1640,69 +1680,71 @@
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
+    <w:rsid w:val="00002A76"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00026F36"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="000648E0"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
+    <w:rsid w:val="000A739B"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C4030"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000C7665"/>
     <w:rsid w:val="000D2668"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E227A"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="001018E6"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="00116D4E"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00130DFD"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
@@ -1749,102 +1791,105 @@
     <w:rsid w:val="002F0B7C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00310043"/>
     <w:rsid w:val="00311FD0"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00344519"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="0035514F"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00372EDF"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003916E6"/>
     <w:rsid w:val="00391C13"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
+    <w:rsid w:val="003E37C6"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E6312"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
+    <w:rsid w:val="00412247"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00437713"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="0046369C"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="00482034"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A394B"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B39FC"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00521485"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00526E41"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
+    <w:rsid w:val="005730A9"/>
     <w:rsid w:val="005773BF"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="005903E1"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D0462"/>
     <w:rsid w:val="005D2C89"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F7089"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="00605B6E"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00612661"/>
@@ -1934,88 +1979,90 @@
     <w:rsid w:val="008F1C29"/>
     <w:rsid w:val="008F6513"/>
     <w:rsid w:val="008F7319"/>
     <w:rsid w:val="00900773"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00926F87"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="009534C0"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="0095541D"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="00956A7C"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="0098170C"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A5430"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D1EE5"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77819"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
+    <w:rsid w:val="00AC7C31"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00AF676B"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B11F00"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B469FE"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B67C40"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
@@ -2087,75 +2134,77 @@
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF7861"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E20855"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E37A43"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E53ED1"/>
     <w:rsid w:val="00E540FF"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
+    <w:rsid w:val="00E95AA8"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC663C"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED6A01"/>
     <w:rsid w:val="00EE22DD"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F045B7"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F12CF9"/>
     <w:rsid w:val="00F13201"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
+    <w:rsid w:val="00F24096"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F3350A"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F6453A"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F82955"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F93EE1"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA20BB"/>
     <w:rsid w:val="00FA2D40"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
@@ -2573,1407 +2622,1405 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31C0B"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31C0B"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D31C0B"/>
+    <w:rsid w:val="00987FB4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007B7890"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4965&amp;session=126&amp;summary=B" TargetMode="External" Id="R389137260e5a43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4965_20260115.docx" TargetMode="External" Id="Rb60d99e9ed4643a0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4965&amp;session=126&amp;summary=B" TargetMode="External" Id="R69140e22bb444171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4965_20260115.docx" TargetMode="External" Id="Rd6cf10b96664453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260115.docx" TargetMode="External" Id="R82480e03f6bc46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260115.docx" TargetMode="External" Id="R41d895c213c14dc8" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4863,51 +4910,68 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B3FCDFB51C9DE4409AD0073B12C6D51C" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db713c886194273abd9e3d8ac01b75b0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e018f6d0-eded-478e-b921-458756e0e94e" xmlns:ns3="9df7f801-9563-4618-a765-8e771262e2a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a6d6ec6ebca15dd0225f7fda3d6b46b7" ns2:_="" ns3:_="">
     <xsd:import namespace="e018f6d0-eded-478e-b921-458756e0e94e"/>
     <xsd:import namespace="9df7f801-9563-4618-a765-8e771262e2a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5118,182 +5182,192 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>48de9bd8-d6d8-47e8-b74f-e5cdd85683df</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>True</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
   <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>1367b6d0-c867-43d9-9de8-5fcfe981dd2d</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>ff8e8258-8f55-464d-9eab-3294e72fe56e</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>904cdffb-32ea-4e7c-89c6-bc110efb7df0</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[4965]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>4965</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 14‑23‑1040, RELATING TO QUALIFICATIONS OF PROBATE JUDGES, SO AS TO REVISE THE QUALIFICATIONS FOR PROBATE JUDGES IN COUNTIES GREATER THAN FIFTY THOUSAND IN POPULATION, AND TO GRANDFATHER THOSE PROBATE JUDGES CURRENTLY SERVING.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"9051a160-50db-47c7-baaf-38e24e128527","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T14C23N1040_47d4f0ffc","IsConstitutionSection":false,"Identity":"14-23-1040","IsNew":false,"SubSections":[{"Level":1,"Identity":"T14C23N1040SA","SubSectionBookmarkName":"ss_T14C23N1040SA_lv1_26c294bf9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C23N1040S1","SubSectionBookmarkName":"ss_T14C23N1040S1_lv2_423364536","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C23N1040S2","SubSectionBookmarkName":"ss_T14C23N1040S2_lv2_8b585a2d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C23N1040S3","SubSectionBookmarkName":"ss_T14C23N1040S3_lv2_966b30858","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C23N1040S4","SubSectionBookmarkName":"ss_T14C23N1040S4_lv2_05d4a011c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T14C23N1040SB","SubSectionBookmarkName":"ss_T14C23N1040SB_lv1_340aa0f88","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C23N1040S1","SubSectionBookmarkName":"ss_T14C23N1040S1_lv2_dc7cd7e71","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T14C23N1040S2","SubSectionBookmarkName":"ss_T14C23N1040S2_lv2_9278a52f3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"qualifications of probate judges","TitleSoAsTo":"revise the qualifications for probate judges in counties greater than ninety thousand in population, and to grandfather those probate judges currently serving","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_03d88d0c8"},{"SectionUUID":"04dc0d82-79f3-4de2-8641-f15dc22b9dd4","SectionName":"New Blank SECTION","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_59069dc1b"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Probate judge qualifications</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>ashleyharwellbeach@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9df7f801-9563-4618-a765-8e771262e2a3"/>
+    <Inventorysheet xmlns="e018f6d0-eded-478e-b921-458756e0e94e">false</Inventorysheet>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e018f6d0-eded-478e-b921-458756e0e94e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C49E935C-1C12-44DF-8C16-28DDA7EE861D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e018f6d0-eded-478e-b921-458756e0e94e"/>
     <ds:schemaRef ds:uri="9df7f801-9563-4618-a765-8e771262e2a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FAE48A5-4E78-4D2D-8595-B67F9EAA5199}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9df7f801-9563-4618-a765-8e771262e2a3"/>
+    <ds:schemaRef ds:uri="e018f6d0-eded-478e-b921-458756e0e94e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>313</Words>
-  <Characters>1472</Characters>
+  <Words>308</Words>
+  <Characters>1447</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1767</CharactersWithSpaces>
+  <CharactersWithSpaces>1754</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B3FCDFB51C9DE4409AD0073B12C6D51C</vt:lpwstr>