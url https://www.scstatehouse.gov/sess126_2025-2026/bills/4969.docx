--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -306,106 +306,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/15/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R2dd4f4bf6c954ee0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/15/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R786b084c9c364c17">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R24e37efa4e4b4a38">
+      <w:hyperlink r:id="Ra421ea7e8fc24561">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,103 +464,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R7b0a1d7635994b25">
+      <w:hyperlink r:id="R3f85974221e84885">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/15/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="003D6F91" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="2D5A87C9">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="003D6F91" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="0517FE9E">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="003D6F91" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="048FA9A7">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="003D6F91" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="166C0C44">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="003D6F91" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="4A1F40B4">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="003D6F91" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="2C02157B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -549,173 +588,173 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00567C22" w14:paraId="40FEFADA" w14:textId="14005A4D">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 8‑13‑1314, RELATING TO CAMPAIGN CONTRIBUTION LIMITS AND RESTRICTIONS, SO AS TO INCREASE CERTAIN CONTRIBUTION AMOUNTS FROM ONE THOUSAND DOLLARS TO TWO THOUSAND DOLLARS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_b73165a41" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_b73165a41" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_ea20c84d2" w:id="2"/>
+      <w:bookmarkStart w:name="ew_ea20c84d2" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003C687A" w:rsidP="003C687A" w:rsidRDefault="003C687A" w14:paraId="14344EE9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003C687A" w:rsidP="003C687A" w:rsidRDefault="003C687A" w14:paraId="7AE70533" w14:textId="1DD9DEAD">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_29d08f307" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_29d08f307" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_1a60f0b59" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-      </w:r>
+        <w:t>ection 8‑13‑1314(A)</w:t>
+      </w:r>
+      <w:r w:rsidR="00567C22">
+        <w:t>(1)(c)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C687A" w:rsidP="003C687A" w:rsidRDefault="003C687A" w14:paraId="483D1979" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003C687A" w:rsidP="00567C22" w:rsidRDefault="003C687A" w14:paraId="295F1689" w14:textId="0A364A03">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T8C13N1314_056192666" w:id="4"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_1a60f0b59" w:id="4"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T8C13N1314Sc_lv1_305ad211f" w:id="5"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 8‑13‑1314(A)</w:t>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="ss_T8C13N1314Sc_lv1_305ad211f" w:id="6"/>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">one </w:t>
       </w:r>
       <w:r w:rsidR="00567C22">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">two </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">thousand dollars in the case of a candidate for any other </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>office;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="35C3FED6">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="7"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="8"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="6"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="7"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -834,51 +873,51 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="588D8A1F" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00CE7FE9" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="588D8A1F" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="004862A5" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="004D7DE1">
               <w:t>[4969]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
@@ -1366,50 +1405,51 @@
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C687A"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D6F91"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
+    <w:rsid w:val="004862A5"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A2622"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D7DE1"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="0052366E"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
@@ -2136,1362 +2176,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004D7DE1"/>
+    <w:rsid w:val="004862A5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -3518,51 +3558,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4969&amp;session=126&amp;summary=B" TargetMode="External" Id="R24e37efa4e4b4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4969_20260115.docx" TargetMode="External" Id="R7b0a1d7635994b25" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4969&amp;session=126&amp;summary=B" TargetMode="External" Id="Ra421ea7e8fc24561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4969_20260115.docx" TargetMode="External" Id="R3f85974221e84885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260115.docx" TargetMode="External" Id="R2dd4f4bf6c954ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260115.docx" TargetMode="External" Id="R786b084c9c364c17" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4445,118 +4485,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...44 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -4773,127 +4762,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>ffb60852-17fd-4ca1-8147-1c403fe02744</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-14</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>b9f1fef8-8bd3-4894-a3e6-74764ef2dec5</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>9eae10e0-bbbb-4d16-9740-cf4c0aabd878</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>34d68c5d-7440-4409-b499-df306f865af8</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4969]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4969</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 8‑13‑1314, RELATING TO CAMPAIGN CONTRIBUTION LIMITS AND RESTRICTIONS, SO AS TO INCREASE CERTAIN CONTRIBUTION AMOUNTS FROM ONE THOUSAND DOLLARS TO TWO THOUSAND DOLLARS.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"ecce9fbb-2070-471f-8850-c2209ffb3906","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T8C13N1314_056192666","IsConstitutionSection":false,"Identity":"8-13-1314","IsNew":false,"SubSections":[{"Level":1,"Identity":"T8C13N1314Sc","SubSectionBookmarkName":"ss_T8C13N1314Sc_lv1_305ad211f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Campaign contribution limits and restrictions","TitleSoAsTo":"increase certain contribution amounts from one thousand dollars to two thousand dollars","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_29d08f307"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Campaign Contributions</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>91</Words>
   <Characters>459</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>542</CharactersWithSpaces>
+  <CharactersWithSpaces>544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>