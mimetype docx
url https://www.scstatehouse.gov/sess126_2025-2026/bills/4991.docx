--- v0 (2026-01-23)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -173,51 +172,51 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the House on January 22, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Adopted by the House on January 22, 2026</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Carolina Day</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -299,75 +298,121 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and adopted
+        <w:t xml:space="preserve">Introduced and adopted</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rd7e06b09c68b4219">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/27/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R28bd493526384fb3">
+      <w:hyperlink r:id="Rf5a2962d1c2548e6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -385,103 +430,127 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Re34439b38e7445ec">
+      <w:hyperlink r:id="Ra1f96bb93e0948cb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/22/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rabb5251c252f4555">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/27/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32C8" w14:textId="18050162">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="00136B38" w:rsidP="0036008C" w:rsidRDefault="00136B38" w14:paraId="1312B896" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="002F4473" w:rsidP="0036008C" w:rsidRDefault="002F4473" w14:paraId="48DB32CB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -541,324 +610,344 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="00B9052D">
         <w:t>RESOLUTION</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="0010776B" w:rsidP="00091FD9" w:rsidRDefault="0010776B" w14:paraId="48DB32CF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutiontitle"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Bill_Title"/>
         <w:tag w:val="Bill_Title"/>
         <w:id w:val="-221606972"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00040E43" w:rsidR="0010776B" w:rsidP="00091FD9" w:rsidRDefault="00811AA5" w14:paraId="48DB32D0" w14:textId="15354DAA">
+        <w:p w:rsidRPr="00040E43" w:rsidR="0010776B" w:rsidP="00091FD9" w:rsidRDefault="00811AA5" w14:paraId="48DB32D0" w14:textId="7EDEC15C">
           <w:pPr>
             <w:pStyle w:val="scresolutiontitle"/>
           </w:pPr>
           <w:r>
-            <w:t>To recognize and honor the university of south carolina on the occasion of its two hundred twenty-fifth anniversity, and the entire university of South Carolina system, for its many and significant contributions to the education, health, and civic life of our citizens and to declare tuesday, febuary 17, 2026, “carolina Day</w:t>
+            <w:t xml:space="preserve">To recognize and honor the university of south carolina on the occasion of its two hundred twenty-fifth </w:t>
+          </w:r>
+          <w:r w:rsidR="00887F37">
+            <w:t>ANNIVERSARY</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve">, and the entire university of South Carolina system, for its many and significant contributions to the education, health, and civic life of our citizens and to declare tuesday, </w:t>
+          </w:r>
+          <w:r w:rsidR="00887F37">
+            <w:t>FEBRUARY</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> 17, 2026, “carolina Day</w:t>
           </w:r>
           <w:r w:rsidR="005F284A">
             <w:t>-225 Years of service”</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> at the State House. </w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="0010776B" w:rsidP="00091FD9" w:rsidRDefault="0010776B" w14:paraId="48DB32D1" w14:textId="56627158">
       <w:pPr>
         <w:pStyle w:val="scresolutiontitle"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C3A19" w:rsidP="00084D53" w:rsidRDefault="008C3A19" w14:paraId="5C7CA9E3" w14:textId="5C770846">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_3f58df624" w:id="1"/>
+      <w:bookmarkStart w:name="wa_3f58df624" w:id="0"/>
       <w:r w:rsidRPr="00084D53">
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00084D53">
         <w:t>hereas,</w:t>
       </w:r>
       <w:r w:rsidR="001347EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00811AA5">
         <w:t xml:space="preserve">founded in 1801, the University of South Carolina (USC) marks its two hundred twenty-fifth anniversary in 2026, and for more than two centuries has been integral to the prosperity, progress, and civic life of the State by educating generations of South Carolinians and serving as the </w:t>
       </w:r>
       <w:r w:rsidR="005F284A">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00811AA5">
         <w:t>tate’s flagship institution</w:t>
       </w:r>
       <w:r w:rsidRPr="00084D53">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C3A19" w:rsidP="00AF1A81" w:rsidRDefault="008C3A19" w14:paraId="69ECC539" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F935A0" w:rsidP="00084D53" w:rsidRDefault="00F935A0" w14:paraId="2EACEF40" w14:textId="08AC3B41">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_41a6a80d0" w:id="2"/>
+      <w:bookmarkStart w:name="wa_41a6a80d0" w:id="1"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>hereas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00811AA5" w:rsidR="00811AA5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00811AA5">
         <w:t>the USC system serves as a vital engine for South Carolina’s economy, workforce, and quality of life through education, research, healthcare, and public service</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F935A0" w:rsidP="00B31DA6" w:rsidRDefault="00F935A0" w14:paraId="16A4F864" w14:textId="4BF881AD">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008A7625" w:rsidP="00084D53" w:rsidRDefault="00F935A0" w14:paraId="4666F527" w14:textId="3463F1C3">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_ba1f59f1c" w:id="3"/>
+      <w:bookmarkStart w:name="wa_ba1f59f1c" w:id="2"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>here</w:t>
       </w:r>
       <w:r w:rsidR="008A7625">
         <w:t>as,</w:t>
       </w:r>
       <w:r w:rsidRPr="00811AA5" w:rsidR="00811AA5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00811AA5">
         <w:t>with support of the General Assembly, USC educates more South Carolinians than at any time in its 225</w:t>
       </w:r>
       <w:r w:rsidR="005F284A">
         <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidR="00811AA5">
         <w:t xml:space="preserve"> history, while maintaining affordability by freezing in-state tuition since 2019</w:t>
       </w:r>
       <w:r w:rsidR="008A7625">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="1B177743" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="0C3468F0" w14:textId="49C80B68">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_58806ecfe" w:id="4"/>
+      <w:bookmarkStart w:name="wa_58806ecfe" w:id="3"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>hereas, the USC system serves nearly sixty thousand students statewide and benefits from record in-state enrollment, record applications, and the strength of a global alumni network including more than two hundred thirty thousand in South Carolina; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="20A05A3F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="37FA4874" w14:textId="403B6F62">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="wa_c6d4d79b6" w:id="4"/>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>hereas, the USC system serves nearly sixty thousand students statewide and benefits from record in-state enrollment, record applications, and the strength of a global alumni network including more than two hundred thirty thousand in South Carolina; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="20A05A3F" w14:textId="77777777">
+        <w:t xml:space="preserve">hereas, USC remains on strong financial footing, with revenues exceeding expenses, healthy reserves, disciplined fiscal management, high credit ratings, and fourteen consecutive years of national recognition for excellence in financial reporting; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="74F44B0C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="37FA4874" w14:textId="403B6F62">
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="6BC3F8B5" w14:textId="54016050">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_c6d4d79b6" w:id="5"/>
+      <w:bookmarkStart w:name="wa_ccc0372ae" w:id="5"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t xml:space="preserve">hereas, USC remains on strong financial footing, with revenues exceeding expenses, healthy reserves, disciplined fiscal management, high credit ratings, and fourteen consecutive years of national recognition for excellence in financial reporting; and </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="74F44B0C" w14:textId="77777777">
+        <w:t>hereas, USC continues to earn national distinction for student success, including ranking first among public institutions for first-year experience, graduation rates among the top ten percent nationally, and more than sixty nationally ranked academic programs; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="0D51DF51" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="6BC3F8B5" w14:textId="54016050">
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="35587B8D" w14:textId="55E39646">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_ccc0372ae" w:id="6"/>
+      <w:bookmarkStart w:name="wa_70d0434ca" w:id="6"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r>
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t xml:space="preserve">hereas, USC has established itself as a leader in artificial intelligence (AI) by providing free AI tools to students, faculty, and staff, offering AI credentials, launching AI-4-SC to expand AI education </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">statewide, and preparing graduates for the demands of a rapidly evolving workforce; and </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="53DAC6BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="5E30CDE1" w14:textId="19648065">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_51712bae0" w:id="8"/>
+      <w:bookmarkStart w:name="wa_51712bae0" w:id="7"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve">hereas, USC set records in research and philanthropy in 2025, achieving more than three hundred twenty million dollars in sponsored research awards and record private fundraising, reinforcing its designation as a Carnegie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>R1</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> research university focused on solving South Carolina’s most pressing challenges; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="77AE0D3A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="6D831197" w14:textId="538F16AC">
+      <w:pPr>
+        <w:pStyle w:val="scresolutionwhereas"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="wa_c40d5b47c" w:id="8"/>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t xml:space="preserve">hereas, USC set records in research and philanthropy in 2025, achieving more than three hundred twenty million dollars in sponsored research awards and record private fundraising, reinforcing its designation as a Carnegie R1 research university focused on solving South Carolina’s most pressing challenges; and </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="77AE0D3A" w14:textId="77777777">
+        <w:t xml:space="preserve">hereas, USC has launched the Center for American Civic Leadership and Public Discourse to promote civil dialogue, cooperation, and understanding of America’s founding ideals, a mission of particular importance as the nation approaches its two hundred fiftieth anniversary; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="6A306631" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="6D831197" w14:textId="538F16AC">
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="24689647" w14:textId="09C1CD1C">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_c40d5b47c" w:id="9"/>
+      <w:bookmarkStart w:name="wa_dc79c4932" w:id="9"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t xml:space="preserve">hereas, USC has launched the Center for American Civic Leadership and Public Discourse to promote civil dialogue, cooperation, and understanding of America’s founding ideals, a mission of particular importance as the nation approaches its two hundred fiftieth anniversary; and </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="6A306631" w14:textId="77777777">
+        <w:t>hereas, as South Carolina’s leading producer of health science graduates, USC is expanding healthcare capacity through its new Health Sciences Campus, anchored by a new School of Medicine, a growing Brain Health Network and Brain Center, and the Southeast’s first comprehensive neurological hospital and rehabilitation center; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="4AF2E409" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="24689647" w14:textId="09C1CD1C">
+    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="6D15189F" w14:textId="64D73668">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_dc79c4932" w:id="10"/>
+      <w:bookmarkStart w:name="wa_97588272c" w:id="10"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>hereas, as South Carolina’s leading producer of health science graduates, USC is expanding healthcare capacity through its new Health Sciences Campus, anchored by a new School of Medicine, a growing Brain Health Network and Brain Center, and the Southeast’s first comprehensive neurological hospital and rehabilitation center; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00811AA5" w:rsidP="00084D53" w:rsidRDefault="00811AA5" w14:paraId="4AF2E409" w14:textId="77777777">
+        <w:t>hereas, USC student-athletes continue to excel both on the field and in the classroom, with nearly three-quarters earning SEC Academic Honor Roll recognition each year; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A7625" w:rsidP="007720AC" w:rsidRDefault="008A7625" w14:paraId="251CC829" w14:textId="0705D188">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A7625" w:rsidP="00843D27" w:rsidRDefault="008A7625" w14:paraId="44F28955" w14:textId="07E85321">
       <w:pPr>
         <w:pStyle w:val="scresolutionwhereas"/>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="wa_97588272c" w:id="11"/>
+      <w:bookmarkStart w:name="wa_63ab7f2da" w:id="11"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
-      <w:r>
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>hereas,</w:t>
       </w:r>
       <w:r w:rsidR="001347EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD7128">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="007C3E7C">
         <w:t xml:space="preserve">members of the </w:t>
       </w:r>
       <w:r w:rsidR="00FD7128">
         <w:t xml:space="preserve">South Carolina </w:t>
       </w:r>
       <w:r w:rsidR="007C3E7C">
         <w:t xml:space="preserve">House of Representatives </w:t>
       </w:r>
       <w:r w:rsidR="00FD7128">
         <w:t>value</w:t>
       </w:r>
       <w:r w:rsidR="007C3E7C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD7128">
@@ -867,110 +956,110 @@
       <w:r w:rsidR="007C3E7C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD7128">
         <w:t xml:space="preserve">healthcare advancement, and service to the people of this great State. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Now, </w:t>
       </w:r>
       <w:r w:rsidR="001347EE">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t>herefore,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="008A7625" w:rsidP="006B1590" w:rsidRDefault="008A7625" w14:paraId="24BB5989" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionbody"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="00B9052D" w:rsidP="00FA0B1D" w:rsidRDefault="00B9052D" w14:paraId="48DB32E4" w14:textId="078FFF28">
       <w:pPr>
         <w:pStyle w:val="scresolutionbody"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_ce9fdcd87" w:id="13"/>
+      <w:bookmarkStart w:name="up_ce9fdcd87" w:id="12"/>
       <w:r w:rsidRPr="00040E43">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="00040E43">
         <w:t>e it resolved by the</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF12FD">
         <w:rPr>
           <w:rStyle w:val="scresolutionbody1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="scresolutionbody1"/>
           </w:rPr>
           <w:alias w:val="chamber"/>
           <w:tag w:val="chamber"/>
           <w:id w:val="668532851"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:CHAMBER_DISPLAY[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="scresolutionbody1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00AE20EB">
             <w:rPr>
               <w:rStyle w:val="scresolutionbody1"/>
             </w:rPr>
             <w:t>House of Representatives</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00040E43">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="00B9052D" w:rsidP="00B703CB" w:rsidRDefault="00B9052D" w14:paraId="48DB32E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scresolutionbody"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00040E43" w:rsidR="00007116" w:rsidP="004B7339" w:rsidRDefault="00007116" w14:paraId="48DB32E6" w14:textId="52D820C8">
       <w:pPr>
         <w:pStyle w:val="scresolutionmembers"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_2ff5ef8c6" w:id="14"/>
+      <w:bookmarkStart w:name="up_2ff5ef8c6" w:id="13"/>
       <w:r w:rsidRPr="00040E43">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00040E43">
         <w:t>hat the members of the South Carolina</w:t>
       </w:r>
       <w:r w:rsidRPr="00D55053">
         <w:rPr>
           <w:rStyle w:val="scresolutionbody1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="scresolutionbody1"/>
           </w:rPr>
           <w:alias w:val="chamber"/>
           <w:tag w:val="chamber"/>
           <w:id w:val="2048253626"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:CHAMBER_DISPLAY[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
@@ -1004,56 +1093,56 @@
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="0010776B">
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00040E43" w:rsidR="006E69E6">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00040E43" w:rsidR="000F1901" w:rsidSect="00E66BB7">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="504" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3DBD7254" w14:textId="77777777" w:rsidR="007C69B6" w:rsidRDefault="007C69B6" w:rsidP="009F0C77">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1CB5DFB1" w14:textId="77777777" w:rsidR="007C69B6" w:rsidRDefault="007C69B6" w:rsidP="009F0C77">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -1123,122 +1212,122 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66B0AE02" w14:textId="77777777" w:rsidR="00543DF3" w:rsidRDefault="00543DF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3A39827D" w14:textId="43E53C95" w:rsidR="007003E1" w:rsidRDefault="00827B09" w:rsidP="009C7F19">
+      <w:p w14:paraId="3A39827D" w14:textId="5C0DD822" w:rsidR="007003E1" w:rsidRDefault="00AE7100" w:rsidP="009C7F19">
         <w:pPr>
           <w:pStyle w:val="scresolutionfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_bilname"/>
             <w:tag w:val="footer_bilname"/>
             <w:id w:val="-1274777444"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="004623E6">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="001A3E28">
+              <w:t>[4991]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="007003E1">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="007003E1">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="-456485076"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00AE20EB">
+            <w:r w:rsidR="001A3E28">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0387DG-EB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13547C9C" w14:textId="77777777" w:rsidR="00543DF3" w:rsidRDefault="00543DF3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3F8783F7" w14:textId="77777777" w:rsidR="007C69B6" w:rsidRDefault="007C69B6" w:rsidP="009F0C77">
       <w:r>
         <w:separator/>
@@ -1391,50 +1480,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1463962865">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
@@ -1455,62 +1545,65 @@
     <w:rsid w:val="0002217C"/>
     <w:rsid w:val="00025C13"/>
     <w:rsid w:val="00032E86"/>
     <w:rsid w:val="00040E43"/>
     <w:rsid w:val="00063606"/>
     <w:rsid w:val="0008202C"/>
     <w:rsid w:val="000843D7"/>
     <w:rsid w:val="00084D53"/>
     <w:rsid w:val="00091FD9"/>
     <w:rsid w:val="0009711F"/>
     <w:rsid w:val="00097234"/>
     <w:rsid w:val="00097C23"/>
     <w:rsid w:val="000C5BE4"/>
     <w:rsid w:val="000C7654"/>
     <w:rsid w:val="000D54D6"/>
     <w:rsid w:val="000E0100"/>
     <w:rsid w:val="000E1785"/>
     <w:rsid w:val="000E546A"/>
     <w:rsid w:val="000F1901"/>
     <w:rsid w:val="000F2E49"/>
     <w:rsid w:val="000F40FA"/>
     <w:rsid w:val="001035F1"/>
     <w:rsid w:val="0010776B"/>
     <w:rsid w:val="001078B6"/>
     <w:rsid w:val="00113693"/>
+    <w:rsid w:val="00130356"/>
     <w:rsid w:val="00133E66"/>
     <w:rsid w:val="001347EE"/>
     <w:rsid w:val="00136B38"/>
     <w:rsid w:val="001373F6"/>
     <w:rsid w:val="001435A3"/>
     <w:rsid w:val="00146ED3"/>
     <w:rsid w:val="00151044"/>
     <w:rsid w:val="00155D86"/>
+    <w:rsid w:val="0016494F"/>
     <w:rsid w:val="00173244"/>
     <w:rsid w:val="00187057"/>
     <w:rsid w:val="001A022F"/>
     <w:rsid w:val="001A2C0B"/>
+    <w:rsid w:val="001A3E28"/>
     <w:rsid w:val="001A72A6"/>
     <w:rsid w:val="001C4F58"/>
     <w:rsid w:val="001D08F2"/>
     <w:rsid w:val="001D2A16"/>
     <w:rsid w:val="001D3A58"/>
     <w:rsid w:val="001D525B"/>
     <w:rsid w:val="001D68D8"/>
     <w:rsid w:val="001D7F4F"/>
     <w:rsid w:val="001F75F9"/>
     <w:rsid w:val="002017E6"/>
     <w:rsid w:val="00205238"/>
     <w:rsid w:val="00211B4F"/>
     <w:rsid w:val="00214858"/>
     <w:rsid w:val="002321B6"/>
     <w:rsid w:val="00232912"/>
     <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250967"/>
     <w:rsid w:val="002543C8"/>
     <w:rsid w:val="0025541D"/>
     <w:rsid w:val="002635C9"/>
     <w:rsid w:val="00263FC6"/>
     <w:rsid w:val="00284AAE"/>
     <w:rsid w:val="002B451A"/>
     <w:rsid w:val="002D55D2"/>
     <w:rsid w:val="002E5912"/>
@@ -1602,103 +1695,106 @@
     <w:rsid w:val="00781DF8"/>
     <w:rsid w:val="007836CC"/>
     <w:rsid w:val="00787728"/>
     <w:rsid w:val="007917CE"/>
     <w:rsid w:val="007959D3"/>
     <w:rsid w:val="007A70AE"/>
     <w:rsid w:val="007C0EE1"/>
     <w:rsid w:val="007C3E7C"/>
     <w:rsid w:val="007C69B6"/>
     <w:rsid w:val="007C72ED"/>
     <w:rsid w:val="007E01B6"/>
     <w:rsid w:val="007E6162"/>
     <w:rsid w:val="007F3C86"/>
     <w:rsid w:val="007F6D64"/>
     <w:rsid w:val="00810471"/>
     <w:rsid w:val="00811AA5"/>
     <w:rsid w:val="00814A53"/>
     <w:rsid w:val="00832239"/>
     <w:rsid w:val="008362E8"/>
     <w:rsid w:val="008410D3"/>
     <w:rsid w:val="00843D27"/>
     <w:rsid w:val="00846FE5"/>
     <w:rsid w:val="00854C28"/>
     <w:rsid w:val="0085786E"/>
     <w:rsid w:val="00870570"/>
+    <w:rsid w:val="00887F37"/>
     <w:rsid w:val="008905D2"/>
     <w:rsid w:val="008A1768"/>
     <w:rsid w:val="008A489F"/>
     <w:rsid w:val="008A7625"/>
     <w:rsid w:val="008B4AC4"/>
     <w:rsid w:val="008C3A19"/>
     <w:rsid w:val="008C45B8"/>
     <w:rsid w:val="008D05D1"/>
     <w:rsid w:val="008D4ABE"/>
     <w:rsid w:val="008E1DCA"/>
     <w:rsid w:val="008F0F33"/>
     <w:rsid w:val="008F4429"/>
     <w:rsid w:val="009059FF"/>
     <w:rsid w:val="0092634F"/>
     <w:rsid w:val="009270BA"/>
     <w:rsid w:val="0094021A"/>
     <w:rsid w:val="0094058A"/>
     <w:rsid w:val="00953783"/>
     <w:rsid w:val="0096528D"/>
     <w:rsid w:val="00965B3F"/>
     <w:rsid w:val="009A4A1A"/>
     <w:rsid w:val="009B44AF"/>
     <w:rsid w:val="009C6A0B"/>
     <w:rsid w:val="009C7F19"/>
     <w:rsid w:val="009D0DA5"/>
     <w:rsid w:val="009D7099"/>
     <w:rsid w:val="009E2BE4"/>
     <w:rsid w:val="009F0C77"/>
     <w:rsid w:val="009F4DD1"/>
     <w:rsid w:val="009F7B81"/>
     <w:rsid w:val="00A02543"/>
     <w:rsid w:val="00A31A4E"/>
     <w:rsid w:val="00A41684"/>
     <w:rsid w:val="00A64E80"/>
     <w:rsid w:val="00A66C6B"/>
     <w:rsid w:val="00A7261B"/>
     <w:rsid w:val="00A72BCD"/>
     <w:rsid w:val="00A74015"/>
     <w:rsid w:val="00A741D9"/>
     <w:rsid w:val="00A81A50"/>
     <w:rsid w:val="00A833AB"/>
     <w:rsid w:val="00A95560"/>
     <w:rsid w:val="00A9741D"/>
     <w:rsid w:val="00AB1254"/>
     <w:rsid w:val="00AB2CC0"/>
     <w:rsid w:val="00AC24D9"/>
     <w:rsid w:val="00AC34A2"/>
     <w:rsid w:val="00AC74F4"/>
     <w:rsid w:val="00AD0EF9"/>
+    <w:rsid w:val="00AD1542"/>
     <w:rsid w:val="00AD1C9A"/>
     <w:rsid w:val="00AD4B17"/>
     <w:rsid w:val="00AE05C8"/>
     <w:rsid w:val="00AE20EB"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rsid w:val="00AF0102"/>
     <w:rsid w:val="00AF1560"/>
     <w:rsid w:val="00AF1A81"/>
     <w:rsid w:val="00AF69EE"/>
     <w:rsid w:val="00B00C4F"/>
     <w:rsid w:val="00B02F7C"/>
     <w:rsid w:val="00B128F5"/>
     <w:rsid w:val="00B31DA6"/>
     <w:rsid w:val="00B3602C"/>
     <w:rsid w:val="00B412D4"/>
     <w:rsid w:val="00B519D6"/>
     <w:rsid w:val="00B6480F"/>
     <w:rsid w:val="00B64FFF"/>
     <w:rsid w:val="00B703CB"/>
     <w:rsid w:val="00B7267F"/>
     <w:rsid w:val="00B879A5"/>
     <w:rsid w:val="00B9052D"/>
     <w:rsid w:val="00B9105E"/>
     <w:rsid w:val="00BC1E62"/>
     <w:rsid w:val="00BC695A"/>
     <w:rsid w:val="00BD086A"/>
     <w:rsid w:val="00BD4498"/>
     <w:rsid w:val="00BE3C22"/>
     <w:rsid w:val="00BE46CD"/>
     <w:rsid w:val="00C02C1B"/>
@@ -1714,50 +1810,51 @@
     <w:rsid w:val="00C7322B"/>
     <w:rsid w:val="00C73AFC"/>
     <w:rsid w:val="00C74E9D"/>
     <w:rsid w:val="00C826DD"/>
     <w:rsid w:val="00C82FD3"/>
     <w:rsid w:val="00C92819"/>
     <w:rsid w:val="00C93C2C"/>
     <w:rsid w:val="00CA3BCF"/>
     <w:rsid w:val="00CA42B1"/>
     <w:rsid w:val="00CB20F4"/>
     <w:rsid w:val="00CC6B7B"/>
     <w:rsid w:val="00CD2089"/>
     <w:rsid w:val="00CE4EE6"/>
     <w:rsid w:val="00CF44FA"/>
     <w:rsid w:val="00D1567E"/>
     <w:rsid w:val="00D31310"/>
     <w:rsid w:val="00D37AF8"/>
     <w:rsid w:val="00D55053"/>
     <w:rsid w:val="00D66B80"/>
     <w:rsid w:val="00D73A67"/>
     <w:rsid w:val="00D8028D"/>
     <w:rsid w:val="00D970A9"/>
     <w:rsid w:val="00DB1F5E"/>
     <w:rsid w:val="00DC47B1"/>
     <w:rsid w:val="00DF3845"/>
+    <w:rsid w:val="00E05C25"/>
     <w:rsid w:val="00E071A0"/>
     <w:rsid w:val="00E32D96"/>
     <w:rsid w:val="00E41911"/>
     <w:rsid w:val="00E44B57"/>
     <w:rsid w:val="00E658FD"/>
     <w:rsid w:val="00E66BB7"/>
     <w:rsid w:val="00E92EEF"/>
     <w:rsid w:val="00E95B4E"/>
     <w:rsid w:val="00E97AB4"/>
     <w:rsid w:val="00EA150E"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EF2368"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00EF5F4D"/>
     <w:rsid w:val="00F02C5C"/>
     <w:rsid w:val="00F24442"/>
     <w:rsid w:val="00F275AC"/>
     <w:rsid w:val="00F42BA9"/>
     <w:rsid w:val="00F477DA"/>
     <w:rsid w:val="00F50AE3"/>
     <w:rsid w:val="00F655B7"/>
     <w:rsid w:val="00F656BA"/>
     <w:rsid w:val="00F67CF1"/>
     <w:rsid w:val="00F7053B"/>
     <w:rsid w:val="00F728AA"/>
@@ -2187,1687 +2284,1689 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00AE7100"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00AE7100"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BillDots">
     <w:name w:val="Bill Dots"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="right" w:leader="dot" w:pos="5904"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbersforbills">
     <w:name w:val="Numbers for bills"/>
     <w:basedOn w:val="BillDots"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="5904"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionbythis">
     <w:name w:val="sc_house_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippageattorney">
     <w:name w:val="sc_house_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedate">
     <w:name w:val="sc_house_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocname">
     <w:name w:val="sc_house_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocpath">
     <w:name w:val="sc_house_resolution_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedocumentname">
     <w:name w:val="sc_house_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagedraftingassistant">
     <w:name w:val="sc_house_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagehouse">
     <w:name w:val="sc_house_resolution_clip_page_house"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagerep">
     <w:name w:val="sc_house_resolution_clip_page_rep"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutiontitle">
     <w:name w:val="sc_house_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionemptyline">
     <w:name w:val="sc_house_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionfurtherresolved">
     <w:name w:val="sc_house_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionheader">
     <w:name w:val="sc_house_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader1">
     <w:name w:val="sc_house_resolution_jacket_header_1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketheader2">
     <w:name w:val="sc_house_resolution_jacket_header_2"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjacketintroduced">
     <w:name w:val="sc_house_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionjackettitle">
     <w:name w:val="sc_house_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionresolved">
     <w:name w:val="sc_house_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionwhereas">
     <w:name w:val="sc_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionxx">
     <w:name w:val="sc_house_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BillDots0">
     <w:name w:val="BillDots"/>
     <w:basedOn w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="right" w:leader="dot" w:pos="5904"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numbers">
     <w:name w:val="Numbers"/>
     <w:basedOn w:val="BillDots0"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="5904"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippagepath">
     <w:name w:val="sc_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresoattyda">
     <w:name w:val="sc_con_reso_atty_da"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconresopath">
     <w:name w:val="sc_con_reso_path"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseconresolutionclippagerepdocumentname">
     <w:name w:val="sc_house_conresolution_clip_page_rep_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketcrfooter">
     <w:name w:val="sc_house_jacket_cr_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2970"/>
         <w:tab w:val="right" w:pos="5760"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseresolutionclippagetitle">
     <w:name w:val="sc_house_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregattydadocno">
     <w:name w:val="sc_jrreg_atty_da_docno"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregdeliverto">
     <w:name w:val="sc_jrreg_deliverto"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregdirector">
     <w:name w:val="sc_jrreg_director"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1656"/>
         <w:tab w:val="left" w:pos="1872"/>
         <w:tab w:val="left" w:pos="2088"/>
         <w:tab w:val="left" w:pos="2304"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2736"/>
         <w:tab w:val="left" w:pos="2952"/>
         <w:tab w:val="left" w:pos="3168"/>
         <w:tab w:val="left" w:pos="3384"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="3816"/>
         <w:tab w:val="left" w:pos="4032"/>
         <w:tab w:val="left" w:pos="4248"/>
         <w:tab w:val="left" w:pos="4464"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="4896"/>
         <w:tab w:val="left" w:pos="5112"/>
         <w:tab w:val="left" w:pos="5328"/>
         <w:tab w:val="left" w:pos="5544"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scjrregdocpath">
     <w:name w:val="sc_jrreg_doc_path"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregfooter">
     <w:name w:val="sc_jrreg_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregjacketattydadocno">
     <w:name w:val="sc_jrreg_jacket_atty_da_docno"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrreglegcongensc">
     <w:name w:val="sc_jrreg_legcon_gen_sc"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1656"/>
         <w:tab w:val="left" w:pos="1872"/>
         <w:tab w:val="left" w:pos="2088"/>
         <w:tab w:val="left" w:pos="2304"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2736"/>
         <w:tab w:val="left" w:pos="2952"/>
         <w:tab w:val="left" w:pos="3168"/>
         <w:tab w:val="left" w:pos="3384"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="3816"/>
         <w:tab w:val="left" w:pos="4032"/>
         <w:tab w:val="left" w:pos="4248"/>
         <w:tab w:val="left" w:pos="4464"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="4896"/>
         <w:tab w:val="left" w:pos="5112"/>
         <w:tab w:val="left" w:pos="5328"/>
         <w:tab w:val="left" w:pos="5544"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregofthe">
     <w:name w:val="sc_jrreg_ofthe"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1656"/>
         <w:tab w:val="left" w:pos="1872"/>
         <w:tab w:val="left" w:pos="2088"/>
         <w:tab w:val="left" w:pos="2304"/>
         <w:tab w:val="left" w:pos="2520"/>
         <w:tab w:val="left" w:pos="2736"/>
         <w:tab w:val="left" w:pos="2952"/>
         <w:tab w:val="left" w:pos="3168"/>
         <w:tab w:val="left" w:pos="3384"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="3816"/>
         <w:tab w:val="left" w:pos="4032"/>
         <w:tab w:val="left" w:pos="4248"/>
         <w:tab w:val="left" w:pos="4464"/>
         <w:tab w:val="left" w:pos="4680"/>
         <w:tab w:val="left" w:pos="4896"/>
         <w:tab w:val="left" w:pos="5112"/>
         <w:tab w:val="left" w:pos="5328"/>
         <w:tab w:val="left" w:pos="5544"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregpromulgating">
     <w:name w:val="sc_jrreg_promulgating"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregproofread">
     <w:name w:val="sc_jrreg_proofread"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregproofreadhouse">
     <w:name w:val="sc_jrreg_proofread_house"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregsection">
     <w:name w:val="sc_jrreg_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrregsummary">
     <w:name w:val="sc_jrreg_summary"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionbody">
     <w:name w:val="sc_resolution_body"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionclippagebottom">
     <w:name w:val="sc_resolution_clip_page_bottom"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionemptyline">
     <w:name w:val="sc_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionfooter">
     <w:name w:val="sc_resolution_footer"/>
     <w:link w:val="scresolutionfooterChar"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4464"/>
         <w:tab w:val="right" w:pos="8928"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scresolutionfooterChar">
     <w:name w:val="sc_resolution_footer Char"/>
     <w:basedOn w:val="FooterChar"/>
     <w:link w:val="scresolutionfooter"/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionheader">
     <w:name w:val="sc_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutiontitle">
     <w:name w:val="sc_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionxx">
     <w:name w:val="sc_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbody">
     <w:name w:val="sc_senate_resolution_body"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagebottom">
     <w:name w:val="sc_senate_resolution_clip_page_bottom"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagerepdocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_rep_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionxx">
     <w:name w:val="sc_senate_resolution_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:caps/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scresolutionmembers">
     <w:name w:val="sc_resolution_members"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnowthereforebold">
     <w:name w:val="sc_now_therefore_bold"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scbillheader1">
     <w:name w:val="sc_bill_header1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scresolutionbody1">
     <w:name w:val="sc_resolution_body1"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="007C72ED"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:caps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="009A4A1A"/>
+    <w:rsid w:val="00AE7100"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD0EF9"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
@@ -3881,51 +3980,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640332376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4991&amp;session=126&amp;summary=B" TargetMode="External" Id="R28bd493526384fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4991_20260122.docx" TargetMode="External" Id="Re34439b38e7445ec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=4991&amp;session=126&amp;summary=B" TargetMode="External" Id="Rf5a2962d1c2548e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4991_20260122.docx" TargetMode="External" Id="Ra1f96bb93e0948cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/4991_20260127.docx" TargetMode="External" Id="Rabb5251c252f4555" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="Rd7e06b09c68b4219" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{26EE2598-44E2-4722-B5EC-2894FBD4C1DF}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4004,67 +4103,69 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0072205F"/>
+    <w:rsid w:val="00130356"/>
     <w:rsid w:val="00174066"/>
     <w:rsid w:val="00212BEF"/>
     <w:rsid w:val="002A3D45"/>
     <w:rsid w:val="00362988"/>
     <w:rsid w:val="00460640"/>
     <w:rsid w:val="004D1BF3"/>
     <w:rsid w:val="00573513"/>
     <w:rsid w:val="006E1FBF"/>
     <w:rsid w:val="0072205F"/>
     <w:rsid w:val="00804B1A"/>
     <w:rsid w:val="008228BC"/>
     <w:rsid w:val="00A22407"/>
     <w:rsid w:val="00AA6F82"/>
     <w:rsid w:val="00AE05C8"/>
     <w:rsid w:val="00B02F7C"/>
     <w:rsid w:val="00BE097C"/>
     <w:rsid w:val="00CA42B1"/>
+    <w:rsid w:val="00E05C25"/>
     <w:rsid w:val="00E216F6"/>
     <w:rsid w:val="00EA266C"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EB6DDA"/>
     <w:rsid w:val="00EE2B2C"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F87613"/>
     <w:rsid w:val="00FE0C7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -4784,135 +4885,63 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...66 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5129,138 +5158,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <CHAMBER_DISPLAY>House of Representatives</CHAMBER_DISPLAY>
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>74dbf591-9028-4bf2-88be-193f1572fd0e</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-22T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-22</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-22</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>72c1fe99-df33-45cf-8e4e-a143e9675965</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>19c166fe-6daf-4efc-b7a1-156cfd4838c3</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>a35ae629-53d8-4b6d-b141-5aabd04ba29a</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[4991]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>4991</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>To recognize and honor the university of south carolina on the occasion of its two hundred twenty-fifth ANNIVERSARY, and the entire university of South Carolina system, for its many and significant contributions to the education, health, and civic life of our citizens and to declare tuesday, FEBRUARY 17, 2026, “carolina Day-225 Years of service” at the State House. </T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>resolution</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SUBJECT>Carolina Day</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>davidgood@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+  <T_BILL_UR_RESOLUTIONWRITER>emmaleablackstone@scstatehouse.gov</T_BILL_UR_RESOLUTIONWRITER>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{088F62E0-2C8F-47B2-A480-3E0BCFF55F63}">
-[...25 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA777AE3-0388-4B49-9F30-FB3B0EF41B07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C2DBA5A-1D8D-4A29-989E-3F205D804480}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2CA695-B56D-4CF9-BFF5-DB7EB05A4E62}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>604</Words>
-  <Characters>3509</Characters>
+  <Words>584</Words>
+  <Characters>3530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LPITS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4093</CharactersWithSpaces>
+  <CharactersWithSpaces>4085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Chris Charlton</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>