--- v0 (2026-01-23)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -119,108 +118,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. Henderson-Myers, Hosey, Williams and Luck</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. Henderson-Myers, Williams and Luck</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0397VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the House on January 22, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Community Health Workers</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -302,106 +293,173 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6a1efc5c909a456b">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Medical, Military, Public and Municipal Affairs</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R31d07bb7acf746c3">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name removed as sponsor: Hosey
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R0b688a741e924496">
+      <w:hyperlink r:id="R17ed85749cd94d75">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -419,103 +477,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rf24077e18dbf40d1">
+      <w:hyperlink r:id="Rf364adfbce264f90">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/22/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="004A76ED" w:rsidRDefault="00432135" w14:paraId="631523C3" w14:textId="463C5BBE">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="004A76ED" w:rsidRDefault="00A73EFA" w14:paraId="3D09D97D" w14:textId="149863F7">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="004A76ED" w:rsidRDefault="00A73EFA" w14:paraId="3DE96E98" w14:textId="353FA956">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="004A76ED" w:rsidRDefault="00A73EFA" w14:paraId="3F44A36C" w14:textId="66502154">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="004A76ED" w:rsidRDefault="00A73EFA" w14:paraId="473E36C8" w14:textId="2B1B9298">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="004A76ED" w:rsidRDefault="00A73EFA" w14:paraId="38C87A9D" w14:textId="5BD3AD74">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -548,650 +604,664 @@
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00097CE7" w14:paraId="04CB86E6" w14:textId="09BEACEE">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER 49 TO TITLE 43 SO AS TO REQUIRE THE CERTIFICATION OF COMMUNITY HEALTH WORKERS IN THE STATE OF SOUTH CAROLINA; TO ESTABLISH CERTIFICATION REQUIREMENTS AND AUTHORIZED SERVICES; TO REQUIRE THE DEPARTMENT OF PUBLIC HEALTH TO PROMULGATE CERTAIN REGULATIONS, INCLUDING CONTINUING EDUCATION REQUIREMENTS; TO PROVIDE FOR MEDICAID REIMBURSEMENT OF AUTHORIZED SERVICES; AND FOR OTHER PURPOSES; AND BY ADDING SECTION 44‑6‑75 SO AS TO REQUIRE THE STATE DEPARTMENT OF HEALTH AND HUMAN SERVICES TO SEEK FEDERAL APPROVAL FOR A STATE MEDICAID PLAN AMENDMENT OR WAIVER INCLUDING SERVICES PROVIDED BY CERTIFIED COMMUNITY HEALTH WORKERS IN CERTAIN CIRCUMSTANCES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_bfd33c3eb" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_bfd33c3eb" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="0F02D344" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A6F8388" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_efdcfe0df" w:id="2"/>
+      <w:bookmarkStart w:name="ew_efdcfe0df" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="23160293" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="1E6D9925" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_87e34911d" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_87e34911d" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_0eb000950" w:id="3"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>itle 43 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="6D98EED0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="1F0EA19E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_454a9d5f4" w:id="5"/>
+      <w:bookmarkStart w:name="up_454a9d5f4" w:id="4"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>HAPTER 49</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="0F5AEE36" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidRDefault="007506D1" w14:paraId="2E714FDB" w14:textId="0D6631B5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_197e57c2e" w:id="6"/>
+      <w:bookmarkStart w:name="up_197e57c2e" w:id="5"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00040B02">
         <w:t>ertified C</w:t>
       </w:r>
       <w:r>
         <w:t>ommunity Health Workers</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="4C114DEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007506D1" w:rsidP="007506D1" w:rsidRDefault="00134CCA" w14:paraId="4EE6DD2D" w14:textId="5D4DA283">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T43C49N10_0a67110d5" w:id="7"/>
+      <w:bookmarkStart w:name="ns_T43C49N10_0a67110d5" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>ection 43‑49‑10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_ee9e3a019" w:id="8"/>
+      <w:bookmarkStart w:name="up_ee9e3a019" w:id="7"/>
       <w:r w:rsidR="007506D1">
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="007506D1">
         <w:t>s used in this chapter</w:t>
       </w:r>
       <w:r w:rsidR="000A7A51">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007506D1" w:rsidP="007506D1" w:rsidRDefault="007506D1" w14:paraId="09BFF904" w14:textId="4411E3BD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N10S1_lv1_3b79dff6c" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T43C49N10S1_lv1_3b79dff6c" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">1) “Department” means the South Carolina Department </w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Public Health.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007506D1" w:rsidP="007506D1" w:rsidRDefault="007506D1" w14:paraId="24C0D6FC" w14:textId="20E7889B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N10S2_lv1_3ceb02e0d" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T43C49N10S2_lv1_3ceb02e0d" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">2) “Certified community health worker” means an individual who has been certified, in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t>the provisions of this chapter</w:t>
       </w:r>
       <w:r>
         <w:t>, by the department as a community health worker.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC2617" w:rsidP="00AC2617" w:rsidRDefault="007506D1" w14:paraId="150454CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N10S3_lv1_83ea07b0c" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T43C49N10S3_lv1_83ea07b0c" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">3) “Core competencies” means the knowledge and skills a certified community health worker is expected to demonstrate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> carry out the mission and goals of the profession as defined by the department through the promulgation of regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F56510" w:rsidP="00AC2617" w:rsidRDefault="00F56510" w14:paraId="6235C204" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00AC2617" w14:paraId="7FE43D44" w14:textId="7C88CD5C">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T43C49N20_778621ef7" w:id="11"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>3) “Core competencies” means the knowledge and skills a certified community health worker is expected to demonstrate in order to carry out the mission and goals of the profession as defined by the department through the promulgation of regulations.</w:t>
-[...16 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>ection 43‑49‑20.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5341">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N20SA_lv1_604bfd73d" w:id="12"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t xml:space="preserve">ection 43‑49‑20. (A) </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="up_ed54b82a7" w:id="13"/>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
       <w:r w:rsidR="00D7136E">
-        <w:t>E</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ffective January 1, 2027, no person shall represent himself or herself as a community health worker </w:t>
+        <w:t xml:space="preserve">Effective January 1, 2027, no person shall represent himself or herself as a community health worker </w:t>
       </w:r>
       <w:r w:rsidR="0057150D">
         <w:t xml:space="preserve">in South Carolina </w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve">unless the person is certified as such in accordance with the provisions of </w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t>this chapter</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="720F5927" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20SB_lv1_5cb913594" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T43C49N20SB_lv1_5cb913594" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>B) In order to be eligible to apply for community health worker certification, an individual must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="51DC2C52" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N20S1_lv2_dd7479bdd" w:id="14"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>B) In order to be eligible to apply for community health worker certification, an individual must:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="51DC2C52" w14:textId="77777777">
+        <w:t>1) be a legal United States resident;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="069D2913" w14:textId="14F9DA9C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="ss_T43C49N20S1_lv2_dd7479bdd" w:id="15"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N20S2_lv2_4015e2c03" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>1) be a legal United States resident;</w:t>
-[...18 lines deleted...]
-      <w:r>
         <w:t>2)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20Sa_lv3_6d7f450fd" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T43C49N20Sa_lv3_6d7f450fd" w:id="16"/>
       <w:r w:rsidR="00F54D00">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidR="00F54D00">
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> be a resident of South Carolina; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="563D64DD" w14:textId="13F59DA2">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F54D00">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N20Sb_lv3_05a242b5d" w:id="17"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00F54D00">
-        <w:t>a)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="563D64DD" w14:textId="13F59DA2">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) be employed as a community health worker in the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7A51">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tate of South Carolina;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="0C535D83" w14:textId="4F8D7A48">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F54D00">
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T43C49N20Sb_lv3_05a242b5d" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T43C49N20S3_lv2_d3e141754" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00F54D00">
-        <w:t>b</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="0C535D83" w14:textId="4F8D7A48">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) be at least eighteen years of age; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="75371B4A" w14:textId="78F3F549">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20S3_lv2_d3e141754" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T43C49N20S4_lv2_c5098915c" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="00F54D00">
-        <w:t>3</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="75371B4A" w14:textId="78F3F549">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N20Sa_lv3_79315e5f4" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t>a) complete a competency‑based community health worker training and mentorship program offered by an organization approved by the department to provide community health worker training and mentorship; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="5E1EE8A2" w14:textId="34D8A72E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20S4_lv2_c5098915c" w:id="20"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N20Sb_lv3_207ef34d3" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...9 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="21"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>b) meet requirements established by the department through the promulgation of regulations for certification based on relevant and verifiable past community health worker</w:t>
       </w:r>
       <w:r w:rsidR="000A7A51">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>related work experience.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="62CF6757" w14:textId="338716CE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20SC_lv1_4d0744090" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T43C49N20SC_lv1_4d0744090" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve">C) Community health worker certifications </w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be renewed annually and expire on October thirty‑first of the year following the date of certification or recertification.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F54D00" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="648E86EE" w14:textId="1C44AB52">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20SD_lv1_0f0218e84" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T43C49N20SD_lv1_0f0218e84" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>D)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20S1_lv2_b8eaecdd4" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T43C49N20S1_lv2_b8eaecdd4" w:id="24"/>
       <w:r w:rsidR="00F54D00">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00F54D00">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> In order to be eligible for recertification, a certified community health worker annually </w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r>
         <w:t>complete continuing education, as required by the department</w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t xml:space="preserve"> in promulgated r</w:t>
       </w:r>
       <w:r>
         <w:t>egulations</w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t xml:space="preserve"> that address</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the core competencies of community health work</w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F54D00" w:rsidP="00D7136E" w:rsidRDefault="00F54D00" w14:paraId="1D853399" w14:textId="228B6EC0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20S2_lv2_12678829c" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T43C49N20S2_lv2_12678829c" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>2) Continuing education must be</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>offer</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve">ed by an organization approved by the department to </w:t>
       </w:r>
       <w:r>
         <w:t>teach</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve"> continuing education for certified community health workers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00F54D00" w14:paraId="49BC624D" w14:textId="2B617E9E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20S3_lv2_1eb2d045a" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T43C49N20S3_lv2_1eb2d045a" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve">Regulations promulgated pursuant to this subsection </w:t>
       </w:r>
       <w:r>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve"> include continuing education </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">requirements </w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t>related to oral health care, infant and maternal healthcare, and geriatric healthcare.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="5B13FAD0" w14:textId="0B3DC30B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N20SE_lv1_2968080c2" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T43C49N20SE_lv1_2968080c2" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>E) Notwithstanding any other provision of law to the contrary, an individual is eligible to earn college course credit for training, mentorship, and continuing education completed pursuant to subsections (B)</w:t>
       </w:r>
       <w:r w:rsidR="00F54D00">
         <w:t>(4)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and (D).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="2889EB69" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00360F2A" w:rsidP="00D7136E" w:rsidRDefault="00400785" w14:paraId="0927630E" w14:textId="2E7F68BF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T43C49N30_8b5953599" w:id="29"/>
+      <w:bookmarkStart w:name="ns_T43C49N30_8b5953599" w:id="28"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>ection 43‑49‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N30SA_lv1_7924932e0" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T43C49N30SA_lv1_7924932e0" w:id="29"/>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="00360F2A">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t>) If a Medicaid</w:t>
       </w:r>
       <w:r w:rsidR="00240B31">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t>managed care organization contracted by the State Department of Health and Human Services for the delivery of Medicaid services employs a certified community health worker, the services provided by that certified community health worker shall not be considered to be duplicative of services, and shall not provide a basis to deny services or reimbursement for services, provided by a certified community health worker employed by an entity described in Section 4</w:t>
       </w:r>
       <w:r w:rsidR="00360F2A">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidR="00360F2A">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidR="00360F2A">
@@ -1201,449 +1271,458 @@
         <w:t>. Provided, however, a c</w:t>
       </w:r>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t>ertified community health worker</w:t>
       </w:r>
       <w:r w:rsidR="00040B02">
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t xml:space="preserve"> not eligible to enroll as </w:t>
       </w:r>
       <w:r w:rsidR="00E553DE">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidRPr="00360F2A" w:rsidR="00360F2A">
         <w:t>independent Medicaid participating provider.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00360F2A" w14:paraId="4748ACA9" w14:textId="2ACBEC9C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N30SB_lv1_3a7c56da6" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T43C49N30SB_lv1_3a7c56da6" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t>A certified community health worker may provide the following services:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="4A14BC44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N30S1_lv2_a5a838df0" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T43C49N30S1_lv2_a5a838df0" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t>1) direct preventative services or services designed to slow the progression of chronic diseases, including screenings for basic human needs and referrals to appropriate services and agencies to meet those needs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="1887539F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N30S2_lv2_3eabc1544" w:id="32"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>1) direct preventative services or services designed to slow the progression of chronic diseases, including screenings for basic human needs and referrals to appropriate services and agencies to meet those needs;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="1887539F" w14:textId="77777777">
+        <w:t>2) health promotion education to prevent illness or disease, including the promotion of healthy behaviors to increase awareness and prevent the development of illness or disease;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="1A9FC937" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N30S2_lv2_3eabc1544" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T43C49N30S3_lv2_2d940f75a" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
-        <w:t>2) health promotion education to prevent illness or disease, including the promotion of healthy behaviors to increase awareness and prevent the development of illness or disease;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="1A9FC937" w14:textId="77777777">
+        <w:t xml:space="preserve">3) facilitation between a beneficiary and a provider when cultural factors, such as language, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>socioeconomic status, or health literacy, become a barrier to properly understanding treatment options or treatment plans;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="7EF6FD45" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N30S3_lv2_2d940f75a" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T43C49N30S4_lv2_7efba1082" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
-        <w:t>3) facilitation between a beneficiary and a provider when cultural factors, such as language, socioeconomic status, or health literacy, become a barrier to properly understanding treatment options or treatment plans;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="7EF6FD45" w14:textId="77777777">
+        <w:t>4) diagnosis‑related patient education regarding self‑management of physical, dental, or mental health; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC2617" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="184A0A8A" w14:textId="6CB6AF4C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N30S4_lv2_7efba1082" w:id="35"/>
+      <w:bookmarkStart w:name="ss_T43C49N30S5_lv2_a545d8e5f" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>4) diagnosis‑related patient education regarding self‑management of physical, dental, or mental health; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AC2617" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="184A0A8A" w14:textId="6CB6AF4C">
+        <w:t>5) any other service approved by the State Department for Health and Human Services pursuant to Section 44‑6‑75.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="5C0E546A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>(</w:t>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00134CCA" w14:paraId="081C5466" w14:textId="61C75AB3">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T43C49N40_e81a1a086" w:id="36"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>5) any other service approved by the State Department for Health and Human Services pursuant to Section 44‑6‑75.</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 43‑49‑40.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_24bf37bc5" w:id="38"/>
+      <w:bookmarkStart w:name="up_24bf37bc5" w:id="37"/>
       <w:r w:rsidR="00360F2A">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00360F2A">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00002BC7">
         <w:t>South Carolina D</w:t>
       </w:r>
       <w:r w:rsidR="00360F2A">
         <w:t>epartment</w:t>
       </w:r>
       <w:r w:rsidR="00002BC7">
         <w:t xml:space="preserve"> of Public Health</w:t>
       </w:r>
       <w:r w:rsidR="00360F2A">
         <w:t xml:space="preserve"> shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="41DE901E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N40S1_lv1_538c41fec" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T43C49N40S1_lv1_538c41fec" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>1) promulgate regulations, necessary to carry out the provisions of this chapter, including establishing:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="124B982E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T43C49N40Sa_lv2_b2bca7c5a" w:id="39"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>1) promulgate regulations, necessary to carry out the provisions of this chapter, including establishing:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="124B982E" w14:textId="77777777">
+        <w:t>a) the core competencies of community health work;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="7919E8E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N40Sa_lv2_b2bca7c5a" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T43C49N40Sb_lv2_1e416c11e" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>a) the core competencies of community health work;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="7919E8E9" w14:textId="77777777">
+        <w:t>b) the community health worker certification application and renewal process, including training, mentorship, and continuing education requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="7209286E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N40Sb_lv2_1e416c11e" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T43C49N40Sc_lv2_a78f55325" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
-        <w:t>b) the community health worker certification application and renewal process, including training, mentorship, and continuing education requirements;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="7209286E" w14:textId="77777777">
+        <w:t>c) a certification application and renewal fee;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="6460F27A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N40Sc_lv2_a78f55325" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T43C49N40Sd_lv2_e60346161" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
-        <w:t>c) a certification application and renewal fee;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="6460F27A" w14:textId="77777777">
+        <w:t>d) procedures for certification denial, suspension, and revocation; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="76432F86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N40Sd_lv2_e60346161" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T43C49N40Se_lv2_6ea6bbcf6" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
-        <w:t>d) procedures for certification denial, suspension, and revocation; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="76432F86" w14:textId="77777777">
+        <w:t>e) the scope of practice for certified community health workers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="0A831587" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T43C49N40Se_lv2_6ea6bbcf6" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T43C49N40S2_lv1_20c614fae" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>e) the scope of practice for certified community health workers;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="0A831587" w14:textId="77777777">
+        <w:t>2) approve competency‑based training programs and training providers, which shall include the South Carolina Technical College System;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="61DD9A9B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N40S2_lv1_20c614fae" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T43C49N40S3_lv1_5641599cc" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t>2) approve competency‑based training programs and training providers, which shall include the South Carolina Technical College System;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00360F2A" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="61DD9A9B" w14:textId="77777777">
+        <w:t>3) approve organizations to provide continuing education for certified community health workers; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134CCA" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="6B6D4444" w14:textId="0D811FDA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T43C49N40S3_lv1_5641599cc" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T43C49N40S4_lv1_a0c7a00d6" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
-        <w:t>3) approve organizations to provide continuing education for certified community health workers; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00134CCA" w:rsidP="00360F2A" w:rsidRDefault="00360F2A" w14:paraId="6B6D4444" w14:textId="0D811FDA">
+        <w:t>4) work with the South Carolina Commission on Higher Education and the State Board for Technical and Comprehensive Education to ensure that appropriate college course credits are awarded to individuals who complete certified community health worker training, mentorship, and continuing education provided by competency‑based providers approved by the department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="6FC1E235" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="7C0FF1AD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_640904450" w:id="47"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_e15097776" w:id="48"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t>rticle 1, Chapter 6, Title 44 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="0AB785BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="bs_num_2_640904450" w:id="48"/>
+    </w:p>
+    <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00134CCA" w14:paraId="23E91EC9" w14:textId="5E40BFFD">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T44C6N75_82beda124" w:id="49"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-[...9 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
-        <w:t>rticle 1, Chapter 6, Title 44 of the S.C. Code is amended by adding:</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 44‑6‑75.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T44C6N75SA_lv1_2b62b4411" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T44C6N75SA_lv1_2b62b4411" w:id="50"/>
       <w:r w:rsidR="00D7136E">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidR="00D7136E">
         <w:t>A)</w:t>
       </w:r>
+      <w:bookmarkStart w:name="ss_T44C6N75S1_lv2_9a49c0609" w:id="51"/>
       <w:r w:rsidR="00326CD6">
-        <w:t>(1)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidR="00326CD6">
+        <w:t>1)</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve"> By January 1, 2027, </w:t>
       </w:r>
       <w:r w:rsidRPr="00326CD6" w:rsidR="00D7136E">
         <w:t>the State Department of Health and Human Services</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve"> shall seek approval from the federal Centers for Medicare and Medicaid Services for a state plan amendment, waiver, or alternative payment model, including public‑private partnerships, for services delivered by certified community health workers pursuant to Chapter 49, Title 43.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="414ED545" w14:textId="438F29D3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00326CD6">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C6N75S2_lv2_0248bc351" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
@@ -1684,50 +1763,51 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C6N75Sa_lv3_19dfaf6ed" w:id="53"/>
       <w:r w:rsidR="00D7136E">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t>) an alcohol and other drug treatment entity;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00326CD6" w14:paraId="4639019A" w14:textId="45F8029A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C6N75Sb_lv3_4c4a0fc71" w:id="54"/>
       <w:r w:rsidR="00D7136E">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t>) a behavioral health services organization;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00326CD6" w14:paraId="13FF5BF2" w14:textId="640D49B0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1872,53 +1952,55 @@
       <w:r>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t>) a primary care clinic;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D7136E" w:rsidP="00D7136E" w:rsidRDefault="00326CD6" w14:paraId="2C81893F" w14:textId="084E4A74">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C6N75Si_lv3_1287ee876" w:id="61"/>
       <w:r w:rsidR="00D7136E">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D7136E">
         <w:t xml:space="preserve">) a rural </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">public </w:t>
       </w:r>
       <w:r w:rsidR="00D7136E">
         <w:t>health clinic; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidP="00D7136E" w:rsidRDefault="00D7136E" w14:paraId="3D92824C" w14:textId="19EF5CCF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00326CD6">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C6N75Sj_lv3_562464d28" w:id="62"/>
       <w:r>
@@ -1964,141 +2046,143 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T44C6N75SD_lv1_7ed03ddae" w:id="64"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidR="00040B02">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t>) As permitted by federal law, in any plan submitted for federal Title XXI approval of a children’s health insurance program for South Carolina, the department shall include provisions for a preventive health insurance program for children with no copayment, deductible, coinsurance, or premium</w:t>
       </w:r>
       <w:r w:rsidR="00326CD6">
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> services rendered by certified community health workers pursuant to Chapter 49, Title 43.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00134CCA" w:rsidRDefault="00134CCA" w14:paraId="389D60E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
+      <w:bookmarkStart w:name="open_doc_here" w:id="65"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="089B0F61" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="65"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="66"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="66"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="67"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="3FA9BC14" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0045167C">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52D6D2BE" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
+    <w:p w14:paraId="7B90AE6F" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165FB6DE" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
+    <w:p w14:paraId="7880C112" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="510A6774" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
+    <w:p w14:paraId="6E8181E8" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="172FAA48" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
+    <w:p w14:paraId="7961927F" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="28E52A24" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA">
+    <w:p w14:paraId="7839090B" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -2134,160 +2218,160 @@
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="42EFA2DA" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00060C3C" w:rsidP="00D14995">
+      <w:p w14:paraId="42EFA2DA" w14:textId="3300B87B" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00036E6A" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00C10573">
+              <w:t>[5002]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00416A4F">
+            <w:r w:rsidR="00ED14C2">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0397VR26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DC953C8" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
+    <w:p w14:paraId="4E8C0C4B" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9FF3BA" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
+    <w:p w14:paraId="6DC0673E" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B355B02" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
+    <w:p w14:paraId="52DACC6C" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08F13379" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
+    <w:p w14:paraId="2EE12AFE" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2C3F13C9" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA">
+    <w:p w14:paraId="6CE15D27" w14:textId="77777777" w:rsidR="00E55035" w:rsidRDefault="00E55035">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="94E6D92E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
@@ -2475,278 +2559,287 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002BC7"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="000047C3"/>
     <w:rsid w:val="0000488D"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="000263F7"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00027B1B"/>
     <w:rsid w:val="00030409"/>
+    <w:rsid w:val="00036E6A"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00040B02"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000565C6"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
+    <w:rsid w:val="000773B2"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00090015"/>
     <w:rsid w:val="00097CE7"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000A5858"/>
     <w:rsid w:val="000A7A51"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C080C"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C4C04"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E24AC"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F200C"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00134CCA"/>
     <w:rsid w:val="001368B3"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="001667EB"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="00171D7C"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00193F85"/>
     <w:rsid w:val="0019622C"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
+    <w:rsid w:val="001B077E"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C28B6"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002041DB"/>
     <w:rsid w:val="002050D0"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="0022583F"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00240B31"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00252F95"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00272489"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="0029654A"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B1408"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F38ED"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="00326CD6"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00360F2A"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00362803"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A0F0B"/>
     <w:rsid w:val="003A5F1C"/>
+    <w:rsid w:val="003B0163"/>
     <w:rsid w:val="003C21A0"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="00400785"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="0041592A"/>
     <w:rsid w:val="00416A4F"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00425B52"/>
     <w:rsid w:val="0043083B"/>
     <w:rsid w:val="0043195D"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="0044374E"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00450250"/>
     <w:rsid w:val="0045167C"/>
     <w:rsid w:val="00454AD2"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A0848"/>
+    <w:rsid w:val="004A4313"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004A76ED"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B4A57"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D7D2C"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7327"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="0050308F"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00555C01"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="0057150D"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005935F4"/>
     <w:rsid w:val="005A0584"/>
     <w:rsid w:val="005A1BEC"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A4867"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C0AA0"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
+    <w:rsid w:val="005D5341"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F0492"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006256EF"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="006552ED"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00670E29"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
@@ -2769,61 +2862,63 @@
     <w:rsid w:val="006E12C7"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F11D0"/>
     <w:rsid w:val="006F2628"/>
     <w:rsid w:val="006F6327"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00715CD2"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007506D1"/>
     <w:rsid w:val="007720A0"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B3516"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
+    <w:rsid w:val="007D2652"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E6D96"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="008009BD"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00820750"/>
     <w:rsid w:val="00826BDF"/>
     <w:rsid w:val="00827CE7"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
+    <w:rsid w:val="00834DD3"/>
     <w:rsid w:val="00837451"/>
     <w:rsid w:val="0084426F"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00870686"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C73BC"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="00901E48"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00904A21"/>
     <w:rsid w:val="00911ACD"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00923792"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
@@ -2858,207 +2953,213 @@
     <w:rsid w:val="009F0DD2"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A02BA8"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A41F29"/>
     <w:rsid w:val="00A42E79"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A51B1C"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A70FBC"/>
     <w:rsid w:val="00A723BA"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
+    <w:rsid w:val="00A84C97"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC2617"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B20736"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B40009"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B50FF3"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA7CA8"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC0A93"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
+    <w:rsid w:val="00C10573"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C24F03"/>
     <w:rsid w:val="00C32587"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C4769F"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C73FA8"/>
     <w:rsid w:val="00C744DD"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CB78B7"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD06CE"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE54F2"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
+    <w:rsid w:val="00D056FE"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D554AF"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D647BB"/>
     <w:rsid w:val="00D7136E"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D85CD8"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC4DB2"/>
     <w:rsid w:val="00DC5733"/>
     <w:rsid w:val="00DD0283"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE548E"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF51A6"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E3589D"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E372E5"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E403D1"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
+    <w:rsid w:val="00E55035"/>
     <w:rsid w:val="00E553DE"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E90CD6"/>
     <w:rsid w:val="00EA2004"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB3FF6"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EB73D2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC09FE"/>
+    <w:rsid w:val="00ED14C2"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F00080"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D2C"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F173B1"/>
+    <w:rsid w:val="00F17D29"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F23B2F"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F33312"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F37539"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F54D00"/>
     <w:rsid w:val="00F56510"/>
     <w:rsid w:val="00F57CC3"/>
     <w:rsid w:val="00F61ADA"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F668E4"/>
     <w:rsid w:val="00F900B4"/>
@@ -3481,1360 +3582,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="000B71D9"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="000B71D9"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="000565C6"/>
+    <w:rsid w:val="000B71D9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4848,51 +4951,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5002&amp;session=126&amp;summary=B" TargetMode="External" Id="R0b688a741e924496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5002_20260122.docx" TargetMode="External" Id="Rf24077e18dbf40d1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5002&amp;session=126&amp;summary=B" TargetMode="External" Id="R17ed85749cd94d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5002_20260122.docx" TargetMode="External" Id="Rf364adfbce264f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="R6a1efc5c909a456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="R31d07bb7acf746c3" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4981,55 +5084,57 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C28B6"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="003C21A0"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
+    <w:rsid w:val="005A2F9B"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00715CD2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="00826BDF"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A41F29"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00EB73D2"/>
     <w:rsid w:val="00F00080"/>
     <w:rsid w:val="00F82BD9"/>
@@ -5774,114 +5879,68 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...41 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -6102,133 +6161,153 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>0d2cefe7-213f-4f50-bf49-f4e70d18c985</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-22T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-22</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-22</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>ebccd446-b77c-4920-95c3-577aaff77278</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>ebd7866a-6096-4e2d-a3aa-7a949b226236</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>12678573-7270-4f04-9256-f8d88178e5b4</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[5002]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>5002</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER 49 TO TITLE 43 SO AS TO REQUIRE THE CERTIFICATION OF COMMUNITY HEALTH WORKERS IN THE STATE OF SOUTH CAROLINA; TO ESTABLISH CERTIFICATION REQUIREMENTS AND AUTHORIZED SERVICES; TO REQUIRE THE DEPARTMENT OF PUBLIC HEALTH TO PROMULGATE CERTAIN REGULATIONS, INCLUDING CONTINUING EDUCATION REQUIREMENTS; TO PROVIDE FOR MEDICAID REIMBURSEMENT OF AUTHORIZED SERVICES; AND FOR OTHER PURPOSES; AND BY ADDING SECTION 44‑6‑75 SO AS TO REQUIRE THE STATE DEPARTMENT OF HEALTH AND HUMAN SERVICES TO SEEK FEDERAL APPROVAL FOR A STATE MEDICAID PLAN AMENDMENT OR WAIVER INCLUDING SERVICES PROVIDED BY CERTIFIED COMMUNITY HEALTH WORKERS IN CERTAIN CIRCUMSTANCES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"0ba167a1-ad6f-40b3-abab-8cf30c247f1a","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T43C49N10_0a67110d5","IsConstitutionSection":false,"Identity":"43-49-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C49N10S1","SubSectionBookmarkName":"ss_T43C49N10S1_lv1_3b79dff6c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N10S2","SubSectionBookmarkName":"ss_T43C49N10S2_lv1_3ceb02e0d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N10S3","SubSectionBookmarkName":"ss_T43C49N10S3_lv1_83ea07b0c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T43C49N20_778621ef7","IsConstitutionSection":false,"Identity":"43-49-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C49N20SB","SubSectionBookmarkName":"ss_T43C49N20SB_lv1_5cb913594","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N20S1","SubSectionBookmarkName":"ss_T43C49N20S1_lv2_dd7479bdd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N20S2","SubSectionBookmarkName":"ss_T43C49N20S2_lv2_4015e2c03","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T43C49N20Sa","SubSectionBookmarkName":"ss_T43C49N20Sa_lv3_6d7f450fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T43C49N20Sb","SubSectionBookmarkName":"ss_T43C49N20Sb_lv3_05a242b5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N20S3","SubSectionBookmarkName":"ss_T43C49N20S3_lv2_d3e141754","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N20S4","SubSectionBookmarkName":"ss_T43C49N20S4_lv2_c5098915c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T43C49N20Sa","SubSectionBookmarkName":"ss_T43C49N20Sa_lv3_79315e5f4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T43C49N20Sb","SubSectionBookmarkName":"ss_T43C49N20Sb_lv3_207ef34d3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N20SC","SubSectionBookmarkName":"ss_T43C49N20SC_lv1_4d0744090","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N20SD","SubSectionBookmarkName":"ss_T43C49N20SD_lv1_0f0218e84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N20S1","SubSectionBookmarkName":"ss_T43C49N20S1_lv2_b8eaecdd4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N20S2","SubSectionBookmarkName":"ss_T43C49N20S2_lv2_12678829c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N20S3","SubSectionBookmarkName":"ss_T43C49N20S3_lv2_1eb2d045a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N20SE","SubSectionBookmarkName":"ss_T43C49N20SE_lv1_2968080c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N20SA","SubSectionBookmarkName":"ss_T43C49N20SA_lv1_604bfd73d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T43C49N30_8b5953599","IsConstitutionSection":false,"Identity":"43-49-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C49N30SA","SubSectionBookmarkName":"ss_T43C49N30SA_lv1_7924932e0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N30SB","SubSectionBookmarkName":"ss_T43C49N30SB_lv1_3a7c56da6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N30S1","SubSectionBookmarkName":"ss_T43C49N30S1_lv2_a5a838df0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N30S2","SubSectionBookmarkName":"ss_T43C49N30S2_lv2_3eabc1544","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N30S3","SubSectionBookmarkName":"ss_T43C49N30S3_lv2_2d940f75a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N30S4","SubSectionBookmarkName":"ss_T43C49N30S4_lv2_7efba1082","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N30S5","SubSectionBookmarkName":"ss_T43C49N30S5_lv2_a545d8e5f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T43C49N40_e81a1a086","IsConstitutionSection":false,"Identity":"43-49-40","IsNew":true,"SubSections":[{"Level":1,"Identity":"T43C49N40S1","SubSectionBookmarkName":"ss_T43C49N40S1_lv1_538c41fec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N40Sa","SubSectionBookmarkName":"ss_T43C49N40Sa_lv2_b2bca7c5a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N40Sb","SubSectionBookmarkName":"ss_T43C49N40Sb_lv2_1e416c11e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N40Sc","SubSectionBookmarkName":"ss_T43C49N40Sc_lv2_a78f55325","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N40Sd","SubSectionBookmarkName":"ss_T43C49N40Sd_lv2_e60346161","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T43C49N40Se","SubSectionBookmarkName":"ss_T43C49N40Se_lv2_6ea6bbcf6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N40S2","SubSectionBookmarkName":"ss_T43C49N40S2_lv1_20c614fae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N40S3","SubSectionBookmarkName":"ss_T43C49N40S3_lv1_5641599cc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T43C49N40S4","SubSectionBookmarkName":"ss_T43C49N40S4_lv1_a0c7a00d6","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding chapter 49 to title 43 so as to require the certification of community health workers in the State of South Carolina; to establish certification requirements and authorized services; to require the department of public health to promulgate certain regulations, including continuing education requirements; to provide for Medicaid reimbursement of authorized services; and for other purposes; and by adding Section 44-6-75 so as to require the state department of health and human services to seek federal approval for a state Medicaid paln amendment or waiver including services provided by certified community health workers in certain circumstances","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_87e34911d"},{"SectionUUID":"73b3b9dd-373f-4472-a310-829175e646d2","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T44C6N75_82beda124","IsConstitutionSection":false,"Identity":"44-6-75","IsNew":true,"SubSections":[{"Level":1,"Identity":"T44C6N75SA","SubSectionBookmarkName":"ss_T44C6N75SA_lv1_2b62b4411","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C6N75S2","SubSectionBookmarkName":"ss_T44C6N75S2_lv2_0248bc351","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sa","SubSectionBookmarkName":"ss_T44C6N75Sa_lv3_19dfaf6ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sb","SubSectionBookmarkName":"ss_T44C6N75Sb_lv3_4c4a0fc71","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sc","SubSectionBookmarkName":"ss_T44C6N75Sc_lv3_e9df3246d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sd","SubSectionBookmarkName":"ss_T44C6N75Sd_lv3_a43693b7e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Se","SubSectionBookmarkName":"ss_T44C6N75Se_lv3_02033016d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sf","SubSectionBookmarkName":"ss_T44C6N75Sf_lv3_e30399831","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sg","SubSectionBookmarkName":"ss_T44C6N75Sg_lv3_a06f46a21","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sh","SubSectionBookmarkName":"ss_T44C6N75Sh_lv3_ad6779aa1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Si","SubSectionBookmarkName":"ss_T44C6N75Si_lv3_1287ee876","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T44C6N75Sj","SubSectionBookmarkName":"ss_T44C6N75Sj_lv3_562464d28","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C6N75SC","SubSectionBookmarkName":"ss_T44C6N75SC_lv1_d8a23e092","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T44C6N75SD","SubSectionBookmarkName":"ss_T44C6N75SD_lv1_7ed03ddae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T44C6N75S1","SubSectionBookmarkName":"ss_T44C6N75S1_lv2_9a49c0609","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_640904450"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Community Health Workers</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D933F746-00A1-4068-97A0-673CF1500B15}">
-[...9 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>4</Pages>
   <Words>1208</Words>
   <Characters>6997</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>137</Lines>
   <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>8138</CharactersWithSpaces>