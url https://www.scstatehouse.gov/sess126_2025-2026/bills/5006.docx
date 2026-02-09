--- v0 (2026-01-23)
+++ v1 (2026-02-09)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -119,108 +119,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Reps. B. Newton, Long, Hewitt, M.M. Smith, Gatch, Schuessler, Stavrinakis, Hiott, Pope, Erickson, Hixon, Neese, Wooten, Ligon, Chapman, Forrest, Hartz, Guffey, Ford, Willis, Cox, Sanders, Vaughan, Oremus and Duncan</w:t>
+        <w:t xml:space="preserve">Sponsors: Reps. B. Newton, Long, Hewitt, M.M. Smith, Gatch, Schuessler, Stavrinakis, Hiott, Pope, Erickson, Hixon, Neese, Wooten, Ligon, Chapman, Forrest, Hartz, Guffey, Ford, Willis, Cox, Sanders, Vaughan, Oremus, Duncan, G.M. Smith, Bowers, Sessions, Bannister, Bailey, Brewer, Weeks, Landing, Moss, Bradley, Lawson, Rankin, Guest, Brittain, Lowe, T. Moore, Ballentine, Robbins, Martin, Caskey, Pedalino, Calhoon, Davis, W. Newton, C. Mitchell, Holman, Hardee, Taylor, Yow, Jordan, Haddon and Wickensimer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0396DG26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the House on January 22, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the House Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Ways and Means</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Taxes</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -302,106 +294,384 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rcd3b2afdde114dfc">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R497d1231de31427f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 27</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/27/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: G.M. Smith
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Bowers, 
+ Sessions, Bannister, Bailey
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Brewer, Weeks
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Member(s) request name added as sponsor: Landing,
+ Moss, Bradley, Lawson, Rankin, Guest, 
+ Brittain, Lowe, T. Moore, Ballentine, 
+ Robbins, Martin, Caskey, Pedalino, Calhoon, 
+ Davis, W. Newton, C. Mitchell, Holman, 
+ Hardee, Taylor, Yow, Jordan, Haddon, Wickensimer
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0d8dd991b25846bb">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Requests for debate-Rep(s).</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> B Newton, McCravy, Lawson, Frank, Martin, Weeks, Jones, Vaughan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Ra8c62e47bbb74dd9">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/4/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R6d0b1629d6084684">
+      <w:hyperlink r:id="R5194bef722b54a75">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -419,103 +689,1142 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R36cf7a4871db43b5">
+      <w:hyperlink r:id="R964e701f580f487e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/22/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R575ff3bcd25840d8">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/03/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R998a1055e102467c">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/04/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00DB5451" w:rsidRDefault="00432135" w14:paraId="0FDBCAB0" w14:textId="5E97E558">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="1D5F204F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstricken"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates Matter Stricken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="65674838" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetunderline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates New Matter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="464A7E29" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="status"/>
+        <w:tag w:val="status"/>
+        <w:id w:val="854397200"/>
+        <w:placeholder>
+          <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="32D6C15D" w14:textId="1D20B7D1">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetstatus"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Committee Report</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="73C4D7C9" w14:textId="58D23BFB">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 3, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="61973367" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="009BDA27" w14:textId="55EED320">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>H. 5006</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="760CB493" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="60786443" w14:textId="1FA53FEA">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Reps.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>B. Newton, Long, Hewitt, M. M. Smith, Gatch, Schuessler, Stavrinakis, Hiott, Pope, Erickson, Hixon, Neese, Wooten, Ligon, Chapman, Forrest, Hartz, Guffey, Ford, Willis, Cox, Sanders, Vaughan, Oremus, Duncan, G. M. Smith, Bowers, Sessions, Bannister, Bailey, Brewer, Weeks, Landing, Moss, Bradley, Lawson, Rankin, Guest, Brittain, Lowe, T. Moore, Ballentine, Robbins, Martin, Caskey, Pedalino, Calhoon, Davis, W. Newton, C. Mitchell, Holman, Hardee, Taylor, Yow, Jordan, Haddon and Wickensimer</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="05AB4346" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00315DCF" w:rsidRDefault="00E91497" w14:paraId="16407B3F" w14:textId="511ADEC8">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00874270">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00874270">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00874270">
+            <w:t>2/3/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00874270">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00874270">
+            <w:t>H</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00874270">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00315DCF">
+        <w:tab/>
+        <w:t>[SEC 2/4/2026 12:41 PM]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="42C4D6CF" w14:textId="4E6A62EE">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 22, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="1471A283" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="667430DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4493"/>
+          <w:tab w:val="right" w:pos="8986"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="12836DBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="5715FB99" w14:textId="422AB28C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">The committee on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="committeename"/>
+          <w:tag w:val="committeename"/>
+          <w:id w:val="-1151050561"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>House Ways and Means</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="0161F3CD" w14:textId="5C156C7B">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>To who</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> was referred a </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="doctype"/>
+          <w:tag w:val="doctype"/>
+          <w:id w:val="-95182141"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Bill</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billnumber"/>
+          <w:tag w:val="billnumber"/>
+          <w:id w:val="249784876"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>H. 5006</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billtitle"/>
+          <w:tag w:val="billtitle"/>
+          <w:id w:val="660268815"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>to amend the South Carolina Code of Laws so as to enact the “</w:t>
+          </w:r>
+          <w:r w:rsidR="000D2B3F">
+            <w:t>State</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> of </w:t>
+          </w:r>
+          <w:r w:rsidR="000D2B3F">
+            <w:t>South Carolina Small Business Tax Cut</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> of 2026”; by amending Section 12‑37‑220, relating to</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>, etc., respectfully</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="25D2C36F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="committeetitle"/>
+        <w:tag w:val="committeetitle"/>
+        <w:id w:val="1407110167"/>
+        <w:placeholder>
+          <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="21A04980" w14:textId="592B2A1C">
+          <w:pPr>
+            <w:pStyle w:val="sccommitteereporttitle"/>
+          </w:pPr>
+          <w:r>
+            <w:t>That they have duly and carefully considered the same, and recommend that the same do pass with amendment:</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="1D30801E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="000D2B3F" w:rsidRDefault="00874270" w14:paraId="6B3D7AC6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scamendlanginstruction"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="instruction_fa34bad5f" w:id="0"/>
+      <w:r w:rsidRPr="000D2B3F" w:rsidR="000D2B3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amend the bill, as and if amended, by striking SECTIONS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D2B3F" w:rsidR="000D2B3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5.A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D2B3F" w:rsidR="000D2B3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D2B3F" w:rsidR="000D2B3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5.B</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D2B3F" w:rsidR="000D2B3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000D2B3F" w:rsidR="000D2B3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>5.C</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000D2B3F" w:rsidR="000D2B3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and inserting:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="309BEE66" w14:textId="64DECD8F">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_10001_sub_A_5591ab55fD" w:id="1"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>ECTION X.A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_49d7afbdaD" w:id="2"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>ection 12-20-50 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="69158B41" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="7A8C3266" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="ns_T12C20N50_2ebed3866D" w:id="3"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50SD_lv1_1558c59e9D" w:id="4"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>D)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50S1_lv2_54e73346I" w:id="5"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>1) A corporation subject to the provisions of this section whose corporate headquarters, as defined in Section 12‑6‑3410, is in South Carolina may exclude the first fifty million dollars of equity contributions from a qualifying entity from its paid‑in or capital surplus subject to the annual license fee. To qualify for this exclusion, the corporation must obtain a certificate from the South Carolina Research Authority certifying that the exclusions result from equity contributions from a qualifying entity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="6F766192" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50S2_lv2_7227be83I" w:id="6"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>2) For purposes of this subsection, a qualifying entity includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="2B8A1B3F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50Sa_lv3_152be032I" w:id="7"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) a venture capital fund as defined pursuant to 17 C.F.R. Section 275.203(1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>1;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="6C440771" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50Sb_lv3_2cf17a10I" w:id="8"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>b) an angel or accredited investor, as defined pursuant to 17 C.F.R. Section 230.501; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="08DE65CD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50Sc_lv3_069bb686I" w:id="9"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>c) a private investment firm that does not solicit capital from investors, excluding another qualifying entity or the general public, and meets one of the exemptions outlined in the Investment Company Act of 1940.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="56F424BD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50S3_lv2_cd575b36I" w:id="10"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>3) A corporation claiming this exclusion must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="6F325A7F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50Sa_lv3_86d74690I" w:id="11"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>a) submit an annual report to the department that contains the name of each qualifying entity, the date of the equity contribution, the manner in which the qualifying entity meets the requirements of item (2), the amount of the paid‑in or capital surplus for each year that is attributable to each qualifying entity, and any other information that the department may require; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="79C6B34B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C20N50Sb_lv3_19a9ee44I" w:id="12"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>b) keep detailed books and records, including segregating out equity contributions attributable to each qualifying entity and retaining information concerning the information required to be provided in subitem (a).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00EF24C7" w:rsidRDefault="000D2B3F" w14:paraId="56D93982" w14:textId="77777777"/>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="66801467" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_10001_sub_B_d95c330fbD" w:id="13"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>B</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_8a49b9840D" w:id="14"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>ection 33-44-409(b)(3) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="5A9BAE00" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="216F1623" w14:textId="169C13CC">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T33C44N409_75f74fa09D" w:id="15"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C44N409Sb_lv1_3b79a90feD" w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>3) to refrain from competing with the company in the conduct of the company's business before the dissolution of the company.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This item does not apply when a member is also a member of another LLC and there is not an enforceable noncompete provision in the operating agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4406">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="17"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="001B5E6B" w:rsidRDefault="000D2B3F" w14:paraId="3DB0F1EA" w14:textId="77777777"/>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="00C63358" w:rsidRDefault="000D2B3F" w14:paraId="483D767F" w14:textId="4E3F1393">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_10001_sub_C_a3e7147f7D" w:id="18"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>C</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:rPr>
+          <w:rStyle w:val="scinsertblue"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This SECTION takes effect upon approval by the Governor and first applies to the tax year beginning after July 1, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="78F7D3D4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>Renumber sections to conform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000D2B3F" w:rsidR="000D2B3F" w:rsidP="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="56866938" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D2B3F">
+        <w:t>Amend title to conform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="38A9BF7B" w14:textId="383BD335">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00E91497" w14:paraId="6323AA8C" w14:textId="429AC117">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportchairperson"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="chairperson"/>
+          <w:tag w:val="chairperson"/>
+          <w:id w:val="-1033958730"/>
+          <w:placeholder>
+            <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00874270">
+            <w:t>B.W. BANNISTER</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00874270">
+        <w:t xml:space="preserve"> for Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="6A52A708" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="0DFD4A8D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00874270" w:rsidSect="00874270">
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00874270" w:rsidP="00874270" w:rsidRDefault="00874270" w14:paraId="4921BAF8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00DB5451" w:rsidRDefault="00A73EFA" w14:paraId="7DFB6BF8" w14:textId="04464E85">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00DB5451" w:rsidRDefault="00A73EFA" w14:paraId="316A057A" w14:textId="183EE6DC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00DB5451" w:rsidRDefault="00A73EFA" w14:paraId="4B60E0E0" w14:textId="402B55A5">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00DB5451" w:rsidRDefault="00A73EFA" w14:paraId="5E9FDD1F" w14:textId="59817EF8">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00DB5451" w:rsidRDefault="00A73EFA" w14:paraId="35F2CFBF" w14:textId="57F0DCBD">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -545,904 +1854,948 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00F810F3" w14:paraId="0E7CF589" w14:textId="00713C05">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “STATE OF SOUTH CAROLINA SMALL BUSINESS TAX CUT OF 2026”; BY AMENDING SECTION 12‑37‑220, RELATING TO PROPERTY TAX EXEMPTIONS, SO AS TO EXEMPT THE FIRST TEN THOUSAND DOLLARS OF NET DEPRECIATED VALUE OF BUSINESS PERSONAL PROPERTY OWNED BY A SMALL BUSINESS; BY AMENDING SECTION 12‑37‑900, RELATING TO PROPERTY TAX RETURNS, SO AS TO PROVIDE THAT A TAXPAYER IS NOT REQUIRED TO RETURN BUSINESS PERSONAL PROPERTY FOR TAXATION IF THE TAXPAYER HAS LESS THAN TEN THOUSAND DOLLARS OF NET DEPRECIATED VALUE OF BUSINESS PERSONAL PROPERTY; BY ADDING SECTION 12‑37‑980 SO AS TO REQUIRE THAT ALL BUSINESS PERSONAL PROPERTY REQUIRED TO BE RETURNED FOR TAXATION TO BE RETURNED TO THE DEPARTMENT OF REVENUE; BY AMENDING SECTION 12‑20‑50, RELATING TO THE LICENSE TAX ON CORPORATIONS, SO AS TO PROVIDE THAT, UNDER CERTAIN CIRCUMSTANCES, THE FEE DOES NOT APPLY TO ANY PORTION OF THE FIRST FIFTY MILLION DOLLARS OF CERTAIN CAPITAL STOCK AND PAID‑IN OR CAPITAL SURPLUS; AND BY AMENDING SECTION 33‑44‑409, RELATING TO STANDARDS OF CONDUCT OF A CORPORATE OFFICER, SO AS TO PROVIDE AN EXCEPTION TO REFRAINING FROM COMPETING.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_45b513084" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_45b513084" w:displacedByCustomXml="prev" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="6AE44289" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="51D983B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_b240ac87a" w:id="2"/>
+      <w:bookmarkStart w:name="ew_b240ac87a" w:id="20"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D1248" w:rsidP="008D1248" w:rsidRDefault="008D1248" w14:paraId="5632FC9B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008D1248" w:rsidP="00F15355" w:rsidRDefault="008D1248" w14:paraId="2B2DA177" w14:textId="7F80386C">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_4a92ac50b" w:id="3"/>
-      <w:bookmarkStart w:name="citing_act_2b0f1db65" w:id="4"/>
+      <w:bookmarkStart w:name="bs_num_1_4a92ac50b" w:id="21"/>
+      <w:bookmarkStart w:name="citing_act_2b0f1db65" w:id="22"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00F15355">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>This act may be cited as the “</w:t>
       </w:r>
       <w:r w:rsidRPr="007E3351" w:rsidR="007E3351">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>State of S</w:t>
       </w:r>
       <w:r w:rsidR="00DD594F">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>outh Carolina</w:t>
       </w:r>
       <w:r w:rsidRPr="007E3351" w:rsidR="007E3351">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Small Business Tax Cut of 2026</w:t>
       </w:r>
       <w:r w:rsidR="006C0E2A">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F15355">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="209E1C4E" w14:textId="7D11B3DA">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FB35C3" w:rsidRDefault="00FB35C3" w14:paraId="6CB0B19A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_sub_A_51959915a" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_2_sub_A_51959915a" w:id="23"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-        <w:t>ECTION 2.A.</w:t>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t xml:space="preserve">ECTION </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>2.A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_5021e9e86" w:id="6"/>
+      <w:bookmarkStart w:name="dl_5021e9e86" w:id="24"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>ection 12‑37‑220</w:t>
       </w:r>
       <w:r w:rsidR="00542F42">
         <w:t>(B)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FB35C3" w:rsidRDefault="00FB35C3" w14:paraId="519A55E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FB35C3" w:rsidRDefault="00FB35C3" w14:paraId="28DE93F4" w14:textId="43A98E45">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T12C37N220_b179838cc" w:id="7"/>
+      <w:bookmarkStart w:name="ns_T12C37N220_b179838cc" w:id="25"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C37N220S54_lv1_6da00c5bf" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T12C37N220S54_lv1_6da00c5bf" w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t xml:space="preserve">54) </w:t>
       </w:r>
       <w:r w:rsidRPr="00542F42" w:rsidR="00542F42">
         <w:t>the first ten thousand dollars of the net depreciated value of business personal property owned by a small business.  For purposes of this item, “small business” means a commercial retail service, industry entity, or nonprofit corporation, including affiliates, that: (a) the business</w:t>
       </w:r>
       <w:r w:rsidR="00DD594F">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00542F42" w:rsidR="00542F42">
         <w:t xml:space="preserve"> ownership is comprised of taxpayers who pay income taxes in this State; (b) is independently owned and operated; and (c) employs fewer than one hundred full‑time employees or has gross annual sales of less than ten million dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00542F42" w:rsidP="00542F42" w:rsidRDefault="00542F42" w14:paraId="7DDEB5FA" w14:textId="6B4C52BB">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000E4660" w:rsidRDefault="00542F42" w14:paraId="63F83CD1" w14:textId="6B7B36D7">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_sub_B_299492fa2" w:id="9"/>
+      <w:bookmarkStart w:name="bs_num_2_sub_B_299492fa2" w:id="27"/>
       <w:r>
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C43C2" w:rsidR="006C43C2">
         <w:t>This SECTION takes effect upon approval by the Governor and first applies to property tax years beginning after 202</w:t>
       </w:r>
       <w:r w:rsidR="00D71978">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="006C43C2" w:rsidR="006C43C2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB35C3" w:rsidRDefault="00FB35C3" w14:paraId="454207A6" w14:textId="77777777">
+    <w:p w:rsidR="000D2B3F" w:rsidRDefault="000D2B3F" w14:paraId="454207A6" w14:textId="56EBBB7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC37FA" w:rsidP="00BF33B2" w:rsidRDefault="00CC37FA" w14:paraId="725189E3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_3_sub_A_2da822e81" w:id="28"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t xml:space="preserve">ECTION </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>3.A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_d5551fb09" w:id="29"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>ection 12‑37‑900 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC37FA" w:rsidP="00BF33B2" w:rsidRDefault="00CC37FA" w14:paraId="1E281776" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC37FA" w:rsidP="00BF33B2" w:rsidRDefault="00CC37FA" w14:paraId="656F3E39" w14:textId="0C3F7F38">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T12C37N900_2f6afdeb1" w:id="30"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>ection 12‑37‑900.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C37N900SA_lv1_4577941d2" w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Every person required by law to list property shall, annually, between the first day of January and the first day of March, make out and deliver to the assessor of the county in which the property is by law to be returned for taxation a statement, verified by his oath, of all the real estate which has been sold or transferred since the last listing of property for which he was responsible and to whom, and of all real property possessed by him, or under his control, on the thirty‑first day of December next preceding, either as owner, agent, parent, spouse, guardian, executor, administrator, trustee, receiver, officer, partner, factor, or holder with the value thereof, on such thirty‑first day of December, at the place of return, estimating according to the rules prescribed by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC37FA" w:rsidP="00BF33B2" w:rsidRDefault="00CC37FA" w14:paraId="4102AD17" w14:textId="3779A7DD">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C37N900SB_lv1_8a4432473" w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>A manufacturer not under a fee agreement is not required to return personal property for ad valorem tax purposes if the property remains in this State at a manufacturing facility that has not been operational for one fiscal year and the personal property has not been used in operations for one fiscal year. The personal property is not required to be returned until the personal property becomes operational in a manufacturing process or until the property has not been returned for ad valorem tax purposes for four years, whichever is earlier. A manufacturer must continue to list the personal property annually and designate on the listing that the personal property is not subject to tax pursuant to this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC37FA" w:rsidP="00BF33B2" w:rsidRDefault="00CC37FA" w14:paraId="353D2119" w14:textId="1B212793">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C37N900SC_lv1_165642858" w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>C)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C37N900S1_lv2_b5a5003e4" w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Notwithstanding any other provision of this section, a taxpayer that meets the application requirements of item (2) is not required to </w:t>
+      </w:r>
+      <w:r w:rsidR="00556709">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>pay</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> business personal property tax</w:t>
+      </w:r>
+      <w:r w:rsidR="00556709">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">if the taxpayer has less </w:t>
+      </w:r>
+      <w:r w:rsidR="00556709">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ten thousand dollars of net depreciated value of business personal property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC37FA" w:rsidP="00BF33B2" w:rsidRDefault="00CC37FA" w14:paraId="4B7D9741" w14:textId="3950721A">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T12C37N900S2_lv2_6a89f81a3" w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) To claim the exemption allowed by item (1), a taxpayer must annually certify, under penalty of perjury, to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00556709">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">department in a manner prescribed by the department </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that the taxpayer has </w:t>
+      </w:r>
+      <w:r w:rsidR="00556709">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">less than </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ten thousand dollars of net depreciated value of business personal property.</w:t>
+      </w:r>
+      <w:r w:rsidR="00474CBE">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The form prescribed by the department must contain a conspicuous notation citing the State of S</w:t>
+      </w:r>
+      <w:r w:rsidR="008C62D7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">outh </w:t>
+      </w:r>
+      <w:r w:rsidR="00474CBE">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008C62D7">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>arolina</w:t>
+      </w:r>
+      <w:r w:rsidR="00474CBE">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Small Business Tax Cut of 2026 as the source of the exemption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D71978" w:rsidP="00D71978" w:rsidRDefault="00D71978" w14:paraId="243B8C00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC37FA" w:rsidP="00BF33B2" w:rsidRDefault="00CC37FA" w14:paraId="725189E3" w14:textId="77777777">
-[...256 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00E42C10" w:rsidP="00C33FA7" w:rsidRDefault="00D71978" w14:paraId="1944EA89" w14:textId="677E628B">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_sub_B_f10162b12" w:id="18"/>
+      <w:bookmarkStart w:name="bs_num_3_sub_B_f10162b12" w:id="36"/>
       <w:r>
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C81327" w:rsidR="00C81327">
         <w:t>This SECTION takes effect upon approval by the Governor and first applies to property tax years beginning after 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC37FA" w:rsidP="00C33FA7" w:rsidRDefault="00CC37FA" w14:paraId="53C79E5C" w14:textId="11FC5B3D">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC37FA" w:rsidP="001D0A8E" w:rsidRDefault="00CC37FA" w14:paraId="724432A3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_sub_A_f3a683f4e" w:id="19"/>
+      <w:bookmarkStart w:name="bs_num_4_sub_A_f3a683f4e" w:id="37"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...1 lines deleted...]
-        <w:t>ECTION 4.A.</w:t>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t xml:space="preserve">ECTION </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>4.A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_f846188cb" w:id="20"/>
+      <w:bookmarkStart w:name="dl_f846188cb" w:id="38"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>rticle 5, Chapter 37, Title 12 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC37FA" w:rsidP="001D0A8E" w:rsidRDefault="00CC37FA" w14:paraId="636460AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC37FA" w:rsidP="001D0A8E" w:rsidRDefault="00CC37FA" w14:paraId="4C58F77C" w14:textId="6E43A68C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T12C37N980_c523b8c61" w:id="21"/>
+      <w:bookmarkStart w:name="ns_T12C37N980_c523b8c61" w:id="39"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>ection 12‑37‑980.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Notwithstanding any other provision of law, all business personal property required to be returned for ad valorem taxation must be returned to the Department of Revenue. The property is subject to the tax imposed by the taxing jurisdiction in which the property is situated.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C81327" w:rsidP="00C81327" w:rsidRDefault="00C81327" w14:paraId="10CE5FD7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001A7E54" w:rsidP="00787433" w:rsidRDefault="00C81327" w14:paraId="531B5A80" w14:textId="08BEAA29">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_sub_B_742a243bb" w:id="22"/>
-      <w:r>
+      <w:bookmarkStart w:name="bs_num_4_sub_B_742a243bb" w:id="40"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00121C21" w:rsidR="00121C21">
         <w:t>This SECTION takes effect upon approval by the Governor and first applies to property tax years beginning after 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="1E022392">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00963561" w:rsidRDefault="00963561" w14:paraId="112C5076" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_sub_A_69fa1db10" w:id="23"/>
+      <w:bookmarkStart w:name="bs_num_5_sub_A_69fa1db10" w:id="41"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-        <w:t>ECTION 5.A.</w:t>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t xml:space="preserve">ECTION </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>5.A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_abd60ccec" w:id="24"/>
+      <w:bookmarkStart w:name="dl_abd60ccec" w:id="42"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>ection 12‑20‑50 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00963561" w:rsidRDefault="00963561" w14:paraId="6C177A95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EF05E9" w:rsidP="008B4247" w:rsidRDefault="00963561" w14:paraId="5BC69D6A" w14:textId="4A8DFA85">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T12C20N50_cd3f88ed9" w:id="25"/>
+      <w:bookmarkStart w:name="ns_T12C20N50_cd3f88ed9" w:id="43"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C20N50SD_lv1_df7557aea" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T12C20N50SD_lv1_df7557aea" w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>D)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C20N50S1_lv2_347f0abe6" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T12C20N50S1_lv2_347f0abe6" w:id="45"/>
       <w:r w:rsidR="00EF05E9">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="00EF05E9">
         <w:t>1) A corporation subject to the provisions of this section may exclude the first fifty million dollars of equity contributions from a qualifying entity from its paid‑in or capital surplus subject to the annual license fee</w:t>
       </w:r>
       <w:r w:rsidR="008B4247">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008B4247" w:rsidR="008B4247">
         <w:t xml:space="preserve">The fee on any equity contribution above fifty million dollars </w:t>
       </w:r>
       <w:r w:rsidR="008B4247">
         <w:t>is limited to</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4247" w:rsidR="008B4247">
         <w:t xml:space="preserve"> no more than twenty‑five thousand dollars annually, and such fee </w:t>
       </w:r>
       <w:r w:rsidR="008B4247">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4247" w:rsidR="008B4247">
         <w:t xml:space="preserve"> payable only for the two taxable years immediately following the taxable year in which the equity contribution is received. To qualify for the</w:t>
       </w:r>
       <w:r w:rsidR="008B4247">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B4247" w:rsidR="008B4247">
         <w:t>exemption</w:t>
       </w:r>
       <w:r w:rsidR="008B4247">
         <w:t xml:space="preserve"> set forth in this subsection</w:t>
       </w:r>
       <w:r w:rsidRPr="008B4247" w:rsidR="008B4247">
         <w:t>, the corporation meets at least one of the following conditions within South Carolina</w:t>
       </w:r>
       <w:r w:rsidR="008B4247">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF05E9" w:rsidP="00EF05E9" w:rsidRDefault="00EF05E9" w14:paraId="6D91CBF0" w14:textId="16142039">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C20N50Sa_lv3_77132e7dc" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T12C20N50Sa_lv3_77132e7dc" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t xml:space="preserve">a) the corporation employs </w:t>
       </w:r>
       <w:r w:rsidR="008B4247">
         <w:t>at least ten</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> South Carolina residents whose wages are subject to South Carolina income tax and who are engaged in research and development activities within the State;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> South Carolina residents whose wages are subject to South Carolina income tax and who are engaged in research and development activities within the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00EF05E9" w:rsidP="00EF05E9" w:rsidRDefault="00EF05E9" w14:paraId="0D49ADA0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C20N50Sb_lv3_ecb9c1fd5" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T12C20N50Sb_lv3_ecb9c1fd5" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>b) the corporation incurs at least two hundred fifty thousand dollars in research and development expenditures within South Carolina during the taxable year; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF05E9" w:rsidP="00EF05E9" w:rsidRDefault="00EF05E9" w14:paraId="5E969B48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C20N50Sc_lv3_a61facf68" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T12C20N50Sc_lv3_a61facf68" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>c) the corporation maintains its headquarters, as defined in Section 12‑6‑3410, in South Carolina.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00963561" w:rsidP="00EF05E9" w:rsidRDefault="00EF05E9" w14:paraId="52CFEFEC" w14:textId="35DF05B1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T12C20N50S2_lv2_c394769b7" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T12C20N50S2_lv2_c394769b7" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidR="00E9703C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>To qualify for this exclusion, the corporation must obtain a certificate from the South Carolina Research Authority certifying that the exclusions result from equity contributions from a qualifying entity.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF05E9" w:rsidP="00EF05E9" w:rsidRDefault="00EF05E9" w14:paraId="0E34179D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0050238F" w:rsidP="00EF05E9" w:rsidRDefault="00EF05E9" w14:paraId="7F7AA491" w14:textId="5D722989">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_sub_B_28b6581e2" w:id="32"/>
+      <w:bookmarkStart w:name="bs_num_5_sub_B_28b6581e2" w:id="50"/>
       <w:r>
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_2fe5cb5f1" w:id="33"/>
+      <w:bookmarkStart w:name="dl_2fe5cb5f1" w:id="51"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>ection 33‑44‑409(b)</w:t>
       </w:r>
       <w:r w:rsidR="00E313CE">
         <w:t>(3)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006018E0" w:rsidRDefault="006018E0" w14:paraId="1F085A45" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00784845" w:rsidRDefault="006018E0" w14:paraId="25456BAE" w14:textId="14016B9C">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="cs_T33C44N409_478c185b7" w:id="34"/>
+      <w:bookmarkStart w:name="cs_T33C44N409_478c185b7" w:id="52"/>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C44N409S3_lv1_41a468105" w:id="35"/>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkStart w:name="ss_T33C44N409S3_lv1_41a468105" w:id="53"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>3) to refrain from competing with the company in the conduct of the company's business before the dissolution of the company.</w:t>
       </w:r>
       <w:r w:rsidR="00E313CE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E313CE" w:rsidR="00E313CE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>This item does not apply when a member is also a member of another LLC and there is not an enforceable noncompete provision in the operating agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E313CE" w:rsidP="00E313CE" w:rsidRDefault="00E313CE" w14:paraId="640FEB08" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006864DD" w:rsidP="00EF05E9" w:rsidRDefault="00E313CE" w14:paraId="2F3C0934" w14:textId="347DFE58">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_sub_C_5598f1d26" w:id="36"/>
+      <w:bookmarkStart w:name="bs_num_5_sub_C_5598f1d26" w:id="54"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00810A86" w:rsidR="00810A86">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00810A86">
         <w:t>SECTION</w:t>
       </w:r>
       <w:r w:rsidRPr="00810A86" w:rsidR="00810A86">
         <w:t xml:space="preserve"> takes effect upon approval by the Governor and first applies to the tax year beginning after July 1, 202</w:t>
       </w:r>
       <w:r w:rsidR="00810A86">
         <w:t>6.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00963561" w:rsidP="00EF05E9" w:rsidRDefault="00963561" w14:paraId="7340C873" w14:textId="2D765232">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="1756E69B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_lastsection" w:id="37"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="38"/>
+      <w:bookmarkStart w:name="bs_num_6_lastsection" w:id="55"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="56"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7BD9817A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1507,431 +2860,537 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12C353FE" w14:textId="1FAAE286" w:rsidR="00874270" w:rsidRPr="00BC78CD" w:rsidRDefault="00874270" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>5006</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1018809775"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="17803E11" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00E9206E" w:rsidP="00D14995">
+      <w:p w14:paraId="17803E11" w14:textId="2C102F5D" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00E91497" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00A61DA5">
+              <w:t>[5006]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="98B585710A744A1280A8DA1DEE960976"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00187912">
+            <w:r w:rsidR="00A61DA5">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0396DG26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="479D009F" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D2DA761" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0EEE37F1" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E4CEA6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="1EF3638C" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="94E6D92E"/>
+    <w:tmpl w:val="B8AE98EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CA080A8"/>
+    <w:tmpl w:val="C5EA2CCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="48EC091E"/>
+    <w:tmpl w:val="A68269AC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="EC7043A0"/>
+    <w:tmpl w:val="F6966DF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8966991C"/>
+    <w:tmpl w:val="E5023A9E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8D324A10"/>
+    <w:tmpl w:val="2D72FBFE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1E645258"/>
+    <w:tmpl w:val="DD383074"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F645F22"/>
+    <w:tmpl w:val="FEE2E522"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FAA8842C"/>
+    <w:tmpl w:val="41AE441E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="84F0597C"/>
+    <w:tmpl w:val="ADCE59D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1314262902">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="516625294">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1459255414">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="2053730405">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1213468348">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1388996947">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="504906658">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1509447537">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -1951,325 +3410,341 @@
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="0002726D"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="000367AC"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000602D8"/>
     <w:rsid w:val="000626B8"/>
     <w:rsid w:val="00063023"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000920CA"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
+    <w:rsid w:val="000D2B3F"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D51A1"/>
     <w:rsid w:val="000E4660"/>
     <w:rsid w:val="000E496E"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
+    <w:rsid w:val="000F438B"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001129FE"/>
     <w:rsid w:val="00112A4E"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00117BBB"/>
     <w:rsid w:val="00121C21"/>
     <w:rsid w:val="00140049"/>
+    <w:rsid w:val="001411CF"/>
     <w:rsid w:val="001448E4"/>
     <w:rsid w:val="00151016"/>
     <w:rsid w:val="00151B68"/>
     <w:rsid w:val="00156F1D"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="0017254D"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="001809B9"/>
     <w:rsid w:val="00187912"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00190932"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="001957B8"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A5A04"/>
     <w:rsid w:val="001A7E54"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C551A"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00256999"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00265EA5"/>
     <w:rsid w:val="00266111"/>
     <w:rsid w:val="00267442"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00281A5A"/>
     <w:rsid w:val="002836D8"/>
+    <w:rsid w:val="00285854"/>
     <w:rsid w:val="002A0BCE"/>
     <w:rsid w:val="002A257A"/>
     <w:rsid w:val="002A64F5"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C1AD4"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C3DD1"/>
     <w:rsid w:val="002D2409"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002E63BD"/>
     <w:rsid w:val="002F0985"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="00303A94"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="00315DCF"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="003333C9"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="003559A3"/>
     <w:rsid w:val="00361202"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00366DAC"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="0037285E"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00390473"/>
     <w:rsid w:val="003A0542"/>
     <w:rsid w:val="003A4FCD"/>
+    <w:rsid w:val="003A52CC"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C6F3E"/>
     <w:rsid w:val="003D09A9"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F3D1C"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00411F28"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00443E84"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00474CBE"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="0048217A"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="0049489C"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A4E34"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
+    <w:rsid w:val="004C1DEE"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D6A14"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="0050238F"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00511373"/>
+    <w:rsid w:val="005134D3"/>
     <w:rsid w:val="0051521E"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00542F42"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00556709"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="005836B7"/>
+    <w:rsid w:val="005853A1"/>
     <w:rsid w:val="00585DC7"/>
     <w:rsid w:val="00587936"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A2852"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D0FC0"/>
     <w:rsid w:val="005D3013"/>
+    <w:rsid w:val="005D4406"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="005F797C"/>
     <w:rsid w:val="006018E0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611339"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="0061520A"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
+    <w:rsid w:val="00627EC0"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="0065381A"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00662A9B"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00685BD4"/>
     <w:rsid w:val="006864DD"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B1B8B"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C0E2A"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C43C2"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D0180"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
+    <w:rsid w:val="006F4DB1"/>
     <w:rsid w:val="00700B22"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00720A8B"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="007326A8"/>
     <w:rsid w:val="0073327F"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00764B03"/>
     <w:rsid w:val="00766A4F"/>
     <w:rsid w:val="00771120"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="0078456F"/>
     <w:rsid w:val="00784845"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00793C26"/>
     <w:rsid w:val="00795EE4"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A6031"/>
     <w:rsid w:val="007B01CE"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C1647"/>
     <w:rsid w:val="007C4899"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C75F2"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E3351"/>
     <w:rsid w:val="007F04B5"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="007F7928"/>
     <w:rsid w:val="00804197"/>
     <w:rsid w:val="00807E48"/>
     <w:rsid w:val="00810A86"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="0082012B"/>
     <w:rsid w:val="0082045F"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008400A8"/>
     <w:rsid w:val="00842B8E"/>
     <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="0085061D"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00873529"/>
+    <w:rsid w:val="00874270"/>
     <w:rsid w:val="00875508"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00884518"/>
     <w:rsid w:val="00887650"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A07AF"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B4247"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C62D7"/>
     <w:rsid w:val="008D1248"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D74EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E1F27"/>
     <w:rsid w:val="008E42F8"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008E7E14"/>
     <w:rsid w:val="008F1508"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
@@ -2312,113 +3787,118 @@
     <w:rsid w:val="009E0B5E"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E425B"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A00CA5"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A04D3A"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A12271"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A3034F"/>
     <w:rsid w:val="00A31E56"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A44E5B"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A61DA5"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A776DB"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A81F52"/>
     <w:rsid w:val="00A91978"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A93FAB"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA08EC"/>
     <w:rsid w:val="00AA2944"/>
     <w:rsid w:val="00AA2C3E"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC237F"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC7411"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
+    <w:rsid w:val="00AF795F"/>
     <w:rsid w:val="00B02F7C"/>
     <w:rsid w:val="00B05097"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B73899"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA35B4"/>
     <w:rsid w:val="00BA69F8"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE2B91"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
+    <w:rsid w:val="00C10882"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
+    <w:rsid w:val="00C2339C"/>
+    <w:rsid w:val="00C334AE"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C61A67"/>
     <w:rsid w:val="00C64039"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C81327"/>
     <w:rsid w:val="00C82568"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA2690"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB37D7"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC37FA"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD78AE"/>
@@ -2427,141 +3907,149 @@
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D10501"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D15236"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D336DC"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D44657"/>
     <w:rsid w:val="00D46A5E"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D71978"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA2DA1"/>
     <w:rsid w:val="00DA356F"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB4CF7"/>
     <w:rsid w:val="00DB5451"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC5112"/>
     <w:rsid w:val="00DC6934"/>
     <w:rsid w:val="00DD23D2"/>
     <w:rsid w:val="00DD594F"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF69C5"/>
     <w:rsid w:val="00E009B4"/>
     <w:rsid w:val="00E02297"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E313CE"/>
     <w:rsid w:val="00E345CA"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E42C10"/>
     <w:rsid w:val="00E43F26"/>
+    <w:rsid w:val="00E509A8"/>
     <w:rsid w:val="00E52A36"/>
+    <w:rsid w:val="00E53DB8"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E647B7"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E76E00"/>
+    <w:rsid w:val="00E82308"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
+    <w:rsid w:val="00E91497"/>
     <w:rsid w:val="00E9703C"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
+    <w:rsid w:val="00EB2279"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC5518"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE290C"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF04F9"/>
     <w:rsid w:val="00EF05E9"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
+    <w:rsid w:val="00F0164E"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F07634"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15355"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F21B6D"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27669"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F63C6B"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F810F3"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F95785"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB35C3"/>
     <w:rsid w:val="00FB3806"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
+    <w:rsid w:val="00FD1608"/>
     <w:rsid w:val="00FD24A3"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -2953,1590 +4441,3717 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US"/>
+    <w:rsid w:val="005134D3"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008465E9"/>
+    <w:rsid w:val="005134D3"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E313CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00874270"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
+    <w:name w:val="sc_amend_langinstruction"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D2B3F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="480" w:after="480" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
+    <w:name w:val="sc_amend_titleconform"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D2B3F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
+    <w:name w:val="sc_amend_conformline"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D2B3F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00285854"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00285854"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5006&amp;session=126&amp;summary=B" TargetMode="External" Id="R6d0b1629d6084684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5006_20260122.docx" TargetMode="External" Id="R36cf7a4871db43b5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5006&amp;session=126&amp;summary=B" TargetMode="External" Id="R5194bef722b54a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5006_20260122.docx" TargetMode="External" Id="R964e701f580f487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5006_20260203.docx" TargetMode="External" Id="R575ff3bcd25840d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5006_20260204.docx" TargetMode="External" Id="R998a1055e102467c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="Rcd3b2afdde114dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="R497d1231de31427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260203.docx" TargetMode="External" Id="R0d8dd991b25846bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260204.docx" TargetMode="External" Id="Ra8c62e47bbb74dd9" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="98B585710A744A1280A8DA1DEE960976"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AB643CF9-9800-4583-85CB-A5138511A297}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009A5F5A" w:rsidRDefault="009A5F5A" w:rsidP="009A5F5A">
+          <w:pPr>
+            <w:pStyle w:val="98B585710A744A1280A8DA1DEE960976"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="00190932"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
+    <w:rsid w:val="004C1DEE"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00764B03"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="00985B7C"/>
     <w:rsid w:val="00996A60"/>
+    <w:rsid w:val="009A5F5A"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A12271"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B02F7C"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BE2B91"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D10501"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
+    <w:rsid w:val="00DC085B"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4948,53 +8563,66 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="009A5F5A"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="98B585710A744A1280A8DA1DEE960976">
+    <w:name w:val="98B585710A744A1280A8DA1DEE960976"/>
+    <w:rsid w:val="009A5F5A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5266,79 +8894,118 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>659a430a-9e91-4c43-adfa-3abda0eeae7f</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-22T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-22</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-22</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>15ecb5e0-2ac8-4fd2-8e38-f640f872862b</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>9e508d66-8d99-4315-ab6a-cb5f47cd6e10</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>f71a82d2-5efc-4498-bc17-ac052cbdc725</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[5006]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>5006</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “STATE OF SOUTH CAROLINA SMALL BUSINESS TAX CUT OF 2026”; BY AMENDING SECTION 12‑37‑220, RELATING TO PROPERTY TAX EXEMPTIONS, SO AS TO EXEMPT THE FIRST TEN THOUSAND DOLLARS OF NET DEPRECIATED VALUE OF BUSINESS PERSONAL PROPERTY OWNED BY A SMALL BUSINESS; BY AMENDING SECTION 12‑37‑900, RELATING TO PROPERTY TAX RETURNS, SO AS TO PROVIDE THAT A TAXPAYER IS NOT REQUIRED TO RETURN BUSINESS PERSONAL PROPERTY FOR TAXATION IF THE TAXPAYER HAS LESS THAN TEN THOUSAND DOLLARS OF NET DEPRECIATED VALUE OF BUSINESS PERSONAL PROPERTY; BY ADDING SECTION 12‑37‑980 SO AS TO REQUIRE THAT ALL BUSINESS PERSONAL PROPERTY REQUIRED TO BE RETURNED FOR TAXATION TO BE RETURNED TO THE DEPARTMENT OF REVENUE; BY AMENDING SECTION 12‑20‑50, RELATING TO THE LICENSE TAX ON CORPORATIONS, SO AS TO PROVIDE THAT, UNDER CERTAIN CIRCUMSTANCES, THE FEE DOES NOT APPLY TO ANY PORTION OF THE FIRST FIFTY MILLION DOLLARS OF CERTAIN CAPITAL STOCK AND PAID‑IN OR CAPITAL SURPLUS; AND BY AMENDING SECTION 33‑44‑409, RELATING TO STANDARDS OF CONDUCT OF A CORPORATE OFFICER, SO AS TO PROVIDE AN EXCEPTION TO REFRAINING FROM COMPETING.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"a66174e4-e995-46dc-9278-3e89ef414a4b","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “State of SC Small Business Tax Cut of 2026”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_4a92ac50b"},{"SectionUUID":"dda858b6-895d-45a0-bcfe-c5778809cda1","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T12C37N220_b179838cc","IsConstitutionSection":false,"Identity":"12-37-220","IsNew":true,"SubSections":[{"Level":1,"Identity":"T12C37N220S54","SubSectionBookmarkName":"ss_T12C37N220S54_lv1_6da00c5bf","IsNewSubSection":true,"SubSectionReplacement":""}],"TitleRelatedTo":"property tax exemptions","TitleSoAsTo":"EXEMPT THE FIRST TEN THOUSAND DOLLARS OF NET DEPRECIATED VALUE OF BUSINESS PERSONAL PROPERTY OWNED BY A SMALL BUSINESS","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_sub_A_51959915a"},{"SectionUUID":"d6b15136-d17b-4f39-9cb0-7eae0c42a29a","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_sub_B_299492fa2"},{"SectionUUID":"662489fc-4cd6-43c1-a508-85ed3a09ae2a","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T12C37N900_2f6afdeb1","IsConstitutionSection":false,"Identity":"12-37-900","IsNew":false,"SubSections":[{"Level":1,"Identity":"T12C37N900SA","SubSectionBookmarkName":"ss_T12C37N900SA_lv1_4577941d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T12C37N900SB","SubSectionBookmarkName":"ss_T12C37N900SB_lv1_8a4432473","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T12C37N900SC","SubSectionBookmarkName":"ss_T12C37N900SC_lv1_165642858","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N900S1","SubSectionBookmarkName":"ss_T12C37N900S1_lv2_b5a5003e4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C37N900S2","SubSectionBookmarkName":"ss_T12C37N900S2_lv2_6a89f81a3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"property tax returns","TitleSoAsTo":"provide that a taxpayer is not required to return business personal property for taxation if the taxpayer has less than ten thousand dollars of net depreciated value of business personal property","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_sub_A_2da822e81"},{"SectionUUID":"eba5c524-41e9-497b-8450-979aa6b93884","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_sub_B_f10162b12"},{"SectionUUID":"4f658467-bde3-42ef-b7ed-6b6527a91c91","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T12C37N980_c523b8c61","IsConstitutionSection":false,"Identity":"12-37-980","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"require that all business personal property required to be returned for taxation to be returned to the department of revenue","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_sub_A_f3a683f4e"},{"SectionUUID":"c7d78687-940d-4249-9bab-d092e4afe5be","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_sub_B_742a243bb"},{"SectionUUID":"1d6e2afa-5a3b-4ccc-b91e-62028c7f6c6b","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T12C20N50_cd3f88ed9","IsConstitutionSection":false,"Identity":"12-20-50","IsNew":true,"SubSections":[{"Level":1,"Identity":"T12C20N50SD","SubSectionBookmarkName":"ss_T12C20N50SD_lv1_df7557aea","IsNewSubSection":true,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C20N50S1","SubSectionBookmarkName":"ss_T12C20N50S1_lv2_347f0abe6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T12C20N50Sa","SubSectionBookmarkName":"ss_T12C20N50Sa_lv3_77132e7dc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T12C20N50Sb","SubSectionBookmarkName":"ss_T12C20N50Sb_lv3_ecb9c1fd5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T12C20N50Sc","SubSectionBookmarkName":"ss_T12C20N50Sc_lv3_a61facf68","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T12C20N50S2","SubSectionBookmarkName":"ss_T12C20N50S2_lv2_c394769b7","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the license tax on corporations","TitleSoAsTo":"PROVIDE THAT, under certain circumstances, THE FEE DOES NOT APPLY TO ANY PORTION OF THE FIRST FIFTY MILLION DOLLARS OF CERTAIN CAPITAL STOCK AND PAID‑IN OR CAPITAL SURPLUS","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_sub_A_69fa1db10"},{"SectionUUID":"d197ea15-b4ee-40aa-afb3-862ee24be9a2","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C44N409_478c185b7","IsConstitutionSection":false,"Identity":"33-44-409","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C44N409S3","SubSectionBookmarkName":"ss_T33C44N409S3_lv1_41a468105","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"standards of conduct of a corporate officer","TitleSoAsTo":"PROVIDE AN EXCEPTION TO REFRAINING FROM COMPETING","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_sub_B_28b6581e2"},{"SectionUUID":"833fec44-e662-4e86-b58f-71b35d0ddc68","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_sub_C_5598f1d26"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":6,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Taxes</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>davidgood@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5555,189 +9222,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...53 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C71518B-295F-43C5-87E5-B36179A60C7D}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5834</Characters>
+  <Pages>5</Pages>
+  <Words>1686</Words>
+  <Characters>8755</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>186</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6943</CharactersWithSpaces>
+  <CharactersWithSpaces>10373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>