--- v0 (2026-01-23)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -316,106 +315,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R2e31720d63f64845">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Red53ae74febc4950">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R57e372e9ac004b35">
+      <w:hyperlink r:id="Rd2947f386d654b72">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -433,103 +473,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R3c959cf9c2be4797">
+      <w:hyperlink r:id="R6aa76bea9034443d">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/22/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F33A78" w:rsidRDefault="00432135" w14:paraId="6909DA33" w14:textId="5A037E46">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00F33A78" w:rsidRDefault="00A73EFA" w14:paraId="3A04B4F0" w14:textId="53101686">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00F33A78" w:rsidRDefault="00A73EFA" w14:paraId="619E2FEE" w14:textId="2B3CFD61">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00F33A78" w:rsidRDefault="00A73EFA" w14:paraId="0CA1A803" w14:textId="5DD13EE3">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00F33A78" w:rsidRDefault="00A73EFA" w14:paraId="30B739CE" w14:textId="3F6683B3">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00F33A78" w:rsidRDefault="00A73EFA" w14:paraId="00316EF4" w14:textId="5AD73FD2">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -574,116 +612,118 @@
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="006270C0" w14:paraId="3F2C49B5" w14:textId="2FE9432D">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTIONS 63‑7‑2630 AND 63‑9‑765 SO AS TO REQUIRE FAMILY COURTS TO CONSIDER THE APPROPRIATENESS OF NO‑CONTACT ORDERS OR SUPERVISED‑CONTACT ORDERS WHEN TERMINATING PARENTAL RIGHTS OR </w:t>
           </w:r>
           <w:r w:rsidR="00431BEE">
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>FINALIZING</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> ADOPTIONS; TO AUTHORIZE THESE ORDERS; AND FOR OTHER PURPOSES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_ad845c159" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_ad845c159" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="21147B00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="29BF651A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_6aa919c09" w:id="2"/>
+      <w:bookmarkStart w:name="ew_6aa919c09" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="2E964F78" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="57736AD6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_ddeb6104a" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_ddeb6104a" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_d12e63288" w:id="3"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...6 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>rticle 7, Chapter 7, Title 63 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="01D66F15" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="00DB22EE" w14:paraId="1A703C38" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T63C7N2630_591599267" w:id="4"/>
+      <w:bookmarkStart w:name="open_doc_here" w:id="5"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...19 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>ection 63‑7‑2630.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630SA_lv1_3267f0a50" w:id="6"/>
       <w:r w:rsidR="006D4EAC">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="006D4EAC">
         <w:t>A) For purposes of this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="5EC2DDAD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -771,51 +811,59 @@
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>B) When the court enters an order terminating parental rights pursuant to this article, the court shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="4F5EBCE0" w14:textId="6318FC1C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_6f59093e3" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>1) consider whether a</w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
-        <w:t xml:space="preserve"> no‑contact order or supervised‑contact order</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>contact order or supervised‑contact order</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> between the child and </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>any biological parent or relative</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is necessary to protect the child’s safety, welfare, or attachment to the adoptive family</w:t>
       </w:r>
       <w:r w:rsidR="00995983">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
         <w:t>or other caregiver</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="0080C228" w14:textId="33949C8B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -839,150 +887,183 @@
         <w:t xml:space="preserve"> no‑contact order or supervised‑contact order i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="000B5DB7">
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r>
         <w:t>necessary, make written findings on the record stating the factual basis for that determination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="66A537C5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630SC_lv1_d000478f7" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>C) In making a determination pursuant to subsection (B), the court shall consider, where relevant:</w:t>
+        <w:t xml:space="preserve">C) In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>making a determination</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> pursuant to subsection (B), the court shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>consider,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> where relevant:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="6B596618" w14:textId="78EFC097">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_5ceb447c6" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">1) any history of violence, stalking, harassment, threats, or unlawful interference by the </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t xml:space="preserve">biological </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>parent</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
-        <w:t xml:space="preserve"> or relative</w:t>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
+        <w:t>relative</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="5FAE90BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_a1921e4c7" w:id="15"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful custody;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>custody;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="46F3A3C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S3_lv2_225b516a8" w:id="16"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="000E4070">
         <w:t xml:space="preserve">3) the child’s age, maturity, and expressed preference, if of sufficient age to form an intelligent </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000E4070">
         <w:lastRenderedPageBreak/>
         <w:t>preference;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="0BDE4869" w14:textId="76D62E7C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S4_lv2_c144f735c" w:id="17"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>4) the nature and quality of any existing relationship between the child and the biological parent</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
-        <w:t xml:space="preserve"> or relative</w:t>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
+        <w:t>relative</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="698C8C14" w14:textId="180C7262">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S5_lv2_3e795464f" w:id="18"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>5) the effect of contact on the child’s safety, stability, and attachment to the adoptive family</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
         <w:t xml:space="preserve"> or other caregiver</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>; and</w:t>
       </w:r>
@@ -1011,51 +1092,59 @@
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630SD_lv1_f4868611a" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>D)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_d86c461b2" w:id="21"/>
       <w:r w:rsidR="00995983">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00995983">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The court may include </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
-        <w:t>a no‑contact order or supervised‑contact order in the final termination of parental rights order</w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>contact order or supervised‑contact order in the final termination of parental rights order</w:t>
       </w:r>
       <w:r w:rsidRPr="00995983" w:rsidR="000B5DB7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t>when necessary to protect the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="00995983" w14:paraId="656D488D" w14:textId="6E5DD8A5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_5ee0729bd" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
@@ -1105,148 +1194,177 @@
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630SF_lv1_57d8491dc" w:id="24"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>F) A no‑contact order or supervised‑contact order entered pursuant to this section remains in effect until the child reaches eighteen years of age, unless modified or terminated earlier by the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="336AD79D" w14:textId="2D103D29">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630SG_lv1_7b0871851" w:id="25"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t xml:space="preserve">G) A no‑contact order </w:t>
+        <w:t xml:space="preserve">G) A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve">contact order </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00F8467B">
         <w:t xml:space="preserve">or supervised‑contact order </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>entered pursuant to this section restrains the biological parent or relative and does not prohibit the child from initiating contact. The child is not subject to enforcement or penalty for initiating contact.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="24DE6EFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630SH_lv1_1e1bc7d44" w:id="26"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>H) Upon motion of any party or the child, if of sufficient age and maturity, the court may modify or terminate a no‑contact order or supervised‑contact order upon a showing that modification is in the child’s best interests.</w:t>
+        <w:t xml:space="preserve">H) Upon motion of any party or the child, if of sufficient age and maturity, the court may modify or terminate a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>contact order or supervised‑contact order upon a showing that modification is in the child’s best interests.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B5DB7" w:rsidP="006D4EAC" w:rsidRDefault="000B5DB7" w14:paraId="0454A84B" w14:textId="5E1800D5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C7N2630SI_lv1_3fbe55e3b" w:id="27"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="000E4070">
         <w:t xml:space="preserve">I) Nothing in this section limits the authority of an adoptive parent </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
         <w:t xml:space="preserve">or other caregiver </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00E264E2">
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t xml:space="preserve"> consent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E264E2">
-        <w:t xml:space="preserve">to contact where a no‑contact order </w:t>
+        <w:t xml:space="preserve">to contact where a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E264E2">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E264E2">
+        <w:t xml:space="preserve">contact order </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8467B" w:rsidR="00F8467B">
         <w:t xml:space="preserve">or supervised‑contact order </w:t>
       </w:r>
       <w:r w:rsidR="00E264E2">
         <w:t>has been modified or terminated by the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="3EC90A8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="41A6C419" w14:textId="6EF1915B">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_2_5d1ca5ce4" w:id="28"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_3be26c4b5" w:id="29"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>ub</w:t>
       </w:r>
       <w:r w:rsidR="0062496E">
         <w:t>a</w:t>
       </w:r>
       <w:r>
-        <w:t>rticle 7, Article 1, Chapter 9, Title 63 of the S.C. Code is amended by adding:</w:t>
+        <w:t>rticle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 7, Article 1, Chapter 9, Title 63 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="35BDDD1B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00DB22EE" w14:paraId="33B1D61B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T63C9N765_71e0eea92" w:id="30"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>ection 63‑9‑765.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -1317,193 +1435,238 @@
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>contact</w:t>
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t xml:space="preserve"> order</w:t>
       </w:r>
       <w:r>
         <w:t>” means</w:t>
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t xml:space="preserve"> a court order permitting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> contact only in the presence of, and under the supervision of, a court‑approved individual and subject to any conditions the court may impose.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="0638F3D2" w14:textId="1FF72E1D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765SB_lv1_708a61ddf" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>B) When the court enters a final decree of adoption pursuant to this article, the court shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="51EE6F05" w14:textId="335FA0A8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_b9d050cf0" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>1) consider whether a no‑contact order or supervised‑contact order between the child and any biological parent or relative is necessary to protect the child’s safety, welfare, or attachment to the adoptive family; and</w:t>
+        <w:t xml:space="preserve">1) consider whether a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order between the child and any biological parent or relative is necessary to protect the child’s safety, welfare, or attachment to the adoptive family; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="4325E157" w14:textId="6A231578">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_61d456877" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t xml:space="preserve">2) if the court determines that a no‑contact order or supervised‑contact order is not </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>necessary, make written findings on the record stating the factual basis for that determination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="1F42AE3C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765SC_lv1_f88902df7" w:id="38"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>C) In making a determination pursuant to subsection (B), the court shall consider, where relevant:</w:t>
+        <w:t xml:space="preserve">C) In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>making a determination</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve"> pursuant to subsection (B), the court shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>consider,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve"> where relevant:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="5C22EF4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_8c1d9e67b" w:id="39"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>1) any history of violence, stalking, harassment, threats, or unlawful interference by the biological parent or relative;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) any history of violence, stalking, harassment, threats, or unlawful interference by the biological parent or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>relative;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="4342CC44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_64337429e" w:id="40"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful custody;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>custody;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="74A31322" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S3_lv2_21fe31d76" w:id="41"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>3) the child’s age, maturity, and expressed preference, if of sufficient age to form an intelligent preference;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) the child’s age, maturity, and expressed preference, if of sufficient age to form an intelligent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>preference;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="2F21F5AA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S4_lv2_3a911650f" w:id="42"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>4) the nature and quality of any existing relationship between the child and the biological parent or relative;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">4) the nature and quality of any existing relationship between the child and the biological parent or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>relative;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="44DA4D67" w14:textId="79BF47C1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S5_lv2_cceba2c2a" w:id="43"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>5) the effect</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of contact on the child’s safety, stability, and attachment to the adoptive family; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="05D84FAC" w14:textId="77777777">
       <w:pPr>
@@ -1523,51 +1686,59 @@
       <w:r>
         <w:t>6) any proposed plan for supervised contact and whether it adequately mitigates identified risks.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="5675387F" w14:textId="27E2432C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765SD_lv1_9e4b4417a" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t>D)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_d2a4b0ec6" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
-        <w:t>1) The court may include a no‑contact order or supervised‑contact order in the final decree of adoption when necessary to protect the child.</w:t>
+        <w:t xml:space="preserve">1) The court may include a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order in the final decree of adoption when necessary to protect the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="6A05571F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_241e9e8ab" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>2) A violation of a no‑contact order entered pursuant to this section may be enforced by civil contempt and may be referred to law enforcement for criminal investigation as appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="69EC2B2F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
@@ -1596,148 +1767,173 @@
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>F) A no‑contact order or supervised‑contact order entered pursuant to this section remains in effect until the child reaches eighteen years of age, unless modified or terminated earlier by the court</w:t>
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t xml:space="preserve"> in violation of this section</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="01968C5D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765SG_lv1_04d7e5441" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
-        <w:t>G) A no‑contact order or supervised‑contact order entered pursuant to this section restrains the biological parent or relative and does not prohibit the child from initiating contact. The child is not subject to enforcement or penalty for initiating contact.</w:t>
+        <w:t xml:space="preserve">G) A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order entered pursuant to this section restrains the biological parent or relative and does not prohibit the child from initiating contact. The child is not subject to enforcement or penalty for initiating contact.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="07937C58" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765SH_lv1_594060425" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
-        <w:t>H) Upon motion of any party or the child, if of sufficient age and maturity, the court may modify or terminate a no‑contact order or supervised‑contact order upon a showing that modification is in the child’s best interests.</w:t>
+        <w:t xml:space="preserve">H) Upon motion of any party or the child, if of sufficient age and maturity, the court may modify or terminate a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order upon a showing that modification is in the child’s best interests.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="33A2068E" w14:textId="35865190">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T63C9N765SI_lv1_d10e90841" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
-        <w:t>I) Nothing in this section limits the authority of an adoptive parent not to consent to contact where a no‑contact order or supervised‑contact order has been modified or terminated by the court.</w:t>
+        <w:t xml:space="preserve">I) Nothing in this section limits the authority of an adoptive parent not to consent to contact where a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order has been modified or terminated by the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B60BA0" w:rsidP="00995983" w:rsidRDefault="00B60BA0" w14:paraId="4AA8050B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="69E24801" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="53"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="54"/>
       <w:r w:rsidRPr="00DF3B44">
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w:rsidR="00E43914" w:rsidRDefault="00E43914" w14:paraId="28F14713" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="4B406F48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0050583F">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44240AF9" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C5C182" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1810,125 +2006,125 @@
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="73C3BE94" w14:textId="6CE505E9" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00AF5230" w:rsidP="00D14995">
+      <w:p w14:paraId="73C3BE94" w14:textId="141F8423" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="002A6197" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00D3781B">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="006870D9">
+              <w:t>[5009]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="004B14D6">
+            <w:r w:rsidR="006870D9">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0400VR26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3FBDA92E" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A102199" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1ACBCE6D" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -2151,51 +2347,52 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2279,105 +2476,109 @@
     <w:rsid w:val="002026EF"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00204600"/>
     <w:rsid w:val="00207985"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="0022590E"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="0023034C"/>
     <w:rsid w:val="002308B0"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="0024390D"/>
     <w:rsid w:val="00243CD7"/>
     <w:rsid w:val="00245112"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002742D1"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00293C33"/>
+    <w:rsid w:val="002A6197"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B4706"/>
     <w:rsid w:val="002B57D6"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="0031012D"/>
     <w:rsid w:val="00314887"/>
+    <w:rsid w:val="00317EA2"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="00330AF1"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="003471B8"/>
     <w:rsid w:val="003472DE"/>
     <w:rsid w:val="00350AA7"/>
     <w:rsid w:val="00353569"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="0038282D"/>
     <w:rsid w:val="00385921"/>
     <w:rsid w:val="003A523F"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D2E3C"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F5923"/>
     <w:rsid w:val="0040064A"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="0041177C"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00417F18"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00431BEE"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446298"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
+    <w:rsid w:val="004503F4"/>
     <w:rsid w:val="0045101E"/>
     <w:rsid w:val="00452207"/>
     <w:rsid w:val="00462292"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="00485E36"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00496DB7"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B14D6"/>
     <w:rsid w:val="004B4339"/>
     <w:rsid w:val="004B4FB5"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
@@ -2431,50 +2632,51 @@
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="006106C5"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00613A4C"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="0062496E"/>
     <w:rsid w:val="006270C0"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00654FE0"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00675972"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="006845F6"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="0068575D"/>
     <w:rsid w:val="00685770"/>
+    <w:rsid w:val="006870D9"/>
     <w:rsid w:val="0068764F"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C2AEA"/>
     <w:rsid w:val="006C7B2C"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D4787"/>
     <w:rsid w:val="006D4EAC"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F0596"/>
     <w:rsid w:val="006F63D7"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00744403"/>
@@ -2487,50 +2689,51 @@
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A27AD"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C01DE"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C785C"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D4731"/>
     <w:rsid w:val="007D6E29"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F0B53"/>
     <w:rsid w:val="007F3EF1"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00824A3D"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00850B77"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00865EBE"/>
     <w:rsid w:val="0087671D"/>
+    <w:rsid w:val="00876D51"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00883285"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00890303"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C5D6C"/>
     <w:rsid w:val="008D0408"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E1DD5"/>
     <w:rsid w:val="008E5511"/>
     <w:rsid w:val="008E6029"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008E7C93"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009057B8"/>
     <w:rsid w:val="00907058"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
@@ -2781,50 +2984,51 @@
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F777D1"/>
     <w:rsid w:val="00F84673"/>
     <w:rsid w:val="00F8467B"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0316"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4AC4"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FC5FAA"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
+    <w:rsid w:val="00FF1F97"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -3211,1360 +3415,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00317EA2"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00317EA2"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D725C0"/>
+    <w:rsid w:val="00317EA2"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4578,51 +4784,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5009&amp;session=126&amp;summary=B" TargetMode="External" Id="R57e372e9ac004b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5009_20260122.docx" TargetMode="External" Id="R3c959cf9c2be4797" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5009&amp;session=126&amp;summary=B" TargetMode="External" Id="Rd2947f386d654b72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5009_20260122.docx" TargetMode="External" Id="R6aa76bea9034443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="R2e31720d63f64845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="Red53ae74febc4950" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4715,50 +4921,51 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="000F5908"/>
     <w:rsid w:val="00100CE4"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C28B6"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="0023034C"/>
     <w:rsid w:val="002742D1"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="0038282D"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00417F18"/>
     <w:rsid w:val="0045101E"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CB7871"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
@@ -5524,54 +5731,50 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>a412b7e9-414a-4af8-81c8-d7d66ee2354a</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2026-01-22T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_HOUSEINTRODATE>2026-01-22</T_BILL_D_HOUSEINTRODATE>
   <T_BILL_D_INTRODATE>2026-01-22</T_BILL_D_INTRODATE>
@@ -5848,121 +6051,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>4</Pages>
   <Words>1166</Words>
   <Characters>6360</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>117</Lines>
   <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>7468</CharactersWithSpaces>
@@ -5994,27 +6174,36 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>