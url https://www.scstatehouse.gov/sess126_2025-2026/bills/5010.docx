--- v0 (2026-01-23)
+++ v1 (2026-02-09)
@@ -306,106 +306,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R42cfcf251056447a">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/22/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>House</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R20f659ccc7764f2c">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 29</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rcd776fb10741414c">
+      <w:hyperlink r:id="Re60abe7a61954266">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,101 +464,103 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R73d7bf05837b4ac5">
+      <w:hyperlink r:id="R867fe90c1de84fe2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/22/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="003D3812" w:rsidRDefault="00432135" w14:paraId="134EA61C" w14:textId="1388F8A2">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
+      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="003D3812" w:rsidRDefault="00A73EFA" w14:paraId="4B474DB9" w14:textId="08B725E3">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="003D3812" w:rsidRDefault="00A73EFA" w14:paraId="097D8BFA" w14:textId="7535306E">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="003D3812" w:rsidRDefault="00A73EFA" w14:paraId="306F9A29" w14:textId="148FEA4B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="003D3812" w:rsidRDefault="00A73EFA" w14:paraId="4479F468" w14:textId="701BFC4F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="003D3812" w:rsidRDefault="00A73EFA" w14:paraId="15A207A2" w14:textId="7CAB6452">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -598,124 +641,124 @@
           </w:r>
           <w:r w:rsidRPr="00A860FB">
             <w:rPr>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
             <w:t xml:space="preserve"> AS “ARCHITECTS AND REGISTERED INTERIOR DESIGNERS</w:t>
           </w:r>
           <w:r w:rsidR="00662ECB">
             <w:rPr>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
           <w:r w:rsidRPr="00A860FB">
             <w:rPr>
               <w:kern w:val="2"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
             <w:t>”</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_95b7f0df9" w:displacedByCustomXml="prev" w:id="0"/>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="at_95b7f0df9" w:displacedByCustomXml="prev" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="713DE9EE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="6F4430A4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_f3b6b55cd" w:id="1"/>
+      <w:bookmarkStart w:name="ew_f3b6b55cd" w:id="2"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF6174" w:rsidP="00FF6174" w:rsidRDefault="00FF6174" w14:paraId="1ABD2FBD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FF6174" w:rsidP="00FF6174" w:rsidRDefault="00FF6174" w14:paraId="66DD2DD0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_c30ff6388" w:id="2"/>
+      <w:bookmarkStart w:name="bs_num_1_c30ff6388" w:id="3"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_d8a75bd79" w:id="3"/>
+      <w:bookmarkStart w:name="dl_d8a75bd79" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>40‑3‑5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00321C01" w:rsidRDefault="00321C01" w14:paraId="4E3381B1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00321C01" w:rsidRDefault="00321C01" w14:paraId="29034A2E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N5_78232e942" w:id="4"/>
+      <w:bookmarkStart w:name="cs_T40C3N5_78232e942" w:id="5"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>40‑3‑5</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Unless otherwise provided in this chapter, Article 1, Chapter 1 applies to architects</w:t>
       </w:r>
       <w:r w:rsidR="00847204">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00847204" w:rsidR="00847204">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -753,129 +796,129 @@
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00847204" w:rsidR="00847204">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>esigners</w:t>
       </w:r>
       <w:r>
         <w:t>;  however</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>, if there is a conflict between this chapter and Article 1, Chapter 1, the provisions of this chapter control.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E1512A" w:rsidP="00E1512A" w:rsidRDefault="00E1512A" w14:paraId="7E41893E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E1512A" w:rsidP="00E1512A" w:rsidRDefault="00E1512A" w14:paraId="333B1B1E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_b11665b0a" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_2_b11665b0a" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_11414c3a7" w:id="6"/>
+      <w:bookmarkStart w:name="dl_11414c3a7" w:id="7"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>ection 40‑3‑10</w:t>
       </w:r>
       <w:r w:rsidR="0026772D">
         <w:t>(A) and (B)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC6FC4" w:rsidRDefault="00EC6FC4" w14:paraId="7D8C10A8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC6FC4" w:rsidRDefault="00EC6FC4" w14:paraId="0167F72B" w14:textId="52FC4274">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="cs_T40C3N10_a811699ed" w:id="7"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkStart w:name="cs_T40C3N10_a811699ed" w:id="8"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C3N10SA_lv1_ee66b422c" w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t xml:space="preserve">A) There is created the Board of Architectural Examiners </w:t>
       </w:r>
       <w:r w:rsidR="008F748D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">and Registered Interior Designers </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">under the administration of the Department of Labor, Licensing and Regulation. The purpose of this board is to regulate the practice of architecture </w:t>
       </w:r>
       <w:r w:rsidR="008F748D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">and the practice of registered interior design </w:t>
       </w:r>
       <w:r>
         <w:t>in South Carolina.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0039652A" w:rsidP="0026772D" w:rsidRDefault="00EC6FC4" w14:paraId="0C81E319" w14:textId="0F5A4A24">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N10SB_lv1_fd61e94be" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T40C3N10SB_lv1_fd61e94be" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve">B) The Board of Architectural Examiners </w:t>
       </w:r>
       <w:r w:rsidRPr="008F748D" w:rsidR="008F748D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">and Registered Interior Designers </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">consists of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>six</w:t>
       </w:r>
       <w:r w:rsidR="008F748D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>nine</w:t>
       </w:r>
@@ -948,204 +991,204 @@
       <w:r>
         <w:t xml:space="preserve"> until their successors are appointed and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>qualify</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">. No member may serve more than two consecutive full terms, except the professor of architecture member. Vacancies must be filled in the manner of the original appointment </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>for the unexpired portion of the term.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F748D" w:rsidP="008F748D" w:rsidRDefault="008F748D" w14:paraId="6DF1EB94" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F748D" w:rsidP="008F748D" w:rsidRDefault="008F748D" w14:paraId="74E78CA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_46baf2ef6" w:id="10"/>
+      <w:bookmarkStart w:name="bs_num_3_46baf2ef6" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_6df9516fa" w:id="11"/>
+      <w:bookmarkStart w:name="dl_6df9516fa" w:id="12"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>ection 40‑3‑20 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87470" w:rsidRDefault="00E87470" w14:paraId="720AE875" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00761363" w:rsidRDefault="00E87470" w14:paraId="2784C6F8" w14:textId="1BE6FAF6">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N20_359adfc78" w:id="12"/>
+      <w:bookmarkStart w:name="cs_T40C3N20_359adfc78" w:id="13"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>ection 40‑3‑20.</w:t>
       </w:r>
       <w:r w:rsidR="003369DD">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_c2e8d5b94" w:id="13"/>
+      <w:bookmarkStart w:name="up_c2e8d5b94" w:id="14"/>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>or purposes of this chapter:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87470" w:rsidRDefault="00E87470" w14:paraId="2BD1D251" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S1_lv1_f8806ea11" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S1_lv1_f8806ea11" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>1) “Architect” means an individual who, by reason of the individual's general knowledge of the principles of architecture acquired by professional education and practical experience, is qualified to engage in the practice of architecture as attested by the individual's registration as an architect.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="2B7E2613" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S2_lv1_2c2ad7796" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S2_lv1_2c2ad7796" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>2) “Board” means the Board of Architectural Examiners</w:t>
       </w:r>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00761363" w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>and Registered Interior Designers</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="218766AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S3_lv1_90ec39f31" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S3_lv1_90ec39f31" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>3) “Firm</w:t>
       </w:r>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> practice of architecture</w:t>
       </w:r>
       <w:r>
         <w:t>” means a business entity functioning as a partnership, limited liability partnership, professional association, professional corporation, business corporation, limited liability company, or other firm association which practices or offers to practice architecture.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00761363" w:rsidRDefault="00761363" w14:paraId="627A77B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S4_lv1_3e08cb16b" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S4_lv1_3e08cb16b" w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>4) “</w:t>
       </w:r>
       <w:r w:rsidRPr="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">Firm practice of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">nterior </w:t>
       </w:r>
       <w:r>
@@ -1224,317 +1267,317 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>tate that holds a firm certificate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="0F4EF61B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(4)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S5_lv1_4697cd689" w:id="18"/>
-[...30 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C3N20S6_lv1_819b6be29" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S5_lv1_4697cd689" w:id="19"/>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>6)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="48DC1768" w14:textId="77777777">
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Full authority” means that amount of authority granted to a regularly employed individual in unrestricted, unchecked, and unqualified command of the architectural practice of a firm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="634428BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(6)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C3N20S7_lv1_10d91e9b5" w:id="20"/>
+        <w:t>(5)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C3N20S6_lv1_819b6be29" w:id="20"/>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Individual” means a single human being.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="48DC1768" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(6)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C3N20S7_lv1_10d91e9b5" w:id="21"/>
+      <w:r w:rsidR="00761363">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidR="00761363">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>7)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Practice of architecture” means a service or creative work requiring architectural education, training, and experience and the application of the principles of architecture and related technical disciplines to the professional services or creative work as consulting, evaluating, planning, designing, specifying, coordinating of consultants, administration of contracts, and reviewing of construction for the purpose of assuring compliance with the specifications and design, in connection with a building or site development.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00761363" w:rsidRDefault="00761363" w14:paraId="3E7AB976" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S8_lv1_be39c5ea0" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S8_lv1_be39c5ea0" w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">8) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA7364" w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>“Practice of registered interior design” means the design of an interior space as part of an interior alternation or construction project including the preparation analysis, planning, design, documentation, and management of interior nonstructural construction and alteration projects in compliance with applicable building design and construction, fire, life safety, and energy codes, standards, regulations, and guidelines. The practice of registered interior design also includes and excludes the specific matters found in Section 40‑3‑25.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA7364" w:rsidRDefault="00E87470" w14:paraId="0529C50E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(7)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S9_lv1_671245907" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S9_lv1_671245907" w:id="23"/>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>9)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Professional degree” means</w:t>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00AA7364" w14:paraId="2E794DC1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20Sa_lv2_c4530e66c" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T40C3N20Sa_lv2_c4530e66c" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>a) with respect to architects,</w:t>
       </w:r>
       <w:r w:rsidR="00E87470">
         <w:t xml:space="preserve"> the successful completion of a National Architectural Accrediting Board accredited degree in architecture</w:t>
       </w:r>
       <w:r w:rsidR="00E87470">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA7364" w:rsidRDefault="00AA7364" w14:paraId="7EA8AA45" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20Sb_lv2_3ac185cad" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T40C3N20Sb_lv2_3ac185cad" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>b) with respect to registered interior designers, the successful completion of a degree in interior design.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00761363" w:rsidRDefault="00761363" w14:paraId="27990C02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S10_lv1_50c1aa353" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S10_lv1_50c1aa353" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>) “</w:t>
       </w:r>
       <w:r w:rsidRPr="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">Registered </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00761363">
@@ -1572,312 +1615,312 @@
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00761363">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>oard.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="356E74C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(8)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S11_lv1_ed13c56db" w:id="26"/>
-[...33 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C3N20S12_lv1_754b4c19d" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S11_lv1_ed13c56db" w:id="27"/>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t>11)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Responsible charge” means direct control and personal supervision of the practice of architecture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0DD9" w:rsidDel="00AA7364" w:rsidRDefault="00E87470" w14:paraId="6982DE24" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(9)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C3N20S12_lv1_754b4c19d" w:id="28"/>
+      <w:r w:rsidR="00AA7364">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidR="00AA7364">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>12)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Emeritus architect” means an architect who has been registered for ten consecutive years or longer and who is sixty‑five years of age or older and who has retired from active practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA7364" w:rsidRDefault="00AA7364" w14:paraId="5C9101D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S13_lv1_41145101d" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S13_lv1_41145101d" w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>13) “Emeritus Registered Interior Designer” means an interior designer who has been registered for ten consecutive years or longer and who is sixty‑five years of age or older and who has retired from active practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="42006B20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(10)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20S14_lv1_08686f73f" w:id="29"/>
-[...30 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C3N20S15_lv1_7d56f09f7" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T40C3N20S14_lv1_08686f73f" w:id="30"/>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t>14)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Retired from active practice” means not engaging or offering to engage in the practice of architecture as defined in this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="251A722F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(11)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C3N20S15_lv1_7d56f09f7" w:id="31"/>
+      <w:r w:rsidR="00AA7364">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidR="00AA7364">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>15)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> “Intern </w:t>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:t>architect</w:t>
       </w:r>
       <w:r>
         <w:t>” means a person who:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="029B3A76" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20Sa_lv2_69a051d70" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T40C3N20Sa_lv2_69a051d70" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t xml:space="preserve">a) has completed </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>a NAAB</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> accredited first professional degree and is eligible in all respects for licensure through </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>examination;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="181E7BFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20Sb_lv2_c4bb6e1ca" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T40C3N20Sb_lv2_c4bb6e1ca" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t xml:space="preserve">b) is currently enrolled in and actively participating in the Architectural Experience Program or who has completed the Architectural Experience </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Program;  and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00E87470" w14:paraId="64875873" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20Sc_lv2_33dde9848" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T40C3N20Sc_lv2_33dde9848" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>c) is employed by a firm which is lawfully engaged in the practice of architecture in this State</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>; provided, however:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0DD9" w:rsidRDefault="00AA7364" w14:paraId="375925D2" w14:textId="64FCF93E">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N20Sd_lv2_0a5d3268b" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T40C3N20Sd_lv2_0a5d3268b" w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>d)</w:t>
       </w:r>
       <w:r w:rsidR="00E87470">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC4DEA">
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00AC4DEA">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00AC4DEA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E87470">
@@ -1910,808 +1953,808 @@
       <w:r>
         <w:t xml:space="preserve">ntern </w:t>
       </w:r>
       <w:r w:rsidR="00AC4DEA">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>rchitect</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E87470">
         <w:t>” if the business card also includes the name of the architectural firm in which the person is an intern.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="720CAE4C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E87470" w:rsidRDefault="00E87470" w14:paraId="6B877E9C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_239cb82ee" w:id="35"/>
+      <w:bookmarkStart w:name="bs_num_4_239cb82ee" w:id="36"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_c2d4e61e7" w:id="36"/>
+      <w:bookmarkStart w:name="dl_c2d4e61e7" w:id="37"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>hapter 3, Title 40 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87470" w:rsidRDefault="00E87470" w14:paraId="4811212E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00E87470" w14:paraId="5432BAF3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T40C3N25_757b85672" w:id="37"/>
+      <w:bookmarkStart w:name="ns_T40C3N25_757b85672" w:id="38"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>ection 40‑3‑25.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25SA_lv1_a6168d045" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T40C3N25SA_lv1_a6168d045" w:id="39"/>
       <w:r w:rsidR="00A034B7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00A034B7">
         <w:t>A) The practice of registered interior design includes:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00AA7364" w14:paraId="393AE2EE" w14:textId="5E7A7CDE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A034B7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25S1_lv2_586c28f54" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T40C3N25S1_lv2_586c28f54" w:id="40"/>
       <w:r w:rsidR="00A034B7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00A034B7">
         <w:t xml:space="preserve">1) programming, space planning, predesign analysis, and conceptual design of interior nonstructural </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A034B7">
         <w:t>elements;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00AA7364" w14:paraId="23209875" w14:textId="608A4CB5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A034B7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25S2_lv2_b69b20d17" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T40C3N25S2_lv2_b69b20d17" w:id="41"/>
       <w:r w:rsidR="00A034B7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidR="00A034B7">
         <w:t>2) preparation of documents and technical submissions related to interior construction, finish materials, furnishing</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A034B7">
         <w:t xml:space="preserve">, fixtures, and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A034B7">
         <w:t>equipment;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00AA7364" w14:paraId="34858BBC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A034B7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25S3_lv2_ece429881" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T40C3N25S3_lv2_ece429881" w:id="42"/>
       <w:r w:rsidR="00A034B7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00A034B7">
         <w:t xml:space="preserve">3) renderings of designs, plans, drawings, specifications, contract documents, and other interior technical </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A034B7">
         <w:t>submissions;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="024E6CDD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25S4_lv2_439dd7871" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T40C3N25S4_lv2_439dd7871" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t xml:space="preserve">4) administration of interior nonstructural </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>elements;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="15B30B4B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25S5_lv2_3cfac6da9" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T40C3N25S5_lv2_3cfac6da9" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t xml:space="preserve">5) preparation of a physical plan of space within a proposed or existing building or structure including any or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>all of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="10C4E7C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sa_lv3_27364c4b8" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sa_lv3_27364c4b8" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t xml:space="preserve">a) determinations of circulation systems or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>patterns;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="6CFCC297" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sb_lv3_f527b5648" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sb_lv3_f527b5648" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t xml:space="preserve">b) determinations of egress requirements based on occupancy </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>loads;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="37C1FA04" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sc_lv3_d825d0ab7" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sc_lv3_d825d0ab7" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t xml:space="preserve">c) assessment and analysis of interior safety factors to comply with building codes related to interior nonstructural </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>elements;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="27A1394E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sd_lv3_69636abaa" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sd_lv3_69636abaa" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t xml:space="preserve">d) design of exit access and exit components of means of egress system within a building based on the calculated occupant </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>load;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="6F20349C" w14:textId="1AD52728">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Se_lv3_c60e29401" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Se_lv3_c60e29401" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>e) interior material selection and application for all portions of an interior construction project, including mean</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of egress system</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="418F2541" w14:textId="77F8BEF4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sf_lv3_76d593bf3" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sf_lv3_76d593bf3" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t>f) compliance with applicable building design and construction, accessibility standards, fire, life</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>safety, and energy codes, standards regulations and guidelines.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00AA7364" w14:paraId="2B950DB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25SB_lv1_bf1eac4f3" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T40C3N25SB_lv1_bf1eac4f3" w:id="51"/>
       <w:r w:rsidR="00A034B7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00A034B7">
         <w:t>B) The practice of registered interior design does not include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="103B52C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25S1_lv2_235d85071" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T40C3N25S1_lv2_235d85071" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>1) services that constitute the practice of professional engineering or professional architecture, except as otherwise provided in this chapter; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="4EE2C84C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25S2_lv2_d405bb842" w:id="52"/>
+      <w:bookmarkStart w:name="ss_T40C3N25S2_lv2_d405bb842" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>2) the making of changes or additions to any of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="6D2AF40F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sa_lv3_6eacccfe8" w:id="53"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sa_lv3_6eacccfe8" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t xml:space="preserve">a) the structural system of a building, including changing the buildings live or dead load on the structural </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>system;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="23E1C53C" w14:textId="6588D9BB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sb_lv3_55af22d52" w:id="54"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sb_lv3_55af22d52" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t>b) seismi</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>c-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rated walls and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>assemblies;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="275843EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sc_lv3_2ec1780e9" w:id="55"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sc_lv3_2ec1780e9" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t xml:space="preserve">c) fire rated walls and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>assemblies;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="00328643" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sd_lv3_c019648a1" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sd_lv3_c019648a1" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:t xml:space="preserve">d) the building envelope, including exterior walls, exterior wall coverings, exterior wall openings, exterior windows and doors, architectural trim, balconies and similar projections, bay and oriel windows, roof assemblies and rooftop structures, and glass and glazing for exterior use in both vertical and sloped applications in building and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>structures;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="2D555D6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Se_lv3_4ef4f43f2" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Se_lv3_4ef4f43f2" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t xml:space="preserve">e) the mechanical, plumbing, heating and air conditioning, ventilation, electrical, vertical transportation, fire sprinkler systems or fire alarm </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>systems;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="3EEE1B6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sf_lv3_4421a9316" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sf_lv3_4421a9316" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t xml:space="preserve">f) means of egress systems, except for the exit access </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>component;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="4F9F245A" w14:textId="57A57C60">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sg_lv3_03b615d46" w:id="59"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sg_lv3_03b615d46" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t>g) construction that materially affect life safety systems pertaining to fire safety of structural elements or the fire protection of structural elements, smoke evacuation and compartmentalization systems, or fire</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rated vertical shafts in multistory </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>structures;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A034B7" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="27425EEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Sh_lv3_ac2dbe06e" w:id="60"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Sh_lv3_ac2dbe06e" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:t>h) changes of building use to occupancies not already allowed by current building; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87470" w:rsidP="00A034B7" w:rsidRDefault="00A034B7" w14:paraId="38404F7D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AA7364">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N25Si_lv3_a7e75a97f" w:id="61"/>
+      <w:bookmarkStart w:name="ss_T40C3N25Si_lv3_a7e75a97f" w:id="62"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) the construction classification of the building or structure according to the international building code.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D336F" w:rsidP="006D336F" w:rsidRDefault="006D336F" w14:paraId="16363A64" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006D336F" w:rsidP="006D336F" w:rsidRDefault="006D336F" w14:paraId="396AC8D9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_f5c52c4bd" w:id="62"/>
+      <w:bookmarkStart w:name="bs_num_5_f5c52c4bd" w:id="63"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_e8d087b85" w:id="63"/>
+      <w:bookmarkStart w:name="dl_e8d087b85" w:id="64"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:t>ection 40‑3‑30 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F93038" w:rsidRDefault="00F93038" w14:paraId="50A8015A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F93038" w:rsidRDefault="00F93038" w14:paraId="5848AF56" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N30_269759986" w:id="64"/>
+      <w:bookmarkStart w:name="cs_T40C3N30_269759986" w:id="65"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:t>ection 40‑3‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N30SA_lv1_ed80f61ce" w:id="65"/>
+      <w:bookmarkStart w:name="ss_T40C3N30SA_lv1_ed80f61ce" w:id="66"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r>
         <w:t xml:space="preserve">A) No individual may engage in the practice of architecture without a license issued in accordance with this chapter. An individual is considered to engage in the practice of or offer </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>to engage in the practice of architecture who in any manner represents himself to be an architect or who performs or holds himself out as able to perform any architectural service or other services recognized by educational authorities as architecture.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A14BA" w:rsidRDefault="00F93038" w14:paraId="777B67AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N30SB_lv1_55aaa3dbe" w:id="66"/>
+      <w:bookmarkStart w:name="ss_T40C3N30SB_lv1_55aaa3dbe" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:t>B) Only an individual licensed under this chapter may use the title “architect”. An individual assuming the title of architect or engaging in the practice of architecture in this State must be skilled in the principles of design and construction so that the individual may be entrusted with the design and review of construction of buildings without undue risk to the public safety. Before assuming the title “architect” or undertaking the work, the individual shall have a certificate of registration from the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A9467D" w:rsidRDefault="00A9467D" w14:paraId="54457E90" w14:textId="00314B12">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N30SC_lv1_84917bb39" w:id="67"/>
+      <w:bookmarkStart w:name="ss_T40C3N30SC_lv1_84917bb39" w:id="68"/>
       <w:r w:rsidRPr="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">C) Only an individual registered under this chapter </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">as an interior designer </w:t>
       </w:r>
       <w:r w:rsidRPr="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>may use the title “registered interior designer</w:t>
       </w:r>
       <w:r w:rsidR="00662ECB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A9467D">
@@ -2828,58 +2871,58 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> the board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A14BA" w:rsidRDefault="00F93038" w14:paraId="09153A00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(C)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N30SD_lv1_c07ccf3f6" w:id="68"/>
+      <w:bookmarkStart w:name="ss_T40C3N30SD_lv1_c07ccf3f6" w:id="69"/>
       <w:r w:rsidR="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidR="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>D)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> A firm offering to engage in the practice of architecture</w:t>
       </w:r>
       <w:r w:rsidR="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> or registered interior design</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in this State must have a certificate of authorization issued by the board before undertaking architectural work</w:t>
       </w:r>
       <w:r w:rsidR="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> or registered interior design</w:t>
       </w:r>
       <w:r w:rsidRPr="000A0256" w:rsidR="00A9467D">
@@ -2960,116 +3003,116 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>during</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the year, the change must be filed with the board within thirty days.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A14BA" w:rsidRDefault="00F93038" w14:paraId="0E5EC3C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(D)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N30SE_lv1_3312d6f9e" w:id="69"/>
+      <w:bookmarkStart w:name="ss_T40C3N30SE_lv1_3312d6f9e" w:id="70"/>
       <w:r w:rsidR="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidR="00A9467D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>E)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> It is unlawful for an individual or firm to engage in the practice of architecture in this State, to use the title “architect”, or to use or display any title, sign, word, card, advertisement, or other device or method to indicate that the individual or firm engages in or offers to engage in the practice of architecture or is an architect, without being registered as an architect or firm.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C5089B" w:rsidP="00C5089B" w:rsidRDefault="00C5089B" w14:paraId="64888DF7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C5089B" w:rsidP="00C5089B" w:rsidRDefault="00C5089B" w14:paraId="65BB282D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_c3889e247" w:id="70"/>
+      <w:bookmarkStart w:name="bs_num_6_c3889e247" w:id="71"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:t>ECTION 6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_b9111a470" w:id="71"/>
+      <w:bookmarkStart w:name="dl_b9111a470" w:id="72"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:t>ection 40‑3‑80(A) of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE5718" w:rsidRDefault="00FE5718" w14:paraId="58013251" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FE5718" w:rsidRDefault="00FE5718" w14:paraId="40F443D0" w14:textId="654B4CCD">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="cs_T40C3N80_cdcef758c" w:id="72"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkStart w:name="cs_T40C3N80_cdcef758c" w:id="73"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C3N80SA_lv1_450853fd8" w:id="74"/>
+      <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t xml:space="preserve">A) If the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">director </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B82969">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Director</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B82969">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">of the Department of Labor, Licensing and Regulation or the board has reason to believe that an individual or firm has become unfit to engage in the practice of architecture </w:t>
@@ -3092,183 +3135,183 @@
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Director</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>the Department of Labor, Licensing and Regulation, charging an individual or firm with the violation of a provision of this chapter or a regulation promulgated under this chapter, the director or board may initiate an investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0038049F" w:rsidP="0038049F" w:rsidRDefault="0038049F" w14:paraId="75DA5C19" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0038049F" w:rsidP="0038049F" w:rsidRDefault="0038049F" w14:paraId="550C2D9B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_7_f6d59864c" w:id="74"/>
+      <w:bookmarkStart w:name="bs_num_7_f6d59864c" w:id="75"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:t>ECTION 7.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_a1812957a" w:id="75"/>
+      <w:bookmarkStart w:name="dl_a1812957a" w:id="76"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t>ection 40‑3‑110 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006B5DF3" w:rsidRDefault="006B5DF3" w14:paraId="4F3E7D55" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B5DF3" w:rsidRDefault="006B5DF3" w14:paraId="2B5B008B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N110_93403893f" w:id="76"/>
+      <w:bookmarkStart w:name="cs_T40C3N110_93403893f" w:id="77"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t>ection 40‑3‑110.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">The board may cancel, fine, suspend, revoke, or restrict the authorization to practice architecture </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE68D4" w:rsidR="00EE68D4">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>or registered interior design</w:t>
       </w:r>
       <w:r w:rsidR="00EE68D4">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of an individual who has had a license to practice a profession or occupation regulated under Title 40 canceled, revoked, or suspended or who has otherwise been disciplined.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00217550" w:rsidP="00217550" w:rsidRDefault="00217550" w14:paraId="5D30A617" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00217550" w:rsidP="00217550" w:rsidRDefault="00217550" w14:paraId="2E60B924" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_8_ca917c42a" w:id="77"/>
+      <w:bookmarkStart w:name="bs_num_8_ca917c42a" w:id="78"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t>ECTION 8.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_4e2d1bceb" w:id="78"/>
+      <w:bookmarkStart w:name="dl_4e2d1bceb" w:id="79"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>ection 40‑3‑115 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0067410B" w:rsidRDefault="0067410B" w14:paraId="4FAB6C6C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0067410B" w:rsidRDefault="0067410B" w14:paraId="7E6B5CF9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N115_a1926a42c" w:id="79"/>
+      <w:bookmarkStart w:name="cs_T40C3N115_a1926a42c" w:id="80"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:t>ection 40‑3‑115.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_2053a4377" w:id="80"/>
+      <w:bookmarkStart w:name="up_2053a4377" w:id="81"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:t>he board has jurisdiction:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D6AC9" w:rsidRDefault="0067410B" w14:paraId="77DAB251" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N115S1_lv1_85960f0ef" w:id="81"/>
+      <w:bookmarkStart w:name="ss_T40C3N115S1_lv1_85960f0ef" w:id="82"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t xml:space="preserve">1) over practice undertaken by </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>nonlicensed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD5108">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or nonregistered </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">individuals and firms and the actions committed or omitted by current and former licensees </w:t>
       </w:r>
       <w:r w:rsidR="00CD5108">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registrants </w:t>
@@ -3279,437 +3322,437 @@
       <w:r w:rsidR="00CD5108">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CD5108">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>registration</w:t>
       </w:r>
       <w:r>
         <w:t>;  and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="009D6AC9" w:rsidRDefault="0067410B" w14:paraId="1BF7C2FE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N115S2_lv1_6ed87f01e" w:id="82"/>
+      <w:bookmarkStart w:name="ss_T40C3N115S2_lv1_6ed87f01e" w:id="83"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:t xml:space="preserve">2) to act on any matter that arises during the practice authorization period of licensed </w:t>
       </w:r>
       <w:r w:rsidR="00CD5108">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered </w:t>
       </w:r>
       <w:r>
         <w:t>practitioners and firms, as provided for in Section 40‑1‑115.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006741D8" w:rsidP="006741D8" w:rsidRDefault="006741D8" w14:paraId="0B003D9A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006741D8" w:rsidP="006741D8" w:rsidRDefault="006741D8" w14:paraId="234800AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_9_160fc8cb1" w:id="83"/>
+      <w:bookmarkStart w:name="bs_num_9_160fc8cb1" w:id="84"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:t>ECTION 9.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_a682e3d6b" w:id="84"/>
+      <w:bookmarkStart w:name="dl_a682e3d6b" w:id="85"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t>ection 40‑3‑130 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00711A51" w:rsidRDefault="00711A51" w14:paraId="1C4EF4D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00711A51" w:rsidRDefault="00711A51" w14:paraId="1C13CFF2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N130_778db64c9" w:id="85"/>
+      <w:bookmarkStart w:name="cs_T40C3N130_778db64c9" w:id="86"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:t>ection 40‑3‑130.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>provided for</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> in Section 40‑1‑130, the board may deny licensure </w:t>
       </w:r>
       <w:r w:rsidR="00511383">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registration </w:t>
       </w:r>
       <w:r>
         <w:t>to an applicant based on the same grounds for which the board may take disciplinary action against a licensee</w:t>
       </w:r>
       <w:r w:rsidR="00511383">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> or registrant</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008135C8" w:rsidP="008135C8" w:rsidRDefault="008135C8" w14:paraId="3F1D49B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008135C8" w:rsidP="008135C8" w:rsidRDefault="008135C8" w14:paraId="61A199F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_10_3d46da189" w:id="86"/>
+      <w:bookmarkStart w:name="bs_num_10_3d46da189" w:id="87"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:t>ECTION 10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_af020a910" w:id="87"/>
+      <w:bookmarkStart w:name="dl_af020a910" w:id="88"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:t>ection 40‑3‑140 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E43182" w:rsidRDefault="00E43182" w14:paraId="0F9B8FB1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E43182" w:rsidRDefault="00E43182" w14:paraId="5DE4244F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N140_d16f5c3a8" w:id="88"/>
+      <w:bookmarkStart w:name="cs_T40C3N140_d16f5c3a8" w:id="89"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:t>ection 40‑3‑140.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">A license </w:t>
       </w:r>
       <w:r w:rsidR="00CE2666">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registration </w:t>
       </w:r>
       <w:r>
         <w:t>may be denied based on a person's prior criminal record only as provided in Section 40‑1‑140.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0097070B" w:rsidP="0097070B" w:rsidRDefault="0097070B" w14:paraId="1451CE95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0097070B" w:rsidP="0097070B" w:rsidRDefault="0097070B" w14:paraId="216EE27A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_11_f20f35fd0" w:id="89"/>
+      <w:bookmarkStart w:name="bs_num_11_f20f35fd0" w:id="90"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
       <w:r>
         <w:t>ECTION 11.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_a3a8b02a0" w:id="90"/>
+      <w:bookmarkStart w:name="dl_a3a8b02a0" w:id="91"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:t>ection 40‑3‑150 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B4BD7" w:rsidRDefault="009B4BD7" w14:paraId="35F32C93" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B4BD7" w:rsidRDefault="009B4BD7" w14:paraId="4D01DD77" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N150_ca2b129fa" w:id="91"/>
+      <w:bookmarkStart w:name="cs_T40C3N150_ca2b129fa" w:id="92"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:t>ection 40‑3‑150.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">A licensee </w:t>
       </w:r>
       <w:r w:rsidR="00CE2666">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registrant </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">under investigation for a violation of this chapter or a regulation promulgated under this chapter may voluntarily surrender the license </w:t>
       </w:r>
       <w:r w:rsidR="00CE2666">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registration </w:t>
       </w:r>
       <w:r>
         <w:t>in accordance with Section 40‑1‑150.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C170FD" w:rsidP="00C170FD" w:rsidRDefault="00C170FD" w14:paraId="5B9A04CE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C170FD" w:rsidP="00C170FD" w:rsidRDefault="00C170FD" w14:paraId="3EB7463A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_12_648a2b845" w:id="92"/>
+      <w:bookmarkStart w:name="bs_num_12_648a2b845" w:id="93"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:t>ECTION 12.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_55c9b64de" w:id="93"/>
+      <w:bookmarkStart w:name="dl_55c9b64de" w:id="94"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:t>ection 40‑3‑200 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002539A3" w:rsidRDefault="002539A3" w14:paraId="180DEE6C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002539A3" w:rsidRDefault="002539A3" w14:paraId="6980666B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N200_d91f61f14" w:id="94"/>
+      <w:bookmarkStart w:name="cs_T40C3N200_d91f61f14" w:id="95"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:t>ection 40‑3‑200.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">A person who engages in or offers to engage in the practice of architecture </w:t>
       </w:r>
       <w:r w:rsidR="00CE2666">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior design </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in this State in violation of this chapter or who knowingly submits false information for the purpose of obtaining a license </w:t>
       </w:r>
       <w:r w:rsidR="00CE2666">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registration </w:t>
       </w:r>
       <w:r>
         <w:t>is guilty of a misdemeanor and, upon conviction, must be imprisoned not more than one year or fined not more than fifty thousand dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C36572" w:rsidP="00C36572" w:rsidRDefault="00C36572" w14:paraId="7DE6181E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C36572" w:rsidP="00C36572" w:rsidRDefault="00C36572" w14:paraId="7F3843C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_13_76e0df220" w:id="95"/>
+      <w:bookmarkStart w:name="bs_num_13_76e0df220" w:id="96"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:t>ECTION 13.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_6f0eabd28" w:id="96"/>
+      <w:bookmarkStart w:name="dl_6f0eabd28" w:id="97"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:t>ection 40‑3‑230 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE3620" w:rsidRDefault="00CE3620" w14:paraId="2C8C7C43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CE3620" w:rsidRDefault="00CE3620" w14:paraId="2487E9E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N230_9c770beac" w:id="97"/>
+      <w:bookmarkStart w:name="cs_T40C3N230_9c770beac" w:id="98"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:t>ection 40‑3‑230.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230SA_lv1_183511036" w:id="98"/>
+      <w:bookmarkStart w:name="ss_T40C3N230SA_lv1_183511036" w:id="99"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
       <w:r>
         <w:t xml:space="preserve">A) The privilege of engaging in the practice of architecture </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0522" w:rsidR="00EC0522">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior design </w:t>
       </w:r>
       <w:r>
         <w:t>is a personal privilege based upon the qualifications of the individual and evidenced by the person's registration certificate which is not transferable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B62D4" w:rsidRDefault="00CE3620" w14:paraId="0D247140" w14:textId="4EE8FB3F">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230SB_lv1_20cbb7365" w:id="99"/>
+      <w:bookmarkStart w:name="ss_T40C3N230SB_lv1_20cbb7365" w:id="100"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:t>B) The board shall review the applications of all applicants for admission to practice architecture</w:t>
       </w:r>
       <w:r w:rsidR="00EC0522">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0522" w:rsidR="00EC0522">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>or registered interior design</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. The review shall consist of an inquiry into the record, character, education, experience, knowledge, and qualifications of the applicant. An </w:t>
       </w:r>
       <w:r w:rsidR="00EC0522">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">architectural </w:t>
       </w:r>
       <w:r>
@@ -3725,199 +3768,199 @@
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>A registered interior designer</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0522" w:rsidR="00EC0522">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> application approved by the board as qualified must take the National Council for Interior Design Qualification Examination (NCIDQ).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B62D4" w:rsidRDefault="00CE3620" w14:paraId="4A19582D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230SC_lv1_a0c556f4c" w:id="100"/>
+      <w:bookmarkStart w:name="ss_T40C3N230SC_lv1_a0c556f4c" w:id="101"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
       <w:r>
         <w:t>C) To be licensed as an architect, an individual must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B62D4" w:rsidRDefault="00CE3620" w14:paraId="49588B77" w14:textId="36A87331">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230S1_lv2_963beac84" w:id="101"/>
+      <w:bookmarkStart w:name="ss_T40C3N230S1_lv2_963beac84" w:id="102"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:t>1) have a professional degree in architecture from a school or college program accredited by the National Architectural Accrediting Board (NAAB) or the Canadian Architectural Certification Board (CACB). The school or program must be accredited by NAAB or CACB not later than two years after the applicant</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s graduation. Foreign‑educated applicants who do not hold an accredited degree from either accrediting body may have their educational credentials evaluated by an organization approved by the board to determine if their foreign degree is equivalent to the required professional degree in architecture. Additionally, foreign‑educated applicants must satisfy National Council of Architectural Registration Boards' general educational </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>requirements;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004B62D4" w:rsidRDefault="00CE3620" w14:paraId="64EB3B41" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230S2_lv2_d04161c10" w:id="102"/>
+      <w:bookmarkStart w:name="ss_T40C3N230S2_lv2_d04161c10" w:id="103"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
       <w:r>
         <w:t xml:space="preserve">2) have satisfactorily completed the training requirements established by the National Council of Architectural Registration Boards (NCARB) for the Architectural Experience Program (AXP). Changes in the program subsequently adopted by the board do not affect those persons currently enrolled in a previously adopted (AXP) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>program;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004B62D4" w:rsidRDefault="00CE3620" w14:paraId="2F4D2373" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230S3_lv2_68e4d844a" w:id="103"/>
+      <w:bookmarkStart w:name="ss_T40C3N230S3_lv2_68e4d844a" w:id="104"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t xml:space="preserve">3) have attained a passing score on all subject areas of the NCARB Architect Registration Examination (A.R.E.). Subject areas may include, but are not limited to, predesign, site design, building design, structural technology, materials and methods of construction, mechanical, plumbing, electrical, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>acoustical</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>, life safety systems, and construction documents and services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC0522" w:rsidP="00EC0522" w:rsidRDefault="00EC0522" w14:paraId="3D55CFC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230SD_lv1_82f3dabe0" w:id="104"/>
+      <w:bookmarkStart w:name="ss_T40C3N230SD_lv1_82f3dabe0" w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>D) To be a registered interior designer, an individual must:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC0522" w:rsidP="00EC0522" w:rsidRDefault="00EC0522" w14:paraId="201055A4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230S1_lv2_37fe3dc2a" w:id="105"/>
+      <w:bookmarkStart w:name="ss_T40C3N230S1_lv2_37fe3dc2a" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">eet the educational requirements set for by the Council for Interior Design Qualification to sit for the NCIDQ </w:t>
       </w:r>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>exam, which</w:t>
       </w:r>
       <w:r>
@@ -3974,58 +4017,58 @@
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00EC0522" w:rsidP="00EC0522" w:rsidRDefault="00EC0522" w14:paraId="2DB23A56" w14:textId="46F8594C">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230S2_lv2_af7b631ae" w:id="106"/>
+      <w:bookmarkStart w:name="ss_T40C3N230S2_lv2_af7b631ae" w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>ave completed the required hours of supervised professional experience as outlined by the Council for Interior Design Qualification for eligibility to sit for the examination</w:t>
       </w:r>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">, which must </w:t>
       </w:r>
       <w:r w:rsidR="00157955">
@@ -4047,394 +4090,394 @@
         <w:t xml:space="preserve"> under the supervision of a registered interior designer or a professional equivalent</w:t>
       </w:r>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC0522" w:rsidP="00EC0522" w:rsidRDefault="00EC0522" w14:paraId="2974D334" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230S3_lv2_8976f0e47" w:id="107"/>
+      <w:bookmarkStart w:name="ss_T40C3N230S3_lv2_8976f0e47" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="107"/>
+      <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>ave attained a passing score on all sections of the NCIDQ Examination. The examination consists of three sections: the Fundamentals Exam (IDFX), the Professional Exam (IDPX), and the Practicum Exam (PRAC), which test competency in design principles, building codes, systems, materials, and professional practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B62D4" w:rsidRDefault="00CE3620" w14:paraId="01D74331" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(D)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N230SE_lv1_34e1b09d4" w:id="108"/>
+      <w:bookmarkStart w:name="ss_T40C3N230SE_lv1_34e1b09d4" w:id="109"/>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>E)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> An applicant may not be licensed as an architect </w:t>
       </w:r>
       <w:r w:rsidR="00561CAB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered  as an interior designer </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">if the individual has been convicted of a felony or a crime of moral turpitude, misstated or misrepresented any fact in connection with the application, violated any of the rules of registrant conduct set forth in the law or regulations, or practiced architecture without being registered. However, if an applicant has committed any of these acts, the board may register the applicant </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> suitable evidence of reform.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00692512" w:rsidP="00692512" w:rsidRDefault="00692512" w14:paraId="3A396559" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692512" w:rsidP="00692512" w:rsidRDefault="00692512" w14:paraId="46F1EA2A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_14_67409ac6f" w:id="109"/>
+      <w:bookmarkStart w:name="bs_num_14_67409ac6f" w:id="110"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:t>ECTION 14.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_9eada1744" w:id="110"/>
+      <w:bookmarkStart w:name="dl_9eada1744" w:id="111"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="111"/>
       <w:r>
         <w:t>ection 40‑3‑240 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C06AF8" w:rsidRDefault="00C06AF8" w14:paraId="49B12E24" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C06AF8" w:rsidRDefault="00C06AF8" w14:paraId="2D43EF99" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N240_f4897d2e0" w:id="111"/>
+      <w:bookmarkStart w:name="cs_T40C3N240_f4897d2e0" w:id="112"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="112"/>
       <w:r>
         <w:t>ection 40‑3‑240.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N240SA_lv1_9a918832d" w:id="112"/>
+      <w:bookmarkStart w:name="ss_T40C3N240SA_lv1_9a918832d" w:id="113"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
       <w:r>
         <w:t xml:space="preserve">A) An application for licensure </w:t>
       </w:r>
       <w:r w:rsidR="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registration </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">must be made on board application forms. A completed application signed and sworn to by the applicant must be filed with the board office and must be accompanied by all applicable fees. No application may be considered until the fees have been paid. Application fees are </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>nonrefundable</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0013469A" w:rsidRDefault="00C06AF8" w14:paraId="224B963A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N240SB_lv1_c2e65035d" w:id="113"/>
+      <w:bookmarkStart w:name="ss_T40C3N240SB_lv1_c2e65035d" w:id="114"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
       <w:r>
         <w:t>B) The Architectural Registration Examination must be administered in a format and manner prescribed by the National Council of Architectural Registration Boards (NCARB) to all applicants for initial licensure. Applicants must pass all subject areas within the time prescribed by the National Council of Architectural Registration Boards (NCARB). Scores for the individual subject areas must not be averaged.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FC5BEE" w:rsidRDefault="00FC5BEE" w14:paraId="48CEFA26" w14:textId="5713D013">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N240SC_lv1_f1be2ab8e" w:id="114"/>
+      <w:bookmarkStart w:name="ss_T40C3N240SC_lv1_f1be2ab8e" w:id="115"/>
       <w:r w:rsidRPr="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
       <w:r w:rsidRPr="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>C) The National Council for Interior Design Qualification Examination must be administered in a format and manner prescribed by the Council for Interior Design Qualification (CIDQ) to all applicants for initial registration. Applicant</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> must pass all subject areas within the time prescribe</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the Council for Interior Design Qualification (CIDQ).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0013469A" w:rsidRDefault="00C06AF8" w14:paraId="475F5DCB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(C)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N240SD_lv1_5d97624f9" w:id="115"/>
+      <w:bookmarkStart w:name="ss_T40C3N240SD_lv1_5d97624f9" w:id="116"/>
       <w:r w:rsidR="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkEnd w:id="116"/>
       <w:r w:rsidR="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>D)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> An applicant must satisfy the requirements of Section 40‑3‑230(C)(1) and must be currently enrolled and actively participating in the Architectural Experience Program or be a student actively </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>participating in an NCARB‑accepted Integrated Path to Architectural Licensure (IPAL) option within an NAAB‑accredited professional degree program in architecture in order to be approved by the board to take the Architectural Registration Examination. Once an applicant has been approved to take the examination, any subsequent changes in the education or experience requirements do not affect the applicant's eligibility to take the examination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0013469A" w:rsidRDefault="00C06AF8" w14:paraId="309E145B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(D)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N240SE_lv1_607e6dd19" w:id="116"/>
+      <w:bookmarkStart w:name="ss_T40C3N240SE_lv1_607e6dd19" w:id="117"/>
       <w:r w:rsidR="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="117"/>
       <w:r w:rsidR="00FC5BEE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>E)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The board may accept transfer credits for individual subject areas of the examination passed by the applicant from another jurisdiction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007A6979" w:rsidP="007A6979" w:rsidRDefault="007A6979" w14:paraId="3B7FB835" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007A6979" w:rsidP="007A6979" w:rsidRDefault="007A6979" w14:paraId="2DCA983B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_15_6789f6bae" w:id="117"/>
+      <w:bookmarkStart w:name="bs_num_15_6789f6bae" w:id="118"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="118"/>
       <w:r>
         <w:t>ECTION 15.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_f0a70a809" w:id="118"/>
+      <w:bookmarkStart w:name="dl_f0a70a809" w:id="119"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
       <w:r>
         <w:t>ection 40‑3‑250 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A95DBF" w:rsidRDefault="00A95DBF" w14:paraId="503ED424" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A95DBF" w:rsidRDefault="00A95DBF" w14:paraId="155D5893" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N250_d39485776" w:id="119"/>
+      <w:bookmarkStart w:name="cs_T40C3N250_d39485776" w:id="120"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
       <w:r>
         <w:t>ection 40‑3‑250.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N250SA_lv1_146b0ad8c" w:id="120"/>
+      <w:bookmarkStart w:name="ss_T40C3N250SA_lv1_146b0ad8c" w:id="121"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="121"/>
       <w:r>
         <w:t xml:space="preserve">A) An individual and firm licensed </w:t>
       </w:r>
       <w:r w:rsidR="008C7121">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">under this chapter shall satisfy license </w:t>
       </w:r>
       <w:r w:rsidR="008C7121">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registration </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">renewal requirements as established by the board in regulation, which must include continuing education requirements for individuals. An individual shall complete a minimum of twelve continuing education hours annually in topics related to safeguarding health, safety, and welfare. Emeritus architects </w:t>
       </w:r>
       <w:r w:rsidR="008C7121">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -4445,310 +4488,311 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>annually shall</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> pay the required renewal fee on a date set by the board </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> continue practicing architecture in South Carolina.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B7C" w:rsidRDefault="00A95DBF" w14:paraId="391BBDAB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N250SB_lv1_989b6a7d1" w:id="121"/>
+      <w:bookmarkStart w:name="ss_T40C3N250SB_lv1_989b6a7d1" w:id="122"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkEnd w:id="122"/>
       <w:r>
         <w:t>B) Both individual and firm certificates may be renewed at any time within one year from the date of expiration upon payment of the established fee and a penalty of fifty dollars during the first thirty days and an additional one hundred dollars thereafter during the year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B7C" w:rsidRDefault="00A95DBF" w14:paraId="784820C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N250SC_lv1_bd7b75b83" w:id="122"/>
+      <w:bookmarkStart w:name="ss_T40C3N250SC_lv1_bd7b75b83" w:id="123"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="123"/>
       <w:r>
         <w:t>C) If an individual or firm fails to renew within one year from the date of expiration, the certificate may be reissued upon submission of a new application accompanied by the application fee and approval by the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B7C" w:rsidRDefault="00A95DBF" w14:paraId="021EACCB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N250SD_lv1_8827929b8" w:id="123"/>
+      <w:bookmarkStart w:name="ss_T40C3N250SD_lv1_8827929b8" w:id="124"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:t xml:space="preserve">D) Emeritus architects </w:t>
       </w:r>
       <w:r w:rsidR="008C7121">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">and emeritus registered interior designers </w:t>
       </w:r>
       <w:r>
         <w:t>who wish to return to active practice shall complete continuing education requirements for each exempted year not to exceed two years. Applicable fees also must be paid.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B7C" w:rsidRDefault="00A95DBF" w14:paraId="6DD79F44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N250SE_lv1_11627d3c4" w:id="124"/>
+      <w:bookmarkStart w:name="ss_T40C3N250SE_lv1_11627d3c4" w:id="125"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkEnd w:id="125"/>
       <w:r>
         <w:t>E) Registrants must comply with continuing education audit deadlines and requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C7121" w:rsidP="008C7121" w:rsidRDefault="008C7121" w14:paraId="0405E467" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C7121" w:rsidP="008C7121" w:rsidRDefault="008C7121" w14:paraId="7117EECC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_16_a853efac7" w:id="125"/>
+      <w:bookmarkStart w:name="bs_num_16_a853efac7" w:id="126"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="125"/>
+      <w:bookmarkEnd w:id="126"/>
       <w:r>
         <w:t>ECTION 16.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_8bd2a336a" w:id="126"/>
+      <w:bookmarkStart w:name="dl_8bd2a336a" w:id="127"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="127"/>
       <w:r>
         <w:t>ection 40‑3‑260 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B867B4" w:rsidRDefault="00B867B4" w14:paraId="3E310ED5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B867B4" w:rsidRDefault="00B867B4" w14:paraId="7B12CBA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N260_2fa9c01e0" w:id="127"/>
+      <w:bookmarkStart w:name="cs_T40C3N260_2fa9c01e0" w:id="128"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="127"/>
+      <w:bookmarkEnd w:id="128"/>
       <w:r>
         <w:t>ection 40‑3‑260.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">An architect </w:t>
       </w:r>
       <w:r w:rsidR="007E7984">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t>registered in another state, territory, or foreign country, having standards of registration equal to those in this State, may be registered upon a satisfactory showing of character and record only.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F1406" w:rsidP="006F1406" w:rsidRDefault="006F1406" w14:paraId="1B1ADFEB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006F1406" w:rsidP="006F1406" w:rsidRDefault="006F1406" w14:paraId="710CFABB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_17_3daabf492" w:id="128"/>
+      <w:bookmarkStart w:name="bs_num_17_3daabf492" w:id="129"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="129"/>
       <w:r>
         <w:t>ECTION 17.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_a3351528e" w:id="129"/>
+      <w:bookmarkStart w:name="dl_a3351528e" w:id="130"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
       <w:r>
         <w:t>ection 40‑3‑270 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00811AAA" w:rsidRDefault="00811AAA" w14:paraId="19FBD943" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00811AAA" w:rsidRDefault="00811AAA" w14:paraId="6DCAA698" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="cs_T40C3N270_6fea853e8" w:id="130"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T40C3N270_6fea853e8" w:id="131"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkEnd w:id="131"/>
       <w:r>
         <w:t>ection 40‑3‑270.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N270SA_lv1_82335a213" w:id="131"/>
+      <w:bookmarkStart w:name="ss_T40C3N270SA_lv1_82335a213" w:id="132"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkEnd w:id="132"/>
       <w:r>
         <w:t>A) A firm desiring a certificate of authorization shall file with the board an application on forms provided by the board and pay an application fee. Before a certificate of authorization may be issued to an out‑of‑state business or professional corporation, the corporation must be approved to transact business in this State. A copy of the approved certificate of authority issued by the State must be filed with the board application.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C061E2" w:rsidRDefault="00811AAA" w14:paraId="12660B75" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N270SB_lv1_3dbc38164" w:id="132"/>
+      <w:bookmarkStart w:name="ss_T40C3N270SB_lv1_3dbc38164" w:id="133"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="133"/>
       <w:r>
         <w:t>B) A firm must maintain on file in the board office the name of the individual in full authority and responsible charge and written evidence of authority. Failure to provide accurate and timely information may constitute a violation of this subsection.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C061E2" w:rsidRDefault="00811AAA" w14:paraId="6FD25341" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N270SC_lv1_92a17b26f" w:id="133"/>
+      <w:bookmarkStart w:name="ss_T40C3N270SC_lv1_92a17b26f" w:id="134"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkEnd w:id="134"/>
       <w:r>
         <w:t xml:space="preserve">C) For the purpose of this chapter, a sole proprietorship means a business in which one or more registered architects </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD6EFC" w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designers </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are engaged as </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>employees;  however</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>, the practice must be conducted under the name registered with the board as an individual (i.e., John Doe, Architect</w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>/Registered Interior Designer</w:t>
       </w:r>
       <w:r>
         <w:t>). Any other practice name, i.e., Doe &amp; Company, or Doe &amp; Associates, requires a certificate of authorization to practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C061E2" w:rsidRDefault="00811AAA" w14:paraId="72D0D6F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N270SD_lv1_56d2f0aae" w:id="134"/>
+      <w:bookmarkStart w:name="ss_T40C3N270SD_lv1_56d2f0aae" w:id="135"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:t xml:space="preserve">D) If a South Carolina firm seeks to register under a name referring to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>persons</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> rather than a trade name, the persons referred to in the </w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:t xml:space="preserve">firm’s </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">name must be licensed as individual architects, engineers, land </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">surveyors, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
@@ -4765,199 +4809,199 @@
         <w:t>landscape architects</w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FD6EFC" w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>or registered interior designers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in this State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C061E2" w:rsidRDefault="00811AAA" w14:paraId="50D32FAC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N270SE_lv1_f4bc0c77f" w:id="135"/>
+      <w:bookmarkStart w:name="ss_T40C3N270SE_lv1_f4bc0c77f" w:id="136"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:t xml:space="preserve">E) If an out‑of‑state firm seeks to register under a name referring to persons rather than a trade name, the persons referred to in the </w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:t xml:space="preserve">firm’s </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">name must be licensed as individual architects, engineers, land surveyors, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r>
         <w:t>landscape architects</w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>, or registered interior designers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in this State or in another state or jurisdiction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C061E2" w:rsidRDefault="00811AAA" w14:paraId="50D8BC04" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N270SF_lv1_a7bf7b3cd" w:id="136"/>
+      <w:bookmarkStart w:name="ss_T40C3N270SF_lv1_a7bf7b3cd" w:id="137"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
       <w:r>
         <w:t xml:space="preserve">F) The requirement to obtain a certificate of authorization applies to associations for one or more projects but does not apply to an out‑of‑state firm or individual retained by a registered South Carolina architect </w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered South Carolina interior designer </w:t>
       </w:r>
       <w:r>
         <w:t>as a consultant only.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C061E2" w:rsidRDefault="00811AAA" w14:paraId="25B1B9D3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N270SG_lv1_f5e03ae45" w:id="137"/>
+      <w:bookmarkStart w:name="ss_T40C3N270SG_lv1_f5e03ae45" w:id="138"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkEnd w:id="138"/>
       <w:r>
         <w:t xml:space="preserve">G) A registered architect </w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">practicing in his name who does not employ a registered architect </w:t>
       </w:r>
       <w:r w:rsidR="00FD6EFC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t>is not required to obtain a certificate of authority.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0008793B" w:rsidP="0008793B" w:rsidRDefault="0008793B" w14:paraId="2E329B5C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0008793B" w:rsidP="0008793B" w:rsidRDefault="0008793B" w14:paraId="667EEBBD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_18_3dae0f9ce" w:id="138"/>
+      <w:bookmarkStart w:name="bs_num_18_3dae0f9ce" w:id="139"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkEnd w:id="139"/>
       <w:r>
         <w:t>ECTION 18.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_7d08de26b" w:id="139"/>
+      <w:bookmarkStart w:name="dl_7d08de26b" w:id="140"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="139"/>
+      <w:bookmarkEnd w:id="140"/>
       <w:r>
         <w:t>ection 40‑3‑280 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00801071" w:rsidRDefault="00801071" w14:paraId="2E26B144" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00801071" w:rsidRDefault="00801071" w14:paraId="1D6B3DFE" w14:textId="463A3773">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N280_619ed297e" w:id="140"/>
+      <w:bookmarkStart w:name="cs_T40C3N280_619ed297e" w:id="141"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkEnd w:id="141"/>
       <w:r>
         <w:t>ection 40‑3‑280.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N280SA_lv1_0f7690bdc" w:id="141"/>
+      <w:bookmarkStart w:name="ss_T40C3N280SA_lv1_0f7690bdc" w:id="142"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="141"/>
+      <w:bookmarkEnd w:id="142"/>
       <w:r>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Every architect</w:t>
       </w:r>
       <w:r w:rsidR="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> registered interior designer,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and firm practicing in this State shall have a seal containing the name, the place of business, and the words “Registered Architect, State of South Carolina” </w:t>
       </w:r>
       <w:r w:rsidR="00A24E39">
         <w:rPr>
@@ -4993,417 +5037,421 @@
         <w:t xml:space="preserve">The seal </w:t>
       </w:r>
       <w:r w:rsidR="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24E39" w:rsidR="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> be of a design, content, and size prescribed by the board. A registered interior designer shall only sign and seal an interior technical submission within the scope of practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D11E92" w:rsidRDefault="00801071" w14:paraId="36360D45" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N280SB_lv1_9a8c16139" w:id="142"/>
+      <w:bookmarkStart w:name="ss_T40C3N280SB_lv1_9a8c16139" w:id="143"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="143"/>
       <w:r>
         <w:t xml:space="preserve">B) The seal of the individual architect </w:t>
       </w:r>
       <w:r w:rsidR="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">in responsible charge, as well as the seal of the firm, must appear on each print of the drawings and the index sheet, or sheets, of each set of specifications offered to secure a building permit and one record set for use on the construction site. The required seal identification may be a rubber stamp impression placed on original drawings and specification copy. The architect </w:t>
+        <w:t xml:space="preserve">in responsible charge, as well as the seal of the firm, must appear on each print of the drawings and the index sheet, or sheets, of each </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">set of specifications offered to secure a building permit and one record set for use on the construction site. The required seal identification may be a rubber stamp impression placed on original drawings and specification copy. The architect </w:t>
       </w:r>
       <w:r w:rsidRPr="00A24E39" w:rsidR="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t>in responsible charge shall affix his signature over his seal. An electronic seal and signature may be used in lieu of an original seal and signature by applicable policy or regulation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A24E39" w:rsidRDefault="00A24E39" w14:paraId="52A7DB4B" w14:textId="271562CB">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N280SC_lv1_562a981c8" w:id="143"/>
+      <w:bookmarkStart w:name="ss_T40C3N280SC_lv1_562a981c8" w:id="144"/>
       <w:r w:rsidRPr="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="143"/>
+      <w:bookmarkEnd w:id="144"/>
       <w:r w:rsidRPr="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">C) A registered interior designer shall possess the authority to sign and seal interior technical submission covering the scope of practice of registered interior design and shall have the authority to submit construction documents where the registered interior designer is the contract holder and Designer of Record to a </w:t>
       </w:r>
       <w:r w:rsidR="00662ECB">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A24E39">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>tate or local government entity for the purpose of obtaining requisite permits for an interior construction project. A registered interior designer may only sign and seal interior technical submissions within the scope of practice of interior design defined by this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E87470" w:rsidRDefault="00E87470" w14:paraId="0C94B42D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00801071" w:rsidRDefault="00801071" w14:paraId="3FD0D35A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_19_ff5d70bf5" w:id="144"/>
+      <w:bookmarkStart w:name="bs_num_19_ff5d70bf5" w:id="145"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="144"/>
+      <w:bookmarkEnd w:id="145"/>
       <w:r>
         <w:t>ECTION 19.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_c85c495e2" w:id="145"/>
+      <w:bookmarkStart w:name="dl_c85c495e2" w:id="146"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="145"/>
+      <w:bookmarkEnd w:id="146"/>
       <w:r>
         <w:t>ection 40‑3‑290 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00801071" w:rsidRDefault="00801071" w14:paraId="4948F597" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="00801071" w14:paraId="0F029027" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ns_T40C3N290_df2095114" w:id="146"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ss_T40C3N290SE_lv1_b00fa32b6" w:id="147"/>
+      <w:bookmarkStart w:name="ns_T40C3N290_df2095114" w:id="147"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T40C3N290SE_lv1_b00fa32b6" w:id="148"/>
+      <w:bookmarkEnd w:id="147"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="147"/>
-      <w:bookmarkEnd w:id="146"/>
+      <w:bookmarkEnd w:id="148"/>
       <w:r>
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <w:r w:rsidR="002F3295">
         <w:t>A person who prepares drawings of the layout of materials or furnishings or in the selection of materials or furnishings used in interior design, including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="7060EA07" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S1_lv2_7467f0cae" w:id="148"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S1_lv2_7467f0cae" w:id="149"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:t xml:space="preserve">1) decorative </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>accessories;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="50FF01C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S2_lv2_8d43a1e84" w:id="149"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S2_lv2_8d43a1e84" w:id="150"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="149"/>
+      <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:t xml:space="preserve">2) wallcoverings, wall finishes, or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>paint;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="61F43D94" w14:textId="0C1602D0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S3_lv2_2aca0dbd0" w:id="150"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S3_lv2_2aca0dbd0" w:id="151"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="150"/>
+      <w:bookmarkEnd w:id="151"/>
       <w:r>
         <w:t>3) floor coverings, tile, wood, stone</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>concrete;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="71EB547E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S4_lv2_ed188a57c" w:id="151"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S4_lv2_ed188a57c" w:id="152"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="151"/>
+      <w:bookmarkEnd w:id="152"/>
       <w:r>
         <w:t xml:space="preserve">4) window </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>coverings;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="6C155E08" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S5_lv2_7f96c7fcb" w:id="152"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S5_lv2_7f96c7fcb" w:id="153"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="152"/>
+      <w:bookmarkEnd w:id="153"/>
       <w:r>
         <w:t xml:space="preserve">5) light fixtures which do not disrupt structural </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>elements;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="0AC54747" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S6_lv2_c498b53f1" w:id="153"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S6_lv2_c498b53f1" w:id="154"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="153"/>
+      <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:t xml:space="preserve">6) plumbing fixtures which do not disrupt structural </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>elements;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="002F3295" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="4D4C37B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S7_lv2_319153b5f" w:id="154"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S7_lv2_319153b5f" w:id="155"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="154"/>
+      <w:bookmarkEnd w:id="155"/>
       <w:r>
         <w:t xml:space="preserve">7) professional services limited to the design </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>of  kitchen</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and bath spaces or the specification of products for kitchen and bath areas in noncommercial settings; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00801071" w:rsidP="002F3295" w:rsidRDefault="002F3295" w14:paraId="00019DC1" w14:textId="6BA4FAD6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N290S8_lv2_ea9af67d1" w:id="155"/>
+      <w:bookmarkStart w:name="ss_T40C3N290S8_lv2_ea9af67d1" w:id="156"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="155"/>
+      <w:bookmarkEnd w:id="156"/>
       <w:r>
         <w:t>8) furniture, equipment, cabinetry</w:t>
       </w:r>
       <w:r w:rsidR="00B82969">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or millwork, if the preparation or implementation of those drawings or the installation of those materials or furnishings is not regulated by any building code or other law, ordinance, rule, or regulation governing the alteration or construction of a structure.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DD37D1" w:rsidP="00DD37D1" w:rsidRDefault="00DD37D1" w14:paraId="590DB2C7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DD37D1" w:rsidP="00DD37D1" w:rsidRDefault="00DD37D1" w14:paraId="7D9068F0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_20_fe504862b" w:id="156"/>
+      <w:bookmarkStart w:name="bs_num_20_fe504862b" w:id="157"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="156"/>
+      <w:bookmarkEnd w:id="157"/>
       <w:r>
         <w:t>ECTION 20.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_b1c1a8f60" w:id="157"/>
+      <w:bookmarkStart w:name="dl_b1c1a8f60" w:id="158"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="157"/>
+      <w:bookmarkEnd w:id="158"/>
       <w:r>
         <w:t>ection 40‑3‑300 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00313690" w:rsidRDefault="00313690" w14:paraId="2816B56D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00313690" w:rsidRDefault="00313690" w14:paraId="0A3AE25B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N300_259b46df1" w:id="158"/>
+      <w:bookmarkStart w:name="cs_T40C3N300_259b46df1" w:id="159"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="158"/>
+      <w:bookmarkEnd w:id="159"/>
       <w:r>
         <w:t>ection 40‑3‑300.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">An architect </w:t>
       </w:r>
       <w:r w:rsidR="00F4565A">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">may not </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>enter into</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> a contract for professional services on any basis other than direct negotiation thereby precluding participation in any system requiring a comparison of compensation. However, an architect </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE5F97" w:rsidR="00CE5F97">
@@ -5418,213 +5466,212 @@
       <w:r w:rsidRPr="00CE5F97" w:rsidR="00CE5F97">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>or registered interior design</w:t>
       </w:r>
       <w:r w:rsidR="00CE5F97">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>services necessary to protect the public health, safety, and welfare have been defined.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007D7E43" w:rsidP="007D7E43" w:rsidRDefault="007D7E43" w14:paraId="100A62AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007D7E43" w:rsidP="007D7E43" w:rsidRDefault="007D7E43" w14:paraId="7978415D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_21_00af59185" w:id="159"/>
-      <w:r>
+      <w:bookmarkStart w:name="bs_num_21_00af59185" w:id="160"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="159"/>
+      <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:t>ECTION 21.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_592013f0b" w:id="160"/>
+      <w:bookmarkStart w:name="dl_592013f0b" w:id="161"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="160"/>
+      <w:bookmarkEnd w:id="161"/>
       <w:r>
         <w:t>ection 40‑3‑310 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E43FFA" w:rsidRDefault="00E43FFA" w14:paraId="157087AC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E43FFA" w:rsidRDefault="00E43FFA" w14:paraId="191180C4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N310_3d62823af" w:id="161"/>
+      <w:bookmarkStart w:name="cs_T40C3N310_3d62823af" w:id="162"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="161"/>
+      <w:bookmarkEnd w:id="162"/>
       <w:r>
         <w:t>ection 40‑3‑310.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N310SA_lv1_81b109032" w:id="162"/>
+      <w:bookmarkStart w:name="ss_T40C3N310SA_lv1_81b109032" w:id="163"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="162"/>
+      <w:bookmarkEnd w:id="163"/>
       <w:r>
         <w:t xml:space="preserve">A) Service of a notice provided for by law upon a nonresident architect who has been admitted to the practice of architecture </w:t>
       </w:r>
       <w:r w:rsidR="00383A9D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior design, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">or upon a resident architect </w:t>
       </w:r>
       <w:r w:rsidR="00383A9D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">who, having been admitted, subsequently becomes a nonresident or after due diligence cannot be found at his usual abode or place of business in this State, may be made by leaving with the administrator of the board a copy of the notice and any accompanying documents and by sending to the architect </w:t>
       </w:r>
       <w:r w:rsidR="00383A9D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="00383A9D" w:rsidR="00383A9D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t>by certified mail an attested copy, with an endorsement on the copy of the service upon the administrator, addressed to the architect at his last known address.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA5DAC" w:rsidRDefault="00E43FFA" w14:paraId="4F85AA48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T40C3N310SB_lv1_37c883f9d" w:id="163"/>
+      <w:bookmarkStart w:name="ss_T40C3N310SB_lv1_37c883f9d" w:id="164"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="163"/>
+      <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:t xml:space="preserve">B) The return receipt for the certified mail must be attached to and made a part of the return of service of the notice by the board. The chairman of the board before which there was pending a proceeding in which notice has been given, as provided in this section, may order a continuance as may be necessary to afford the architect </w:t>
       </w:r>
       <w:r w:rsidR="00383A9D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>or registered interior designer</w:t>
       </w:r>
       <w:r w:rsidRPr="000A0256" w:rsidR="00383A9D">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>reasonable opportunity to appear and defend. The administrator shall keep a record of the day of the service of the notice and any accompanying documents.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B25B1" w:rsidP="003B25B1" w:rsidRDefault="003B25B1" w14:paraId="55E26625" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003B25B1" w:rsidP="003B25B1" w:rsidRDefault="003B25B1" w14:paraId="6975790C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_22_0c509bbfd" w:id="164"/>
+      <w:bookmarkStart w:name="bs_num_22_0c509bbfd" w:id="165"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="164"/>
+      <w:bookmarkEnd w:id="165"/>
       <w:r>
         <w:t>ECTION 22.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_d20b99dd5" w:id="165"/>
+      <w:bookmarkStart w:name="dl_d20b99dd5" w:id="166"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="165"/>
+      <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:t>ection 40‑3‑320 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E5BF7" w:rsidRDefault="008E5BF7" w14:paraId="5AB1B8DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E5BF7" w:rsidRDefault="008E5BF7" w14:paraId="6F0E11FC" w14:textId="6E3EA464">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T40C3N320_9d90be4b7" w:id="166"/>
-      <w:bookmarkStart w:name="open_doc_here" w:id="167"/>
+      <w:bookmarkStart w:name="cs_T40C3N320_9d90be4b7" w:id="167"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:r>
         <w:t>ection 40‑3‑320.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">The building official or other authority charged with the responsibility of issuing building or other similar permits of any county, municipality, or other subdivision, before issuing the permit, must be in possession of a sealed set of plans and specifications for which the seal of a registered architect </w:t>
       </w:r>
       <w:r w:rsidR="006B3409">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or registered interior designer </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is required and to verify that the architect </w:t>
       </w:r>
       <w:r w:rsidR="006B3409">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="006B3409" w:rsidR="006B3409">
         <w:rPr>
@@ -5798,250 +5845,257 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="37B8456C" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="14F81084" w14:textId="77777777" w:rsidR="00B52931" w:rsidRDefault="00B52931">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0A7FB1D8" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00B17AF3" w:rsidP="00D14995">
+      <w:p w14:paraId="0A7FB1D8" w14:textId="2D75D2B8" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00BC20E8" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00864AB0">
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidR="00B52931">
+              <w:t>5010</w:t>
+            </w:r>
+            <w:r w:rsidR="00864AB0">
+              <w:t>]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00F72D65">
+            <w:r w:rsidR="00864AB0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0594WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4307BDD4" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="71CE0AD4" w14:textId="77777777" w:rsidR="00B52931" w:rsidRDefault="00B52931">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3EC53115" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF8C401" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5594F172" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFF9308" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="1F45D7AC" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4EE57EE8" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="5907CD68" w14:textId="77777777" w:rsidR="00B52931" w:rsidRDefault="00B52931">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7188CE17" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="48A2B67C" w14:textId="77777777" w:rsidR="00B52931" w:rsidRDefault="00B52931">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3E6F96CD" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+  <w:p w14:paraId="5316C8C1" w14:textId="77777777" w:rsidR="00B52931" w:rsidRDefault="00B52931">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="94E6D92E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6228,54 +6282,53 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -6329,264 +6382,274 @@
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="0013469A"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00141418"/>
     <w:rsid w:val="00143276"/>
     <w:rsid w:val="00157955"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0017630B"/>
     <w:rsid w:val="001836DA"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="001902AC"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A384C"/>
     <w:rsid w:val="001A45E8"/>
     <w:rsid w:val="001B565D"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C1F00"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E2D1C"/>
     <w:rsid w:val="001E69A9"/>
+    <w:rsid w:val="001F2076"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F5971"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002041C2"/>
     <w:rsid w:val="002066D0"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00217550"/>
+    <w:rsid w:val="00217E35"/>
     <w:rsid w:val="00230038"/>
+    <w:rsid w:val="002302F2"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002539A3"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="0026517E"/>
     <w:rsid w:val="0026772D"/>
     <w:rsid w:val="00270341"/>
     <w:rsid w:val="00270ECC"/>
     <w:rsid w:val="00271D1E"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002819E6"/>
     <w:rsid w:val="002836D8"/>
+    <w:rsid w:val="00285A4B"/>
     <w:rsid w:val="00291794"/>
     <w:rsid w:val="00293C86"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D102C"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002E522B"/>
     <w:rsid w:val="002F3295"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00313690"/>
     <w:rsid w:val="0031687E"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="00321C01"/>
     <w:rsid w:val="003369DD"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="003432E4"/>
     <w:rsid w:val="003476B7"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00356B0D"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="0037686F"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="0038049F"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00383A9D"/>
     <w:rsid w:val="003952D1"/>
     <w:rsid w:val="00395BCD"/>
     <w:rsid w:val="0039652A"/>
     <w:rsid w:val="003A2443"/>
     <w:rsid w:val="003A30BA"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B25B1"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D20F8"/>
     <w:rsid w:val="003D3812"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D7C07"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
+    <w:rsid w:val="00402351"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00411F2E"/>
     <w:rsid w:val="004129DD"/>
     <w:rsid w:val="0041309F"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00417421"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="0042738E"/>
     <w:rsid w:val="004274AC"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="0043426C"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="004507B7"/>
     <w:rsid w:val="00451467"/>
     <w:rsid w:val="00451745"/>
     <w:rsid w:val="00454C88"/>
     <w:rsid w:val="004558FC"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00471B91"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00491C1C"/>
     <w:rsid w:val="00492399"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B4EAD"/>
     <w:rsid w:val="004B62D4"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
+    <w:rsid w:val="004F31A3"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00505144"/>
     <w:rsid w:val="005077BA"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00511383"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="005248F7"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00561CAB"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00582079"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A4DE2"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A71AF"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C0A76"/>
     <w:rsid w:val="005C0DD9"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C5AA8"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D3ECC"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00616155"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00622786"/>
     <w:rsid w:val="00623BEA"/>
+    <w:rsid w:val="006246C8"/>
     <w:rsid w:val="0062645A"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00645B0E"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="006603BA"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00662ECB"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00666032"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00673A8D"/>
     <w:rsid w:val="0067410B"/>
     <w:rsid w:val="006741D8"/>
     <w:rsid w:val="00677611"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00692512"/>
     <w:rsid w:val="00693DF1"/>
     <w:rsid w:val="0069492B"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="00697FB9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A5ACE"/>
+    <w:rsid w:val="006A61A5"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B3409"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B5DF3"/>
     <w:rsid w:val="006B64D2"/>
     <w:rsid w:val="006B7E26"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C0CAF"/>
     <w:rsid w:val="006C18F0"/>
+    <w:rsid w:val="006C3112"/>
     <w:rsid w:val="006C4D37"/>
     <w:rsid w:val="006C707D"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D31A7"/>
     <w:rsid w:val="006D336F"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E70D2"/>
     <w:rsid w:val="006F1406"/>
     <w:rsid w:val="00700585"/>
     <w:rsid w:val="00700B7C"/>
     <w:rsid w:val="00711A51"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="0071475D"/>
     <w:rsid w:val="0072118F"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00723242"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="0074007C"/>
     <w:rsid w:val="00751C89"/>
     <w:rsid w:val="00761363"/>
     <w:rsid w:val="00766FFD"/>
@@ -6601,74 +6664,76 @@
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A6979"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D7E43"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E15C4"/>
     <w:rsid w:val="007E7984"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00801071"/>
     <w:rsid w:val="00811AAA"/>
     <w:rsid w:val="008135C8"/>
     <w:rsid w:val="00814730"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00836097"/>
     <w:rsid w:val="00836382"/>
     <w:rsid w:val="00843C73"/>
     <w:rsid w:val="00847204"/>
     <w:rsid w:val="008625C1"/>
+    <w:rsid w:val="00864AB0"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="0089037A"/>
     <w:rsid w:val="00897675"/>
     <w:rsid w:val="008A14BA"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008A7564"/>
     <w:rsid w:val="008B34FB"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C7121"/>
     <w:rsid w:val="008D2CBE"/>
     <w:rsid w:val="008D3903"/>
     <w:rsid w:val="008D3B04"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D4D96"/>
     <w:rsid w:val="008D5FCF"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E5BF7"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008E7899"/>
     <w:rsid w:val="008F514E"/>
+    <w:rsid w:val="008F7460"/>
     <w:rsid w:val="008F748D"/>
     <w:rsid w:val="00902DF2"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00903E42"/>
     <w:rsid w:val="00910C07"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00960E57"/>
     <w:rsid w:val="00970563"/>
     <w:rsid w:val="0097070B"/>
     <w:rsid w:val="00970FED"/>
     <w:rsid w:val="00972244"/>
     <w:rsid w:val="009773B6"/>
     <w:rsid w:val="0098366F"/>
@@ -6736,71 +6801,73 @@
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC1A15"/>
     <w:rsid w:val="00AC2B3B"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC4DEA"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF1FAA"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00AF74BF"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B17AF3"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B32D3F"/>
     <w:rsid w:val="00B36139"/>
     <w:rsid w:val="00B40E9B"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B52931"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B646AF"/>
     <w:rsid w:val="00B66741"/>
     <w:rsid w:val="00B716AC"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B82969"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B867B4"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B93F0D"/>
     <w:rsid w:val="00BB0725"/>
+    <w:rsid w:val="00BC20E8"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE003F"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3A84"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C00FB6"/>
     <w:rsid w:val="00C03E26"/>
     <w:rsid w:val="00C04F4C"/>
     <w:rsid w:val="00C061E2"/>
     <w:rsid w:val="00C06AF8"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C16B8B"/>
     <w:rsid w:val="00C170FD"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C205A9"/>
     <w:rsid w:val="00C23D8C"/>
     <w:rsid w:val="00C36572"/>
     <w:rsid w:val="00C43E0E"/>
     <w:rsid w:val="00C45923"/>
@@ -6889,89 +6956,92 @@
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E354C2"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43182"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E43FFA"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E54B77"/>
     <w:rsid w:val="00E54D0B"/>
     <w:rsid w:val="00E5648E"/>
     <w:rsid w:val="00E62CA8"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E65251"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E756E6"/>
     <w:rsid w:val="00E808F7"/>
     <w:rsid w:val="00E842A0"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rsid w:val="00E84C16"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E87470"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E951C6"/>
     <w:rsid w:val="00E9680D"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
+    <w:rsid w:val="00EA4B7D"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC0522"/>
     <w:rsid w:val="00EC6FC4"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE4187"/>
     <w:rsid w:val="00EE4A8F"/>
     <w:rsid w:val="00EE68D4"/>
     <w:rsid w:val="00EF227C"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00EF7644"/>
     <w:rsid w:val="00EF781D"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06B45"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F14E75"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F16DE7"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
+    <w:rsid w:val="00F275E5"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F41785"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F4565A"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F53985"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F642C2"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F728F8"/>
     <w:rsid w:val="00F72D65"/>
     <w:rsid w:val="00F86A68"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F93038"/>
     <w:rsid w:val="00F96A36"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA2E28"/>
@@ -7400,1362 +7470,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0074007C"/>
+    <w:rsid w:val="00E849B5"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -8782,190 +8852,186 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5010&amp;session=126&amp;summary=B" TargetMode="External" Id="Rcd776fb10741414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5010_20260122.docx" TargetMode="External" Id="R73d7bf05837b4ac5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=5010&amp;session=126&amp;summary=B" TargetMode="External" Id="Re60abe7a61954266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/5010_20260122.docx" TargetMode="External" Id="R867fe90c1de84fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="R42cfcf251056447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260122.docx" TargetMode="External" Id="R20f659ccc7764f2c" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
-          <w:pPr>
-[...3 lines deleted...]
-          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00025E67"/>
     <w:rsid w:val="000A3553"/>
     <w:rsid w:val="000B3862"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="0032088B"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="005248F7"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="00582079"/>
     <w:rsid w:val="00645B0E"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006C0CAF"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00AF74BF"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C00FB6"/>
     <w:rsid w:val="00C818FB"/>
@@ -9717,110 +9783,68 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...41 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
@@ -10041,108 +10065,150 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>5ae4b330-c427-480b-a254-40cd84efe794</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-22T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_HOUSEINTRODATE>2026-01-22</T_BILL_D_HOUSEINTRODATE>
+  <T_BILL_D_INTRODATE>2026-01-22</T_BILL_D_INTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>a4fddd91-b4ee-42ba-b727-b7ca478d2fe6</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>f8565866-bf0c-47ab-89c6-0e81c49fe2a2</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>34085554-d27e-4041-980d-4c3fbe5acd60</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[5010]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>5010</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 40‑3‑25 SO AS TO DELINEATE ACTIONS THAT CONSTITUTE THE PRACTICE OF REGISTERED INTERIOR DESIGN AND SPECIFY EXCLUSIONS; BY AMENDING SECTIONS 40‑3‑5; 40‑3‑10; 40‑3‑20; 40‑3‑30; 40‑3‑80; 40‑3‑110; 40‑3‑115; 40‑3‑130; 40‑3‑140; 40‑3‑150; 40‑3‑200; 40‑3‑230; 40‑3‑240; 40‑3‑250; 40‑3‑260; 40‑3‑270; 40‑3‑280; 40‑3‑290; 40‑3‑300; 40‑3‑310; AND 40‑3‑320, ALL RELATING TO THE REGULATION OF ARCHITECTS, SO AS TO INCORPORATE PROVISIONS SIMILARLY REGULATING REGISTERED INTERIOR DESIGNERS; AND BY REDESIGNATING CHAPTER 3, TITLE 40, AS “ARCHITECTS AND REGISTERED INTERIOR DESIGNERS.”</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>house</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>HNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"f17e3a48-dd2d-46d6-9f15-66c1ff18c2be","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N5_78232e942","IsConstitutionSection":false,"Identity":"40-3-5","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_c30ff6388"},{"SectionUUID":"61c04620-8f1f-4640-91ab-191327009215","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N10_a811699ed","IsConstitutionSection":false,"Identity":"40-3-10","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N10SA","SubSectionBookmarkName":"ss_T40C3N10SA_lv1_ee66b422c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N10SB","SubSectionBookmarkName":"ss_T40C3N10SB_lv1_fd61e94be","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_b11665b0a"},{"SectionUUID":"62d5d686-2e6a-427b-9cd5-224d35a257d5","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N20_359adfc78","IsConstitutionSection":false,"Identity":"40-3-20","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N20S1","SubSectionBookmarkName":"ss_T40C3N20S1_lv1_f8806ea11","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S2","SubSectionBookmarkName":"ss_T40C3N20S2_lv1_2c2ad7796","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S3","SubSectionBookmarkName":"ss_T40C3N20S3_lv1_90ec39f31","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S5","SubSectionBookmarkName":"ss_T40C3N20S5_lv1_4697cd689","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S6","SubSectionBookmarkName":"ss_T40C3N20S6_lv1_819b6be29","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S7","SubSectionBookmarkName":"ss_T40C3N20S7_lv1_10d91e9b5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S9","SubSectionBookmarkName":"ss_T40C3N20S9_lv1_671245907","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S11","SubSectionBookmarkName":"ss_T40C3N20S11_lv1_ed13c56db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S12","SubSectionBookmarkName":"ss_T40C3N20S12_lv1_754b4c19d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S14","SubSectionBookmarkName":"ss_T40C3N20S14_lv1_08686f73f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S15","SubSectionBookmarkName":"ss_T40C3N20S15_lv1_7d56f09f7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S4","SubSectionBookmarkName":"ss_T40C3N20S4_lv1_3e08cb16b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S8","SubSectionBookmarkName":"ss_T40C3N20S8_lv1_be39c5ea0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N20Sa","SubSectionBookmarkName":"ss_T40C3N20Sa_lv2_c4530e66c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N20Sb","SubSectionBookmarkName":"ss_T40C3N20Sb_lv2_3ac185cad","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S10","SubSectionBookmarkName":"ss_T40C3N20S10_lv1_50c1aa353","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N20S13","SubSectionBookmarkName":"ss_T40C3N20S13_lv1_41145101d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N20Sa","SubSectionBookmarkName":"ss_T40C3N20Sa_lv2_69a051d70","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N20Sb","SubSectionBookmarkName":"ss_T40C3N20Sb_lv2_c4bb6e1ca","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N20Sc","SubSectionBookmarkName":"ss_T40C3N20Sc_lv2_33dde9848","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N20Sd","SubSectionBookmarkName":"ss_T40C3N20Sd_lv2_0a5d3268b","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_46baf2ef6"},{"SectionUUID":"2ed729d0-1144-440a-9cd0-eaf4af427ca9","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T40C3N25_757b85672","IsConstitutionSection":false,"Identity":"40-3-25","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C3N25SA","SubSectionBookmarkName":"ss_T40C3N25SA_lv1_a6168d045","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N25S1","SubSectionBookmarkName":"ss_T40C3N25S1_lv2_586c28f54","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N25S2","SubSectionBookmarkName":"ss_T40C3N25S2_lv2_b69b20d17","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N25S3","SubSectionBookmarkName":"ss_T40C3N25S3_lv2_ece429881","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N25S4","SubSectionBookmarkName":"ss_T40C3N25S4_lv2_439dd7871","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N25S5","SubSectionBookmarkName":"ss_T40C3N25S5_lv2_3cfac6da9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sa","SubSectionBookmarkName":"ss_T40C3N25Sa_lv3_27364c4b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sb","SubSectionBookmarkName":"ss_T40C3N25Sb_lv3_f527b5648","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sc","SubSectionBookmarkName":"ss_T40C3N25Sc_lv3_d825d0ab7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sd","SubSectionBookmarkName":"ss_T40C3N25Sd_lv3_69636abaa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Se","SubSectionBookmarkName":"ss_T40C3N25Se_lv3_c60e29401","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sf","SubSectionBookmarkName":"ss_T40C3N25Sf_lv3_76d593bf3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N25SB","SubSectionBookmarkName":"ss_T40C3N25SB_lv1_bf1eac4f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N25S1","SubSectionBookmarkName":"ss_T40C3N25S1_lv2_235d85071","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N25S2","SubSectionBookmarkName":"ss_T40C3N25S2_lv2_d405bb842","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sa","SubSectionBookmarkName":"ss_T40C3N25Sa_lv3_6eacccfe8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sb","SubSectionBookmarkName":"ss_T40C3N25Sb_lv3_55af22d52","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sc","SubSectionBookmarkName":"ss_T40C3N25Sc_lv3_2ec1780e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sd","SubSectionBookmarkName":"ss_T40C3N25Sd_lv3_c019648a1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Se","SubSectionBookmarkName":"ss_T40C3N25Se_lv3_4ef4f43f2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sf","SubSectionBookmarkName":"ss_T40C3N25Sf_lv3_4421a9316","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sg","SubSectionBookmarkName":"ss_T40C3N25Sg_lv3_03b615d46","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Sh","SubSectionBookmarkName":"ss_T40C3N25Sh_lv3_ac2dbe06e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C3N25Si","SubSectionBookmarkName":"ss_T40C3N25Si_lv3_a7e75a97f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_239cb82ee"},{"SectionUUID":"5d2ecde1-3f2f-46e6-a447-91e4ce529d71","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N30_269759986","IsConstitutionSection":false,"Identity":"40-3-30","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N30SA","SubSectionBookmarkName":"ss_T40C3N30SA_lv1_ed80f61ce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N30SB","SubSectionBookmarkName":"ss_T40C3N30SB_lv1_55aaa3dbe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N30SD","SubSectionBookmarkName":"ss_T40C3N30SD_lv1_c07ccf3f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N30SE","SubSectionBookmarkName":"ss_T40C3N30SE_lv1_3312d6f9e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N30SC","SubSectionBookmarkName":"ss_T40C3N30SC_lv1_84917bb39","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_f5c52c4bd"},{"SectionUUID":"ae6de5d9-e605-4119-a315-64498ac50093","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N80_cdcef758c","IsConstitutionSection":false,"Identity":"40-3-80","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N80SA","SubSectionBookmarkName":"ss_T40C3N80SA_lv1_450853fd8","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_c3889e247"},{"SectionUUID":"4c2c6217-e2de-46e8-8fe6-d532a147f79b","SectionName":"code_section","SectionNumber":7,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N110_93403893f","IsConstitutionSection":false,"Identity":"40-3-110","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_f6d59864c"},{"SectionUUID":"27eebda0-1d6e-45b7-8b83-72178832a5d1","SectionName":"code_section","SectionNumber":8,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N115_a1926a42c","IsConstitutionSection":false,"Identity":"40-3-115","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N115S1","SubSectionBookmarkName":"ss_T40C3N115S1_lv1_85960f0ef","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N115S2","SubSectionBookmarkName":"ss_T40C3N115S2_lv1_6ed87f01e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_8_ca917c42a"},{"SectionUUID":"1eb6375d-1fe9-4f82-95bd-c9a374c96624","SectionName":"code_section","SectionNumber":9,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N130_778db64c9","IsConstitutionSection":false,"Identity":"40-3-130","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_9_160fc8cb1"},{"SectionUUID":"f3d0e5ed-d756-4de1-8726-6e247aaef8fd","SectionName":"code_section","SectionNumber":10,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N140_d16f5c3a8","IsConstitutionSection":false,"Identity":"40-3-140","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_10_3d46da189"},{"SectionUUID":"09a1c53b-795c-4e5f-842a-d1ca5fa6819b","SectionName":"code_section","SectionNumber":11,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N150_ca2b129fa","IsConstitutionSection":false,"Identity":"40-3-150","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_11_f20f35fd0"},{"SectionUUID":"bceeafe3-708b-4627-8d6d-a68e6e43e83c","SectionName":"code_section","SectionNumber":12,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N200_d91f61f14","IsConstitutionSection":false,"Identity":"40-3-200","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_12_648a2b845"},{"SectionUUID":"7cabd522-3bcd-44ad-8dbe-71141907823c","SectionName":"code_section","SectionNumber":13,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N230_9c770beac","IsConstitutionSection":false,"Identity":"40-3-230","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N230SA","SubSectionBookmarkName":"ss_T40C3N230SA_lv1_183511036","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N230SB","SubSectionBookmarkName":"ss_T40C3N230SB_lv1_20cbb7365","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N230SC","SubSectionBookmarkName":"ss_T40C3N230SC_lv1_a0c556f4c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N230SE","SubSectionBookmarkName":"ss_T40C3N230SE_lv1_34e1b09d4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N230S1","SubSectionBookmarkName":"ss_T40C3N230S1_lv2_963beac84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N230S2","SubSectionBookmarkName":"ss_T40C3N230S2_lv2_d04161c10","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N230S3","SubSectionBookmarkName":"ss_T40C3N230S3_lv2_68e4d844a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N230SD","SubSectionBookmarkName":"ss_T40C3N230SD_lv1_82f3dabe0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N230S1","SubSectionBookmarkName":"ss_T40C3N230S1_lv2_37fe3dc2a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N230S2","SubSectionBookmarkName":"ss_T40C3N230S2_lv2_af7b631ae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N230S3","SubSectionBookmarkName":"ss_T40C3N230S3_lv2_8976f0e47","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_13_76e0df220"},{"SectionUUID":"cbe0eb56-1c40-4882-a540-66cae4815215","SectionName":"code_section","SectionNumber":14,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N240_f4897d2e0","IsConstitutionSection":false,"Identity":"40-3-240","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N240SA","SubSectionBookmarkName":"ss_T40C3N240SA_lv1_9a918832d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N240SB","SubSectionBookmarkName":"ss_T40C3N240SB_lv1_c2e65035d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N240SD","SubSectionBookmarkName":"ss_T40C3N240SD_lv1_5d97624f9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N240SE","SubSectionBookmarkName":"ss_T40C3N240SE_lv1_607e6dd19","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N240SC","SubSectionBookmarkName":"ss_T40C3N240SC_lv1_f1be2ab8e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_14_67409ac6f"},{"SectionUUID":"b8050400-0295-4e97-9380-365bf4e5baf7","SectionName":"code_section","SectionNumber":15,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N250_d39485776","IsConstitutionSection":false,"Identity":"40-3-250","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N250SA","SubSectionBookmarkName":"ss_T40C3N250SA_lv1_146b0ad8c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N250SB","SubSectionBookmarkName":"ss_T40C3N250SB_lv1_989b6a7d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N250SC","SubSectionBookmarkName":"ss_T40C3N250SC_lv1_bd7b75b83","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N250SD","SubSectionBookmarkName":"ss_T40C3N250SD_lv1_8827929b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N250SE","SubSectionBookmarkName":"ss_T40C3N250SE_lv1_11627d3c4","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_15_6789f6bae"},{"SectionUUID":"eff8d4ea-a99f-42b5-8000-c5a7c47454eb","SectionName":"code_section","SectionNumber":16,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N260_2fa9c01e0","IsConstitutionSection":false,"Identity":"40-3-260","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_16_a853efac7"},{"SectionUUID":"acfd8226-40fe-4708-82fc-d5bdfde0faf0","SectionName":"code_section","SectionNumber":17,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N270_6fea853e8","IsConstitutionSection":false,"Identity":"40-3-270","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N270SA","SubSectionBookmarkName":"ss_T40C3N270SA_lv1_82335a213","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N270SB","SubSectionBookmarkName":"ss_T40C3N270SB_lv1_3dbc38164","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N270SC","SubSectionBookmarkName":"ss_T40C3N270SC_lv1_92a17b26f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N270SD","SubSectionBookmarkName":"ss_T40C3N270SD_lv1_56d2f0aae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N270SE","SubSectionBookmarkName":"ss_T40C3N270SE_lv1_f4bc0c77f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N270SF","SubSectionBookmarkName":"ss_T40C3N270SF_lv1_a7bf7b3cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N270SG","SubSectionBookmarkName":"ss_T40C3N270SG_lv1_f5e03ae45","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_17_3daabf492"},{"SectionUUID":"4c7faccb-23b1-4ba8-b3fb-3d774dd568a9","SectionName":"code_section","SectionNumber":18,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N280_619ed297e","IsConstitutionSection":false,"Identity":"40-3-280","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N280SA","SubSectionBookmarkName":"ss_T40C3N280SA_lv1_0f7690bdc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N280SB","SubSectionBookmarkName":"ss_T40C3N280SB_lv1_9a8c16139","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N280SC","SubSectionBookmarkName":"ss_T40C3N280SC_lv1_562a981c8","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_18_3dae0f9ce"},{"SectionUUID":"ed01e7d3-6c6d-4976-a852-f40bb9cb62eb","SectionName":"code_section","SectionNumber":19,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T40C3N290_df2095114","IsConstitutionSection":false,"Identity":"40-3-290","IsNew":true,"SubSections":[{"Level":1,"Identity":"T40C3N290SE","SubSectionBookmarkName":"ss_T40C3N290SE_lv1_b00fa32b6","IsNewSubSection":true,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S1","SubSectionBookmarkName":"ss_T40C3N290S1_lv2_7467f0cae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S2","SubSectionBookmarkName":"ss_T40C3N290S2_lv2_8d43a1e84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S3","SubSectionBookmarkName":"ss_T40C3N290S3_lv2_2aca0dbd0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S4","SubSectionBookmarkName":"ss_T40C3N290S4_lv2_ed188a57c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S5","SubSectionBookmarkName":"ss_T40C3N290S5_lv2_7f96c7fcb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S6","SubSectionBookmarkName":"ss_T40C3N290S6_lv2_c498b53f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S7","SubSectionBookmarkName":"ss_T40C3N290S7_lv2_319153b5f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C3N290S8","SubSectionBookmarkName":"ss_T40C3N290S8_lv2_ea9af67d1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_19_ff5d70bf5"},{"SectionUUID":"cb68c015-90e4-48d3-a0ad-363818f5e1eb","SectionName":"code_section","SectionNumber":20,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N300_259b46df1","IsConstitutionSection":false,"Identity":"40-3-300","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_20_fe504862b"},{"SectionUUID":"aca81b24-14d7-43e9-8792-eb64fe8f3c6f","SectionName":"code_section","SectionNumber":21,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N310_3d62823af","IsConstitutionSection":false,"Identity":"40-3-310","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C3N310SA","SubSectionBookmarkName":"ss_T40C3N310SA_lv1_81b109032","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C3N310SB","SubSectionBookmarkName":"ss_T40C3N310SB_lv1_37c883f9d","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_21_00af59185"},{"SectionUUID":"a6cf2ead-b656-4826-857d-d400b1153776","SectionName":"code_section","SectionNumber":22,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C3N320_9d90be4b7","IsConstitutionSection":false,"Identity":"40-3-320","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_22_0c509bbfd"},{"SectionUUID":"4d023187-4c15-4ec2-b7bf-b33b0ad19a70","SectionName":"New Blank SECTION","SectionNumber":23,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_23_4cd9daf56"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":24,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_24_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Interior Designers</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>4800</Words>
   <Characters>26790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>439</Lines>
   <Paragraphs>161</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>