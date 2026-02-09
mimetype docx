--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -174,51 +174,59 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the Senate on April 23, 2025</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
+        <w:t>Currently residing in the Senate Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Family and Veterans' Services</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: JR to Approve Regulation Doc. No. 5315</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -305,90 +313,142 @@
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>4/23/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced, read first time, placed on calendar without reference</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R6db21c962aeb4241">
+      <w:hyperlink w:history="true" r:id="R1bbdc2696db04174">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Recommitted to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Family and Veterans' Services</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb8174d5c9ab14f3f">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R43dd374ea7ca4643">
+      <w:hyperlink r:id="R7785bdf9cd844069">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -406,124 +466,126 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R8c661fbbc28f4f34">
+      <w:hyperlink r:id="Re8da357ab9634fea">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>04/23/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rb0c0843c606e45b3">
+      <w:hyperlink r:id="Ra00315fd4691464f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>04/23/2025-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="00DE0805" w14:paraId="5C562887" w14:textId="18759C6C">
+    <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="003B7596" w14:paraId="5C562887" w14:textId="18759C6C">
       <w:pPr>
         <w:pStyle w:val="sccoversheetstatus"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="status"/>
           <w:tag w:val="status"/>
           <w:id w:val="854397200"/>
           <w:placeholder>
             <w:docPart w:val="D4024EF053EF4DA38FE4C94AF88D3E34"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A4503">
             <w:t>Introduced</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="printed1"/>
         <w:tag w:val="printed1"/>
         <w:id w:val="-1779714481"/>
@@ -592,51 +654,51 @@
           <w:id w:val="716862734"/>
           <w:placeholder>
             <w:docPart w:val="D4024EF053EF4DA38FE4C94AF88D3E34"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:t>Senate Family and Veterans' Services</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r>
         <w:t xml:space="preserve"> Committee</w:t>
       </w:r>
       <w:r w:rsidRPr="00B07BF4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="002A4503" w14:paraId="6CE2717F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccoversheetsponsor6"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="00DE0805" w14:paraId="46290228" w14:textId="26095C7C">
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="003B7596" w14:paraId="46290228" w14:textId="26095C7C">
       <w:pPr>
         <w:pStyle w:val="sccoversheetinfo"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:alias w:val="typeinitial"/>
           <w:tag w:val="typeinitial"/>
           <w:id w:val="98301346"/>
           <w:placeholder>
             <w:docPart w:val="D4024EF053EF4DA38FE4C94AF88D3E34"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002A4503">
             <w:t>S</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00B07BF4" w:rsidR="002A4503">
         <w:t xml:space="preserve">. Printed </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
@@ -698,52 +760,50 @@
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:t>April 23, 2025</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="002A4503" w14:paraId="1959850C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccoversheetemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="0063656E" w14:paraId="5049AD77" w14:textId="762F2DAD">
       <w:pPr>
         <w:pStyle w:val="sccoversheetemptyline"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>________</w:t>
       </w:r>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="002A4503" w14:paraId="257E9FF6" w14:textId="785AE730">
       <w:pPr>
         <w:pStyle w:val="sccoversheetemptyline"/>
         <w:jc w:val="center"/>
         <w:sectPr w:rsidR="002A4503" w:rsidSect="002A4503">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
           <w:lnNumType w:countBy="1"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00B07BF4" w:rsidR="002A4503" w:rsidP="002A4503" w:rsidRDefault="002A4503" w14:paraId="05CB61C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccoversheetemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00793A66" w:rsidR="00D12EC3" w:rsidP="002E3E75" w:rsidRDefault="00D12EC3" w14:paraId="27034E89" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -1310,51 +1370,51 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25BDE7D6" w14:textId="77777777" w:rsidR="000123BD" w:rsidRDefault="000123BD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="73130B19" w14:textId="28D1674D" w:rsidR="00116726" w:rsidRDefault="00DE0805" w:rsidP="00116726">
+      <w:p w14:paraId="73130B19" w14:textId="28D1674D" w:rsidR="00116726" w:rsidRDefault="003B7596" w:rsidP="00116726">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="-1191379947"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00EE39C4">
               <w:t>[0596]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00116726">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00116726">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
@@ -1676,98 +1736,101 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="476147544">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1700399744">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="52430941">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="855971312">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1820266216">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="805705321">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:revisionView w:markup="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="Body" w:val="s"/>
     <w:docVar w:name="ClipName" w:val="31587CZ21"/>
     <w:docVar w:name="CoverBillType" w:val="a"/>
     <w:docVar w:name="DocPath" w:val="L:\Council\bills\DBS\31587CZ21.DOCX"/>
     <w:docVar w:name="dvBillNumber" w:val="705"/>
     <w:docVar w:name="dvBillNumberPrefix" w:val="S. "/>
     <w:docVar w:name="dvOriginalBody" w:val="Senate"/>
     <w:docVar w:name="dvSteno" w:val="DBS"/>
     <w:docVar w:name="NameofBody" w:val="s"/>
     <w:docVar w:name="vGroup2" w:val="Council"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00803D9B"/>
     <w:rsid w:val="00001EEE"/>
     <w:rsid w:val="00007570"/>
     <w:rsid w:val="000123BD"/>
     <w:rsid w:val="00015BAE"/>
     <w:rsid w:val="000263D9"/>
     <w:rsid w:val="00026645"/>
     <w:rsid w:val="00026C9A"/>
     <w:rsid w:val="00035E29"/>
     <w:rsid w:val="00041658"/>
     <w:rsid w:val="00085FB1"/>
+    <w:rsid w:val="000874C2"/>
     <w:rsid w:val="000965A1"/>
     <w:rsid w:val="000A1AD1"/>
     <w:rsid w:val="000B147F"/>
     <w:rsid w:val="000B3D65"/>
     <w:rsid w:val="000C487D"/>
     <w:rsid w:val="000C65F2"/>
     <w:rsid w:val="000E1785"/>
     <w:rsid w:val="000F39F2"/>
     <w:rsid w:val="000F7D96"/>
     <w:rsid w:val="001023A4"/>
     <w:rsid w:val="00105724"/>
     <w:rsid w:val="0010776B"/>
     <w:rsid w:val="00116726"/>
     <w:rsid w:val="00133E66"/>
     <w:rsid w:val="00134ACF"/>
     <w:rsid w:val="00144E15"/>
     <w:rsid w:val="001464EC"/>
     <w:rsid w:val="00156309"/>
     <w:rsid w:val="001A2E14"/>
     <w:rsid w:val="001A4A62"/>
     <w:rsid w:val="001A681E"/>
     <w:rsid w:val="001B433F"/>
     <w:rsid w:val="001D08F2"/>
     <w:rsid w:val="001D7DD1"/>
     <w:rsid w:val="001E59AF"/>
@@ -1775,50 +1838,51 @@
     <w:rsid w:val="002037CA"/>
     <w:rsid w:val="002047A2"/>
     <w:rsid w:val="00214EEC"/>
     <w:rsid w:val="002321B6"/>
     <w:rsid w:val="0023696B"/>
     <w:rsid w:val="00250967"/>
     <w:rsid w:val="002759C5"/>
     <w:rsid w:val="00277DEE"/>
     <w:rsid w:val="00280D88"/>
     <w:rsid w:val="00294ABE"/>
     <w:rsid w:val="00295134"/>
     <w:rsid w:val="002A3EB4"/>
     <w:rsid w:val="002A4503"/>
     <w:rsid w:val="002C0DF1"/>
     <w:rsid w:val="002C4833"/>
     <w:rsid w:val="002E3E75"/>
     <w:rsid w:val="002E7D20"/>
     <w:rsid w:val="00307F0C"/>
     <w:rsid w:val="00315AFB"/>
     <w:rsid w:val="003245FF"/>
     <w:rsid w:val="00325348"/>
     <w:rsid w:val="00335F33"/>
     <w:rsid w:val="00346827"/>
     <w:rsid w:val="0038123D"/>
     <w:rsid w:val="00393688"/>
+    <w:rsid w:val="003B7596"/>
     <w:rsid w:val="003C0E72"/>
     <w:rsid w:val="003D411E"/>
     <w:rsid w:val="003D76D0"/>
     <w:rsid w:val="003E3C1E"/>
     <w:rsid w:val="003E6148"/>
     <w:rsid w:val="003E7D04"/>
     <w:rsid w:val="003F01E8"/>
     <w:rsid w:val="00400EAA"/>
     <w:rsid w:val="0041760A"/>
     <w:rsid w:val="004203D7"/>
     <w:rsid w:val="00423F46"/>
     <w:rsid w:val="00454E38"/>
     <w:rsid w:val="00455285"/>
     <w:rsid w:val="00461588"/>
     <w:rsid w:val="004809EE"/>
     <w:rsid w:val="0048108F"/>
     <w:rsid w:val="00486EC8"/>
     <w:rsid w:val="0049755E"/>
     <w:rsid w:val="00497D75"/>
     <w:rsid w:val="004B2A8B"/>
     <w:rsid w:val="004B68FA"/>
     <w:rsid w:val="004F2A55"/>
     <w:rsid w:val="004F50A0"/>
     <w:rsid w:val="00511EE9"/>
     <w:rsid w:val="00521E00"/>
@@ -6213,51 +6277,51 @@
     <w:pPr>
       <w:keepLines/>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="240"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b w:val="0"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=596&amp;session=126&amp;summary=B" TargetMode="External" Id="R43dd374ea7ca4643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/596_20250423.docx" TargetMode="External" Id="R8c661fbbc28f4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/596_20250423a.docx" TargetMode="External" Id="Rb0c0843c606e45b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250423.docx" TargetMode="External" Id="R6db21c962aeb4241" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=596&amp;session=126&amp;summary=B" TargetMode="External" Id="R7785bdf9cd844069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/596_20250423.docx" TargetMode="External" Id="Re8da357ab9634fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/596_20250423a.docx" TargetMode="External" Id="Ra00315fd4691464f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20250423.docx" TargetMode="External" Id="R1bbdc2696db04174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260114.docx" TargetMode="External" Id="Rb8174d5c9ab14f3f" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{09B4ECA9-21F0-4E28-9840-68EED7858513}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6387,50 +6451,51 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D23FA"/>
     <w:rsid w:val="00025717"/>
+    <w:rsid w:val="000874C2"/>
     <w:rsid w:val="0019611C"/>
     <w:rsid w:val="00214EEC"/>
     <w:rsid w:val="00280686"/>
     <w:rsid w:val="0028536C"/>
     <w:rsid w:val="00293513"/>
     <w:rsid w:val="0033777A"/>
     <w:rsid w:val="003E6056"/>
     <w:rsid w:val="00457BCE"/>
     <w:rsid w:val="004700D5"/>
     <w:rsid w:val="00497E07"/>
     <w:rsid w:val="005D23FA"/>
     <w:rsid w:val="00615942"/>
     <w:rsid w:val="006A1B79"/>
     <w:rsid w:val="006E7134"/>
     <w:rsid w:val="009B2757"/>
     <w:rsid w:val="00A0433D"/>
     <w:rsid w:val="00DC4FEB"/>
     <w:rsid w:val="00E1659D"/>
     <w:rsid w:val="00E206F1"/>
     <w:rsid w:val="00E97DC8"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00FC77BD"/>
   </w:rsids>
   <m:mathPr>
@@ -7182,120 +7247,87 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f" xsi:nil="true"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <MediaLengthInSeconds xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+    <SharedWithUsers xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...47 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -7512,136 +7544,171 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>ca857ad3-aae2-4667-bd53-6f6b481e8a31</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_APPROVEDISAPPROVE>ApproveDisapprove</T_APPROVEDISAPPROVE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2025-04-23T00:00:00-04:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2025-04-23</T_BILL_D_INTRODATE>
+  <T_BILL_D_SENATEINTRODATE>2025-04-23</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2025</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>d4407892-33f0-4366-928e-341dc6a8cb1c</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>d75a22bf-bb1c-49ac-b32c-b426b6f21060</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>8ac38d25-39cb-453e-8c23-0789cd163aa0</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0596]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>596</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO APPROVE REGULATIONS OF THE Department of Social Services, RELATING TO Supplemental Benefits for Adoption and Medical Assistance, DESIGNATED AS REGULATION DOCUMENT NUMBER 5315, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>joint_resolution_regulations</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionName":"default_res_section","SectionNumber":1,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"SectionBookmarkName":"bs_num_1_5abac455e","SectionUUID":"d8a5d8e2-1e36-11ed-861d-0242ac120002"},{"SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"SectionBookmarkName":"bs_num_2_lastsection","SectionUUID":"e41a5108-1e36-11ed-861d-0242ac120002"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>JR to Approve Regulation Doc. No. 5315</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>rebeccaturner@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+  <T_BILL_UR_RESOLUTIONWRITER>rebeccaturner@scstatehouse.gov</T_BILL_UR_RESOLUTIONWRITER>
+  <T_DEPARTMENT>Department of Social Services</T_DEPARTMENT>
+  <T_DOCNUM>5315</T_DOCNUM>
+  <T_RELATINGTO>Supplemental Benefits for Adoption and Medical Assistance</T_RELATINGTO>
+</lwb360Metadata>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18CE87EA-B6C1-4F4B-8070-4EE0226A0039}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{549298EB-8BCE-4588-8293-493D70D94C76}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF08F3C1-0204-4D4F-A615-253E45F6CEBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{549298EB-8BCE-4588-8293-493D70D94C76}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18CE87EA-B6C1-4F4B-8070-4EE0226A0039}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3307F2C-795B-4084-A436-B12939AA75E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>266</Words>
   <Characters>1467</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2021-2022 Bill 705: Subject not yet available - South Carolina Legislature Online</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company> </Company>