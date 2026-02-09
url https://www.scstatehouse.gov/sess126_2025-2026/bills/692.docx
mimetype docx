--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -159,73 +159,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SEDU-0033DB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Education</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Education Scholarship Trust Fund</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +337,218 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Education</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc76c71af96384b6d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Education</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R7e7262228d5d4110">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 18</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R5a99c1deb7814eb0">
+      <w:hyperlink r:id="R01ccf13d4f274373">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,129 +566,205 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R1ddb5c19f13a4163">
+      <w:hyperlink r:id="R922bafb26176403f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R93665dd5968b463b">
+      <w:hyperlink r:id="R20c64b0b96094a59">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025-A</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R35e434d01afe4c50">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/14/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R95f54f5e70d54d55">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/21/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R4bce96e1000543c0">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/21/2026-A</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="04DE477A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="5E68C9DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="75152C7A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="48583490" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="7AE5560B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="4B22ED1D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -566,1602 +784,1626 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="04DDDEA8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00C5747C" w14:paraId="4EB374D3" w14:textId="56246AFE">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00C5747C" w14:paraId="4EB374D3" w14:textId="38A3101A">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
-            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59‑8‑110, RELATING TO EDUCATION SCHOLARSHIP TRUST FUND DEFINITIONS, SO AS TO FURTHER DEFINE ELIGIBLE EXPENSES TO INCLUDE EDUCATION CLASSES DESIGNED TO SUPPLMENET A STUDENTS LEARNING PROGRAM PROVIDED BY AN ELIGIBLE SCHOOL AND TO FURTHER REMOVE ANY OTHER EDUCATION EXPENSES APPROVED BY THE DEPARTMENT TO ENABLE PERSONALIZED LEARNING; AND BY AMENDING SECTION 59‑8‑115, RELATING TO THE STANDARD APPLICATION PROCESS, SO AS TO REQUIRE A PARENT TO CERTIFY THAT AN ELIGIBLE STUDENT IS NOT PARTICIPATING IN A HOME BASED PERSONALIZED LEARNING PROGRAM NOT SPECIFICALLY APPROVED BY THE STATE BOARD OF EDUCATION AS PROVIDED IN SECTION 59‑65‑10 AND TO DELETE A PROVISION ALLOWING A PARENTS SIGNATURE TO SATISFY THE STATE</w:t>
+            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59‑8‑110, RELATING TO EDUCATION SCHOLARSHIP TRUST FUND DEFINITIONS, SO AS TO FURTHER DEFINE ELIGIBLE EXPENSES TO INCLUDE EDUCATION CLASSES DESIGNED TO SUPPL</w:t>
+          </w:r>
+          <w:r w:rsidR="003109BE">
+            <w:t>E</w:t>
+          </w:r>
+          <w:r>
+            <w:t>M</w:t>
+          </w:r>
+          <w:r w:rsidR="003109BE">
+            <w:t>E</w:t>
+          </w:r>
+          <w:r>
+            <w:t>NT A STUDENT</w:t>
+          </w:r>
+          <w:r w:rsidR="0056155B">
+            <w:t>’</w:t>
+          </w:r>
+          <w:r>
+            <w:t>S LEARNING PROGRAM PROVIDED BY AN ELIGIBLE SCHOOL AND TO FURTHER REMOVE ANY OTHER EDUCATION EXPENSES APPROVED BY THE DEPARTMENT TO ENABLE PERSONALIZED LEARNING; AND BY AMENDING SECTION 59‑8‑115, RELATING TO THE STANDARD APPLICATION PROCESS, SO AS TO REQUIRE A PARENT TO CERTIFY THAT AN ELIGIBLE STUDENT IS NOT PARTICIPATING IN A HOME BASED PERSONALIZED LEARNING PROGRAM NOT SPECIFICALLY APPROVED BY THE STATE BOARD OF EDUCATION AS PROVIDED IN SECTION 59‑65‑10 AND TO DELETE A PROVISION ALLOWING A PARENT</w:t>
+          </w:r>
+          <w:r w:rsidR="00A80D0F">
+            <w:t>’</w:t>
+          </w:r>
+          <w:r>
+            <w:t>S SIGNATURE TO SATISFY THE STATE</w:t>
           </w:r>
           <w:r w:rsidR="00A818C2">
             <w:t>’</w:t>
           </w:r>
           <w:r>
             <w:t>S COMPULSORY ATTENDANCE LAW.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_296e36183" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_296e36183" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5595996B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="672B84BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_a516b5b0a" w:id="2"/>
+      <w:bookmarkStart w:name="ew_a516b5b0a" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00610F8A" w:rsidP="00610F8A" w:rsidRDefault="00610F8A" w14:paraId="0B907C4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00610F8A" w:rsidP="00610F8A" w:rsidRDefault="00610F8A" w14:paraId="40FCE1BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_1e5163d0c" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_1e5163d0c" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_ac1579b1f" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_ac1579b1f" w:id="4"/>
+        <w:t>ection 59‑8‑110 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787B32" w:rsidRDefault="00787B32" w14:paraId="406D4570" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00787B32" w:rsidRDefault="00787B32" w14:paraId="3B0DA67D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T59C8N110_bc3034428" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 59‑8‑110 of the S.C. Code is amended to read:</w:t>
-[...16 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>ection 59‑8‑110.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_b51c3478e" w:id="5"/>
+      <w:r>
+        <w:t>F</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>ection 59‑8‑110.</w:t>
-[...6 lines deleted...]
-        <w:t>F</w:t>
+        <w:t>or purposes of this chapter:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="15B8EA38" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S1_lv1_30cb9e8a6" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>or purposes of this chapter:</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S1_lv1_30cb9e8a6" w:id="7"/>
+        <w:t>1) “Department” means the South Carolina Department of Education.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="71FE33E4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S2_lv1_9f76053a8" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:t>1) “Department” means the South Carolina Department of Education.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S2_lv1_9f76053a8" w:id="8"/>
+        <w:t>2) “Education Scholarship Trust Fund,” “ESTF,” or “fund” means the individual account that is administered by the department to which funds are allocated to the parent of an eligible student to pay for qualifying expenses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="4019B1F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S3_lv1_bcb084353" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>2) “Education Scholarship Trust Fund,” “ESTF,” or “fund” means the individual account that is administered by the department to which funds are allocated to the parent of an eligible student to pay for qualifying expenses.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S3_lv1_bcb084353" w:id="9"/>
+        <w:t>3) “Eligible school” means a South Carolina public school or a nonprofit South Carolina independent school where a student is enrolled full time, that chooses to participate in the program.  “Eligible school” does not include a school in which a member of the General Assembly or an immediate family member of a member of the General Assembly has any direct financial interest.  For purposes of this section, “immediate family member” means as defined in Section 8‑13‑100(18).  “Eligible school” does not include a charter school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="34CCCEDC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S4_lv1_88f5b57af" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>3) “Eligible school” means a South Carolina public school or a nonprofit South Carolina independent school where a student is enrolled full time, that chooses to participate in the program.  “Eligible school” does not include a school in which a member of the General Assembly or an immediate family member of a member of the General Assembly has any direct financial interest.  For purposes of this section, “immediate family member” means as defined in Section 8‑13‑100(18).  “Eligible school” does not include a charter school.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S4_lv1_88f5b57af" w:id="10"/>
+        <w:t>4) “Eligible student” means a student who:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="30289302" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sa_lv2_df3107515" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>4) “Eligible student” means a student who:</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sa_lv2_df3107515" w:id="11"/>
+        <w:t>a) is a resident of this State;  and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="1F9C7956" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sb_lv2_b93f88be0" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>a) is a resident of this State;  and</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sb_lv2_b93f88be0" w:id="12"/>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Si_lv3_76b5b9cc2" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>b)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Si_lv3_76b5b9cc2" w:id="13"/>
+        <w:t>i) has attained at least the age of five on or before September first of the school year in which scholarship funds are awarded;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="50E7A844" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sii_lv3_733753cf1" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">ii) in School Year 2025‑2026, has a household income that does not exceed three hundred </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>percent of the federal poverty guidelines;  and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="622F123E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C8N110Siii_lv3_0f2f89dd8" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T59C8N110Siii_lv3_0f2f89dd8" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>iii) in School Year 2026‑2027, and all subsequent years has a household income that does not exceed five hundred percent of the federal poverty guidelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="42DBB0AF" w14:textId="2750086C">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_ce624dae8" w:id="15"/>
+      <w:r>
+        <w:t>“</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>iii) in School Year 2026‑2027, and all subsequent years has a household income that does not exceed five hundred percent of the federal poverty guidelines.</w:t>
-[...14 lines deleted...]
-        <w:t>“</w:t>
+        <w:t>Eligible student” does not include students participating in the Educational Credit for Exceptional Needs Children's Fund program, as provided in Section 12‑6‑3790 or a student who is not subject to the compulsory attendance requirements of Section 59‑65‑10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="01161374" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S5_lv1_22edbb2dd" w:id="16"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>Eligible student” does not include students participating in the Educational Credit for Exceptional Needs Children's Fund program, as provided in Section 12‑6‑3790 or a student who is not subject to the compulsory attendance requirements of Section 59‑65‑10.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S5_lv1_22edbb2dd" w:id="17"/>
+        <w:t>5) “IDEA” means the Individuals with Disabilities Education Act found in 20 U.S.C. Section 1400, et seq.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="46F4EF81" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S6_lv1_b8f280865" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>5) “IDEA” means the Individuals with Disabilities Education Act found in 20 U.S.C. Section 1400, et seq.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S6_lv1_b8f280865" w:id="18"/>
+        <w:t>6) “Parent” means a resident of this State who is the natural or adoptive parent, legal guardian, custodian, or other person with legal authority to act on behalf of an eligible student.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="3D9501B4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S7_lv1_8c77c18ca" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>6) “Parent” means a resident of this State who is the natural or adoptive parent, legal guardian, custodian, or other person with legal authority to act on behalf of an eligible student.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S7_lv1_8c77c18ca" w:id="19"/>
+        <w:t>7) “Education service provider” means a person or organization approved by the department that receives payments from ESTF to provide educational goods and services to scholarship students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="186F3387" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S8_lv1_63032c428" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>7) “Education service provider” means a person or organization approved by the department that receives payments from ESTF to provide educational goods and services to scholarship students.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S8_lv1_63032c428" w:id="20"/>
+        <w:t>8) “Program” means the ESTF program created by this chapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="7D189369" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S9_lv1_e82384b1c" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
-        <w:t>8) “Program” means the ESTF program created by this chapter.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S9_lv1_e82384b1c" w:id="21"/>
+        <w:t>9) “Resident school” means the public school in which the student is zoned for attendance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="32DC2D63" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S10_lv1_ee26cd301" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
-        <w:t>9) “Resident school” means the public school in which the student is zoned for attendance.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S10_lv1_ee26cd301" w:id="22"/>
+        <w:t>10) “Scholarship” means education funding allocated from an account established pursuant to this chapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="43C60DC0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S11_lv1_b15263804" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>10) “Scholarship” means education funding allocated from an account established pursuant to this chapter.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S11_lv1_b15263804" w:id="23"/>
+        <w:t>11) “Scholarship student” means an eligible student who is participating in the Education Scholarship Trust Fund program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="200A4FF9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S12_lv1_1a8574de2" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
-        <w:t>11) “Scholarship student” means an eligible student who is participating in the Education Scholarship Trust Fund program.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S12_lv1_1a8574de2" w:id="24"/>
+        <w:t>12) “Substantial misuse” means wilfully and knowingly receiving or spending any portion of a scholarship for any purpose other than a qualifying expense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="46AAD966" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S13_lv1_f87088295" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t>12) “Substantial misuse” means wilfully and knowingly receiving or spending any portion of a scholarship for any purpose other than a qualifying expense.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S13_lv1_f87088295" w:id="25"/>
+        <w:t>13) “Trustee” means the individual or entity appointed by the State Superintendent of Education pursuant to Section 59‑8‑120(A)(2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="23630502" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S14_lv1_731139d14" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>13) “Trustee” means the individual or entity appointed by the State Superintendent of Education pursuant to Section 59‑8‑120(A)(2).</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S14_lv1_731139d14" w:id="26"/>
+        <w:t>14) “Qualifying expense” means:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="28C3E73C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sa_lv2_96df92712" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>14) “Qualifying expense” means:</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sa_lv2_96df92712" w:id="27"/>
+        <w:t>a) tuition and fees for attendance at an education service provider or eligible school;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="7E8AA38A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sb_lv2_a0238514d" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>a) tuition and fees for attendance at an education service provider or eligible school;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sb_lv2_a0238514d" w:id="28"/>
+        <w:t>b) textbooks, curriculum, or other instructional materials including, but not limited to, any supplemental materials or associated online instruction required by either a curriculum or an education service provider;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="27B0CE8F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sc_lv2_78ce3abe7" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
-        <w:t>b) textbooks, curriculum, or other instructional materials including, but not limited to, any supplemental materials or associated online instruction required by either a curriculum or an education service provider;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sc_lv2_78ce3abe7" w:id="29"/>
+        <w:t>c) tutoring services approved by the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="44F10D4E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sd_lv2_f814145d9" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>c) tutoring services approved by the department;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sd_lv2_f814145d9" w:id="30"/>
+        <w:t>d) computer hardware or other technological devices that are used primarily for a scholarship student's educational needs and approved by the department or a licensed physician;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="6E983C81" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Se_lv2_95c2563d6" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:t>d) computer hardware or other technological devices that are used primarily for a scholarship student's educational needs and approved by the department or a licensed physician;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Se_lv2_95c2563d6" w:id="31"/>
+        <w:t>e) tuition and fees for an approved online education service provider or course;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="61561287" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sf_lv2_2191fe5fa" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
-        <w:t>e) tuition and fees for an approved online education service provider or course;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sf_lv2_2191fe5fa" w:id="32"/>
+        <w:t>f) fees for approved:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="3E11B403" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S1_lv3_fb2fbc2d2" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>f) fees for approved:</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S1_lv1_fb2fbc2d2" w:id="33"/>
+        <w:t>1) national norm‑referenced examinations, advanced placement examinations, or similar assessments;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="4833B14E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S2_lv3_b545acbd6" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
-        <w:t>1) national norm‑referenced examinations, advanced placement examinations, or similar assessments;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S2_lv1_b545acbd6" w:id="34"/>
+        <w:t>2) industry certification exams;  or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="0225CB7E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110S3_lv3_08d76f555" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
-        <w:t>2) industry certification exams;  or</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110S3_lv1_08d76f555" w:id="35"/>
+        <w:t>3) examinations related to college or university admission;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="7EFC3F31" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sg_lv2_70913be60" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>3) examinations related to college or university admission;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sg_lv2_70913be60" w:id="36"/>
+        <w:t>g) educational services for pupils with disabilities from a licensed or accredited practitioner or provider including, but not limited to, occupational, behavioral, physical, and speech‑language therapies;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="2E113144" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sh_lv2_b28124a2b" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>g) educational services for pupils with disabilities from a licensed or accredited practitioner or provider including, but not limited to, occupational, behavioral, physical, and speech‑language therapies;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sh_lv2_b28124a2b" w:id="37"/>
+        <w:t>h) approved contracted services from a public school district, or a public charter school including individual classes, after school tutoring services, transportation, or fees or costs associated with participation in extracurricular activities;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="649BCED9" w14:textId="40AA6446">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Si_lv2_f7722bcdb" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>i) contracted teaching services and education classes</w:t>
       </w:r>
       <w:r w:rsidR="00357FA5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> designed to supplement a students learning program provided by an eligible school</w:t>
       </w:r>
       <w:r w:rsidR="0061478F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> approved by the department;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="485B502B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C8N110Sj_lv2_a1b56c425" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T59C8N110Sj_lv2_a1b56c425" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>j) fees for transportation paid to a fee‑for‑service transportation provider for the scholarship student to travel to and from an eligible provider as defined in this section, but not to exceed three thousand dollars for each school year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="721F6CB1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sk_lv2_6b99d1f05" w:id="39"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>j) fees for transportation paid to a fee‑for‑service transportation provider for the scholarship student to travel to and from an eligible provider as defined in this section, but not to exceed three thousand dollars for each school year;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N110Sk_lv2_6b99d1f05" w:id="40"/>
+        <w:t>k) fees for interdistrict public school transfers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="3A99B1CB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N110Sl_lv2_e4ac0e119" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>l) cost of school uniforms which are required for attendance;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="35469D60" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C8N110Sm_lv2_491663263" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T59C8N110Sm_lv2_491663263" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:t>m) any consumables and items necessary to complete a curriculum or that are otherwise applicable to a course of study that has been approved by the department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>;  or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB54A2" w:rsidDel="00787B32" w:rsidRDefault="00787B32" w14:paraId="7110438A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C8N110Sn_lv2_43e68d36R" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T59C8N110Sn_lv2_43e68d36R" w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>n) any other educational expense approved by the department to enable personalized learning consistent with the intent of this act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB54A2" w:rsidRDefault="00787B32" w14:paraId="17FBF2E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_0f6d771eb" w:id="44"/>
+      <w:bookmarkStart w:name="up_0f6d771eb" w:id="43"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:t xml:space="preserve"> qualifying expense does not mean a duplicate service already offered as part of a student's enrollment in school.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B3A88" w:rsidP="004B3A88" w:rsidRDefault="004B3A88" w14:paraId="37A265CE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B3A88" w:rsidP="004B3A88" w:rsidRDefault="004B3A88" w14:paraId="6C285A2A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_130c953e9" w:id="44"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t xml:space="preserve"> qualifying expense does not mean a duplicate service already offered as part of a student's enrollment in school.</w:t>
-[...11 lines deleted...]
-      <w:bookmarkStart w:name="bs_num_2_130c953e9" w:id="45"/>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_a8f389548" w:id="45"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t>ECTION 2.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_a8f389548" w:id="46"/>
+        <w:t>ection 59‑8‑115 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B23537" w:rsidRDefault="00B23537" w14:paraId="6317DE4A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B23537" w:rsidRDefault="00B23537" w14:paraId="25B79F6A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T59C8N115_5e3ca4883" w:id="46"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
-        <w:t>ection 59‑8‑115 of the S.C. Code is amended to read:</w:t>
-[...16 lines deleted...]
-        <w:t>S</w:t>
+        <w:t>ection 59‑8‑115.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SA_lv1_16a993aa5" w:id="47"/>
+      <w:r>
+        <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
-        <w:t>ection 59‑8‑115.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115SA_lv1_16a993aa5" w:id="48"/>
+        <w:t>A) The department shall create a standard application process and timeline for parents to establish the eligibility of their student for the Education Scholarship Trust Fund program.  Beginning November first of every year, an early application window will be opened for current participants of this program who continue to meet the criteria of an eligible student, and their siblings.  The department shall continue to accept applications for the ESTF program on a rolling basis until capacity is met and then shall maintain a waitlist to maximize program participation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="106B79E1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SB_lv1_0b25e6df3" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
-        <w:t>A) The department shall create a standard application process and timeline for parents to establish the eligibility of their student for the Education Scholarship Trust Fund program.  Beginning November first of every year, an early application window will be opened for current participants of this program who continue to meet the criteria of an eligible student, and their siblings.  The department shall continue to accept applications for the ESTF program on a rolling basis until capacity is met and then shall maintain a waitlist to maximize program participation.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115SB_lv1_0b25e6df3" w:id="49"/>
+        <w:t>B) Pursuant to the timeline established pursuant to subsection (A), the department shall ensure the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="062F7473" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S1_lv2_116e5aacb" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
-        <w:t>B) Pursuant to the timeline established pursuant to subsection (A), the department shall ensure the following:</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S1_lv2_116e5aacb" w:id="50"/>
+        <w:t>1) applications must be processed in the order in which they are received, within each of the priority and general application windows;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="65930CBB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S2_lv2_9196f959c" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
-        <w:t>1) applications must be processed in the order in which they are received, within each of the priority and general application windows;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S2_lv2_9196f959c" w:id="51"/>
+        <w:t>2) after the conclusion of the application window for current participants and their siblings, a priority application window for new program participants must be open for students who meet the following criteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="555C6189" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sa_lv3_a5fdbf6c8" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
-        <w:t>2) after the conclusion of the application window for current participants and their siblings, a priority application window for new program participants must be open for students who meet the following criteria:</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sa_lv3_a5fdbf6c8" w:id="52"/>
+        <w:t>a) has a parent or guardian who is an active‑duty member of the Armed Forces of the United States and will be living in South Carolina as a result of their duty station;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="5416AB6C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sb_lv3_5c63a9fb6" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
-        <w:t>a) has a parent or guardian who is an active‑duty member of the Armed Forces of the United States and will be living in South Carolina as a result of their duty station;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sb_lv3_5c63a9fb6" w:id="53"/>
+        <w:t>b) has a household income that does not exceed three hundred percent of the federal poverty guidelines;  or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="04BB223C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sc_lv3_c13c8d18f" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
-        <w:t>b) has a household income that does not exceed three hundred percent of the federal poverty guidelines;  or</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sc_lv3_c13c8d18f" w:id="54"/>
+        <w:t>c) attended a public school in the previous academic year;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="1A1CFCAA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S3_lv2_0015ef30f" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
-        <w:t>c) attended a public school in the previous academic year;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S3_lv2_0015ef30f" w:id="55"/>
+        <w:t>3) once the priority application windows have closed, the general application window must open for any student who did not meet the early application window criteria;  and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="6515C751" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S4_lv2_b6d321aff" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
-        <w:t>3) once the priority application windows have closed, the general application window must open for any student who did not meet the early application window criteria;  and</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S4_lv2_b6d321aff" w:id="56"/>
+        <w:t>4) within thirty days of submission of all required documentation, award letters must be enrolled and issued, and the student's online account must be created.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="0F8C6C29" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SC_lv1_d2a4dedf1" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
-        <w:t>4) within thirty days of submission of all required documentation, award letters must be enrolled and issued, and the student's online account must be created.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115SC_lv1_d2a4dedf1" w:id="57"/>
+        <w:t>C) Before awarding a scholarship, the department must obtain evidence of all other student eligibility criteria set forth in Section 59‑8‑110.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="191E0C6E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SD_lv1_290c3e82f" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
-        <w:t>C) Before awarding a scholarship, the department must obtain evidence of all other student eligibility criteria set forth in Section 59‑8‑110.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115SD_lv1_290c3e82f" w:id="58"/>
+        <w:t>D) The department shall approve an initial application for scholarship if:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="30CF9FE5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S1_lv2_655ae0fbb" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
-        <w:t>D) The department shall approve an initial application for scholarship if:</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S1_lv2_655ae0fbb" w:id="59"/>
+        <w:t>1) the parent submits an application for a scholarship in accordance with the application and procedures established by the department;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="2835D60E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S2_lv2_3f90ea5f2" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
-        <w:t>1) the parent submits an application for a scholarship in accordance with the application and procedures established by the department;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S2_lv2_3f90ea5f2" w:id="60"/>
+        <w:t>2) the student on whose behalf the parent is applying is an eligible student;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="3461A3F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S3_lv2_74d9018e9" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
-        <w:t>2) the student on whose behalf the parent is applying is an eligible student;</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S3_lv2_74d9018e9" w:id="61"/>
+        <w:t>3) funds are available for the ESTF;  and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="20DBFC25" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115S4_lv2_b846b314b" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
-        <w:t>3) funds are available for the ESTF;  and</w:t>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115S4_lv2_b846b314b" w:id="62"/>
+        <w:t>4) the parent annually attests to the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="3264E0DF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sa_lv3_76ea073eb" w:id="62"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
-        <w:t>4) the parent annually attests to the following:</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sa_lv3_76ea073eb" w:id="63"/>
+        <w:t>a) to provide, at a minimum, a program of academic instruction for the eligible student in at least the subjects of English/language arts to include writing, mathematics, social studies, and science;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="6313A526" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sb_lv3_fa042510f" w:id="63"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
-        <w:t>a) to provide, at a minimum, a program of academic instruction for the eligible student in at least the subjects of English/language arts to include writing, mathematics, social studies, and science;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sb_lv3_fa042510f" w:id="64"/>
+        <w:t>b) to ensure the scholarship student takes assessments as referenced in Section 59‑8‑150 or provides assessments in a similar manner through other means if the scholarship student does not receive full‑time instruction from an education service provider;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="03B3905B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sc_lv3_8bdc460a6" w:id="64"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
-        <w:t>b) to ensure the scholarship student takes assessments as referenced in Section 59‑8‑150 or provides assessments in a similar manner through other means if the scholarship student does not receive full‑time instruction from an education service provider;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sc_lv3_8bdc460a6" w:id="65"/>
+        <w:t>c) to use the scholarship for qualifying expenses only for an approved provider to educate the scholarship student, subject to penalty;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="1AB5959A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sd_lv3_93985c7c6" w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
-        <w:t>c) to use the scholarship for qualifying expenses only for an approved provider to educate the scholarship student, subject to penalty;</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sd_lv3_93985c7c6" w:id="66"/>
+        <w:t>d) not to enroll their scholarship student in a public school as a full‑time student in the resident school, as defined in this chapter;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="433904AB" w14:textId="273516A7">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Se_lv3_1b5107190" w:id="66"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
-      <w:r>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:t>e) not to participate in a home instruction program under Section 59‑65‑40, 59‑65‑45, or 59‑65‑47</w:t>
       </w:r>
       <w:r w:rsidR="00357FA5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>, or other home‑based personalized learning program not specifically approved by the State Board of Education as provided in Section 59‑65‑10</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="7D74F826" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C8N115Sf_lv3_9b2a6c197" w:id="68"/>
+      <w:bookmarkStart w:name="ss_T59C8N115Sf_lv3_9b2a6c197" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:t>f) that includes parental acknowledgement that the nonpublic school education service providers are not subject to IDEA and are not required to offer the same services as the public school system to which their child is zoned for attendance.  A parent does have the ability to request an evaluation and determination of possible eligibility from their resident school district;  and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="0B60B674" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115Sg_lv3_383f44b42" w:id="68"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
-        <w:t>f) that includes parental acknowledgement that the nonpublic school education service providers are not subject to IDEA and are not required to offer the same services as the public school system to which their child is zoned for attendance.  A parent does have the ability to request an evaluation and determination of possible eligibility from their resident school district;  and</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115Sg_lv3_383f44b42" w:id="69"/>
+        <w:t>g) to confirm that, if the parent's child is a student with disabilities, the parent has received notice from the department that participation in the ESTF program is a parental placement of the scholarship student under IDEA, along with an explanation of the rights that parentally placed students possess under IDEA and any applicable state laws and regulations, including the consultation process provided for in 20 U.S.C.  Section 1412(a)(10) and the Individual Education Program requirements described in Section 1414(d) of IDEA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="1844424E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SE_lv1_9ea7af7cc" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
-        <w:t>g) to confirm that, if the parent's child is a student with disabilities, the parent has received notice from the department that participation in the ESTF program is a parental placement of the scholarship student under IDEA, along with an explanation of the rights that parentally placed students possess under IDEA and any applicable state laws and regulations, including the consultation process provided for in 20 U.S.C.  Section 1412(a)(10) and the Individual Education Program requirements described in Section 1414(d) of IDEA.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115SE_lv1_9ea7af7cc" w:id="70"/>
+        <w:t>E) The department shall make available on its website in a conspicuous location information in conformity with 34 C.F.R.  Sections 300.130 through 300.144, Assistance to States for the Education of Children with Disabilities, explaining to parents the rights of children with disabilities under IDEA both in public schools and as parentally placed students in private schools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="0DB06CBA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SF_lv1_333858130" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
-        <w:t>E) The department shall make available on its website in a conspicuous location information in conformity with 34 C.F.R.  Sections 300.130 through 300.144, Assistance to States for the Education of Children with Disabilities, explaining to parents the rights of children with disabilities under IDEA both in public schools and as parentally placed students in private schools.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115SF_lv1_333858130" w:id="71"/>
+        <w:t>F) Personal deposits into an ESTF account are prohibited.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="4447CC80" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SG_lv1_4dbd3b0b5" w:id="71"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:t>G) Funds received pursuant to this section do not constitute taxable income to the parent of the scholarship student or to the student.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A6EBC" w:rsidDel="00357FA5" w:rsidRDefault="00B23537" w14:paraId="117D156E" w14:textId="50869613">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C8N115SH_lv1_0b3b65981R" w:id="73"/>
+      <w:bookmarkStart w:name="ss_T59C8N115SH_lv1_0b3b65981R" w:id="72"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>H) A parent's signed agreement under subsection (D)(4) satisfies the state's compulsory attendance law pursuant to Section 59‑65‑10.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="06ABE904" w14:textId="144CA2B8">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(I)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T59C8N115SH_lv1_5dc17f17a" w:id="74"/>
+      <w:bookmarkStart w:name="ss_T59C8N115SH_lv1_5dc17f17a" w:id="73"/>
       <w:r w:rsidR="00357FA5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidR="00357FA5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>H)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The State Board of Education may promulgate regulations for the administration of the program as may be applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="0C16FFF2" w14:textId="7E987A26">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(J)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SI_lv1_04c045825" w:id="74"/>
+      <w:r w:rsidR="00357FA5">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidR="00357FA5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>H)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="0C16FFF2" w14:textId="7E987A26">
+        <w:t>I)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The department may contract with qualified organizations to administer the program application process or specific functions, maintenance, and monitoring of the program application process as required above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6EBC" w:rsidRDefault="00B23537" w14:paraId="696590F2" w14:textId="7E2AB7B8">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(J)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T59C8N115SI_lv1_04c045825" w:id="75"/>
+        <w:t>(K)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T59C8N115SJ_lv1_b2baa876c" w:id="75"/>
       <w:r w:rsidR="00357FA5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidR="00357FA5">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>I)</w:t>
-[...29 lines deleted...]
-        </w:rPr>
         <w:t>J)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Students must be considered enrolled in the program until the parent notifies the department of a decision to terminate participation or the department determines that the student is no longer eligible.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="7876904B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="778A7B2A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="77"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="78"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="76"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="77"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="76"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="16A3E615" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="001D1FFF">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A7EA164" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6702746F" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2242,126 +2484,136 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="246D6A2E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="527083A6" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="004166D2" w:rsidP="00D14995">
+      <w:p w14:paraId="527083A6" w14:textId="7CCC85A4" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00A80D0F" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="0026666E">
+              <w:t>[0692]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00111029">
-[...4 lines deleted...]
-            </w:r>
+            <w:del w:id="78" w:author="Jason Bundrick" w:date="2025-12-18T12:53:00Z" w16du:dateUtc="2025-12-18T17:53:00Z">
+              <w:r w:rsidR="0026666E" w:rsidDel="00FA35CB">
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="79" w:author="Jason Bundrick" w:date="2025-12-18T12:53:00Z" w16du:dateUtc="2025-12-18T17:53:00Z">
+              <w:r w:rsidR="00FA35CB">
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:t xml:space="preserve">  </w:t>
+              </w:r>
+            </w:ins>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="279FBBD0" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="61A057D5" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -2620,564 +2872,608 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Jason Bundrick">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::JasonBundrick@scstatehouse.gov::7e18d8ba-c125-46b9-8357-8e24b0a82c5d"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
+    <w:rsid w:val="00010F65"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00054656"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
+    <w:rsid w:val="0009489B"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B3350"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00111029"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00125914"/>
     <w:rsid w:val="00126B94"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00140F07"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="001919A9"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A293A"/>
     <w:rsid w:val="001B138F"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="001D1FFF"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F430F"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
+    <w:rsid w:val="00233435"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
+    <w:rsid w:val="0026666E"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00296747"/>
     <w:rsid w:val="002A623A"/>
     <w:rsid w:val="002A77D5"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3070"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D00E6"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D335B"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002E7DCC"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="003109BE"/>
+    <w:rsid w:val="00325551"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00352E03"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00357FA5"/>
     <w:rsid w:val="00360A4D"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="0036789C"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
+    <w:rsid w:val="003764E2"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B78B9"/>
+    <w:rsid w:val="003C032F"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
+    <w:rsid w:val="003E7F98"/>
     <w:rsid w:val="003E7FF6"/>
+    <w:rsid w:val="003F3328"/>
     <w:rsid w:val="00404471"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
+    <w:rsid w:val="00410D51"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00417A50"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00457413"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00493457"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00496A2C"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B3A88"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C7197"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E1CF0"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F4BC0"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005067A3"/>
     <w:rsid w:val="005102BE"/>
+    <w:rsid w:val="0051703F"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00535DA6"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
+    <w:rsid w:val="0056155B"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A6EBC"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00610F8A"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="0061478F"/>
     <w:rsid w:val="00616468"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="0064533F"/>
     <w:rsid w:val="006454BB"/>
+    <w:rsid w:val="00647668"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00675423"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
+    <w:rsid w:val="006B0392"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F0FD4"/>
     <w:rsid w:val="006F25A9"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00756F2C"/>
+    <w:rsid w:val="00761A1C"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
+    <w:rsid w:val="0078405D"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00787B32"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="0086158F"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887000"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008A5EC5"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="009210F0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="00944FB3"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
+    <w:rsid w:val="00963C13"/>
     <w:rsid w:val="0098035B"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A34F0F"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A54B91"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
+    <w:rsid w:val="00A80D0F"/>
     <w:rsid w:val="00A818C2"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
+    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AA7B3F"/>
     <w:rsid w:val="00AB0FA3"/>
+    <w:rsid w:val="00AB1C7C"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
+    <w:rsid w:val="00AE2CBC"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE3C86"/>
     <w:rsid w:val="00AE43A2"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF0A3E"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5042"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B23537"/>
+    <w:rsid w:val="00B261E3"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA6B10"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE6637"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C06C3F"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C21415"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C465E5"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C5747C"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
+    <w:rsid w:val="00C903BD"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE48FE"/>
     <w:rsid w:val="00CF477C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D03585"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D07AD7"/>
     <w:rsid w:val="00D14388"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62166"/>
     <w:rsid w:val="00D62E42"/>
+    <w:rsid w:val="00D70AC5"/>
     <w:rsid w:val="00D713CE"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DC5277"/>
     <w:rsid w:val="00DD0B43"/>
     <w:rsid w:val="00DE0933"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
+    <w:rsid w:val="00DF4404"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E33673"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E9577B"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB16C6"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EB54A2"/>
     <w:rsid w:val="00EC0045"/>
+    <w:rsid w:val="00EC3C29"/>
+    <w:rsid w:val="00EC6A15"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF496C"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F30647"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
+    <w:rsid w:val="00F4237E"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F979C9"/>
     <w:rsid w:val="00FA0F2E"/>
+    <w:rsid w:val="00FA35CB"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FA53E4"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
+    <w:rsid w:val="00FC3DE4"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE128D"/>
+    <w:rsid w:val="00FE42D2"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -3566,1360 +3862,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005B40B9"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="005B40B9"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00496A2C"/>
+    <w:rsid w:val="005B40B9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4946,51 +5244,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=692&amp;session=126&amp;summary=B" TargetMode="External" Id="R5a99c1deb7814eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/692_20251210.docx" TargetMode="External" Id="R1ddb5c19f13a4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/692_20251210a.docx" TargetMode="External" Id="R93665dd5968b463b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=692&amp;session=126&amp;summary=B" TargetMode="External" Id="R01ccf13d4f274373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/692_20251210.docx" TargetMode="External" Id="R922bafb26176403f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/692_20251210a.docx" TargetMode="External" Id="R20c64b0b96094a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/692_20260114.docx" TargetMode="External" Id="R35e434d01afe4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/692_20260121.docx" TargetMode="External" Id="R95f54f5e70d54d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/692_20260121a.docx" TargetMode="External" Id="R4bce96e1000543c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Rc76c71af96384b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R7e7262228d5d4110" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5075,81 +5373,85 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00126B94"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="0098035B"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
+    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AF5042"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BA6B10"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C21415"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D713CE"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DC5277"/>
     <w:rsid w:val="00E76813"/>
+    <w:rsid w:val="00EC3C29"/>
     <w:rsid w:val="00F30647"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5883,84 +6185,68 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6177,205 +6463,206 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>21c36bc4-484d-4886-82b7-721bdca6e647</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-03T10:37:37.077732-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>0f62e063-3ad9-41ab-b1ce-ab476de7d473</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>9caa39a2-fd75-45ba-8801-501ddd8a697a</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>f1585a41-f203-4681-84cd-a25b09d486b1</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0692]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>692</T_BILL_T_BILLNUMBER>
-  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59‑8‑110, RELATING TO EDUCATION SCHOLARSHIP TRUST FUND DEFINITIONS, SO AS TO FURTHER DEFINE ELIGIBLE EXPENSES TO INCLUDE EDUCATION CLASSES DESIGNED TO SUPPLMENET A STUDENTS LEARNING PROGRAM PROVIDED BY AN ELIGIBLE SCHOOL AND TO FURTHER REMOVE ANY OTHER EDUCATION EXPENSES APPROVED BY THE DEPARTMENT TO ENABLE PERSONALIZED LEARNING; AND BY AMENDING SECTION 59‑8‑115, RELATING TO THE STANDARD APPLICATION PROCESS, SO AS TO REQUIRE A PARENT TO CERTIFY THAT AN ELIGIBLE STUDENT IS NOT PARTICIPATING IN A HOME BASED PERSONALIZED LEARNING PROGRAM NOT SPECIFICALLY APPROVED BY THE STATE BOARD OF EDUCATION AS PROVIDED IN SECTION 59‑65‑10 AND TO DELETE A PROVISION ALLOWING A PARENTS SIGNATURE TO SATISFY THE STATE’S COMPULSORY ATTENDANCE LAW.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59‑8‑110, RELATING TO EDUCATION SCHOLARSHIP TRUST FUND DEFINITIONS, SO AS TO FURTHER DEFINE ELIGIBLE EXPENSES TO INCLUDE EDUCATION CLASSES DESIGNED TO SUPPLEMENT A STUDENT’S LEARNING PROGRAM PROVIDED BY AN ELIGIBLE SCHOOL AND TO FURTHER REMOVE ANY OTHER EDUCATION EXPENSES APPROVED BY THE DEPARTMENT TO ENABLE PERSONALIZED LEARNING; AND BY AMENDING SECTION 59‑8‑115, RELATING TO THE STANDARD APPLICATION PROCESS, SO AS TO REQUIRE A PARENT TO CERTIFY THAT AN ELIGIBLE STUDENT IS NOT PARTICIPATING IN A HOME BASED PERSONALIZED LEARNING PROGRAM NOT SPECIFICALLY APPROVED BY THE STATE BOARD OF EDUCATION AS PROVIDED IN SECTION 59‑65‑10 AND TO DELETE A PROVISION ALLOWING A PARENT’S SIGNATURE TO SATISFY THE STATE’S COMPULSORY ATTENDANCE LAW.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
-  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
-  <T_BILL_T_SECTIONS>[{"SectionUUID":"2b0196f1-3196-496a-86a3-6d72a8fac7c8","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T59C8N110_bc3034428","IsConstitutionSection":false,"Identity":"59-8-110","IsNew":false,"SubSections":[{"Level":1,"Identity":"T59C8N110S1","SubSectionBookmarkName":"ss_T59C8N110S1_lv1_30cb9e8a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S2","SubSectionBookmarkName":"ss_T59C8N110S2_lv1_9f76053a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S3","SubSectionBookmarkName":"ss_T59C8N110S3_lv1_bcb084353","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S4","SubSectionBookmarkName":"ss_T59C8N110S4_lv1_88f5b57af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S5","SubSectionBookmarkName":"ss_T59C8N110S5_lv1_22edbb2dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S6","SubSectionBookmarkName":"ss_T59C8N110S6_lv1_b8f280865","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S7","SubSectionBookmarkName":"ss_T59C8N110S7_lv1_8c77c18ca","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S8","SubSectionBookmarkName":"ss_T59C8N110S8_lv1_63032c428","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S9","SubSectionBookmarkName":"ss_T59C8N110S9_lv1_e82384b1c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S10","SubSectionBookmarkName":"ss_T59C8N110S10_lv1_ee26cd301","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S11","SubSectionBookmarkName":"ss_T59C8N110S11_lv1_b15263804","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S12","SubSectionBookmarkName":"ss_T59C8N110S12_lv1_1a8574de2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S13","SubSectionBookmarkName":"ss_T59C8N110S13_lv1_f87088295","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S14","SubSectionBookmarkName":"ss_T59C8N110S14_lv1_731139d14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sa","SubSectionBookmarkName":"ss_T59C8N110Sa_lv2_df3107515","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sb","SubSectionBookmarkName":"ss_T59C8N110Sb_lv2_b93f88be0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110Si","SubSectionBookmarkName":"ss_T59C8N110Si_lv3_76b5b9cc2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110Sii","SubSectionBookmarkName":"ss_T59C8N110Sii_lv3_733753cf1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110Siii","SubSectionBookmarkName":"ss_T59C8N110Siii_lv3_0f2f89dd8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sa","SubSectionBookmarkName":"ss_T59C8N110Sa_lv2_96df92712","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sb","SubSectionBookmarkName":"ss_T59C8N110Sb_lv2_a0238514d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sc","SubSectionBookmarkName":"ss_T59C8N110Sc_lv2_78ce3abe7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sd","SubSectionBookmarkName":"ss_T59C8N110Sd_lv2_f814145d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Se","SubSectionBookmarkName":"ss_T59C8N110Se_lv2_95c2563d6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sf","SubSectionBookmarkName":"ss_T59C8N110Sf_lv2_2191fe5fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S1","SubSectionBookmarkName":"ss_T59C8N110S1_lv1_fb2fbc2d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S2","SubSectionBookmarkName":"ss_T59C8N110S2_lv1_b545acbd6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S3","SubSectionBookmarkName":"ss_T59C8N110S3_lv1_08d76f555","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sg","SubSectionBookmarkName":"ss_T59C8N110Sg_lv2_70913be60","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sh","SubSectionBookmarkName":"ss_T59C8N110Sh_lv2_b28124a2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Si","SubSectionBookmarkName":"ss_T59C8N110Si_lv2_f7722bcdb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sj","SubSectionBookmarkName":"ss_T59C8N110Sj_lv2_a1b56c425","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sk","SubSectionBookmarkName":"ss_T59C8N110Sk_lv2_6b99d1f05","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sl","SubSectionBookmarkName":"ss_T59C8N110Sl_lv2_e4ac0e119","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sm","SubSectionBookmarkName":"ss_T59C8N110Sm_lv2_491663263","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sn","SubSectionBookmarkName":"ss_T59C8N110Sn_lv2_43e68d36R","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Education Scholarship Trust Fund Definitions","TitleSoAsTo":"further define eligible expenses to include education classes designed to supplmenet a students learning program provided by an eligible school and to further remove any other education expenses approved by the department to enable personalized learning","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_1e5163d0c"},{"SectionUUID":"372dbdfb-7fc9-4a01-a3b4-fab7d60e6c2a","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T59C8N115_5e3ca4883","IsConstitutionSection":false,"Identity":"59-8-115","IsNew":false,"SubSections":[{"Level":1,"Identity":"T59C8N115SA","SubSectionBookmarkName":"ss_T59C8N115SA_lv1_16a993aa5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SB","SubSectionBookmarkName":"ss_T59C8N115SB_lv1_0b25e6df3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SC","SubSectionBookmarkName":"ss_T59C8N115SC_lv1_d2a4dedf1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SD","SubSectionBookmarkName":"ss_T59C8N115SD_lv1_290c3e82f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SE","SubSectionBookmarkName":"ss_T59C8N115SE_lv1_9ea7af7cc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SF","SubSectionBookmarkName":"ss_T59C8N115SF_lv1_333858130","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SG","SubSectionBookmarkName":"ss_T59C8N115SG_lv1_4dbd3b0b5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SH","SubSectionBookmarkName":"ss_T59C8N115SH_lv1_0b3b65981R","IsNewSubSection":false,"SubSectionReplacement":"ss_T59C8N115SH_lv1_0b3b65981"},{"Level":1,"Identity":"T59C8N115SH","SubSectionBookmarkName":"ss_T59C8N115SH_lv1_5dc17f17a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SI","SubSectionBookmarkName":"ss_T59C8N115SI_lv1_04c045825","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SJ","SubSectionBookmarkName":"ss_T59C8N115SJ_lv1_b2baa876c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S1","SubSectionBookmarkName":"ss_T59C8N115S1_lv2_116e5aacb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S2","SubSectionBookmarkName":"ss_T59C8N115S2_lv2_9196f959c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sa","SubSectionBookmarkName":"ss_T59C8N115Sa_lv3_a5fdbf6c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sb","SubSectionBookmarkName":"ss_T59C8N115Sb_lv3_5c63a9fb6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sc","SubSectionBookmarkName":"ss_T59C8N115Sc_lv3_c13c8d18f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S3","SubSectionBookmarkName":"ss_T59C8N115S3_lv2_0015ef30f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S4","SubSectionBookmarkName":"ss_T59C8N115S4_lv2_b6d321aff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S1","SubSectionBookmarkName":"ss_T59C8N115S1_lv2_655ae0fbb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S2","SubSectionBookmarkName":"ss_T59C8N115S2_lv2_3f90ea5f2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S3","SubSectionBookmarkName":"ss_T59C8N115S3_lv2_74d9018e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S4","SubSectionBookmarkName":"ss_T59C8N115S4_lv2_b846b314b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sa","SubSectionBookmarkName":"ss_T59C8N115Sa_lv3_76ea073eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sb","SubSectionBookmarkName":"ss_T59C8N115Sb_lv3_fa042510f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sc","SubSectionBookmarkName":"ss_T59C8N115Sc_lv3_8bdc460a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sd","SubSectionBookmarkName":"ss_T59C8N115Sd_lv3_93985c7c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Se","SubSectionBookmarkName":"ss_T59C8N115Se_lv3_1b5107190","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sf","SubSectionBookmarkName":"ss_T59C8N115Sf_lv3_9b2a6c197","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sg","SubSectionBookmarkName":"ss_T59C8N115Sg_lv3_383f44b42","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the Standard application process","TitleSoAsTo":"require a parent to certify that an eligible student is not participating in a home based personalized learning program not specifically approved by the State Board of Education as provided in Section 59-65-10 and to delete a provision allowing a parents signature to satisfy the state's compulsory attendance law","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_130c953e9"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"2b0196f1-3196-496a-86a3-6d72a8fac7c8","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T59C8N110_bc3034428","IsConstitutionSection":false,"Identity":"59-8-110","IsNew":false,"SubSections":[{"Level":1,"Identity":"T59C8N110S1","SubSectionBookmarkName":"ss_T59C8N110S1_lv1_30cb9e8a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S2","SubSectionBookmarkName":"ss_T59C8N110S2_lv1_9f76053a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S3","SubSectionBookmarkName":"ss_T59C8N110S3_lv1_bcb084353","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S4","SubSectionBookmarkName":"ss_T59C8N110S4_lv1_88f5b57af","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S5","SubSectionBookmarkName":"ss_T59C8N110S5_lv1_22edbb2dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S6","SubSectionBookmarkName":"ss_T59C8N110S6_lv1_b8f280865","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S7","SubSectionBookmarkName":"ss_T59C8N110S7_lv1_8c77c18ca","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S8","SubSectionBookmarkName":"ss_T59C8N110S8_lv1_63032c428","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S9","SubSectionBookmarkName":"ss_T59C8N110S9_lv1_e82384b1c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S10","SubSectionBookmarkName":"ss_T59C8N110S10_lv1_ee26cd301","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S11","SubSectionBookmarkName":"ss_T59C8N110S11_lv1_b15263804","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S12","SubSectionBookmarkName":"ss_T59C8N110S12_lv1_1a8574de2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S13","SubSectionBookmarkName":"ss_T59C8N110S13_lv1_f87088295","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N110S14","SubSectionBookmarkName":"ss_T59C8N110S14_lv1_731139d14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sa","SubSectionBookmarkName":"ss_T59C8N110Sa_lv2_df3107515","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sb","SubSectionBookmarkName":"ss_T59C8N110Sb_lv2_b93f88be0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110Si","SubSectionBookmarkName":"ss_T59C8N110Si_lv3_76b5b9cc2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110Sii","SubSectionBookmarkName":"ss_T59C8N110Sii_lv3_733753cf1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110Siii","SubSectionBookmarkName":"ss_T59C8N110Siii_lv3_0f2f89dd8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sa","SubSectionBookmarkName":"ss_T59C8N110Sa_lv2_96df92712","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sb","SubSectionBookmarkName":"ss_T59C8N110Sb_lv2_a0238514d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sc","SubSectionBookmarkName":"ss_T59C8N110Sc_lv2_78ce3abe7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sd","SubSectionBookmarkName":"ss_T59C8N110Sd_lv2_f814145d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Se","SubSectionBookmarkName":"ss_T59C8N110Se_lv2_95c2563d6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sf","SubSectionBookmarkName":"ss_T59C8N110Sf_lv2_2191fe5fa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sg","SubSectionBookmarkName":"ss_T59C8N110Sg_lv2_70913be60","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sh","SubSectionBookmarkName":"ss_T59C8N110Sh_lv2_b28124a2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Si","SubSectionBookmarkName":"ss_T59C8N110Si_lv2_f7722bcdb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sj","SubSectionBookmarkName":"ss_T59C8N110Sj_lv2_a1b56c425","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sk","SubSectionBookmarkName":"ss_T59C8N110Sk_lv2_6b99d1f05","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sl","SubSectionBookmarkName":"ss_T59C8N110Sl_lv2_e4ac0e119","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sm","SubSectionBookmarkName":"ss_T59C8N110Sm_lv2_491663263","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N110Sn","SubSectionBookmarkName":"ss_T59C8N110Sn_lv2_43e68d36R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110S1","SubSectionBookmarkName":"ss_T59C8N110S1_lv3_fb2fbc2d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110S2","SubSectionBookmarkName":"ss_T59C8N110S2_lv3_b545acbd6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N110S3","SubSectionBookmarkName":"ss_T59C8N110S3_lv3_08d76f555","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Education Scholarship Trust Fund Definitions","TitleSoAsTo":"further define eligible expenses to include education classes designed to supplmenet a students learning program provided by an eligible school and to further remove any other education expenses approved by the department to enable personalized learning","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_1e5163d0c"},{"SectionUUID":"372dbdfb-7fc9-4a01-a3b4-fab7d60e6c2a","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T59C8N115_5e3ca4883","IsConstitutionSection":false,"Identity":"59-8-115","IsNew":false,"SubSections":[{"Level":1,"Identity":"T59C8N115SA","SubSectionBookmarkName":"ss_T59C8N115SA_lv1_16a993aa5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SB","SubSectionBookmarkName":"ss_T59C8N115SB_lv1_0b25e6df3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SC","SubSectionBookmarkName":"ss_T59C8N115SC_lv1_d2a4dedf1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SD","SubSectionBookmarkName":"ss_T59C8N115SD_lv1_290c3e82f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SE","SubSectionBookmarkName":"ss_T59C8N115SE_lv1_9ea7af7cc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SF","SubSectionBookmarkName":"ss_T59C8N115SF_lv1_333858130","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SG","SubSectionBookmarkName":"ss_T59C8N115SG_lv1_4dbd3b0b5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SH","SubSectionBookmarkName":"ss_T59C8N115SH_lv1_0b3b65981R","IsNewSubSection":false,"SubSectionReplacement":"ss_T59C8N115SH_lv1_0b3b65981"},{"Level":1,"Identity":"T59C8N115SH","SubSectionBookmarkName":"ss_T59C8N115SH_lv1_5dc17f17a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SI","SubSectionBookmarkName":"ss_T59C8N115SI_lv1_04c045825","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T59C8N115SJ","SubSectionBookmarkName":"ss_T59C8N115SJ_lv1_b2baa876c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S1","SubSectionBookmarkName":"ss_T59C8N115S1_lv2_116e5aacb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S2","SubSectionBookmarkName":"ss_T59C8N115S2_lv2_9196f959c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sa","SubSectionBookmarkName":"ss_T59C8N115Sa_lv3_a5fdbf6c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sb","SubSectionBookmarkName":"ss_T59C8N115Sb_lv3_5c63a9fb6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sc","SubSectionBookmarkName":"ss_T59C8N115Sc_lv3_c13c8d18f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S3","SubSectionBookmarkName":"ss_T59C8N115S3_lv2_0015ef30f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S4","SubSectionBookmarkName":"ss_T59C8N115S4_lv2_b6d321aff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S1","SubSectionBookmarkName":"ss_T59C8N115S1_lv2_655ae0fbb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S2","SubSectionBookmarkName":"ss_T59C8N115S2_lv2_3f90ea5f2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S3","SubSectionBookmarkName":"ss_T59C8N115S3_lv2_74d9018e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T59C8N115S4","SubSectionBookmarkName":"ss_T59C8N115S4_lv2_b846b314b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sa","SubSectionBookmarkName":"ss_T59C8N115Sa_lv3_76ea073eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sb","SubSectionBookmarkName":"ss_T59C8N115Sb_lv3_fa042510f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sc","SubSectionBookmarkName":"ss_T59C8N115Sc_lv3_8bdc460a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sd","SubSectionBookmarkName":"ss_T59C8N115Sd_lv3_93985c7c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Se","SubSectionBookmarkName":"ss_T59C8N115Se_lv3_1b5107190","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sf","SubSectionBookmarkName":"ss_T59C8N115Sf_lv3_9b2a6c197","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T59C8N115Sg","SubSectionBookmarkName":"ss_T59C8N115Sg_lv3_383f44b42","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the Standard application process","TitleSoAsTo":"require a parent to certify that an eligible student is not participating in a home based personalized learning program not specifically approved by the State Board of Education as provided in Section 59-65-10 and to delete a provision allowing a parents signature to satisfy the state's compulsory attendance law","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_130c953e9"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Education Scholarship Trust Fund</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>donnabarton@scsenate.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>victoriachandler@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA036F66-EEF2-46CC-92C1-54906D21547F}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>9902</Characters>
+  <Pages>5</Pages>
+  <Words>1782</Words>
+  <Characters>9909</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>176</Lines>
-  <Paragraphs>90</Paragraphs>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11599</CharactersWithSpaces>
+  <CharactersWithSpaces>11604</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>