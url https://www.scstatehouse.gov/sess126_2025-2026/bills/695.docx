--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -124,108 +125,115 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senator Young</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Young, Graham, Devine, Walker and Sutton</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SR-0015QG26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Last Amended on February 5, 2026
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Family and Veterans' Services</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Unauthorized Fees for Claim Assistance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +353,405 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Family and Veterans' Services</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0e1bb624ddd546bf">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Family and Veterans' Services</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R8a8578f8725e4174">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable with amendment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Family and Veterans' Services</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R42654ced89274627">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee Amendment Adopted</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R4a2de0dc9e0747d5">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amended</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R46886a77ede6435a">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read second time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rbd9c5eabff2e4db4">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Roll call</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Ayes-46  Nays-0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rd9e4778f552b43a0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R7d363abf9b1c4d07">
+      <w:hyperlink r:id="R960f382a909043f6">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,126 +769,451 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R9c1d373ecace42c8">
+      <w:hyperlink r:id="R98d565bb2a214788">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rfcec8cc8c88f4565">
+      <w:hyperlink r:id="Rd7465ae7baf24db9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025-A</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R9ae8c8bef7644400">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/29/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rc0b61757bd024a21">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>02/05/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="670F6885" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="scemptylineheader"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="3509AD7D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstricken"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates Matter Stricken</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="4F515778" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetunderline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Indicates New Matter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="7E95863C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="status"/>
+        <w:tag w:val="status"/>
+        <w:id w:val="854397200"/>
+        <w:placeholder>
+          <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="494B9E5D" w14:textId="08AE46F0">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetstatus"/>
+          </w:pPr>
+          <w:r>
+            <w:t>Committee Amendment Adopted and Amended</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="75072548" w14:textId="26A735B1">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>February 5, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="2E2E30A5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="3D0CFC96" w14:textId="2807F152">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>S. 695</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="3642EDBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="40A77767" w14:textId="0A1E396C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Senators</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Young, Graham, Devine and Walker</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="739C7B0A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="009058F2" w14:paraId="5529198E" w14:textId="3775580E">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F37BCD">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00F37BCD">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F37BCD">
+            <w:t>2/5/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00F37BCD">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00F37BCD">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="00F37BCD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="24C63E38" w14:textId="5321F8B5">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="B61E73C9998344A98A80559C47A55FC1"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="644DB7D1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="009C67AA" w14:paraId="376908D1" w14:textId="2600B007">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="32F5564B" w14:textId="25C231E4">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00F37BCD" w:rsidSect="00F37BCD">
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="00F37BCD" w:rsidP="00F37BCD" w:rsidRDefault="00F37BCD" w14:paraId="08FC57C9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
       </w:pPr>
       <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="55299480" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="3732D8B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="34B041F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="68DE7824" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="39B3E2C2" w14:textId="77777777">
@@ -584,700 +1254,1005 @@
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00163565" w14:paraId="4885CBC8" w14:textId="54870BBD">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “SOUTH CAROLINA SAFEGUARDING AMERICAN VETERANS</w:t>
           </w:r>
           <w:r w:rsidR="00B43382">
             <w:t>’</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> BENEFITS ACT”; AND BY ADDING ARTICLE 8 TO CHAPTER 11, TITLE 25, SO AS TO PROVIDE DEFINITIONS, SET GUIDELINES AND LIMITS FOR COMPENSATION, MEMORIALIZE TERMS, AND STATE PENALTIES FOR NONCOMPLIANCE.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:name="at_7fe773bce" w:displacedByCustomXml="prev" w:id="1"/>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="4FE78D99" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="01300D8A" w14:textId="77777777">
+    <w:p w:rsidR="009C67AA" w:rsidP="009C67AA" w:rsidRDefault="009C67AA" w14:paraId="198F8746" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Amend Title </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>To</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Conform</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="009C67AA" w:rsidRDefault="006C18F0" w14:paraId="4FE78D99" w14:textId="0DB5FBF4">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0094541D" w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="2B3A9636" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:bookmarkStart w:name="ew_612cc9a14" w:id="2"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0063767E" w:rsidP="0063767E" w:rsidRDefault="0063767E" w14:paraId="7B60C559" w14:textId="77777777">
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="01A15CE1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063767E" w:rsidP="001C2F3D" w:rsidRDefault="0063767E" w14:paraId="2766AA01" w14:textId="4D59246A">
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="2674CD40" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_1_b794931bc" w:id="3"/>
       <w:bookmarkStart w:name="citing_act_e6e5ae83e" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="001C2F3D">
+      <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>This act may be cited as the “</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="0085576D" w:rsidRDefault="0085576D" w14:paraId="06A07CB3" w14:textId="4A7FE450">
+        <w:t>This act may be cited as the “South Carolina Safeguarding American Veterans’ Benefits Act”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="69F2DBDA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="55DC9097" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="24E92A1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_2_19cdc8be5" w:id="5"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_0d5d81d18" w:id="6"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>hapter 11, Title 25 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085576D" w:rsidRDefault="0085576D" w14:paraId="09A3E3D6" w14:textId="77777777">
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="2000F8D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0085576D" w:rsidRDefault="0085576D" w14:paraId="6F6844FB" w14:textId="77777777">
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="60564DCE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Article 8</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C538BC" w:rsidP="00711C22" w:rsidRDefault="00C538BC" w14:paraId="4DA1366B" w14:textId="77777777">
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="69F3B68B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C538BC" w:rsidRDefault="0085576D" w14:paraId="673BE46F" w14:textId="2FF75C01">
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="45AEE31D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T25C11N810_3faebd3ca" w:id="7"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>ection 25‑11‑810.</w:t>
       </w:r>
-      <w:r w:rsidR="006919A4">
+      <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_229ba29f7" w:id="8"/>
-      <w:r w:rsidR="00C538BC">
+      <w:r>
         <w:t>F</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidR="00C538BC">
-[...6 lines deleted...]
-    <w:p w:rsidR="0017115F" w:rsidP="0017115F" w:rsidRDefault="0017115F" w14:paraId="7592F26B" w14:textId="5E26FE46">
+      <w:r>
+        <w:t>or the purposes of this article:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="614BA999" w14:textId="6F55BE99">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N810S1_lv1_6ac7b40ed" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T25C11N810S1_lv1_9ebd3e431" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>1)</w:t>
+        <w:t>1) “Claim” means any application for any benefits administered by the United States Department of Veterans Affairs, the United States Department of Defense, or the United States Department of Homeland Security, and includes any associated appeals regarding such benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="2EB63929" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N810S2_lv1_f25aa11cb" w:id="10"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>2) “Compensation” means payment of money, a thing of value, or a financial benefit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="1FBBA6EC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N810S3_lv1_94d02cb03" w:id="11"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>3) “Person” means an individual, corporation, business trust, estate, trust, partnership, limited liability company, association, joint venture, public corporation, government, governmental subdivision, agency, instrumentality, or any other legal or commercial entity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00556BC0" w:rsidRDefault="00B34A85" w14:paraId="7CAC3D53" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N810S4_lv1_c8fd7e178" w:id="12"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>4)</w:t>
       </w:r>
       <w:r w:rsidR="00326D1F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>“Claim” means any application for any benefits administered by the United States Department of Veterans’ Affairs, the United States Department of Defense, or the United States Department of Homeland Security, and includes any associated appeals regarding such benefits.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0017115F" w:rsidP="0017115F" w:rsidRDefault="0017115F" w14:paraId="216AEF41" w14:textId="6048B35E">
+        <w:t>“Veterans’ benefits matter” means the preparation, presentation, or prosecution of a claim affecting an individual who has filed or expressed an intent to file a claim for benefits, to include any program, service, commodity, function, or status, administered by the United States Department of Veterans Affairs, the United States Department of Defense, or the United States Department of Homeland Security pertaining to veterans, their dependents, their survivors, and any other individual eligible for such benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00556BC0" w:rsidRDefault="00B34A85" w14:paraId="76B9A3D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N810S2_lv1_81cb22e25" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T25C11N810S5_lv1_e4559ecbb" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="0017115F" w:rsidP="0017115F" w:rsidRDefault="0017115F" w14:paraId="1E69582C" w14:textId="3C2C6D15">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t xml:space="preserve">5) “Claimant” means the veteran or the surviving spouse, dependent children, dependent parents, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>fiduciary, or legal representative of the veteran who is applying for, or submitting a claim for, any benefit under this Article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00556BC0" w:rsidRDefault="00556BC0" w14:paraId="4ACF77B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="593D0BBF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N810S3_lv1_4aa78526d" w:id="11"/>
+      <w:bookmarkStart w:name="ns_T25C11N820_6edbdf08d" w:id="14"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>ection 25‑11‑820.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820SA_lv1_94b4a0735" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="0085576D" w:rsidP="0017115F" w:rsidRDefault="0017115F" w14:paraId="5D70D87A" w14:textId="396F794C">
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>A) No person shall receive compensation for preparing, advising, presenting, or prosecuting a claim for any individual regarding any veterans’ benefits matter, except as permitted under federal law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="15F892E7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N810S4_lv1_94760d30d" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T25C11N820SB_lv1_0e1b993bf" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="0017115F" w:rsidP="0017115F" w:rsidRDefault="0017115F" w14:paraId="15938209" w14:textId="77777777">
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>B) No person shall receive compensation for referring any individual to another person for preparing, advising, presenting, or prosecuting a claim for the individual with any veterans’ benefits matter. This subsection does not apply to licensed attorneys representing an individual regarding veterans’ benefits under a joint contract of representation that complies with the South Carolina Rules of Professional Conduct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="7C286CB3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00433626" w:rsidP="00433626" w:rsidRDefault="0085576D" w14:paraId="53947C5B" w14:textId="169F949D">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820SC_lv1_4fd67e659" w:id="17"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>C) No person shall guarantee, either directly or by implication, that any individual is certain to receive specific veterans’ benefits, or that any individual is certain to receive a specific level, percentage, or amount of veterans’ benefits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="35DF057D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T25C11N820_6edbdf08d" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T25C11N820SD_lv1_0ccb45484" w:id="18"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>D) No person shall receive excessive or unreasonable fees as compensation for preparing, advising, presenting, or prosecuting a claim for any veterans’ benefits matter. The factors that shall govern determinations of whether a fee is excessive or unreasonable include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="47E26CFE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S1_lv2_429fa459b" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t xml:space="preserve">1) the extent and type of services the representative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>performed;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="547C2B48" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S2_lv2_569908e7e" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t xml:space="preserve">2) the complexity of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>case;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="3A954F49" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S3_lv2_02a28bd52" w:id="21"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t xml:space="preserve">3) the level of skill and competence required of the representative in giving the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="0D0F6D1A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S4_lv2_0c665b498" w:id="22"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t xml:space="preserve">4) the amount of time that the representative spent on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>case;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="23D94029" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S5_lv2_caeffee29" w:id="23"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t xml:space="preserve">5) the results that the representative achieved, including the amount of any benefits </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>recovered;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="607F23D5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S6_lv2_0d70c20e3" w:id="24"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t xml:space="preserve">6) the level of review to which the claim was taken and the level of the review </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> which the representative was </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>retained;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="088E9267" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S7_lv2_acf2d979b" w:id="25"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t xml:space="preserve">7) rates charged by other representatives for similar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="60931BBC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S8_lv2_7f90d2212" w:id="26"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t>8) whether, and to what extent, the payment of fees is contingent upon the results achieved; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="069BDC7C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S9_lv2_47259445c" w:id="27"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>9) if the representative was terminated, then the reasons for the termination and when the termination occurred in the claims process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="246624B7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820SE_lv1_924c1a8f3" w:id="28"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t>E) This article does not apply to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="7D9B45A3" w14:textId="7BE174C7">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S1_lv2_2aa7056e2" w:id="29"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>1) Any licensed attorney representing an individual regarding the payment and resolution of any liens for medical care provided to the individual by the United States Department of Veterans Affairs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="48CB7128" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S2_lv2_be2d33db6" w:id="30"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>2) An accredited representative of a recognized organization or an accredited agent or attorney under Section 14.629 of Title 38 of the Code of Federal Regulations, and any successor regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="3FC0D795" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N820S3_lv2_2fb14a670" w:id="31"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t xml:space="preserve">3) An employee of a South Carolina Veterans’ Home who, when assisting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the veteran with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> veterans’ benefits, is acting within that employee’s capacity as an employee of a South Carolina Veterans’ Home.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="641B56FA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="07E4AB96" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T25C11N830_9f8c2b4f4" w:id="32"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006919A4">
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t>ection 25‑11‑830.</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N820SA_lv1_1518d182f" w:id="14"/>
-      <w:r w:rsidR="00433626">
+      <w:bookmarkStart w:name="up_0f4f7489" w:id="33"/>
+      <w:r w:rsidRPr="00433626">
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00433626">
+        <w:t xml:space="preserve"> person seeking to receive compensation for preparing, advising, presenting, or prosecuting a claim for any individual with a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00433626">
+        <w:t>veterans’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00433626">
+        <w:t xml:space="preserve"> benefits matter shall, before rendering any services, memorialize all terms regarding the individual’s payment of fees for services rendered in a written agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> that includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="6A974925" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N830S1_lv1_c8db57dbc" w:id="34"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00433626" w:rsidP="00433626" w:rsidRDefault="00433626" w14:paraId="02738F0C" w14:textId="6BF136F2">
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t xml:space="preserve">1) signatures of the claimant and the agent or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>attorney;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="48DDFE5C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N820SB_lv1_87574105d" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T25C11N830S2_lv1_56ba91f3d" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00433626" w:rsidP="00433626" w:rsidRDefault="00433626" w14:paraId="264366A0" w14:textId="1F5337CD">
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t xml:space="preserve">2) specific details determining the amount of the fee and any costs that should be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>paid;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="0773FB2C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N820SC_lv1_81f0c1fba" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T25C11N830S3_lv1_7e78df478" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00490CD8" w:rsidP="00433626" w:rsidRDefault="00433626" w14:paraId="20C5B5CA" w14:textId="5D5EB1C5">
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t>3) identification of the veteran’s name and date of birth, the claimant’s name, and the VA file number; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="0777821B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N820SD_lv1_27f902a30" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T25C11N830S4_lv1_81c4ceef4" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="001E1674" w:rsidP="00433626" w:rsidRDefault="00766727" w14:paraId="3BB92909" w14:textId="7B30339F">
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t>4) if a third party pays the fee, then the third party’s name and relationship to the claimant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="0EC7055A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="04250260" w14:textId="69194837">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N820SE_lv1_50e83b29d" w:id="18"/>
+      <w:bookmarkStart w:name="ns_T25C11N840_e8a72621d" w:id="38"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>ection 25‑11‑840.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N840SA_lv1_d07281160" w:id="39"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00766727" w:rsidP="00433626" w:rsidRDefault="001E1674" w14:paraId="22117F90" w14:textId="676831BE">
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>A) Any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> person violating the provisions of this article shall be deemed guilty of a misdemeanor</w:t>
+      </w:r>
+      <w:r w:rsidR="009511DD">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and upon conviction</w:t>
+      </w:r>
+      <w:r w:rsidR="009511DD">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> shall be fined not more than one thousand dollars, be imprisoned for not more than thirty days, or both. Each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>veterans’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> benefits matter handled in violation of the terms of this article shall be declared a separate offense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="1AD8C497" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ss_T25C11N840SB_lv1_112ac3783" w:id="40"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:t xml:space="preserve">B) Any individual who suffers any ascertainable loss of money or property, real or personal, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a person violating the provisions of this article may bring an action to recover under the South Carolina Unfair Trade Practices Act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="08FA92AD" w14:textId="688D426E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T25C11N820S1_lv2_646db0455" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T25C11N840SC_lv1_d34a3743a" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...184 lines deleted...]
-    <w:p w:rsidR="0085576D" w:rsidRDefault="0085576D" w14:paraId="0C4C21C1" w14:textId="77777777">
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t xml:space="preserve">C) Whenever the Attorney General has reasonable cause to believe that any person is violating the provisions of this article, and that proceedings would be in the public interest, he may bring an action in the name of the State against such person to restrain such activity by temporary restraining order, temporary injunction, or permanent injunction. The action may be brought in the court of common pleas in the county in which such person resides, has his principal place of business, or conducts or transacts business. Each day that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a violation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> continues is a separate violation. The courts are authorized to issue orders and injunctions to restrain and prevent violations of this article, and such orders and injunctions shall be issued without bond. Whenever any order or permanent injunction is issued by such court in connection with any action that has become final, reasonable costs and attorney</w:t>
+      </w:r>
+      <w:r w:rsidR="009511DD">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">s fees shall be awarded to the State. The court may also award civil penalties, which shall be deposited into the </w:t>
+      </w:r>
+      <w:r w:rsidR="009511DD">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tate’s Veterans</w:t>
+      </w:r>
+      <w:r w:rsidR="009511DD">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Trust Fund.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="0FD9A4B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="5FB79086" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="2B906D86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="27"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="28"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="42"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="43"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
+      <w:r w:rsidRPr="00DF3B44">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="2030535A" w14:textId="77777777">
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="00E7088B" w:rsidP="00E7088B" w:rsidRDefault="00E7088B" w14:paraId="5EC6893E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="0010329A">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="005516F6" w14:paraId="2030535A" w14:textId="784B618B">
+      <w:pPr>
+        <w:pStyle w:val="scbillendxx"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="008E51C6">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="72E93BEA" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AC72A5" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1309,186 +2284,260 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6FB19495" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
-[...2 lines deleted...]
-    </w:pPr>
+  <w:p w14:paraId="45715C54" w14:textId="4BF73833" w:rsidR="00F37BCD" w:rsidRPr="00BC78CD" w:rsidRDefault="00F37BCD" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>695</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1484770262"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6FB19495" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6EE73D50" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00DD2203" w:rsidP="00D14995">
+      <w:p w14:paraId="6EE73D50" w14:textId="1A698F32" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="009058F2" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="001965F5">
+              <w:t>[0695]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
-            <w:placeholder>
-[...1 lines deleted...]
-            </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="002C11D3">
+            <w:r w:rsidR="00C53A82">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SR-0015QG26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A4D6443" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="007474A5" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EAB9CBC" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="264339E1" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -1523,557 +2572,610 @@
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46F34F67" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="741215E6" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="94E6D92E"/>
+    <w:tmpl w:val="A1E67E12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CA080A8"/>
+    <w:tmpl w:val="BBC88C2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="48EC091E"/>
+    <w:tmpl w:val="23FE3AA2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="EC7043A0"/>
+    <w:tmpl w:val="82D0F1AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8966991C"/>
+    <w:tmpl w:val="1E8AFD20"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8D324A10"/>
+    <w:tmpl w:val="B74C8E0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1E645258"/>
+    <w:tmpl w:val="5930EB0C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F645F22"/>
+    <w:tmpl w:val="24AE9D4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FAA8842C"/>
+    <w:tmpl w:val="AD94AA76"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="84F0597C"/>
+    <w:tmpl w:val="B590CCB8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1314262902">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="516625294">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1459255414">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="1902981952">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1530988412">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="698552230">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="666131">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1437213169">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="160"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
+    <w:rsid w:val="00001778"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00007570"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00015AF1"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00027202"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000570BE"/>
     <w:rsid w:val="00057576"/>
     <w:rsid w:val="00063031"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00064AA0"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
+    <w:rsid w:val="00073D17"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077372"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00080101"/>
     <w:rsid w:val="000811AD"/>
     <w:rsid w:val="000A2518"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3D79"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D0758"/>
     <w:rsid w:val="000D0A1B"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D3231"/>
     <w:rsid w:val="000D33E4"/>
+    <w:rsid w:val="000D41EE"/>
     <w:rsid w:val="000E2F9C"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F0501"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F7138"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="0010381C"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00110AFF"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="00116ECE"/>
     <w:rsid w:val="0011719C"/>
+    <w:rsid w:val="0013676C"/>
+    <w:rsid w:val="00136F9F"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00160834"/>
     <w:rsid w:val="00163565"/>
     <w:rsid w:val="0017115F"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="001833F2"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="0019341D"/>
+    <w:rsid w:val="001965F5"/>
     <w:rsid w:val="0019684D"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
+    <w:rsid w:val="001A2C54"/>
     <w:rsid w:val="001B398F"/>
     <w:rsid w:val="001B6DA2"/>
+    <w:rsid w:val="001C119E"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C2F3D"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="001C7F7B"/>
     <w:rsid w:val="001E1674"/>
     <w:rsid w:val="001E53A0"/>
     <w:rsid w:val="001E6E76"/>
     <w:rsid w:val="001F22D9"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F4482"/>
     <w:rsid w:val="001F6782"/>
     <w:rsid w:val="00202E3E"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
+    <w:rsid w:val="00211FD5"/>
+    <w:rsid w:val="00213093"/>
     <w:rsid w:val="002162DF"/>
+    <w:rsid w:val="002213E2"/>
     <w:rsid w:val="00227993"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="002319A9"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00246AED"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="002640AB"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00276292"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="00296E47"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B12DB"/>
     <w:rsid w:val="002C11D3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C3C58"/>
+    <w:rsid w:val="002C625F"/>
     <w:rsid w:val="002D266D"/>
+    <w:rsid w:val="002D39F3"/>
+    <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D64BB"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="002F7E6D"/>
     <w:rsid w:val="003015B0"/>
     <w:rsid w:val="00303327"/>
+    <w:rsid w:val="00303FF0"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00307AE1"/>
     <w:rsid w:val="00310375"/>
     <w:rsid w:val="00326D1F"/>
     <w:rsid w:val="00332C22"/>
     <w:rsid w:val="0033376D"/>
     <w:rsid w:val="00334671"/>
     <w:rsid w:val="00334F7E"/>
     <w:rsid w:val="00336AE4"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00362234"/>
     <w:rsid w:val="0036700C"/>
     <w:rsid w:val="00370D87"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003760F2"/>
     <w:rsid w:val="00377182"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381722"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B1326"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D480D"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E4BAC"/>
     <w:rsid w:val="003E5452"/>
+    <w:rsid w:val="003E5FB1"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7E2E"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F09E2"/>
+    <w:rsid w:val="003F5B01"/>
     <w:rsid w:val="00401508"/>
     <w:rsid w:val="00403D2E"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00433626"/>
     <w:rsid w:val="00436D5F"/>
+    <w:rsid w:val="00446514"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="0047201E"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00475764"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="0048325C"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00490CD8"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="004948FE"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00494F6F"/>
     <w:rsid w:val="004A248B"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B706E"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
+    <w:rsid w:val="004C2EEC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00502398"/>
     <w:rsid w:val="005024E8"/>
     <w:rsid w:val="005102BE"/>
+    <w:rsid w:val="005128C6"/>
     <w:rsid w:val="00514051"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="005219F2"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00526DBE"/>
+    <w:rsid w:val="00542591"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="00550D42"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
+    <w:rsid w:val="00556BC0"/>
     <w:rsid w:val="005604A7"/>
     <w:rsid w:val="00562A69"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00566684"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00586C29"/>
     <w:rsid w:val="00592963"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00595DF1"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A5E3F"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C0C99"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C3A45"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C4F48"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D316A"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2A32"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F0A12"/>
     <w:rsid w:val="005F0FAB"/>
     <w:rsid w:val="005F102A"/>
     <w:rsid w:val="005F1231"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00617623"/>
     <w:rsid w:val="006205DE"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00627BCC"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="0063767E"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00650D39"/>
+    <w:rsid w:val="00656C5F"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="0066046E"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00666AB7"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="006803D3"/>
     <w:rsid w:val="0068351F"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00684638"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="006906BA"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006919A4"/>
     <w:rsid w:val="00693A77"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A249D"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006B4A12"/>
@@ -2093,385 +3195,428 @@
     <w:rsid w:val="006E6063"/>
     <w:rsid w:val="006F32C4"/>
     <w:rsid w:val="00705A54"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00711C22"/>
     <w:rsid w:val="00711ECC"/>
     <w:rsid w:val="00716F7E"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00722B04"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="0074378A"/>
     <w:rsid w:val="00754477"/>
     <w:rsid w:val="00760FD2"/>
     <w:rsid w:val="00761320"/>
     <w:rsid w:val="00763264"/>
     <w:rsid w:val="00766727"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00785040"/>
     <w:rsid w:val="007871E0"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007913E0"/>
     <w:rsid w:val="007948C5"/>
+    <w:rsid w:val="00797E18"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B0BAA"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
+    <w:rsid w:val="007B5E89"/>
     <w:rsid w:val="007B7E8B"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D0088"/>
     <w:rsid w:val="007D080E"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D574B"/>
     <w:rsid w:val="007D7879"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
+    <w:rsid w:val="007F5C65"/>
     <w:rsid w:val="008040A4"/>
     <w:rsid w:val="00812945"/>
     <w:rsid w:val="00815622"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="008277F8"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00834979"/>
     <w:rsid w:val="00837E72"/>
     <w:rsid w:val="0085576D"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="008669C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="008817C3"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B30C4"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C2D86"/>
     <w:rsid w:val="008C6B9E"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D77E8"/>
     <w:rsid w:val="008E07CE"/>
     <w:rsid w:val="008E0E25"/>
+    <w:rsid w:val="008E51C6"/>
     <w:rsid w:val="008E5297"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F1EC8"/>
     <w:rsid w:val="009031EF"/>
+    <w:rsid w:val="009058F2"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00931280"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00950C4C"/>
+    <w:rsid w:val="009511DD"/>
     <w:rsid w:val="0095448D"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00965AEA"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="0098612C"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A7F9A"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009B6C8A"/>
     <w:rsid w:val="009C60EB"/>
+    <w:rsid w:val="009C67AA"/>
+    <w:rsid w:val="009D2038"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009D5289"/>
     <w:rsid w:val="009E12C1"/>
     <w:rsid w:val="009E4191"/>
+    <w:rsid w:val="009E4FAB"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F6093"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
+    <w:rsid w:val="00A04F06"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A10B57"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A246FC"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A32F78"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A3637D"/>
     <w:rsid w:val="00A37595"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
+    <w:rsid w:val="00A60B46"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A64E56"/>
     <w:rsid w:val="00A717F7"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A776E5"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A8287E"/>
+    <w:rsid w:val="00A90C06"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA5B2F"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB5473"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC1E6B"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC47C4"/>
     <w:rsid w:val="00AC72BA"/>
+    <w:rsid w:val="00AD24BC"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00AF5492"/>
     <w:rsid w:val="00AF5FC3"/>
     <w:rsid w:val="00B06EDA"/>
+    <w:rsid w:val="00B11414"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
+    <w:rsid w:val="00B15107"/>
     <w:rsid w:val="00B164F3"/>
+    <w:rsid w:val="00B23356"/>
+    <w:rsid w:val="00B23765"/>
     <w:rsid w:val="00B23DB0"/>
     <w:rsid w:val="00B32B4D"/>
+    <w:rsid w:val="00B34A85"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B43382"/>
+    <w:rsid w:val="00B45C06"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B5564A"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B57CEF"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B66282"/>
+    <w:rsid w:val="00B7254B"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B81127"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B90444"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
+    <w:rsid w:val="00B95D21"/>
     <w:rsid w:val="00BA02FA"/>
     <w:rsid w:val="00BA1E7C"/>
+    <w:rsid w:val="00BA5CE0"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB3B96"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD2179"/>
     <w:rsid w:val="00BD35E8"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD715B"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE1876"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF0EE3"/>
     <w:rsid w:val="00BF363B"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C13A8F"/>
     <w:rsid w:val="00C15904"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C429D0"/>
+    <w:rsid w:val="00C458F5"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C46F46"/>
     <w:rsid w:val="00C51BC2"/>
     <w:rsid w:val="00C538BC"/>
+    <w:rsid w:val="00C53A82"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C57513"/>
     <w:rsid w:val="00C6102C"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C72E78"/>
+    <w:rsid w:val="00C73345"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C83076"/>
+    <w:rsid w:val="00C8627B"/>
     <w:rsid w:val="00C9285A"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA0D8E"/>
+    <w:rsid w:val="00CA4997"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB123C"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB2AF6"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
+    <w:rsid w:val="00CD6FDF"/>
+    <w:rsid w:val="00CF50EA"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D03015"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D110F7"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D14F4B"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D4443B"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D66B92"/>
+    <w:rsid w:val="00D66BD2"/>
     <w:rsid w:val="00D713CE"/>
     <w:rsid w:val="00D72A83"/>
     <w:rsid w:val="00D7519B"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D80CCD"/>
+    <w:rsid w:val="00D94376"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA3DAE"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB49F0"/>
+    <w:rsid w:val="00DC085D"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD11CA"/>
+    <w:rsid w:val="00DD59AD"/>
     <w:rsid w:val="00DE2351"/>
     <w:rsid w:val="00DE3B46"/>
     <w:rsid w:val="00DE4277"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE533B"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E14946"/>
     <w:rsid w:val="00E17EFB"/>
     <w:rsid w:val="00E20419"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E2677D"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E322E6"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
+    <w:rsid w:val="00E4606F"/>
+    <w:rsid w:val="00E47CEA"/>
     <w:rsid w:val="00E52A36"/>
+    <w:rsid w:val="00E57CD9"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
+    <w:rsid w:val="00E7088B"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E866C6"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E90F1B"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB09FB"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EB50E8"/>
     <w:rsid w:val="00EC0045"/>
+    <w:rsid w:val="00EC367E"/>
+    <w:rsid w:val="00EC3C29"/>
     <w:rsid w:val="00EC48E1"/>
     <w:rsid w:val="00ED32E4"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED76CA"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF4410"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F04758"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F10843"/>
+    <w:rsid w:val="00F120C1"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
+    <w:rsid w:val="00F21751"/>
     <w:rsid w:val="00F22DFC"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F3118C"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
+    <w:rsid w:val="00F37BCD"/>
     <w:rsid w:val="00F37FCA"/>
     <w:rsid w:val="00F42753"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F453BC"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F47967"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F55CCE"/>
     <w:rsid w:val="00F62B43"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F71C74"/>
     <w:rsid w:val="00F73500"/>
     <w:rsid w:val="00F82CF4"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00F942BC"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3D9D"/>
     <w:rsid w:val="00FB3F2A"/>
+    <w:rsid w:val="00FC2023"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD507E"/>
     <w:rsid w:val="00FD674C"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE302F"/>
     <w:rsid w:val="00FE4732"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -2868,1360 +4013,1563 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US"/>
+    <w:rsid w:val="00797E18"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2D86"/>
+    <w:rsid w:val="00797E18"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4276,248 +5624,2085 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007913E0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007913E0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E47CEA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
+    <w:name w:val="sc_coversheet_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4608"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F37BCD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00C8627B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C8627B"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=695&amp;session=126&amp;summary=B" TargetMode="External" Id="R7d363abf9b1c4d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/695_20251210.docx" TargetMode="External" Id="R9c1d373ecace42c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/695_20251210a.docx" TargetMode="External" Id="Rfcec8cc8c88f4565" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=695&amp;session=126&amp;summary=B" TargetMode="External" Id="R960f382a909043f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/695_20251210.docx" TargetMode="External" Id="R98d565bb2a214788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/695_20251210a.docx" TargetMode="External" Id="Rd7465ae7baf24db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/695_20260129.docx" TargetMode="External" Id="R9ae8c8bef7644400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/695_20260205.docx" TargetMode="External" Id="Rc0b61757bd024a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R0e1bb624ddd546bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R8a8578f8725e4174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260129.docx" TargetMode="External" Id="R42654ced89274627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260205.docx" TargetMode="External" Id="R4a2de0dc9e0747d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260205.docx" TargetMode="External" Id="R46886a77ede6435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260205.docx" TargetMode="External" Id="Rbd9c5eabff2e4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260205.docx" TargetMode="External" Id="Rd9e4778f552b43a0" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00940EED" w:rsidRDefault="002D4365">
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B61E73C9998344A98A80559C47A55FC1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{33E48A15-CA39-4013-921A-6B9C1002D338}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E82467" w:rsidRDefault="00E82467" w:rsidP="00E82467">
+          <w:pPr>
+            <w:pStyle w:val="B61E73C9998344A98A80559C47A55FC1"/>
+          </w:pPr>
           <w:r w:rsidRPr="007B495D">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000A2518"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="002E67E5"/>
     <w:rsid w:val="00336AE4"/>
     <w:rsid w:val="003D480D"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00502398"/>
+    <w:rsid w:val="00520898"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006205DE"/>
     <w:rsid w:val="006803D3"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00950C4C"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="009F6093"/>
     <w:rsid w:val="00A3637D"/>
     <w:rsid w:val="00A37595"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00A717F7"/>
     <w:rsid w:val="00AC1E6B"/>
     <w:rsid w:val="00B20DA6"/>
+    <w:rsid w:val="00B23356"/>
     <w:rsid w:val="00B457AF"/>
+    <w:rsid w:val="00B45C06"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D03015"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D66B92"/>
     <w:rsid w:val="00D713CE"/>
     <w:rsid w:val="00D900BD"/>
+    <w:rsid w:val="00D94376"/>
     <w:rsid w:val="00DD11CA"/>
+    <w:rsid w:val="00E4606F"/>
     <w:rsid w:val="00E76813"/>
+    <w:rsid w:val="00E82467"/>
+    <w:rsid w:val="00EC3C29"/>
     <w:rsid w:val="00EF4410"/>
     <w:rsid w:val="00F22DFC"/>
     <w:rsid w:val="00F82BD9"/>
     <w:rsid w:val="00FE302F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -4931,53 +8116,66 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00E82467"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B61E73C9998344A98A80559C47A55FC1">
+    <w:name w:val="B61E73C9998344A98A80559C47A55FC1"/>
+    <w:rsid w:val="00E82467"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -5253,129 +8451,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...53 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5592,134 +8732,197 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{823B19A4-C3D1-4A83-B1AB-F8EFB4A0F5B0}">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <AMENDMENTS_USED_FOR_MERGE>[{"drafter":null,"sponsor":"ce54deff-1d0b-49b3-80dd-506364e5fcdd","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"2f7f9339-3bd7-43a2-b215-63a1d120796b","name":"SR-695.QG0002S-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SR-695.QG0002S-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":2,"isAdopted":false,"amendmentNumber":"1","internalBillVersion":1,"isCommitteeReport":false,"BillTitle":"&lt;Failed to get bill title&gt;","id":"7eeb1e60-de30-4a0c-95c6-c135992a3888","name":"SR-695.QG0002S","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SR-695.QG0002S","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},{"drafter":null,"sponsor":"8ac38d25-39cb-453e-8c23-0789cd163aa0","originalBill":null,"session":0,"billNumber":null,"version":"0001-01-01T00:00:00","legType":null,"delta":{"apn":null,"billNumber":null,"billTitle":null,"chamber":null,"drafter":null,"draftingAssistant":null,"isDelta":false,"legType":null,"session":0,"subject":null,"request":null,"sections":null,"sectionsHistory":null,"version":"0001-01-01T00:00:00","isAct":false,"isIntroduced":false,"isCurrent":false,"isCommitteeReport":false,"isConferenceReport":false,"sponsor":null,"ratNumber":null,"actNumber":null,"ratDate":"0001-01-01T00:00:00","actApprovedDate":"0001-01-01T00:00:00","isMerged":false,"originalDraft":null,"readFirstDate":"0001-01-01T00:00:00","galleyOrder":0,"hasStrikeAll":false,"isReintroCompanion":false,"internalVersionNumber":null,"isPrefiled":false,"chamberLetter":"","id":"1f9d7875-6942-4f6a-9f58-0840ae803682","name":"SR-695.KM0001S-Delta","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SR-695.KM0001S-Delta","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true},"isPerfectingAmendment":false,"originalAmendment":null,"previousBill":null,"isOffered":false,"order":1,"isAdopted":false,"amendmentNumber":"FVS","internalBillVersion":1,"isCommitteeReport":true,"BillTitle":"&lt;Failed to get bill title&gt;","id":"c48b0c4f-ccba-4b2a-a932-e54e41d08068","name":"SR-695.KM0001S","filenameExtension":null,"parentId":"00000000-0000-0000-0000-000000000000","documentName":"SR-695.KM0001S","isProxyDoc":false,"isWordDoc":false,"isPDF":false,"isFolder":true}]</AMENDMENTS_USED_FOR_MERGE>
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>d8e889ba-7fe2-4571-bb8c-1dc44f2c73d0</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-02-05T12:06:56.697843-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>2</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>2</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>cb5d762b-58cd-42d4-97dd-9eca681280e0</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALBILL>fba5147a-603e-4e19-8653-96aae0f2de99</T_BILL_R_ORIGINALBILL>
+  <T_BILL_R_ORIGINALDRAFT>dd235e41-6d08-4859-8267-c5f10d827dd3</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>ce54deff-1d0b-49b3-80dd-506364e5fcdd</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0695]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>695</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “SOUTH CAROLINA SAFEGUARDING AMERICAN VETERANS’ BENEFITS ACT”; AND BY ADDING ARTICLE 8 TO CHAPTER 11, TITLE 25, SO AS TO PROVIDE DEFINITIONS, SET GUIDELINES AND LIMITS FOR COMPENSATION, MEMORIALIZE TERMS, AND STATE PENALTIES FOR NONCOMPLIANCE.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"f997a258-929c-4770-a35d-87deea2fd553","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “South Carolina Safeguarding American Veterans’ Benefits Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_b794931bc"},{"SectionUUID":"62626888-2906-444f-9fdf-93d7024ff980","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T25C11N810_3faebd3ca","IsConstitutionSection":false,"Identity":"25-11-810","IsNew":true,"SubSections":[{"Level":1,"Identity":"T25C11N810S1","SubSectionBookmarkName":"ss_T25C11N810S1_lv1_9ebd3e431","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N810S2","SubSectionBookmarkName":"ss_T25C11N810S2_lv1_f25aa11cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N810S3","SubSectionBookmarkName":"ss_T25C11N810S3_lv1_94d02cb03","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N810S4","SubSectionBookmarkName":"ss_T25C11N810S4_lv1_c8fd7e178","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T25C11N820_6edbdf08d","IsConstitutionSection":false,"Identity":"25-11-820","IsNew":true,"SubSections":[{"Level":1,"Identity":"T25C11N820SA","SubSectionBookmarkName":"ss_T25C11N820SA_lv1_94b4a0735","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N820SB","SubSectionBookmarkName":"ss_T25C11N820SB_lv1_0e1b993bf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N820SC","SubSectionBookmarkName":"ss_T25C11N820SC_lv1_4fd67e659","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N820SD","SubSectionBookmarkName":"ss_T25C11N820SD_lv1_0ccb45484","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N820SE","SubSectionBookmarkName":"ss_T25C11N820SE_lv1_924c1a8f3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S1","SubSectionBookmarkName":"ss_T25C11N820S1_lv2_2aa7056e2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S2","SubSectionBookmarkName":"ss_T25C11N820S2_lv2_be2d33db6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S3","SubSectionBookmarkName":"ss_T25C11N820S3_lv2_2fb14a670","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S1","SubSectionBookmarkName":"ss_T25C11N820S1_lv2_429fa459b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S2","SubSectionBookmarkName":"ss_T25C11N820S2_lv2_569908e7e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S3","SubSectionBookmarkName":"ss_T25C11N820S3_lv2_02a28bd52","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S4","SubSectionBookmarkName":"ss_T25C11N820S4_lv2_0c665b498","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S5","SubSectionBookmarkName":"ss_T25C11N820S5_lv2_caeffee29","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S6","SubSectionBookmarkName":"ss_T25C11N820S6_lv2_0d70c20e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S7","SubSectionBookmarkName":"ss_T25C11N820S7_lv2_acf2d979b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S8","SubSectionBookmarkName":"ss_T25C11N820S8_lv2_7f90d2212","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T25C11N820S9","SubSectionBookmarkName":"ss_T25C11N820S9_lv2_47259445c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T25C11N830_9f8c2b4f4","IsConstitutionSection":false,"Identity":"25-11-830","IsNew":true,"SubSections":[{"Level":1,"Identity":"T25C11N830S1","SubSectionBookmarkName":"ss_T25C11N830S1_lv1_c8db57dbc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N830S2","SubSectionBookmarkName":"ss_T25C11N830S2_lv1_56ba91f3d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N830S3","SubSectionBookmarkName":"ss_T25C11N830S3_lv1_7e78df478","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N830S4","SubSectionBookmarkName":"ss_T25C11N830S4_lv1_81c4ceef4","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T25C11N840_e8a72621d","IsConstitutionSection":false,"Identity":"25-11-840","IsNew":true,"SubSections":[{"Level":1,"Identity":"T25C11N840SA","SubSectionBookmarkName":"ss_T25C11N840SA_lv1_d07281160","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N840SB","SubSectionBookmarkName":"ss_T25C11N840SB_lv1_112ac3783","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T25C11N840SC","SubSectionBookmarkName":"ss_T25C11N840SC_lv1_d34a3743a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"by adding article 8 to chapter 11, title 25, so as to provide definitions, set guidelines and limits for compensation, memorialize terms, and state penalties for noncompliance","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_19cdc8be5"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Unauthorized Fees for Claim Assistance</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>quentingaddy@scsenate.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>victoriachandler@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6A227FE-0167-4F87-8E60-A636B24AC4DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5006</Characters>
+  <Pages>4</Pages>
+  <Words>1136</Words>
+  <Characters>6195</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>126</Lines>
+  <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5880</CharactersWithSpaces>
+  <CharactersWithSpaces>7273</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>