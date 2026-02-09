--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -124,86 +124,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senators Climer, Goldfinch, Johnson, Stubbs, Rice, Turner, Kimbrell, Kennedy, Chaplin, Grooms, Bennett, Fernandez and Davis</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Climer, Goldfinch, Johnson, Stubbs, Rice, Turner, Kimbrell, Kennedy, Chaplin, Grooms, Bennett, Fernandez, Davis, Peeler and Reichenbach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SR-0088CEM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the Senate Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rcc3f8f7ff68c43ee">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rbba39021185e47bf">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R47e1bed1259146fb">
+      <w:hyperlink r:id="R3a79397c49e04484">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,51 +522,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R1559ddd33e0a4e75">
+      <w:hyperlink r:id="R660b4dd847b84760">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -2145,457 +2243,450 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B5F00" w:rsidRDefault="004B5F00" w14:paraId="3DF9A03D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004B5F00" w:rsidRDefault="004B5F00" w14:paraId="2C852472" w14:textId="515BE348">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="cs_T2C19N50_b07e42681" w:id="56"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t>ection 2‑19‑50.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>All records, information, and other material that the South Carolina Judicial Merit Selection Commission has obtained or used to make its findings of fact, except materials, records, and information presented under oath at the public hearing,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94712">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or records </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2C6B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94712">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> were not otherwise or previously confidential,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> must be kept strictly confidential. The information required to be kept confidential also shall be exempt from disclosure pursuant to Chapter 4, Title 30.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B5F00" w:rsidRDefault="004B5F00" w14:paraId="0AD3EC8E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EF17C9" w:rsidRDefault="00EF17C9" w14:paraId="7F26AD78" w14:textId="56052D97">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="dl_6e3a90c45" w:id="57"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
-      <w:r>
-[...37 lines deleted...]
-      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidR="000C3F49">
         <w:t>ection</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2‑19‑60 </w:t>
       </w:r>
       <w:r w:rsidR="000C3F49">
         <w:t>of the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> S.C. </w:t>
       </w:r>
       <w:r w:rsidR="000C3F49">
         <w:t>Code is amended to read</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF17C9" w:rsidRDefault="00EF17C9" w14:paraId="09D9C30B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EF17C9" w:rsidRDefault="00EF17C9" w14:paraId="021C2696" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T2C19N60_161f92ab3" w:id="59"/>
+      <w:bookmarkStart w:name="cs_T2C19N60_161f92ab3" w:id="58"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:t>ection 2‑19‑60.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T2C19N60SA_lv1_3147b1366" w:id="59"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
-        <w:t>ection 2‑19‑60.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="ss_T2C19N60SA_lv1_3147b1366" w:id="60"/>
+        <w:t>A) The South Carolina Judicial Merit Selection Commission</w:t>
+      </w:r>
+      <w:r w:rsidR="006307A9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, strictly and only</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in the discharge of its duties </w:t>
+      </w:r>
+      <w:r w:rsidR="006307A9">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in selecting and vetting viable candidates, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>may administer oaths and affirmations, take depositions, and issue subpoenas to compel the attendance of witnesses and the production of books, papers, correspondence, memoranda, and other records considered necessary in connection with the investigation of the candidate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00031C73" w:rsidRDefault="00EF17C9" w14:paraId="0D00F4B4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T2C19N60SB_lv1_deb246535" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
-        <w:t>A) The South Carolina Judicial Merit Selection Commission</w:t>
+        <w:t>B) No person shall be excused from attending and testifying or from producing books, papers, correspondence, memoranda, or other records before the commission on the ground that the testimony or evidence, documentary or otherwise, required of him may tend to incriminate him or subject him to a penalty or forfeiture.  But no individual shall be prosecuted or subjected to any</w:t>
       </w:r>
       <w:r w:rsidR="006307A9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>, strictly and only</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> in the discharge of its duties </w:t>
+        <w:t xml:space="preserve"> punishment, forfeiture, or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> criminal </w:t>
       </w:r>
       <w:r w:rsidR="006307A9">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">in selecting and vetting viable candidates, </w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00031C73" w:rsidRDefault="00EF17C9" w14:paraId="0D00F4B4" w14:textId="77777777">
+        <w:t xml:space="preserve">or civil </w:t>
+      </w:r>
+      <w:r>
+        <w:t>penalty based upon testimony or evidence submitted or forfeiture for or on account of any transaction, matter, or thing concerning which he is compelled, after having claimed his privilege against self‑incrimination, to testify or produce evidence, documentary or otherwise, except that the individual so testifying shall not be exempt from prosecution and punishment for perjury and false swearing committed in so testifying.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00031C73" w:rsidRDefault="00EF17C9" w14:paraId="78B8574F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T2C19N60SB_lv1_deb246535" w:id="61"/>
+      <w:bookmarkStart w:name="ss_T2C19N60SC_lv1_5cd86a5c4" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
-        <w:t>B) No person shall be excused from attending and testifying or from producing books, papers, correspondence, memoranda, or other records before the commission on the ground that the testimony or evidence, documentary or otherwise, required of him may tend to incriminate him or subject him to a penalty or forfeiture.  But no individual shall be prosecuted or subjected to any</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00031C73" w:rsidRDefault="00EF17C9" w14:paraId="78B8574F" w14:textId="77777777">
+        <w:t>C) In case of contumacy by any person or refusal to obey a subpoena issued to any person, any circuit court of this State or circuit judge within the jurisdiction of which the person guilty of contumacy or refusal to obey is found, resides, or transacts business, upon application by the commission may issue to this person an order requiring him to appear before the commission to produce evidence if so ordered or to give testimony touching the matter under investigation.  Any failure to obey an order of the court may be punished as a contempt.  Subpoenas shall be issued in the name of the South Carolina Judicial Merit Selection Commission and shall be signed by the commission chairman. Subpoenas shall be issued to those persons as the commission may designate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF17C9" w:rsidRDefault="00EF17C9" w14:paraId="52FA7231" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>(</w:t>
+    </w:p>
+    <w:p w:rsidR="00CD55AF" w:rsidRDefault="00CD55AF" w14:paraId="6CFBA022" w14:textId="35ED283A">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="dl_4d23fe059" w:id="62"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
-      <w:r>
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="000C3F49">
         <w:t>ection</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 2‑19‑70 </w:t>
       </w:r>
       <w:r w:rsidR="000C3F49">
         <w:t>of the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> S.C. </w:t>
       </w:r>
       <w:r w:rsidR="000C3F49">
         <w:t>Code is amended to read</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD55AF" w:rsidRDefault="00CD55AF" w14:paraId="0C3B2C7E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CD55AF" w:rsidRDefault="00CD55AF" w14:paraId="5526A63A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T2C19N70_26e70b5d7" w:id="64"/>
+      <w:bookmarkStart w:name="cs_T2C19N70_26e70b5d7" w:id="63"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t>ection 2‑19‑70.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T2C19N70SA_lv1_71934bae4" w:id="64"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
-        <w:t>ection 2‑19‑70.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="ss_T2C19N70SA_lv1_71934bae4" w:id="65"/>
+        <w:t>A) No member of the General Assembly may be elected to a judicial office while he is serving in the General Assembly nor shall that person be elected to a judicial office for a period of one year after he either:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="46C3F1B6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T2C19N70S1_lv2_33efd2268" w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
-        <w:t>A) No member of the General Assembly may be elected to a judicial office while he is serving in the General Assembly nor shall that person be elected to a judicial office for a period of one year after he either:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="46C3F1B6" w14:textId="77777777">
+        <w:t>1) ceases to be a member of the General Assembly;  or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="661CA982" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T2C19N70S1_lv2_33efd2268" w:id="66"/>
+      <w:bookmarkStart w:name="ss_T2C19N70S2_lv2_c72918168" w:id="66"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:r>
-        <w:t>1) ceases to be a member of the General Assembly;  or</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="661CA982" w14:textId="77777777">
+        <w:t>2) fails to file for election to the General Assembly in accordance with Section 7‑11‑15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="749FCA9F" w14:textId="31CA3753">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T2C19N70S2_lv2_c72918168" w:id="67"/>
+      <w:bookmarkStart w:name="ss_T2C19N70SB_lv1_5e9357467" w:id="67"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
-        <w:t>2) fails to file for election to the General Assembly in accordance with Section 7‑11‑15.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="749FCA9F" w14:textId="31CA3753">
+        <w:t xml:space="preserve">B) The privilege of the floor in either house of the General Assembly may not be granted to any candidate or any immediate family member of a candidate </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unless the family member is serving in the General Assembly, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>during the time the candidate's application is pending before the commission and during the time his nomination by the commission for election to a particular judicial office is pending in the General Assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="312D3345" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T2C19N70SB_lv1_5e9357467" w:id="68"/>
+      <w:bookmarkStart w:name="ss_T2C19N70SC_lv1_4afc7ebd9" w:id="68"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
-        <w:t xml:space="preserve">B) The privilege of the floor in either house of the General Assembly may not be granted to any candidate or any immediate family member of a candidate </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="312D3345" w14:textId="77777777">
+        <w:t>C) No person may seek, directly or indirectly, the pledge of a member of the General Assembly's vote or, directly or indirectly, contact a member of the General Assembly regarding screening for the judicial office until the qualifications of all candidates for that office have been determined by the Judicial Merit Selection Commission and the commission has formally released its report as to the qualifications of all candidates for the vacancy to the General Assembly.  No member of the General Assembly may offer his pledge to any person until the qualifications of all candidates for that office have been determined by the Judicial Merit Selection Commission and until the commission has formally released its report as to the qualifications of its nominees to the General Assembly.  The formal release of the report of qualifications shall occur no earlier than twelve days after the nominees have been initially released to members of the General Assembly.  For purposes of this section, indirectly seeking a pledge means the candidate, or someone acting on behalf of and at the request of the candidate, requesting a person to contact a member of the General Assembly on behalf of the candidate before nominations for that office are formally made by the commission.  Prior to the formal release of the report as to the qualifications of judicial candidates, a person may not request that a member of the General Assembly, nor may a member of the General Assembly offer to, act on behalf of a candidate in furtherance of the candidate's candidacy in any capacity including, but not limited to, acting as a vote counter for a candidate.  The prohibitions of this section do not extend to an announcement of candidacy by a person and statements by the candidate detailing the candidate's qualifications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="2E149B22" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T2C19N70SC_lv1_4afc7ebd9" w:id="69"/>
+      <w:bookmarkStart w:name="ss_T2C19N70SD_lv1_1d5e1d1c8" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
-        <w:t>C) No person may seek, directly or indirectly, the pledge of a member of the General Assembly's vote or, directly or indirectly, contact a member of the General Assembly regarding screening for the judicial office until the qualifications of all candidates for that office have been determined by the Judicial Merit Selection Commission and the commission has formally released its report as to the qualifications of all candidates for the vacancy to the General Assembly.  No member of the General Assembly may offer his pledge to any person until the qualifications of all candidates for that office have been determined by the Judicial Merit Selection Commission and until the commission has formally released its report as to the qualifications of its nominees to the General Assembly.  The formal release of the report of qualifications shall occur no earlier than twelve days after the nominees have been initially released to members of the General Assembly.  For purposes of this section, indirectly seeking a pledge means the candidate, or someone acting on behalf of and at the request of the candidate, requesting a person to contact a member of the General Assembly on behalf of the candidate before nominations for that office are formally made by the commission.  Prior to the formal release of the report as to the qualifications of judicial candidates, a person may not request that a member of the General Assembly, nor may a member of the General Assembly offer to, act on behalf of a candidate in furtherance of the candidate's candidacy in any capacity including, but not limited to, acting as a vote counter for a candidate.  The prohibitions of this section do not extend to an announcement of candidacy by a person and statements by the candidate detailing the candidate's qualifications.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="2E149B22" w14:textId="77777777">
+        <w:t>D) No member of the General Assembly may trade anything of value, including pledges to vote for legislation or for other candidates now or in the future, in exchange for another member's pledge to vote for a candidate for judicial office or as an inducement for a candidate to withdraw.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00140CF3" w:rsidRDefault="00CD55AF" w14:paraId="6790429D" w14:textId="756DAB73">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T2C19N70SD_lv1_1d5e1d1c8" w:id="70"/>
+      <w:bookmarkStart w:name="ss_T2C19N70SE_lv1_433197f52" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
-        <w:t>D) No member of the General Assembly may trade anything of value, including pledges to vote for legislation or for other candidates now or in the future, in exchange for another member's pledge to vote for a candidate for judicial office or as an inducement for a candidate to withdraw.</w:t>
-[...11 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">E) Violations of this section </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43DE6">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> be considered by the merit selection commission when it considers the candidate's qualifications and until the time set for election of candidates.  Violations of this section by members of the General Assembly shall be reported by the commission to the House or Senate Ethics Committee, as may be applicable.  Violations of this section by nonlegislative commission members shall be reported by the commission to the State Ethics Commission.  A violation of this section is a misdemeanor and, upon conviction, the violator must be fined not more than one thousand dollars or imprisoned not more than ninety days.  Cases tried under this section may not be transferred from general sessions court pursuant to Section 22‑3‑545.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00371AFC" w:rsidP="00371AFC" w:rsidRDefault="00371AFC" w14:paraId="56FF1029" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00371AFC" w:rsidP="00C60C91" w:rsidRDefault="00371AFC" w14:paraId="5329ADB0" w14:textId="0D2F6E02">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_1709fe9cf" w:id="71"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
-      <w:r>
-[...31 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009C3C70">
         <w:t>Effective</w:t>
       </w:r>
       <w:r w:rsidR="00E702C9">
         <w:t xml:space="preserve"> February 1, 2027, the previous commission members shall vacate their seats immediately to be replaced by those selected by the Governor in accordance with Section 2‑19‑5.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD55AF" w:rsidRDefault="00CD55AF" w14:paraId="24586404" w14:textId="121BE4EA">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="6E01C544" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="73"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="74"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="72"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="73"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="54F9BD69" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -2666,175 +2757,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B17AB78" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7A677327" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00CC4E02" w:rsidP="00D14995">
+      <w:p w14:paraId="7A677327" w14:textId="367E8F5C" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00255F05" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00A274ED">
+              <w:t>[0696]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007E6536">
+            <w:r w:rsidR="00A274ED">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SR-0088CEM26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FBD2B2E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2E10DB25" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3096,156 +3185,160 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="164"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="000013A3"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00031C73"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000502CC"/>
     <w:rsid w:val="00052DC6"/>
     <w:rsid w:val="00063610"/>
     <w:rsid w:val="0006464F"/>
+    <w:rsid w:val="00064E3E"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00073071"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00091DF8"/>
     <w:rsid w:val="00095A81"/>
     <w:rsid w:val="00095ABA"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C3F49"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000E674C"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="001006E2"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="001256E3"/>
     <w:rsid w:val="001369F9"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00140CF3"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F422F"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="00215617"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00223243"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00232902"/>
     <w:rsid w:val="00233702"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00243FEC"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00251406"/>
     <w:rsid w:val="00252DBB"/>
+    <w:rsid w:val="00255F05"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00265ECB"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002854A2"/>
     <w:rsid w:val="00296192"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C3E30"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003227FD"/>
     <w:rsid w:val="00325FE8"/>
     <w:rsid w:val="0033261A"/>
     <w:rsid w:val="003421F1"/>
@@ -3255,133 +3348,137 @@
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="003659B2"/>
     <w:rsid w:val="00371AFC"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B2C7F"/>
     <w:rsid w:val="003B70A5"/>
     <w:rsid w:val="003C09C7"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E71BB"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="004217B0"/>
+    <w:rsid w:val="00422142"/>
     <w:rsid w:val="00426A60"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00461895"/>
     <w:rsid w:val="00465A13"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00470223"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B5F00"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
+    <w:rsid w:val="004E2756"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F2592"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="00500F54"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00514811"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005363E3"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005749A5"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F3F71"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00602381"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="006069D9"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
+    <w:rsid w:val="00622A49"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="00625056"/>
     <w:rsid w:val="00626D63"/>
     <w:rsid w:val="006307A9"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
+    <w:rsid w:val="0067452E"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C53CF"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00761D69"/>
     <w:rsid w:val="00766C8D"/>
     <w:rsid w:val="00774C4F"/>
     <w:rsid w:val="00782BF8"/>
@@ -3391,50 +3488,51 @@
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B27FE"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E4EAF"/>
     <w:rsid w:val="007E6536"/>
     <w:rsid w:val="007F4A74"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00815AB3"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008407B1"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A2769"/>
     <w:rsid w:val="008A57E3"/>
+    <w:rsid w:val="008A6E6A"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="00940779"/>
     <w:rsid w:val="00944B97"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00953F3D"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
@@ -3443,79 +3541,81 @@
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A50ED"/>
     <w:rsid w:val="009A656F"/>
     <w:rsid w:val="009B05F8"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C3C70"/>
     <w:rsid w:val="009C544A"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F203F"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A267EA"/>
     <w:rsid w:val="00A26A62"/>
+    <w:rsid w:val="00A274ED"/>
     <w:rsid w:val="00A333BF"/>
     <w:rsid w:val="00A348A2"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A3652A"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A43DE6"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A67D9F"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA2272"/>
     <w:rsid w:val="00AA40D4"/>
     <w:rsid w:val="00AA5409"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC50C7"/>
     <w:rsid w:val="00AC7BC2"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD7FB3"/>
+    <w:rsid w:val="00AE0043"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AE77AC"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B17338"/>
     <w:rsid w:val="00B237EA"/>
     <w:rsid w:val="00B31E66"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B50F33"/>
     <w:rsid w:val="00B52D90"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B57D9F"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B640AC"/>
@@ -3567,146 +3667,151 @@
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CC4B7D"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD55AF"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CE3AB1"/>
     <w:rsid w:val="00CE5479"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D060DB"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D07AA4"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D17406"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D218F4"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
+    <w:rsid w:val="00D47A05"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D87BC8"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB0A3A"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DE7ADC"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
+    <w:rsid w:val="00E047E1"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E15501"/>
     <w:rsid w:val="00E219B5"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E35776"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E36345"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E440D4"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E561CD"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E67091"/>
     <w:rsid w:val="00E702C9"/>
     <w:rsid w:val="00E729E8"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E94712"/>
     <w:rsid w:val="00E97CA3"/>
     <w:rsid w:val="00EA1C07"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
+    <w:rsid w:val="00EC3C29"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00ED6347"/>
+    <w:rsid w:val="00EE2D84"/>
     <w:rsid w:val="00EE3838"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE5933"/>
     <w:rsid w:val="00EE6F44"/>
     <w:rsid w:val="00EF17C9"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F1127D"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F2752B"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F27EB9"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F43366"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F53173"/>
     <w:rsid w:val="00F56ACD"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F879BD"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
+    <w:rsid w:val="00FC09C8"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FC390A"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE2C6B"/>
     <w:rsid w:val="00FF0315"/>
     <w:rsid w:val="00FF1A96"/>
     <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -4101,1360 +4206,1360 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="001256E3"/>
+    <w:rsid w:val="00622A49"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -5481,51 +5586,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=696&amp;session=126&amp;summary=B" TargetMode="External" Id="R47e1bed1259146fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/696_20251210.docx" TargetMode="External" Id="R1559ddd33e0a4e75" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=696&amp;session=126&amp;summary=B" TargetMode="External" Id="R3a79397c49e04484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/696_20251210.docx" TargetMode="External" Id="R660b4dd847b84760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Rcc3f8f7ff68c43ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Rbba39021185e47bf" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5552,142 +5657,142 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="001006E2"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="00232902"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003B70A5"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00470223"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="00625056"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009B05F8"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D17406"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E36345"/>
     <w:rsid w:val="00E76813"/>
+    <w:rsid w:val="00EC3C29"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -6408,141 +6513,127 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>8c000e94-c12e-4712-a8a1-2edbef33bfb0</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-12-04T10:23:36.215998-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>dbbec320-8db2-4575-ad5f-0b2e8e98b1ea</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>d8983900-efbd-4409-a2bb-ed66187f1a88</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>ee0b787c-d864-4d7a-a055-bf05f43417fc</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0696]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>696</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 2‑19‑5, RELATING TO SOUTH CAROLINA JUDICIAL MERIT SELECTION COMMISSION CREATION, SO AS TO REQUIRE THAT THE COMMISSION BE COMPOSED OF TWELVE MEMBERS APPOINTED BY THE GOVERNOR; BY AMENDING SECTION 2‑19‑20, RELATING TO INVESTIGATION BY THE COMMISSION AND PUBLICATION OF VACANCIES, SO AS TO REQUIRE THAT ANY STATE AGENCY MUST COOPERATE WITH THE COMMISSION’S REQUESTS FOR INFORMATION; BY AMENDING SECTION 2‑19‑30, RELATING TO HEARINGS AND EXECUTIVE SESSION, SO AS TO REQUIRE WRITTEN TESTIMONY FOR PUBLIC HEARINGS BE SUBMITTED NO LATER THAN SEVENTY‑TWO HOURS BEFORE THE SCHEDULED HEARING AND COPIES OF WRITTEN AND SPOKEN TESTIMONY BE AVAILABLE AT NO CHARGE; BY AMENDING SECTION 2‑19‑35, RELATING TO CRITERIA FOR INVESTIGATIONS AND CONSIDERATION OF THE COMMISSION, SO AS TO OMIT RACE, GENDER, SEX, SEXUAL PREFERENCE, COLOR, RELIGION, NATIONAL ORIGIN, INTERSECTIONAL IDENTIFIERS, ANY DIVERSITY, EQUITY, AND INCLUSION CRITERA, PHILOSOPHY, OR FRAMEWORKS FROM BEING CONSIDERED BY THE COMMISSION WHEN MAKING NOMINATIONS AND APPOINTMENTS; BY AMENDING SECTION 2‑19‑50, RELATING TO CONFIDENTIALITY OF RECORDS, INFORMATION, AND OTHER MATERIAL, SO AS TO EXCLUDE RECORDS HELD BY THE COMMISSION NOT PREVIOUSLY OR OTHERWISE CONFIDENTIAL FROM BEING KEPT STRICTLY CONFIDENTIAL; BY AMENDING SECTION 2‑19‑60, RELATING TO POWERS OF THE COMMISSION, SO AS TO REQUIRE THAT THE COMMISSION MAY CARRY OUT ITS DUTIES STRICTLY IN SELECTING AND VETTING VIABLE CANDIDATES AND THAT NO INDIVIDUAL MAY BE PROSECUTED OR SUBJECTED TO PUNISHMENT, FORFEITURE, CRIMINAL, OR CIVIL PENALTY BASED UPON TESTIMONY SUBMITTED TO THE COMMISSION; BY AMENDING SECTION 2‑19‑70, RELATING TO PROHIBITION AGAINST DUAL OFFICES, PRIVILEGES OF THE FLOOR, AND PLEDGES, SO AS TO PROHIBIT FLOOR PRIVILEGES TO IMMEDIATE FAMILY MEMBERS OF CANDIDATES WHILE THE CANDIDATE’S APPLICATION IS UNDER REVIEW BY THE COMMISSION.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"63ed4a25-3d87-46bd-b7d6-e90ed0f9ee7c","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T2C19N5_ea262a7eb","IsConstitutionSection":false,"Identity":"2-19-5","IsNew":false,"SubSections":[{"Level":1,"Identity":"T2C19N5SA","SubSectionBookmarkName":"ss_T2C19N5SA_lv1_edee5934e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N5SB","SubSectionBookmarkName":"ss_T2C19N5SB_lv1_7a23d2690","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N5SC","SubSectionBookmarkName":"ss_T2C19N5SC_lv1_ccd8a4af1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N5SD","SubSectionBookmarkName":"ss_T2C19N5SD_lv1_bcba24118R","IsNewSubSection":false,"SubSectionReplacement":"ss_T2C19N5SD_lv1_bcba24118"},{"Level":1,"Identity":"T2C19N5SD","SubSectionBookmarkName":"ss_T2C19N5SD_lv1_704e202c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N5SE","SubSectionBookmarkName":"ss_T2C19N5SE_lv1_1519072a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N5SF","SubSectionBookmarkName":"ss_T2C19N5SF_lv1_95493aa06","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N5SG","SubSectionBookmarkName":"ss_T2C19N5SG_lv1_2311aed98","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S1","SubSectionBookmarkName":"ss_T2C19N5S1_lv2_ebd8cd53R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T2C19N5Sa","SubSectionBookmarkName":"ss_T2C19N5Sa_lv3_90004602R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T2C19N5Sb","SubSectionBookmarkName":"ss_T2C19N5Sb_lv3_fdd05bd6R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S2","SubSectionBookmarkName":"ss_T2C19N5S2_lv2_1709911fR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T2C19N5Sa","SubSectionBookmarkName":"ss_T2C19N5Sa_lv3_dd3b3267R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T2C19N5Sb","SubSectionBookmarkName":"ss_T2C19N5Sb_lv3_ee7449e0R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S3","SubSectionBookmarkName":"ss_T2C19N5S3_lv2_861b41efR","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S1","SubSectionBookmarkName":"ss_T2C19N5S1_lv2_2f514edec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S2","SubSectionBookmarkName":"ss_T2C19N5S2_lv2_833bbfdb2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S3","SubSectionBookmarkName":"ss_T2C19N5S3_lv2_91c8d8dba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S1","SubSectionBookmarkName":"ss_T2C19N5S1_lv2_c36d44b5R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S2","SubSectionBookmarkName":"ss_T2C19N5S2_lv2_48928b43R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N5S3","SubSectionBookmarkName":"ss_T2C19N5S3_lv2_d9592356R","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"South Carolina Judicial Merit Selection Commission creation","TitleSoAsTo":"require that the commission be composed of twelve members appointed by the governor","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T2C19N20_62cdcaeda","IsConstitutionSection":false,"Identity":"2-19-20","IsNew":false,"SubSections":[{"Level":1,"Identity":"T2C19N20SA","SubSectionBookmarkName":"ss_T2C19N20SA_lv1_7f3c5e027","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N20SB","SubSectionBookmarkName":"ss_T2C19N20SB_lv1_703d6b8ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N20SC","SubSectionBookmarkName":"ss_T2C19N20SC_lv1_66577a6ba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N20SD","SubSectionBookmarkName":"ss_T2C19N20SD_lv1_39a2e0ed2","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Investigation by the Commission and publication of vacancies","TitleSoAsTo":"require that any state agency must cooperate with the commission's requests for information","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T2C19N30_70eccb3b0","IsConstitutionSection":false,"Identity":"2-19-30","IsNew":false,"SubSections":[{"Level":1,"Identity":"T2C19N30SA","SubSectionBookmarkName":"ss_T2C19N30SA_lv1_bf885e2c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N30SB","SubSectionBookmarkName":"ss_T2C19N30SB_lv1_fbf5edbe6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N30SC","SubSectionBookmarkName":"ss_T2C19N30SC_lv1_6da96f9ef","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N30SD","SubSectionBookmarkName":"ss_T2C19N30SD_lv1_cae62e477","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N30SE","SubSectionBookmarkName":"ss_T2C19N30SE_lv1_368a4da5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N30SF","SubSectionBookmarkName":"ss_T2C19N30SF_lv1_7b31166de","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Hearings and executive session","TitleSoAsTo":"require written testimony for public hearings be submitted no later than seventy-two hours before the scheduled hearing and copies of written and spoken testimony be available at no charge","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T2C19N35_c256b68f6","IsConstitutionSection":false,"Identity":"2-19-35","IsNew":false,"SubSections":[{"Level":1,"Identity":"T2C19N35SA","SubSectionBookmarkName":"ss_T2C19N35SA_lv1_8643400bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N35SB","SubSectionBookmarkName":"ss_T2C19N35SB_lv1_4e660aa2d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S1","SubSectionBookmarkName":"ss_T2C19N35S1_lv2_a9b763582","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S2","SubSectionBookmarkName":"ss_T2C19N35S2_lv2_51346f95c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S3","SubSectionBookmarkName":"ss_T2C19N35S3_lv2_c27ed0a3a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S4","SubSectionBookmarkName":"ss_T2C19N35S4_lv2_bf78c1709","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S5","SubSectionBookmarkName":"ss_T2C19N35S5_lv2_0e43c5446","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S6","SubSectionBookmarkName":"ss_T2C19N35S6_lv2_1b1e14ce5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S7","SubSectionBookmarkName":"ss_T2C19N35S7_lv2_d42b83fe1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S8","SubSectionBookmarkName":"ss_T2C19N35S8_lv2_24f5a54aa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N35S9","SubSectionBookmarkName":"ss_T2C19N35S9_lv2_e28146caf","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Criteria for investigations and consideration of the Commission","TitleSoAsTo":"omit race, gender, sex, sexual preference, color, religion, national origin, intersectional identifiers, any diversity, equity, and inclusion critera, philosophy, or frameworks from being considered by the commission when making nominations and appointments","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T2C19N50_b07e42681","IsConstitutionSection":false,"Identity":"2-19-50","IsNew":false,"SubSections":[],"TitleRelatedTo":"Confidentiality of records, information, and other material","TitleSoAsTo":"exclude records held by the commission not previously or otherwise confidential from being kept strictly confidential","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T2C19N60_161f92ab3","IsConstitutionSection":false,"Identity":"2-19-60","IsNew":false,"SubSections":[{"Level":1,"Identity":"T2C19N60SA","SubSectionBookmarkName":"ss_T2C19N60SA_lv1_3147b1366","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N60SB","SubSectionBookmarkName":"ss_T2C19N60SB_lv1_deb246535","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N60SC","SubSectionBookmarkName":"ss_T2C19N60SC_lv1_5cd86a5c4","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Powers of the Commission","TitleSoAsTo":"require that the Commission may carry out its duties strictly in selecting and vetting viable candidates and that no individual may be prosecuted or subjected to punishment, forfeiture, criminal, or civil penalty based upon testimony submitted to the commission","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T2C19N70_26e70b5d7","IsConstitutionSection":false,"Identity":"2-19-70","IsNew":false,"SubSections":[{"Level":1,"Identity":"T2C19N70SA","SubSectionBookmarkName":"ss_T2C19N70SA_lv1_71934bae4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N70SB","SubSectionBookmarkName":"ss_T2C19N70SB_lv1_5e9357467","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N70SC","SubSectionBookmarkName":"ss_T2C19N70SC_lv1_4afc7ebd9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N70SD","SubSectionBookmarkName":"ss_T2C19N70SD_lv1_1d5e1d1c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T2C19N70SE","SubSectionBookmarkName":"ss_T2C19N70SE_lv1_433197f52","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N70S1","SubSectionBookmarkName":"ss_T2C19N70S1_lv2_33efd2268","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T2C19N70S2","SubSectionBookmarkName":"ss_T2C19N70S2_lv2_c72918168","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Prohibition against dual offices, privileges of the floor, and pledges","TitleSoAsTo":"prohibit floor privileges to immediate family members of candidates while the candidate's application is under review by the commission","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_ae622a86b"},{"SectionUUID":"f558fe74-52b7-498f-802a-3c622140f464","SectionName":"New Blank SECTION","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_1709fe9cf"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>JMSC Reform</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>cassidymurphy@scsenate.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>annabishop@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6759,134 +6850,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">false</Inventorysheet>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFAFC29B-205B-40FD-B70E-2A9C3F33C058}">
-[...17 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55550687-B195-4B21-BAFF-7D19A00F455E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3154</Words>
-  <Characters>16748</Characters>
+  <Words>3189</Words>
+  <Characters>16713</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>274</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>269</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19823</CharactersWithSpaces>
+  <CharactersWithSpaces>19822</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>