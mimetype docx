--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -159,73 +158,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SEDU-0032DB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Criminal Coercive Control</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6835b8f51f104791">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 22</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R9ac612a711814f58">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 22</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R5a8c63fdcb15429c">
+      <w:hyperlink r:id="Rddc25ab09cc94ba3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +539,127 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R9c9d8348963d41bf">
+      <w:hyperlink r:id="R42a1b273cc3d43c9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rb5d3f9d46e344ac9">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/14/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="3497677F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="2F6A4AE1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="1BC7681E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="4BF1FA39" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="1D1946CF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="6DBE2E77" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -540,2421 +679,2747 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="2C25CF3F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00383D2F" w14:paraId="418C5D95" w14:textId="50E2A196">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00383D2F" w14:paraId="418C5D95" w14:textId="51CA08C5">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
-            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑25‑10, RELATING TO DEFINITIONS PERTAINING TO A “DATING RELATIONSHIP” AND “COERCIVE CONTROL”, SO AS TO INCLUDE PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP IN THE DEFINITION OF “HOUSEHOLD MEMBER” AND TO ADD THE DEFINTIONS OF DATING RELATIONSHIP AND COERCIVE CONTROL; BY AMENDING SECTION 16‑25‑20, RELATING TO PROHIBITED ACTS, SO AS TO MAKE IT UNLAWFUL FOR A PERSON TO ENGAGE IN COERCIVE CONTROL OVER A PERSON</w:t>
+            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑25‑10, RELATING TO DEFINITIONS PERTAINING TO A “DATING RELATIONSHIP” AND “COERCIVE CONTROL”, SO AS TO INCLUDE PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP IN THE DEFINITION OF “HOUSEHOLD MEMBER” AND TO ADD THE DEFIN</w:t>
+          </w:r>
+          <w:r w:rsidR="00BE61D4">
+            <w:t>I</w:t>
+          </w:r>
+          <w:r>
+            <w:t>TIONS OF DATING RELATIONSHIP AND COERCIVE CONTROL; BY AMENDING SECTION 16‑25‑20, RELATING TO PROHIBITED ACTS, SO AS TO MAKE IT UNLAWFUL FOR A PERSON TO ENGAGE IN COERCIVE CONTROL OVER A PERSON</w:t>
           </w:r>
           <w:r w:rsidR="00EF3E9F">
             <w:t>’</w:t>
           </w:r>
           <w:r>
-            <w:t>S OWN HOUSEHOLD; BY AMENDING SECTION 20‑3‑10, RELATING TO GROUNDS FOR DIVORCE, SO AS TO INCLUDE CRIMINAL DOMESTIC VIOLENCE AGAINST A SPOUSE, STALKING, AND HARASSMENT AS GROUNDS FOR DIVORCE; BY AMENDING SECTION 20‑4‑20, RELATING TO DEFINITIONS PERTAINING TO ABUSE, SO AS TO INCLUDE HARASSMENT, STALKING, AND COERCIVE CONTROL INTO THE DEFINITIONS OF “ABUSE” AND TO FURTHER PROVIDE THAT A HOUSEHOLD MEMBER INCLUDES PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP; AND BY AMENDING SECTION 63‑15‑240, RELATING TO THE CONTENTS OF ORDER FOR CUSTODY AFFECTING RIGHTS AND RESPONSIBILITIES OF PARENTS AND THE BEST INTERESTS OF THE CHILD, SO AS TO INCLUDE THE STATUORY REFERENCE TO DOMESTIC VIOLENCE AND ADD STALKING AND HARRASSMENT AS ACTIVITY FOR A COURT TO CONSIDER WHEN DETERMINING WHAT IS IN THE BEST INTEREST OF A CHILD.</w:t>
+            <w:t>S OWN HOUSEHOLD; BY AMENDING SECTION 20‑3‑10, RELATING TO GROUNDS FOR DIVORCE, SO AS TO INCLUDE CRIMINAL DOMESTIC VIOLENCE AGAINST A SPOUSE, STALKING, AND HARASSMENT AS GROUNDS FOR DIVORCE; BY AMENDING SECTION 20‑4‑20, RELATING TO DEFINITIONS PERTAINING TO ABUSE, SO AS TO INCLUDE HARASSMENT, STALKING, AND COERCIVE CONTROL INTO THE DEFINITIONS OF “ABUSE” AND TO FURTHER PROVIDE THAT A HOUSEHOLD MEMBER INCLUDES PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP; AND BY AMENDING SECTION 63‑15‑240, RELATING TO THE CONTENTS OF ORDER FOR CUSTODY AFFECTING RIGHTS AND RESPONSIBILITIES OF PARENTS AND THE BEST INTERESTS OF THE CHILD, SO AS TO INCLUDE THE STATU</w:t>
+          </w:r>
+          <w:r w:rsidR="00BE61D4">
+            <w:t>T</w:t>
+          </w:r>
+          <w:r>
+            <w:t>ORY REFERENCE TO DOMESTIC VIOLENCE AND ADD STALKING AND HARASSMENT AS ACTIVITY FOR A COURT TO CONSIDER WHEN DETERMINING WHAT IS IN THE BEST INTEREST OF A CHILD.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_d63ad9f1e" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_d63ad9f1e" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="40EEF1B9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="29BC22D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_6272cab91" w:id="2"/>
+      <w:bookmarkStart w:name="ew_6272cab91" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00451C88" w:rsidP="00451C88" w:rsidRDefault="00451C88" w14:paraId="3190993F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00451C88" w:rsidP="00451C88" w:rsidRDefault="00451C88" w14:paraId="1353E041" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_4f9530405" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_4f9530405" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_fb19b8347" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_fb19b8347" w:id="4"/>
+        <w:t>ection 16‑25‑10 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B45EDF" w:rsidRDefault="00B45EDF" w14:paraId="13CED357" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B45EDF" w:rsidRDefault="00B45EDF" w14:paraId="008E6D27" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T16C25N10_dabf35fe6" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 16‑25‑10 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B45EDF" w:rsidRDefault="00B45EDF" w14:paraId="13CED357" w14:textId="77777777">
+        <w:t>ection 16‑25‑10.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_c56bdb781" w:id="5"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>s used in this article, the term:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="72FE1BA6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00B45EDF" w:rsidRDefault="00B45EDF" w14:paraId="008E6D27" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10S1_lv1_62cac2810" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>1) “Deadly weapon” means any pistol, dirk, slingshot, metal knuckles, razor, or other instrument which can be used to inflict deadly force.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="1977AF23" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T16C25N10_dabf35fe6" w:id="5"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="72FE1BA6" w14:textId="77777777">
+      <w:bookmarkStart w:name="ss_T16C25N10S2_lv1_53d6696fb" w:id="7"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve">2) “Great bodily injury” means bodily injury which causes a substantial risk of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>death</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or which causes serious, permanent disfigurement or protracted loss or impairment of the function of a bodily member or organ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="1F868C16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10S1_lv1_62cac2810" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T16C25N10S3_lv1_39392708e" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="1977AF23" w14:textId="77777777">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>3) “Household member” means:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="07B8EE94" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10S2_lv1_53d6696fb" w:id="8"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sa_lv2_ef409efc4" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="1F868C16" w14:textId="77777777">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t xml:space="preserve">a) a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>spouse;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="5CA55B49" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10S3_lv1_39392708e" w:id="9"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sb_lv2_cd87b0c39" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="07B8EE94" w14:textId="77777777">
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">b) a former </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>spouse;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="4EABF036" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10Sa_lv2_ef409efc4" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Sc_lv2_7edc92306" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="5CA55B49" w14:textId="77777777">
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> who have a child in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>common;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00EF3E9F" w:rsidP="00EF3E9F" w:rsidRDefault="00B45EDF" w14:paraId="5A7A25EE" w14:textId="06DD9345">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Sb_lv2_cd87b0c39" w:id="11"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sd_lv2_a685250f7" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="4EABF036" w14:textId="77777777">
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t xml:space="preserve">d) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a male and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>female</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4BB0">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> who are cohabiting or formerly have cohabited</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3E9F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidP="00EF3E9F" w:rsidRDefault="00EF3E9F" w14:paraId="53C34AC2" w14:textId="352A819D">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...5 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Se_lv2_878176949" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00EF3E9F" w:rsidP="00EF3E9F" w:rsidRDefault="00B45EDF" w14:paraId="5A7A25EE" w14:textId="06DD9345">
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are presently in or have formerly been in a dating relationship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="0617E83F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Sd_lv2_a685250f7" w:id="13"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10S4_lv1_49b93bf42" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...7 lines deleted...]
-        <w:t>a male and female</w:t>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t>4) “Moderate bodily injury” means physical injury that involves prolonged loss of consciousness or that causes temporary or moderate disfigurement or temporary loss of the function of a bodily member or organ or injury that requires medical treatment when the treatment requires the use of regional or general anesthesia or injury that results in a fracture or dislocation. Moderate bodily injury does not include one‑time treatment and subsequent observation of scratches, cuts, abrasions, bruises, burns, splinters, or any other minor injuries that do not ordinarily require extensive medical care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="5E355E59" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10S5_lv1_579c062fb" w:id="15"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>5) “Prior conviction of domestic violence” includes conviction of any crime, in any state, containing among its elements those enumerated in, or substantially similar to those enumerated in, Section 16‑25‑20(A) that is committed against a household member as defined in item (3) within the ten years prior to the incident date of the current offense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="407175A4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10S6_lv1_bcaac0b05" w:id="16"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>6) “Protection order” means any order of protection, restraining order, condition of bond, or any other similar order issued in this State or another state or foreign jurisdiction for the purpose of protecting a household member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00997C98" w:rsidRDefault="00B45EDF" w14:paraId="5BBAF157" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10S7_lv1_fa51638c7" w:id="17"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:t>7) “Firearm” means a pistol, revolver, rifle, shotgun, machine gun, submachine gun, or an assault rifle which is designed to fire or is capable of firing fixed cartridge ammunition or from which a shot or projectile is discharged by an explosive but does not include an antique firearm as defined in 18 U.S.C. 921(a)(16).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB4BB0" w:rsidRDefault="000E5229" w14:paraId="2DC96B80" w14:textId="78875016">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10S8_lv1_8ac2fd9b3" w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sa_lv2_0e8e6d048" w:id="19"/>
+      <w:r w:rsidR="00EF3E9F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="00EF3E9F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Dating relationship” means a romantic</w:t>
       </w:r>
       <w:r w:rsidR="00FB4BB0">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>persons</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">, courtship, or engagement relationship between two individuals that need not include sexual involvement. In addition to any other factors the court deems relevant, the court may consider the following factors when determining whether a relationship exists or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FB4BB0">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>existed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FB4BB0">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB4BB0" w:rsidRDefault="00FB4BB0" w14:paraId="232DDFA0" w14:textId="4FFB349E">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00EF3E9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>; or</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000E5229" w:rsidP="00EF3E9F" w:rsidRDefault="00EF3E9F" w14:paraId="53C34AC2" w14:textId="352A819D">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Si_lv3_52677914e" w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EF3E9F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">length of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>relationship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FB4BB0" w:rsidRDefault="00FB4BB0" w14:paraId="31E8B399" w14:textId="30A657B0">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...122 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Sa_lv2_0e8e6d048" w:id="20"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00EF3E9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...46 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Si_lv3_52677914e" w:id="21"/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sii_lv3_3ff0dffc7" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00EF3E9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00FB4BB0" w:rsidRDefault="00FB4BB0" w14:paraId="31E8B399" w14:textId="30A657B0">
+        <w:t>ii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) the nature or type of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>relationship;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00FB4BB0" w:rsidRDefault="00FB4BB0" w14:paraId="473ED072" w14:textId="5D47B222">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EF3E9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10Sii_lv3_3ff0dffc7" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Siii_lv3_f3b41dd98" w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00EF3E9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>ii</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00FB4BB0" w:rsidRDefault="00FB4BB0" w14:paraId="473ED072" w14:textId="5D47B222">
+        <w:t>iii</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>) the frequency of interaction between the two individuals involved in the relationship; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3E9F" w:rsidRDefault="00FB4BB0" w14:paraId="2562669E" w14:textId="1D0834F6">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EF3E9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10Siii_lv3_f3b41dd98" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Siv_lv3_22822565e" w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00EF3E9F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>iii</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00EF3E9F" w:rsidRDefault="00FB4BB0" w14:paraId="2562669E" w14:textId="1D0834F6">
+        <w:t>iv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>) the time since termination of the relationship, if applicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00EF3E9F" w14:paraId="648B86B7" w14:textId="770A4B02">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00EF3E9F">
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Siv_lv3_22822565e" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Sb_lv2_3709d93bf" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidR="00EF3E9F">
-[...12 lines deleted...]
-    <w:p w:rsidR="000E5229" w:rsidRDefault="00EF3E9F" w14:paraId="648B86B7" w14:textId="770A4B02">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>A “dating relationship”</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80026">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">does not </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4BB0">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>include a casual relationship or ordinary fraternization between two individuals in a business or social context.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="000E5229" w14:paraId="57BC192F" w14:textId="545FA2BA">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Sb_lv2_3709d93bf" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T16C25N10S9_lv1_d060cba0f" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) </w:t>
+        <w:t>9) “Coercive Control” means a pattern of behavior that in purpose or effect unreasonably interferes with a person’s free will and personal liberty. “Coercive control” includes a pattern of behavior that seeks to destroy the mental and emotional state of the other person, strip away the individual’s sense of self, including bodily integrity and human rights. “Coercive control” may be committed directly or indirectly, including through the use of a third party and by any method or through any means including</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80026">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to, telephone, online accounts, text messages, internet‑connected devices or other electronic technologies. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F50F2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>“Coercive control” does not include actions taken pursuant to a court order, court approved legal agreement, at the direction of law enforcement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F80026">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005F50F2">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or to protect the safety of a child. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>“Coercive control” is designed to make an individual dependent by isolating them from support, exploiting them, depriving them of independence and regulating their everyday behavior including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="661EFFD5" w14:textId="5619DEA8">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>A “dating relationship”</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sa_lv2_f597bfd38" w:id="26"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">does not </w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="000E5229" w:rsidRDefault="000E5229" w14:paraId="57BC192F" w14:textId="545FA2BA">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a) isolating the person from friends</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, relatives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other sources of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A2462F" w:rsidRDefault="00F80026" w14:paraId="4E496D76" w14:textId="28FE0811">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10S9_lv1_d060cba0f" w:id="26"/>
-      <w:r>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sb_lv2_74bd6e38e" w:id="27"/>
+      <w:r w:rsidR="00A2462F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00F80026">
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) depriving the other person of basic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>necessities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="71F934F6" w14:textId="1845607A">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sc_lv2_14b34d095" w:id="28"/>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>c) monitoring the person’s communications</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2462F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="00F80026">
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> movements</w:t>
+      </w:r>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, daily activities and behavior, finances, economic resources</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005F50F2">
-[...12 lines deleted...]
-    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="661EFFD5" w14:textId="5619DEA8">
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or access to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="0071AD31" w14:textId="1A033843">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10Sa_lv2_f597bfd38" w:id="27"/>
-[...91 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Sc_lv2_14b34d095" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Sd_lv2_fa22d7136" w:id="29"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>c) monitoring the person’s communications</w:t>
+        <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidR="00A2462F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">frequent </w:t>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> movements</w:t>
+        <w:t>name‑calling, degrad</w:t>
       </w:r>
       <w:r w:rsidR="00A2462F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>, daily activities and behavior, finances, economic resources</w:t>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and demeaning </w:t>
       </w:r>
       <w:r w:rsidR="00A2462F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or access to services</w:t>
+        <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="0071AD31" w14:textId="1A033843">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="240DF2F7" w14:textId="4409CCD3">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10Sd_lv2_fa22d7136" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Se_lv2_9fa84fe2d" w:id="30"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">d) </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">e) threatening to harm or kill the person or a child or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>name‑calling, degrad</w:t>
-[...5 lines deleted...]
-        <w:t>ing</w:t>
+        <w:t>relative;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="462EB01E" w14:textId="4C0DAFEC">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and demeaning </w:t>
-[...45 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N10Se_lv2_9fa84fe2d" w:id="31"/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N10Sf_lv2_6f9ee6e02" w:id="31"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>e) threatening to harm or kill the person or a child or relative;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="462EB01E" w14:textId="4C0DAFEC">
+        <w:t xml:space="preserve">f) threatening to publish </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">private information </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5229">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or make reports of defamatory or false </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">claims to police or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A2462F">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>authorities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="082751B2" w14:textId="07C20537">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10Sf_lv2_6f9ee6e02" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Sg_lv2_a008fdaaa" w:id="32"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">f) threatening to publish </w:t>
+        <w:t xml:space="preserve">g) </w:t>
       </w:r>
       <w:r w:rsidR="00A2462F">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">private information </w:t>
+        <w:t>compelling the other person by force, threat of force, or intimidation to engage in conduct from which the other person has a right to abstain or to abstain from conduct in which the other party has a right to engage</w:t>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">or make reports of defamatory or false </w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="082751B2" w14:textId="07C20537">
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="6775CCEA" w14:textId="76C4CF79">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N10Sg_lv2_a008fdaaa" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T16C25N10Sh_lv2_26c80480f" w:id="33"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">g) </w:t>
-[...5 lines deleted...]
-        <w:t>compelling the other person by force, threat of force, or intimidation to engage in conduct from which the other person has a right to abstain or to abstain from conduct in which the other party has a right to engage</w:t>
+        <w:t>h) engaging in reproductive coercion which consists of control over the reproductive autonomy of a person through force, threat of force</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0D31">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000E5229">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t xml:space="preserve"> or intimidation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A562CA" w:rsidP="00A562CA" w:rsidRDefault="00A562CA" w14:paraId="2D431024" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A562CA" w:rsidP="00A562CA" w:rsidRDefault="00A562CA" w14:paraId="00CEF479" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_8038ce77e" w:id="34"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_e3a1eb588" w:id="35"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t>ection 16‑25‑20(A) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D15A3" w:rsidRDefault="007D15A3" w14:paraId="1E856CB3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D15A3" w:rsidRDefault="007D15A3" w14:paraId="7FA7BEFB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T16C25N20_4ee73b521" w:id="36"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N20SA_lv1_0bb7c3b2b" w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t>A) It is unlawful to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A815E0" w:rsidRDefault="007D15A3" w14:paraId="6156921D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N20S1_lv2_eaa1c40a8" w:id="38"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t xml:space="preserve">1) cause physical harm or injury to a person's own household </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>member;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00A815E0" w:rsidRDefault="007D15A3" w14:paraId="51304C8F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N20S2_lv2_85dd94384" w:id="39"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>2) offer or attempt to cause physical harm or injury to a person's own household member with apparent present ability under circumstances reasonably creating fear of imminent peril</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00032B4D">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="001002CF">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001002CF" w:rsidRDefault="001002CF" w14:paraId="44F5E49D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T16C25N20S3_lv2_62c59b2bc" w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>3) engage in coercive control over a person’s own household member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D4056B" w:rsidP="00D4056B" w:rsidRDefault="00D4056B" w14:paraId="28502CA2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D4056B" w:rsidP="00D4056B" w:rsidRDefault="00D4056B" w14:paraId="26CD1546" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_3_5ced1e601" w:id="41"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_8a822409e" w:id="42"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:t>ection 20‑3‑10 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004716BA" w:rsidRDefault="004716BA" w14:paraId="24B5F0C7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004716BA" w:rsidRDefault="004716BA" w14:paraId="72E2CDAB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T20C3N10_3fcf10476" w:id="43"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:t>ection 20‑3‑10.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_d28673e29" w:id="44"/>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:t>o divorce from the bonds of matrimony shall be granted except upon one or more of the following grounds, to wit:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E7115" w:rsidRDefault="004716BA" w14:paraId="01F90EFD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C3N10S1_lv1_6ce25c4b8" w:id="45"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>adultery;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E7115" w:rsidRDefault="004716BA" w14:paraId="4AC0A8BF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C3N10S2_lv1_295327d35" w:id="46"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t xml:space="preserve">2) desertion for a period of one </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>year;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E7115" w:rsidRDefault="004716BA" w14:paraId="5C168100" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C3N10S3_lv1_7ccef8054" w:id="47"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t xml:space="preserve">3) physical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>cruelty;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000E7115" w:rsidRDefault="004716BA" w14:paraId="05CD100B" w14:textId="7056294D">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C3N10S4_lv1_4cdc77ff7" w:id="48"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t xml:space="preserve">4) habitual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>drunkenness;  provided</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, that this ground shall be construed to include habitual drunkenness caused by the use of any narcotic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>drug;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00863412" w:rsidRDefault="00863412" w14:paraId="6E3DB3A8" w14:textId="2ACBA778">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00863412">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C3N10S5_lv1_77c34b436" w:id="49"/>
+      <w:r w:rsidRPr="00863412">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00863412">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) domestic violence as defined by 16‑25‑20(A) or domestic abuse as defined by 20‑4‑20 against a spouse or minor child within a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00863412">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>twelve month</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00863412">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period prior to filing an action under this section or during the pendency of an action filed under this section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>; or</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E5229" w:rsidRDefault="00F80026" w14:paraId="6775CCEA" w14:textId="76C4CF79">
+    <w:p w:rsidR="000E7115" w:rsidRDefault="004716BA" w14:paraId="26ED1D8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidR="000E5229">
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(5)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C3N10S6_lv1_1eee5ebac" w:id="50"/>
+      <w:r w:rsidR="00735783">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
-[...4 lines deleted...]
-        <w:t>h) engaging in reproductive coercion which consists of control over the reproductive autonomy of a person through force, threat of force</w:t>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidR="00735783">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on the application of either party if and when the husband and wife have lived separate and apart without cohabitation for a period of one year.  A plea of res judicata or of recrimination with respect to any other provision of this section shall not be a bar to either party obtaining a divorce on this ground.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00451537" w:rsidP="00451537" w:rsidRDefault="00451537" w14:paraId="7193CD30" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00451537" w:rsidP="00451537" w:rsidRDefault="00451537" w14:paraId="4E33AD43" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_4_1471edb14" w:id="51"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:t>ECTION 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_b952dc789" w:id="52"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:t>ection 20‑4‑20 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C94382" w:rsidRDefault="00C94382" w14:paraId="2F8AC2E0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C94382" w:rsidRDefault="00C94382" w14:paraId="7962D58D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T20C4N20_d4a7c9769" w:id="53"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:t>ection 20‑4‑20.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_18d1f7c5b" w:id="54"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t>s used in this chapter:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="5FA77BAE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Sa_lv1_1953e9794" w:id="55"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>a) “Abuse” means:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="3740ACFC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20S1_lv2_caed92b08" w:id="56"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t xml:space="preserve">1) physical harm, bodily injury, assault, or the threat of physical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>harm;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000D0D31" w:rsidP="000D0D31" w:rsidRDefault="00C94382" w14:paraId="2265BCC0" w14:textId="59A96555">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20S2_lv2_e1a50f1bc" w:id="57"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:t>2) sexual criminal offenses, as otherwise defined by statute, committed against a family or household member by a family or household member</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="000D0D31">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...8 lines deleted...]
-    <w:p w:rsidR="00A562CA" w:rsidP="00A562CA" w:rsidRDefault="00A562CA" w14:paraId="2D431024" w14:textId="77777777">
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="000D0D31" w:rsidP="000D0D31" w:rsidRDefault="000D0D31" w14:paraId="3406C54D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20S3_lv2_082eb97c0" w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>3) harassment or stalking as defined by Section 16‑3‑1700; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D0D31" w:rsidP="000D0D31" w:rsidRDefault="000D0D31" w14:paraId="725072CE" w14:textId="3F0A000E">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20S4_lv2_bee6016bb" w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) coercive control as defined </w:t>
+      </w:r>
+      <w:r w:rsidR="009E27B6">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 16‑25‑10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="54FB11DA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Sb_lv1_16c5427b8" w:id="60"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t>b) “Household member” means:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="3EE8C9A3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Si_lv2_3dbff956d" w:id="61"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>spouse;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="038C4C35" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Sii_lv2_55d715f90" w:id="62"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t xml:space="preserve">ii) a former </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>spouse;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="38544680" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Siii_lv2_d14932446" w:id="63"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t xml:space="preserve">iii) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> who have a child in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>common;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009E27B6" w:rsidP="009E27B6" w:rsidRDefault="00C94382" w14:paraId="6B1C361A" w14:textId="656FAFFA">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Siv_lv2_39e155a39" w:id="64"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:t xml:space="preserve">iv) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a male and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>female</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5F50">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> who are cohabiting or formerly have cohabited</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E27B6">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidP="009E27B6" w:rsidRDefault="009E27B6" w14:paraId="61784847" w14:textId="35E16677">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Sv_lv2_4079fd629" w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">v) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are presently in or have formerly been in a dating relationship as defined by Section 16‑25‑10.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="5E79B6DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Sc_lv1_e50cddf67" w:id="66"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:t>c) “Court” means the Family Court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="7E692BC6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Sd_lv1_58db5e697" w:id="67"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:t>d) “Petitioner” means the person alleging abuse in a petition for an order of protection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="23C155EC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Se_lv1_9bf8603df" w:id="68"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:t>e) “Respondent” in a petition for an order of protection means the person alleged to have abused another or a person alleged to have aided and abetted such abuse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF730F" w:rsidRDefault="00C94382" w14:paraId="4B0A167A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T20C4N20Sf_lv1_66f1c353b" w:id="69"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:t>f) “Order of protection” means an order of protection issued to protect the petitioner or minor household members from the abuse of another household member where the respondent has received notice of the proceedings and has had an opportunity to be heard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00924D09" w:rsidP="00924D09" w:rsidRDefault="00924D09" w14:paraId="5D0D14B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A562CA" w:rsidP="00A562CA" w:rsidRDefault="00A562CA" w14:paraId="00CEF479" w14:textId="77777777">
+    <w:p w:rsidR="00924D09" w:rsidP="00924D09" w:rsidRDefault="00924D09" w14:paraId="59DFCA5A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_8038ce77e" w:id="35"/>
+      <w:bookmarkStart w:name="bs_num_5_6fee789fe" w:id="70"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="dl_e3a1eb588" w:id="36"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:t>ECTION 5.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_93cc1dbb3" w:id="71"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="007D15A3" w:rsidRDefault="007D15A3" w14:paraId="1E856CB3" w14:textId="77777777">
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:t>ection 63‑15‑240(B) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B2BAA" w:rsidRDefault="009B2BAA" w14:paraId="7962C8CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D15A3" w:rsidRDefault="007D15A3" w14:paraId="7FA7BEFB" w14:textId="77777777">
+    <w:p w:rsidR="009B2BAA" w:rsidRDefault="009B2BAA" w14:paraId="5DBDF560" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="cs_T16C25N20_4ee73b521" w:id="37"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkStart w:name="cs_T63C15N240_d238e1a72" w:id="72"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240SB_lv1_a445f3a28" w:id="73"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00A815E0" w:rsidRDefault="007D15A3" w14:paraId="6156921D" w14:textId="77777777">
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:t>B) In issuing or modifying a custody order, the court must consider the best interest of the child, which may include, but is not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="5B7B57CA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T16C25N20S1_lv2_eaa1c40a8" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T63C15N240S1_lv2_b59cc146c" w:id="74"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00A815E0" w:rsidRDefault="007D15A3" w14:paraId="51304C8F" w14:textId="77777777">
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:t xml:space="preserve">1) the temperament and developmental needs of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="25E3BA26" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="ss_T16C25N20S2_lv2_85dd94384" w:id="40"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S2_lv2_1a4e0fe4b" w:id="75"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="001002CF" w:rsidRDefault="001002CF" w14:paraId="44F5E49D" w14:textId="77777777">
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:t xml:space="preserve">2) the capacity and the disposition of the parents to understand and meet the needs of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="2C690E82" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S3_lv2_1c01e9f26" w:id="76"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00D4056B" w:rsidP="00D4056B" w:rsidRDefault="00D4056B" w14:paraId="28502CA2" w14:textId="77777777">
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:t xml:space="preserve">3) the preferences of each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="555E6EBC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S4_lv2_d3e01ff1c" w:id="77"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:t xml:space="preserve">4) the wishes of the parents as to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>custody;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="22CB1683" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S5_lv2_53efe211e" w:id="78"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:t xml:space="preserve">5) the past and current interaction and relationship of the child with each parent, the child's siblings, and any other person, including a grandparent, who may significantly affect the best interest of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="642B6EDD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S6_lv2_30132dafd" w:id="79"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:t xml:space="preserve">6) the actions of each parent to encourage the continuing parent‑child relationship between the child and the other parent, as is appropriate, including compliance with court </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>orders;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="7148F4DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S7_lv2_64947a90f" w:id="80"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:t xml:space="preserve">7) the manipulation by or coercive behavior of the parents in an effort to involve the child in the parents' </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dispute;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="16E6C7A9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S8_lv2_058199100" w:id="81"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:t xml:space="preserve">8) any effort by one parent to disparage the other parent in front of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="2E865E29" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S9_lv2_d817b065f" w:id="82"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:t xml:space="preserve">9) the ability of each parent to be actively involved in the life of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="73D71479" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S10_lv2_1773eb8c0" w:id="83"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:t xml:space="preserve">10) the child's adjustment to his or her home, school, and community </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>environments;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="1D394E09" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S11_lv2_1ce8219cd" w:id="84"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:t xml:space="preserve">11) the stability of the child's existing and proposed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>residences;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="3A736E49" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S12_lv2_e0ead746d" w:id="85"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:t xml:space="preserve">12) the mental and physical health of all individuals involved, except that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a disability</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of a proposed custodial parent or other party, in and of itself, must not be determinative of custody unless the proposed custodial arrangement is not in the best interest of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>child;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="795AB724" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S13_lv2_f38a62349" w:id="86"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:t xml:space="preserve">13) the child's cultural and spiritual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>background;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="2830CB01" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S14_lv2_e3f0fdb71" w:id="87"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:t xml:space="preserve">14) whether the child or a sibling of the child has been abused or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>neglected;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="72E8A0A1" w14:textId="65FBA84C">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S15_lv2_dbb42d389" w:id="88"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:t>15) whether one parent has perpetrated domestic violence</w:t>
+      </w:r>
+      <w:r w:rsidR="00C42EE1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as provided in Section 16‑25‑20(A), stalking or harassment as defined in Section 16‑3‑1700,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or child abuse or the effect on the child of the actions of an abuser if any domestic violence </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC37AA">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stalking or harassment </w:t>
+      </w:r>
+      <w:r>
+        <w:t>has occurred between the parents or between a parent and another individual or between the parent and the child;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="61673453" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S16_lv2_ba0daa8db" w:id="89"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:t xml:space="preserve">16) whether one parent has relocated more than one hundred miles from the child's primary residence in the past year, unless the parent relocated for safety </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>reasons;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00007B98" w:rsidRDefault="009B2BAA" w14:paraId="4F4F4D76" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C15N240S17_lv2_c65e2685a" w:id="90"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:t>17) other factors as the court considers necessary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="305B84A1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D4056B" w:rsidP="00D4056B" w:rsidRDefault="00D4056B" w14:paraId="26CD1546" w14:textId="77777777">
-[...1011 lines deleted...]
-    </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="41FBE962" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_lastsection" w:id="92"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="93"/>
+      <w:bookmarkStart w:name="bs_num_6_lastsection" w:id="91"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="92"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="91"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="783526B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00697DB3">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4C1BCF2F" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E818E3" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2987,173 +3452,175 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="758EB77F" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="67805018" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00CD7C01" w:rsidP="00D14995">
+      <w:p w14:paraId="67805018" w14:textId="1C15ED46" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00BE61D4" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00A65BB0">
+              <w:t>[0702]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00CE7E22">
+            <w:r w:rsidR="00A65BB0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SEDU-0032DB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42F27BA3" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6FB3122A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3415,51 +3882,53 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -3505,73 +3974,75 @@
     <w:rsid w:val="000E5A0B"/>
     <w:rsid w:val="000E7115"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="001002CF"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="0011404A"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00123FDF"/>
     <w:rsid w:val="0013072E"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00163683"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00174D2E"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B68F3"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="001E660A"/>
     <w:rsid w:val="001F01AC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00206E8F"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00244AB2"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002719CB"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="0027649B"/>
+    <w:rsid w:val="0027743E"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A32F2"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D1825"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D5F50"/>
     <w:rsid w:val="002D6FC5"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003175E5"/>
     <w:rsid w:val="003208E5"/>
     <w:rsid w:val="0032189C"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00344573"/>
     <w:rsid w:val="00351965"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="00355386"/>
@@ -3702,72 +4173,74 @@
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="00697DB3"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C134B"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E4869"/>
     <w:rsid w:val="006F6573"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00723F9D"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00735783"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00741809"/>
+    <w:rsid w:val="007653E2"/>
     <w:rsid w:val="007810F9"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A218A"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B0A78"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D15A3"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D377E"/>
     <w:rsid w:val="007D7943"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E2C14"/>
     <w:rsid w:val="007E46AF"/>
     <w:rsid w:val="007F1302"/>
+    <w:rsid w:val="007F46CD"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00853EFA"/>
     <w:rsid w:val="008550DD"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00863412"/>
     <w:rsid w:val="0086356D"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="00880005"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C24FE"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E17C3"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F46F6"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009066D5"/>
@@ -3809,107 +4282,111 @@
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E27B6"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E639F"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F3F89"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A2462F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A25744"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A3065C"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A562CA"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A63B36"/>
+    <w:rsid w:val="00A65BB0"/>
     <w:rsid w:val="00A65DFC"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A815E0"/>
     <w:rsid w:val="00A923F9"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA236E"/>
+    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AE79A8"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B03FC3"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B204D8"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B45EDF"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B85A08"/>
     <w:rsid w:val="00B87B85"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B909B5"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B96694"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC555D"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
+    <w:rsid w:val="00BE61D4"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C07C13"/>
     <w:rsid w:val="00C106CF"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C25E1E"/>
     <w:rsid w:val="00C42EE1"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C4785F"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C647C8"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C83EAB"/>
     <w:rsid w:val="00C94382"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA1AF0"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC311D"/>
     <w:rsid w:val="00CC37AA"/>
@@ -4444,1360 +4921,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0027743E"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="0027743E"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00C07C13"/>
+    <w:rsid w:val="0027743E"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -5824,51 +6303,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=702&amp;session=126&amp;summary=B" TargetMode="External" Id="R5a8c63fdcb15429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/702_20251210.docx" TargetMode="External" Id="R9c9d8348963d41bf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=702&amp;session=126&amp;summary=B" TargetMode="External" Id="Rddc25ab09cc94ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/702_20251210.docx" TargetMode="External" Id="R42a1b273cc3d43c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/702_20260114.docx" TargetMode="External" Id="Rb5d3f9d46e344ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R6835b8f51f104791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R9ac612a711814f58" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5895,129 +6374,133 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D1825"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="005054EE"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="0060022E"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="0086356D"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00915D16"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
+    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D81F1D"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F30647"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -6764,97 +7247,95 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>7bcbf747-1f22-44a0-9957-567f513a1b65</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-11T10:30:45.157997-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>3c216794-af93-4179-86ae-c9151a100860</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>0519ab9b-3742-4d38-a01f-8fd14d8d93ac</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>7d727a28-e1b3-4cc5-95aa-1a47ca90649d</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0702]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>702</T_BILL_T_BILLNUMBER>
-  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑25‑10, RELATING TO DEFINITIONS PERTAINING TO A “DATING RELATIONSHIP” AND “COERCIVE CONTROL”, SO AS TO INCLUDE PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP IN THE DEFINITION OF “HOUSEHOLD MEMBER” AND TO ADD THE DEFINTIONS OF DATING RELATIONSHIP AND COERCIVE CONTROL; BY AMENDING SECTION 16‑25‑20, RELATING TO PROHIBITED ACTS, SO AS TO MAKE IT UNLAWFUL FOR A PERSON TO ENGAGE IN COERCIVE CONTROL OVER A PERSON’S OWN HOUSEHOLD; BY AMENDING SECTION 20‑3‑10, RELATING TO GROUNDS FOR DIVORCE, SO AS TO INCLUDE CRIMINAL DOMESTIC VIOLENCE AGAINST A SPOUSE, STALKING, AND HARASSMENT AS GROUNDS FOR DIVORCE; BY AMENDING SECTION 20‑4‑20, RELATING TO DEFINITIONS PERTAINING TO ABUSE, SO AS TO INCLUDE HARASSMENT, STALKING, AND COERCIVE CONTROL INTO THE DEFINITIONS OF “ABUSE” AND TO FURTHER PROVIDE THAT A HOUSEHOLD MEMBER INCLUDES PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP; AND BY AMENDING SECTION 63‑15‑240, RELATING TO THE CONTENTS OF ORDER FOR CUSTODY AFFECTING RIGHTS AND RESPONSIBILITIES OF PARENTS AND THE BEST INTERESTS OF THE CHILD, SO AS TO INCLUDE THE STATUORY REFERENCE TO DOMESTIC VIOLENCE AND ADD STALKING AND HARRASSMENT AS ACTIVITY FOR A COURT TO CONSIDER WHEN DETERMINING WHAT IS IN THE BEST INTEREST OF A CHILD.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑25‑10, RELATING TO DEFINITIONS PERTAINING TO A “DATING RELATIONSHIP” AND “COERCIVE CONTROL”, SO AS TO INCLUDE PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP IN THE DEFINITION OF “HOUSEHOLD MEMBER” AND TO ADD THE DEFINITIONS OF DATING RELATIONSHIP AND COERCIVE CONTROL; BY AMENDING SECTION 16‑25‑20, RELATING TO PROHIBITED ACTS, SO AS TO MAKE IT UNLAWFUL FOR A PERSON TO ENGAGE IN COERCIVE CONTROL OVER A PERSON’S OWN HOUSEHOLD; BY AMENDING SECTION 20‑3‑10, RELATING TO GROUNDS FOR DIVORCE, SO AS TO INCLUDE CRIMINAL DOMESTIC VIOLENCE AGAINST A SPOUSE, STALKING, AND HARASSMENT AS GROUNDS FOR DIVORCE; BY AMENDING SECTION 20‑4‑20, RELATING TO DEFINITIONS PERTAINING TO ABUSE, SO AS TO INCLUDE HARASSMENT, STALKING, AND COERCIVE CONTROL INTO THE DEFINITIONS OF “ABUSE” AND TO FURTHER PROVIDE THAT A HOUSEHOLD MEMBER INCLUDES PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP; AND BY AMENDING SECTION 63‑15‑240, RELATING TO THE CONTENTS OF ORDER FOR CUSTODY AFFECTING RIGHTS AND RESPONSIBILITIES OF PARENTS AND THE BEST INTERESTS OF THE CHILD, SO AS TO INCLUDE THE STATUTORY REFERENCE TO DOMESTIC VIOLENCE AND ADD STALKING AND HARASSMENT AS ACTIVITY FOR A COURT TO CONSIDER WHEN DETERMINING WHAT IS IN THE BEST INTEREST OF A CHILD.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"4d6a94f5-8080-446a-91d9-9dd25f139bbc","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T16C25N10_dabf35fe6","IsConstitutionSection":false,"Identity":"16-25-10","IsNew":false,"SubSections":[{"Level":1,"Identity":"T16C25N10S1","SubSectionBookmarkName":"ss_T16C25N10S1_lv1_62cac2810","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S2","SubSectionBookmarkName":"ss_T16C25N10S2_lv1_53d6696fb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S3","SubSectionBookmarkName":"ss_T16C25N10S3_lv1_39392708e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S4","SubSectionBookmarkName":"ss_T16C25N10S4_lv1_49b93bf42","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S5","SubSectionBookmarkName":"ss_T16C25N10S5_lv1_579c062fb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S6","SubSectionBookmarkName":"ss_T16C25N10S6_lv1_bcaac0b05","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S7","SubSectionBookmarkName":"ss_T16C25N10S7_lv1_fa51638c7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sa","SubSectionBookmarkName":"ss_T16C25N10Sa_lv2_ef409efc4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sb","SubSectionBookmarkName":"ss_T16C25N10Sb_lv2_cd87b0c39","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sc","SubSectionBookmarkName":"ss_T16C25N10Sc_lv2_7edc92306","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sd","SubSectionBookmarkName":"ss_T16C25N10Sd_lv2_a685250f7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Se","SubSectionBookmarkName":"ss_T16C25N10Se_lv2_878176949","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S8","SubSectionBookmarkName":"ss_T16C25N10S8_lv1_8ac2fd9b3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sa","SubSectionBookmarkName":"ss_T16C25N10Sa_lv2_0e8e6d048","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C25N10Si","SubSectionBookmarkName":"ss_T16C25N10Si_lv3_52677914e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C25N10Sii","SubSectionBookmarkName":"ss_T16C25N10Sii_lv3_3ff0dffc7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C25N10Siii","SubSectionBookmarkName":"ss_T16C25N10Siii_lv3_f3b41dd98","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C25N10Siv","SubSectionBookmarkName":"ss_T16C25N10Siv_lv3_22822565e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sb","SubSectionBookmarkName":"ss_T16C25N10Sb_lv2_3709d93bf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C25N10S9","SubSectionBookmarkName":"ss_T16C25N10S9_lv1_d060cba0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sa","SubSectionBookmarkName":"ss_T16C25N10Sa_lv2_f597bfd38","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sb","SubSectionBookmarkName":"ss_T16C25N10Sb_lv2_74bd6e38e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sc","SubSectionBookmarkName":"ss_T16C25N10Sc_lv2_14b34d095","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sd","SubSectionBookmarkName":"ss_T16C25N10Sd_lv2_fa22d7136","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Se","SubSectionBookmarkName":"ss_T16C25N10Se_lv2_9fa84fe2d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sf","SubSectionBookmarkName":"ss_T16C25N10Sf_lv2_6f9ee6e02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sg","SubSectionBookmarkName":"ss_T16C25N10Sg_lv2_a008fdaaa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N10Sh","SubSectionBookmarkName":"ss_T16C25N10Sh_lv2_26c80480f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"definitions pertaining to a \"dating relationship\" and “Coercive Control”","TitleSoAsTo":"include persons who are presently in or have formerly been in a dating relationship in the definition of \"household member\" and to add the defintions of dating relationship and coercive control","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_4f9530405"},{"SectionUUID":"f3175951-4d66-4d38-b17d-217c926a9a8e","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T16C25N20_4ee73b521","IsConstitutionSection":false,"Identity":"16-25-20","IsNew":false,"SubSections":[{"Level":1,"Identity":"T16C25N20SA","SubSectionBookmarkName":"ss_T16C25N20SA_lv1_0bb7c3b2b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N20S1","SubSectionBookmarkName":"ss_T16C25N20S1_lv2_eaa1c40a8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N20S2","SubSectionBookmarkName":"ss_T16C25N20S2_lv2_85dd94384","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C25N20S3","SubSectionBookmarkName":"ss_T16C25N20S3_lv2_62c59b2bc","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"prohibited acts","TitleSoAsTo":"make it unlawful for a person to engage in coercive control over a person's own household","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_8038ce77e"},{"SectionUUID":"39dc0bce-5237-4248-b327-e596220da8e5","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T20C3N10_3fcf10476","IsConstitutionSection":false,"Identity":"20-3-10","IsNew":false,"SubSections":[{"Level":1,"Identity":"T20C3N10S1","SubSectionBookmarkName":"ss_T20C3N10S1_lv1_6ce25c4b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C3N10S2","SubSectionBookmarkName":"ss_T20C3N10S2_lv1_295327d35","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C3N10S3","SubSectionBookmarkName":"ss_T20C3N10S3_lv1_7ccef8054","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C3N10S4","SubSectionBookmarkName":"ss_T20C3N10S4_lv1_4cdc77ff7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C3N10S6","SubSectionBookmarkName":"ss_T20C3N10S6_lv1_1eee5ebac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C3N10S5","SubSectionBookmarkName":"ss_T20C3N10S5_lv1_77c34b436","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Grounds for divorce","TitleSoAsTo":"include criminal domestic violence against a spouse, stalking, and harassment as grounds for divorce","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_5ced1e601"},{"SectionUUID":"7cd3f4f9-c785-4d06-8078-5b5eb9f13ff6","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T20C4N20_d4a7c9769","IsConstitutionSection":false,"Identity":"20-4-20","IsNew":false,"SubSections":[{"Level":1,"Identity":"T20C4N20Sa","SubSectionBookmarkName":"ss_T20C4N20Sa_lv1_1953e9794","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C4N20Sb","SubSectionBookmarkName":"ss_T20C4N20Sb_lv1_16c5427b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C4N20Sc","SubSectionBookmarkName":"ss_T20C4N20Sc_lv1_e50cddf67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C4N20Sd","SubSectionBookmarkName":"ss_T20C4N20Sd_lv1_58db5e697","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C4N20Se","SubSectionBookmarkName":"ss_T20C4N20Se_lv1_9bf8603df","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T20C4N20Sf","SubSectionBookmarkName":"ss_T20C4N20Sf_lv1_66f1c353b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20S1","SubSectionBookmarkName":"ss_T20C4N20S1_lv2_caed92b08","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20S2","SubSectionBookmarkName":"ss_T20C4N20S2_lv2_e1a50f1bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20S3","SubSectionBookmarkName":"ss_T20C4N20S3_lv2_082eb97c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20S4","SubSectionBookmarkName":"ss_T20C4N20S4_lv2_bee6016bb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20Si","SubSectionBookmarkName":"ss_T20C4N20Si_lv2_3dbff956d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20Sii","SubSectionBookmarkName":"ss_T20C4N20Sii_lv2_55d715f90","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20Siii","SubSectionBookmarkName":"ss_T20C4N20Siii_lv2_d14932446","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20Siv","SubSectionBookmarkName":"ss_T20C4N20Siv_lv2_39e155a39","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T20C4N20Sv","SubSectionBookmarkName":"ss_T20C4N20Sv_lv2_4079fd629","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Definitions pertaining to abuse","TitleSoAsTo":"include harassment, stalking, and coercive control into the definitions of \"Abuse\" and to further provide that a household member includes persons who are presently in or have formerly been in a dating relationship","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_1471edb14"},{"SectionUUID":"431bd9ab-3e8e-4cd0-b098-bb98f79c909c","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T63C15N240_d238e1a72","IsConstitutionSection":false,"Identity":"63-15-240","IsNew":false,"SubSections":[{"Level":1,"Identity":"T63C15N240SB","SubSectionBookmarkName":"ss_T63C15N240SB_lv1_a445f3a28","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S1","SubSectionBookmarkName":"ss_T63C15N240S1_lv2_b59cc146c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S2","SubSectionBookmarkName":"ss_T63C15N240S2_lv2_1a4e0fe4b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S3","SubSectionBookmarkName":"ss_T63C15N240S3_lv2_1c01e9f26","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S4","SubSectionBookmarkName":"ss_T63C15N240S4_lv2_d3e01ff1c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S5","SubSectionBookmarkName":"ss_T63C15N240S5_lv2_53efe211e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S6","SubSectionBookmarkName":"ss_T63C15N240S6_lv2_30132dafd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S7","SubSectionBookmarkName":"ss_T63C15N240S7_lv2_64947a90f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S8","SubSectionBookmarkName":"ss_T63C15N240S8_lv2_058199100","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S9","SubSectionBookmarkName":"ss_T63C15N240S9_lv2_d817b065f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S10","SubSectionBookmarkName":"ss_T63C15N240S10_lv2_1773eb8c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S11","SubSectionBookmarkName":"ss_T63C15N240S11_lv2_1ce8219cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S12","SubSectionBookmarkName":"ss_T63C15N240S12_lv2_e0ead746d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S13","SubSectionBookmarkName":"ss_T63C15N240S13_lv2_f38a62349","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S14","SubSectionBookmarkName":"ss_T63C15N240S14_lv2_e3f0fdb71","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S15","SubSectionBookmarkName":"ss_T63C15N240S15_lv2_dbb42d389","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S16","SubSectionBookmarkName":"ss_T63C15N240S16_lv2_ba0daa8db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C15N240S17","SubSectionBookmarkName":"ss_T63C15N240S17_lv2_c65e2685a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the Contents of order for custody affecting rights and responsibilities of parents and the best interests of the child","TitleSoAsTo":"include the statuory reference to domestic violence and add stalking and harrassment as activity for a court to consider when determining what is in the best interest of a child","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_6fee789fe"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":6,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Criminal Coercive Control</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>donnabarton@scsenate.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>victoriachandler@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -7087,173 +7568,159 @@
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>5</Pages>
   <Words>1869</Words>
-  <Characters>9683</Characters>
+  <Characters>9684</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>186</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11452</CharactersWithSpaces>
+  <CharactersWithSpaces>11454</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>