--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -173,51 +173,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0388CM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the Senate Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Transportation</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -359,68 +359,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Transportation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rd964c71da50349ca">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transportation</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R45c47f527fee47af">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R1d80264f9b8543c0">
+      <w:hyperlink r:id="R73699da742f042eb">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -438,103 +536,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R4576a2f1e1aa4498">
+      <w:hyperlink r:id="Rdaacfb22fda94184">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00111106" w:rsidRDefault="00432135" w14:paraId="602020AA" w14:textId="5CD9E739">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00111106" w:rsidRDefault="00A73EFA" w14:paraId="4B92001C" w14:textId="2E885CBC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00111106" w:rsidRDefault="00A73EFA" w14:paraId="3B1B10A8" w14:textId="405A68C5">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00111106" w:rsidRDefault="00A73EFA" w14:paraId="185AD8BF" w14:textId="67722A8D">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00111106" w:rsidRDefault="00A73EFA" w14:paraId="7039D773" w14:textId="21D74D06">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00111106" w:rsidRDefault="00A73EFA" w14:paraId="760B3C3A" w14:textId="5BB2A4F0">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -570,2855 +666,2862 @@
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00597474" w14:paraId="6D4880B7" w14:textId="384EADBC">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56‑5‑1538, RELATING TO EMERGENCY SCENE MANAGEMENT, SO AS TO REVISE AND CREATE CERTAIN DEFINITIONS, TO REVISE THE RESPONSIBILITIES OF DRIVERS APPROACHING EMERGENCY VEHICLES, AND TO ESTABLISH VIOLATIONS AND PENALTIES; AND BY AMENDING SECTION 56‑1‑720, RELATING TO THE SYSTEM OF POINTS ASSESSED AGAINST A PERSON</w:t>
           </w:r>
           <w:r w:rsidR="00111106">
             <w:t>’</w:t>
           </w:r>
           <w:r>
             <w:t>S DRIVING RECORD FOR MOTOR VEHICLE VIOLATIONS, SO AS TO ESTABLISH POINTS FOR CREATING HAZARDOUS CONDITIONS AT EMERGENCY SCENES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_486d6369b" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_486d6369b" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="117EDCCD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="4AE962BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_261000ee2" w:id="2"/>
+      <w:bookmarkStart w:name="ew_261000ee2" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B12E75" w:rsidP="00B12E75" w:rsidRDefault="00B12E75" w14:paraId="767DC453" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B12E75" w:rsidP="00B12E75" w:rsidRDefault="00B12E75" w14:paraId="51E191EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_22020ca26" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_22020ca26" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_6fb89baa6" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_6fb89baa6" w:id="4"/>
+        <w:t>ection 56‑5‑1538 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00940C8E" w:rsidRDefault="00940C8E" w14:paraId="55A7E89E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00940C8E" w:rsidRDefault="00940C8E" w14:paraId="2593E618" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T56C5N1538_a5831dc36" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 56‑5‑1538 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00940C8E" w:rsidRDefault="00940C8E" w14:paraId="55A7E89E" w14:textId="77777777">
+        <w:t>ection 56‑5‑1538.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538SA_lv1_1248539e5" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t xml:space="preserve">A) An emergency scene is a </w:t>
+      </w:r>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>special hazard</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>location designated by the potential need to provide emergency medical care and is identified by emergency vehicles with flashing lights, rescue equipment, or emergency personnel on the scene</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="35EEE163" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00940C8E" w:rsidRDefault="00940C8E" w14:paraId="2593E618" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538SB_lv1_de3749ac7" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t xml:space="preserve">B) An emergency scene is a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>special hazard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> location designated by the presence of an emergency vehicle conducting a law enforcement activity, fire protection, the potential need to provide emergency medical care, or the recovery</w:t>
+      </w:r>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>restoration of property</w:t>
+      </w:r>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, or both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, and is identified by emergency vehicles with flashing lights, rescue equipment, or emergency personnel</w:t>
+      </w:r>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or both</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the scene</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="2849756C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T56C5N1538_a5831dc36" w:id="5"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T56C5N1538SA_lv1_1248539e5" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T56C5N1538SC_lv1_a37d4df7a" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="35EEE163" w14:textId="77777777">
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>C) An emergency scene is under the authority of the first arriving emergency personnel, which includes emergency medical services personnel, until the arrival of the fire or law enforcement officials having jurisdiction. All motor vehicles passing through an emergency scene and pedestrians observing an emergency scene must obey and not interfere with the duties of emergency personnel. Motor vehicles and bystanders may not block access to or exit from an emergency scene.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="252A7DA3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N1538SB_lv1_de3749ac7" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T56C5N1538SD_lv1_6b25a5ce7" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="2849756C" w14:textId="77777777">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>D) The management authority of emergency medical services is limited to managing patient care and preventing further injury to the patients and on‑scene personnel. This authority may be delegated by emergency personnel to provide an adequate level of safety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="6A22A20A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N1538SC_lv1_a37d4df7a" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T56C5N1538SE_lv1_2efab0d0b" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="252A7DA3" w14:textId="77777777">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>E) A paid or volunteer worker at an emergency scene has proper authority to be at and control the scene in a manner consistent with his training.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="4DAF52F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N1538SD_lv1_6b25a5ce7" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T56C5N1538SF_lv1_021671fa4" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...14 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t xml:space="preserve">F) The driver of a vehicle shall ensure that the vehicle is kept under control when approaching or passing an emergency scene or authorized emergency vehicle stopped on or near the right‑of‑way of a </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>street or highway with emergency lights flashing.  The exercise of control required for a driver to comply with this section is that control possible and necessary by the driver to prevent a collision, to prevent injury to persons or property, and to avoid interference with the performance of emergency duties by emergency personnel, or interfering with the operation of an authorized emergency vehicle.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="5A0DC450" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N1538SG_lv1_1c988b744" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T56C5N1538SG_lv1_1c988b744" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>G) A person driving a vehicle approaching a stationary authorized emergency vehicle that is giving a signal by displaying alternately flashing red, red and white, blue, or red and blue lights, or amber or yellow warning lights shall proceed with due caution, significantly reduce the speed of the vehicle, and</w:t>
+      </w:r>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>unless otherwise directed by a law enforcement officer shall</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="5D3105F4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S1_lv2_e98b6094d" w:id="12"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>G) A person driving a vehicle approaching a stationary authorized emergency vehicle that is giving a signal by displaying alternately flashing red, red and white, blue, or red and blue lights, or amber or yellow warning lights shall proceed with due caution, significantly reduce the speed of the vehicle, and</w:t>
+        <w:t>1) yield the right‑of‑way by making a lane change into a lane not adjacent to that of the authorized emergency vehicle, if possible with due regard to safety and traffic conditions, if on a highway having at least four lanes with not less than two lanes proceeding in the same direction as the approaching vehicle; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidP="009B71AC" w:rsidRDefault="00940C8E" w14:paraId="3CBE5A20" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S2_lv2_148f33b40" w:id="13"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>maintain a safe speed for road conditions,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B71AC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="5D3105F4" w14:textId="77777777">
+        <w:t xml:space="preserve">slow down. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> changing lanes is </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>impossible or unsafe</w:t>
+      </w:r>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not possible, drivers must reduce their speed to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidP="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="6D945A75" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538Sa_lv3_abcff8916" w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="009B71AC" w:rsidP="009B71AC" w:rsidRDefault="00940C8E" w14:paraId="3CBE5A20" w14:textId="77777777">
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a) twenty miles per hour below the posted speed limit if the speed limit is twenty‑five miles per hour or higher; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidP="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="6F5F3CBA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...10 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538Sb_lv3_46968bd34" w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...77 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="15"/>
-      <w:r>
-[...35 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>b) five miles per hour if the posted speed limit is less than twenty‑five miles per hour</w:t>
       </w:r>
       <w:r w:rsidR="00940C8E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="33A9A016" w14:textId="4B0CC52D">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T56C5N1538SH_lv1_483eea7c2" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T56C5N1538SH_lv1_483eea7c2" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>H)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S1_lv2_438495abf" w:id="17"/>
+      <w:r w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T56C5N1538S1_lv2_438495abf" w:id="18"/>
       <w:r w:rsidR="009B71AC">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A person who violates the provisions of this section where no property damage results or where no person at the emergency scene suffers personal injury is guilty of the misdemeanor of creating a hazardous condition at an emergency scene and, upon conviction, must be fined not less than seventy‑five dollars </w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>and not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more than two hundred dollars</w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> imprisoned for not more than thirty days</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>A person who violates the provisions of this section is guilty of the misdemeanor of endangering emergency services personnel or operators of authorized emergency vehicles and, upon conviction, must be fined not less than three hundred dollars nor more than five hundred dollars</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="0D6F30DB" w14:textId="609833D1">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S2_lv2_d2b07a438" w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
-      <w:r w:rsidR="009B71AC">
-[...5 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>A person who violates the provisions of this section where property damage results or where any person at the emergency scene suffers physical injury is guilty of the misdemeanor of creating a hazardous condition at an emergency scene and, upon conviction, must be fined not less than three hundred dollars and not more than five hundred dollars</w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or be imprisoned for not more than ninety days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="7DB1F242" w14:textId="44379E07">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S3_lv2_1e89d225f" w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>A person who violates the provisions of this section where any person at the emergency scene suffers great bodily injury, as defined in Section 56‑5‑2945(B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, is guilty of the felony of creating a hazardous condition at an emergency scene and, upon conviction, must be fined not less than five thousand one hundred dollars </w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>and not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more than ten thousand one hundred dollars and mandatory imprisonment for not less than thirty days </w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>and not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more than fifteen years when great bodily injury results</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="2EA7D0BA" w14:textId="1AEAC343">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S4_lv2_40dced935" w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A person who violates the provisions of this section where the injury to </w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person at the emergency scene results in death is guilty of the felony of creating a hazardous condition at an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">emergency scene and, upon conviction, must be fined not less than ten thousand dollars nor more than twenty‑five thousand dollars and mandatory imprisonment for not less than one year </w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>and not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more than twenty‑five years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="76FF480F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538SI_lv1_db9d6ffa9" w:id="21"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>I) For purposes of this section:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="3A7C5525" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S1_lv2_ba2a0deca" w:id="22"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t>1) “Authorized emergency vehicle” means any ambulance, police, fire, rescue, recovery, or towing vehicle authorized by this State, county, or municipality to respond to a traffic incident.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="4EDB4348" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S2_lv2_e36e47c01" w:id="23"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>2) “Emergency services personnel” means fire, police, or emergency medical services personnel (EMS) responding to an emergency incident.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="4CB10F00" w14:textId="179CF0B4">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538S3_lv2_b064c3bab" w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Person at the </w:t>
+      </w:r>
+      <w:r w:rsidR="00111106">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mergency </w:t>
+      </w:r>
+      <w:r w:rsidR="00111106">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>cene</w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mergency </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ersonnel and any other persons who are present at the emergency scene regardless of whether they are responding to any emergency incident.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="3F9957C7" w14:textId="752E3870">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538SJ_lv1_b043677b2" w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">J) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A person who violates </w:t>
+      </w:r>
+      <w:r w:rsidR="00111106">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>subs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ection (H</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(1) must have two points assessed against his motor vehicle operating record.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="78C952E5" w14:textId="7635A961">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538SK_lv1_cb0db5a7f" w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>K)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A person who violates </w:t>
+      </w:r>
+      <w:r w:rsidR="00111106">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>subs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ection (H)(2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must have four points assessed against his motor vehicle operating record if property damage results or an injury </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">results </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to a person at the emergency scene occurred at the time of the incident and the violation is the sole </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>roximate cause of the property damage or injury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="5E7E00B8" w14:textId="12BDAE81">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538SL_lv1_835f06729" w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A person who violates </w:t>
+      </w:r>
+      <w:r w:rsidR="00111106">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>subs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ection (H</w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(3</w:t>
+      </w:r>
+      <w:r w:rsidR="00387DFC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or (4) must have six points assessed against his motor vehicle operating record if a great bodily injury or death of a person at the emergency scene occurred at the time of the incident and the violation is the sole proximate cause of the great bodi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>ly injury</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or death.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="22EE717B" w14:textId="570CB22C">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C5N1538SM_lv1_768261986" w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>No person shall be cited for endangerment of emergency services personnel for any act or omission otherwise constituting a violation under this section if the act or omission results, in whole or in part, from mechanical failure of the person</w:t>
+      </w:r>
+      <w:r w:rsidR="00597474">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B71AC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>s motor vehicle or from the negligence of emergency services personnel or another person.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6B85" w:rsidP="00DF6B85" w:rsidRDefault="00DF6B85" w14:paraId="30843EF8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6B85" w:rsidP="00DF6B85" w:rsidRDefault="00DF6B85" w14:paraId="5C708E47" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_473617504" w:id="29"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_2c424fd97" w:id="30"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t>ection 56‑1‑720 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A4260" w:rsidRDefault="008A4260" w14:paraId="650F1FFE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A4260" w:rsidRDefault="008A4260" w14:paraId="104B4A30" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T56C1N720_e3a469db7" w:id="31"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t>ection 56‑1‑720.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_436152465" w:id="32"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t>here is established a point system for the evaluation of the operating record of persons to whom a license to operate motor vehicles has been granted and for the determination of the continuing qualifications of these persons for the privileges granted by the license to operate motor vehicles.  The system shall have as its basic element a graduated scale of points assigning relative values to the various violations in accordance with the following schedule:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="2BE97AC6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_5533d39f9" w:id="33"/>
+      <w:r>
+        <w:t>V</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>IOLATION</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>POINTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="3717D9DE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_a39db38ba" w:id="34"/>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>eckless driving</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="290DEE9E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_d4a186563" w:id="35"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t>assing stopped school bus</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="1687FC7E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_1f618a905" w:id="36"/>
+      <w:r>
+        <w:t>H</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t>it and run, property damages only</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="20D9B372" w14:textId="0E26B0B8">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_bda5e72fa" w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>elony creating a hazardous condition at an emergency</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="238328F6" w14:textId="119249B4">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_41924aa20" w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>cene-</w:t>
+      </w:r>
+      <w:r w:rsidR="00134F13">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B71AC" w:rsidR="009B71AC">
-[...51 lines deleted...]
-    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="0D6F30DB" w14:textId="609833D1">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>great bodily injury or death occurs</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="79EE201F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_5aa0a4b4e" w:id="39"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>riving too fast for conditions, or speeding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="3F5347DD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C1N720S1_lv1_2ec07d8c2" w:id="40"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="7DB1F242" w14:textId="44379E07">
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:t>1) No more than 10 m.p.h. above the posted limits</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="78F8B3D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C1N720S2_lv1_00793f9f5" w:id="41"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="2EA7D0BA" w14:textId="1AEAC343">
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t>2) More than 10 m.p.h. but less than 25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="78180EAD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_0daddf99e" w:id="42"/>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:t xml:space="preserve">.p.h. above the posted limits </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="4DF7FF74" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T56C1N720S3_lv1_7c40f23be" w:id="43"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="76FF480F" w14:textId="77777777">
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:t>3) 25 m.p.h. or above the posted limits</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="3E0FE1AD" w14:textId="39AA4B9C">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="3A7C5525" w14:textId="77777777">
+      <w:bookmarkStart w:name="up_cc36a5694" w:id="44"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:t xml:space="preserve">isobedience of any official traffic control device </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="02519034" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="00B121DD" w:rsidRDefault="00940C8E" w14:paraId="4EDB4348" w14:textId="77777777">
+      <w:bookmarkStart w:name="up_4aac55a04" w:id="45"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t>isobedience to officer directing traffic</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="0E15D304" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...18 lines deleted...]
-    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="4CB10F00" w14:textId="179CF0B4">
+      </w:pPr>
+      <w:bookmarkStart w:name="up_aee409411" w:id="46"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t>ailing to yield right of way</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="764CF5CD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...41 lines deleted...]
-      <w:r w:rsidR="00111106">
+      </w:pPr>
+      <w:bookmarkStart w:name="up_63b399a98" w:id="47"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t>riving on wrong side of road</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="017EB6E8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_41dd60e6c" w:id="48"/>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t>assing unlawfully</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="753B9874" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_5807dc856" w:id="49"/>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:t>urning unlawfully</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="0A54807F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_8b68d2c64" w:id="50"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t>riving through or within safety zone</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="248509D5" w14:textId="7DC8EDD7">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_3b08447ea" w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isdemeanor creating a hazardous condition at an</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="38C88F9F" w14:textId="43597540">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_a7429bc8c" w:id="52"/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B71AC">
-[...28 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>mergency scene-property damage or injury results</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="66D24BCC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_a9a52cd79" w:id="53"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:t>hifting lanes without safety precaution</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="2CB2ABC6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_364d038c5" w:id="54"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t>mproper dangerous parking</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="5D749C86" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_6a4d07a52" w:id="55"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t>ollowing too closely</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="5DA5B976" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_c0df0c0ea" w:id="56"/>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t>ailing to dim lights</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="39C8DC94" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_be9d704e7" w:id="57"/>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:t>perating with improper lights</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="69C2E524" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_6175740f2" w:id="58"/>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:t>perating with improper brakes</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="74DD8BF0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_d7a4d301f" w:id="59"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:t>istracted driving (second or subsequent offense)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="724E6BAC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_17851eb20" w:id="60"/>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:t>perating a vehicle in unsafe condition</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="45859E7E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_867121b11" w:id="61"/>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:t>riving in improper lane</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="321E2F1A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_2fec0fbcf" w:id="62"/>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:t>mproper backing</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="4B01BE6E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_921c11601" w:id="63"/>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:t>ndangerment of a highway worker, no injury</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="67F6390D" w14:textId="7A5EC36A">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:name="up_87c8af5ff" w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>isdemeanor creating a hazardous condition at an</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="323319A2" w14:textId="16AE0EA1">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_42fd06f81" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B71AC">
-[...30 lines deleted...]
-    <w:p w:rsidR="009B71AC" w:rsidRDefault="009B71AC" w14:paraId="3F9957C7" w14:textId="752E3870">
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>mergency scene-no property damage or injury occurs</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A4260" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="16790F41" w14:textId="0B0A2CB5">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-        <w:rPr>
-[...261 lines deleted...]
-    <w:p w:rsidR="00DF6B85" w:rsidP="00DF6B85" w:rsidRDefault="00DF6B85" w14:paraId="30843EF8" w14:textId="77777777">
+      </w:pPr>
+      <w:bookmarkStart w:name="up_6b2823a3f" w:id="66"/>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:t>ndangerment of a highway worker, injury results</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A6D41" w:rsidP="005A6D41" w:rsidRDefault="005A6D41" w14:paraId="216690FF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF6B85" w:rsidP="00DF6B85" w:rsidRDefault="00DF6B85" w14:paraId="5C708E47" w14:textId="77777777">
-[...1631 lines deleted...]
-    </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0110EA82" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="68"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="69"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="67"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="68"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="01013773" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -3489,175 +3592,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47BE52B7" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="79223F6E" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="008937E6" w:rsidP="00D14995">
+      <w:p w14:paraId="79223F6E" w14:textId="463E2820" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0067329F" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00314F28">
+              <w:t>[0704]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00574A54">
+            <w:r w:rsidR="00314F28">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0388CM26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2FF45150" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3A3953BC" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3919,51 +4020,52 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -3997,199 +4099,207 @@
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="00111106"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="001210AA"/>
     <w:rsid w:val="00134F13"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00180411"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00194C18"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B4D44"/>
+    <w:rsid w:val="001B5D9B"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00251E58"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A5681"/>
     <w:rsid w:val="002A6B78"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="00311A39"/>
+    <w:rsid w:val="00314F28"/>
     <w:rsid w:val="00323D05"/>
     <w:rsid w:val="00327C3C"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="003507D8"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="003600BE"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="00374DBE"/>
     <w:rsid w:val="00376033"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00387DFC"/>
     <w:rsid w:val="003A5F1C"/>
+    <w:rsid w:val="003B3AF9"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C77F5"/>
     <w:rsid w:val="003D1110"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D5808"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E17BF"/>
     <w:rsid w:val="003E5009"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F0115"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
+    <w:rsid w:val="00411894"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00432922"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="0050755C"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00514B97"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
+    <w:rsid w:val="00566856"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00574A54"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="00597474"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A34C0"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A6D41"/>
     <w:rsid w:val="005B4EB9"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C5661"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E7504"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606991"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00656FAB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00666706"/>
     <w:rsid w:val="00666E16"/>
+    <w:rsid w:val="0067329F"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006950BC"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C4DFB"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00741F41"/>
     <w:rsid w:val="00782BF8"/>
@@ -4291,50 +4401,51 @@
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B01BD5"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B121DD"/>
     <w:rsid w:val="00B12E75"/>
     <w:rsid w:val="00B17AEA"/>
     <w:rsid w:val="00B23D6D"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B46775"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
+    <w:rsid w:val="00B60010"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B638B5"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
@@ -4860,1360 +4971,1360 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="003D1110"/>
+    <w:rsid w:val="00B60010"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -6240,51 +6351,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=704&amp;session=126&amp;summary=B" TargetMode="External" Id="R1d80264f9b8543c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/704_20251210.docx" TargetMode="External" Id="R4576a2f1e1aa4498" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=704&amp;session=126&amp;summary=B" TargetMode="External" Id="R73699da742f042eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/704_20251210.docx" TargetMode="External" Id="Rdaacfb22fda94184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Rd964c71da50349ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R45c47f527fee47af" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6311,114 +6422,114 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000A493A"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="001210AA"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="001C5E56"/>
     <w:rsid w:val="002A6B78"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="003B3AF9"/>
     <w:rsid w:val="003E17BF"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F0115"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005C5661"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
@@ -7170,121 +7281,92 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...40 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">false</Inventorysheet>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -7501,125 +7583,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>f68f118f-518e-45c7-b4cf-4d8dc4479e5c</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>fd3a29fc-03c4-4758-9843-5c633ac9dbaa</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>2eecabef-312d-48c6-bad6-7fa7b4b9deda</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>13f15ec9-14de-4d5e-a530-7221ae09b272</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0704]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>704</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56‑5‑1538, RELATING TO EMERGENCY SCENE MANAGEMENT, SO AS TO REVISE AND CREATE CERTAIN DEFINITIONS, TO REVISE THE RESPONSIBILITIES OF DRIVERS APPROACHING EMERGENCY VEHICLES, AND TO ESTABLISH VIOLATIONS AND PENALTIES; AND BY AMENDING SECTION 56‑1‑720, RELATING TO THE SYSTEM OF POINTS ASSESSED AGAINST A PERSON’S DRIVING RECORD FOR MOTOR VEHICLE VIOLATIONS, SO AS TO ESTABLISH POINTS FOR CREATING HAZARDOUS CONDITIONS AT EMERGENCY SCENES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"e6c2a601-b0fd-48e5-a0c8-f0b64d5a4df6","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T56C5N1538_a5831dc36","IsConstitutionSection":false,"Identity":"56-5-1538","IsNew":false,"SubSections":[{"Level":1,"Identity":"T56C5N1538SA","SubSectionBookmarkName":"ss_T56C5N1538SA_lv1_1248539e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SB","SubSectionBookmarkName":"ss_T56C5N1538SB_lv1_de3749ac7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SC","SubSectionBookmarkName":"ss_T56C5N1538SC_lv1_a37d4df7a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SD","SubSectionBookmarkName":"ss_T56C5N1538SD_lv1_6b25a5ce7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SE","SubSectionBookmarkName":"ss_T56C5N1538SE_lv1_2efab0d0b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SF","SubSectionBookmarkName":"ss_T56C5N1538SF_lv1_021671fa4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SG","SubSectionBookmarkName":"ss_T56C5N1538SG_lv1_1c988b744","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SH","SubSectionBookmarkName":"ss_T56C5N1538SH_lv1_483eea7c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SI","SubSectionBookmarkName":"ss_T56C5N1538SI_lv1_db9d6ffa9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S1","SubSectionBookmarkName":"ss_T56C5N1538S1_lv2_e98b6094d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S2","SubSectionBookmarkName":"ss_T56C5N1538S2_lv2_148f33b40","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T56C5N1538Sa","SubSectionBookmarkName":"ss_T56C5N1538Sa_lv3_abcff8916","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T56C5N1538Sb","SubSectionBookmarkName":"ss_T56C5N1538Sb_lv3_46968bd34","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S1","SubSectionBookmarkName":"ss_T56C5N1538S1_lv2_438495abf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S2","SubSectionBookmarkName":"ss_T56C5N1538S2_lv2_d2b07a438","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S3","SubSectionBookmarkName":"ss_T56C5N1538S3_lv2_1e89d225f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S4","SubSectionBookmarkName":"ss_T56C5N1538S4_lv2_40dced935","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S1","SubSectionBookmarkName":"ss_T56C5N1538S1_lv2_ba2a0deca","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S2","SubSectionBookmarkName":"ss_T56C5N1538S2_lv2_e36e47c01","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T56C5N1538S3","SubSectionBookmarkName":"ss_T56C5N1538S3_lv2_b064c3bab","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SJ","SubSectionBookmarkName":"ss_T56C5N1538SJ_lv1_b043677b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SK","SubSectionBookmarkName":"ss_T56C5N1538SK_lv1_cb0db5a7f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SL","SubSectionBookmarkName":"ss_T56C5N1538SL_lv1_835f06729","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C5N1538SM","SubSectionBookmarkName":"ss_T56C5N1538SM_lv1_768261986","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Emergency scene management;  definitions","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_22020ca26"},{"SectionUUID":"504599a2-fe24-4935-a23b-e18f89b6dd6f","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T56C1N720_e3a469db7","IsConstitutionSection":false,"Identity":"56-1-720","IsNew":false,"SubSections":[{"Level":1,"Identity":"T56C1N720S1","SubSectionBookmarkName":"ss_T56C1N720S1_lv1_2ec07d8c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C1N720S2","SubSectionBookmarkName":"ss_T56C1N720S2_lv1_00793f9f5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T56C1N720S3","SubSectionBookmarkName":"ss_T56C1N720S3_lv1_7c40f23be","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Point system established;  schedule of points for violations","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_473617504"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Emergency scene management</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>carlmcintosh@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>gwenthurmond@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7D1E1C4-8C5B-40C6-B44A-D96B56C069F4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7F0E139-41FA-4590-AA27-57DC22F0927D}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>1578</Words>
   <Characters>8159</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>153</Lines>
   <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>9657</CharactersWithSpaces>