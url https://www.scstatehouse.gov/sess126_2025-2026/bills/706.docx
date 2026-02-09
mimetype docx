--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -159,51 +158,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0551WAB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the Senate Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +344,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R227c5582d7e141cc">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R1258c0a1b1684877">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R32181a1137a9404d">
+      <w:hyperlink r:id="R27de83b93d0544f5">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +521,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rb401241ec21342e5">
+      <w:hyperlink r:id="R1ef89d7af7ec4866">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="001B18F5" w:rsidRDefault="00432135" w14:paraId="2494755E" w14:textId="4D661619">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="001B18F5" w:rsidRDefault="00A73EFA" w14:paraId="6E675350" w14:textId="606A8B3B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="001B18F5" w:rsidRDefault="00A73EFA" w14:paraId="0CF41ECC" w14:textId="726C4194">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="001B18F5" w:rsidRDefault="00A73EFA" w14:paraId="0C4E3FF8" w14:textId="3E1CC13A">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="001B18F5" w:rsidRDefault="00A73EFA" w14:paraId="30F8C7FD" w14:textId="702DAEA6">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="001B18F5" w:rsidRDefault="00A73EFA" w14:paraId="531D05E8" w14:textId="23921BAE">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -562,192 +657,243 @@
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00ED3971" w14:paraId="0D7A858A" w14:textId="4DBCF82E">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “ENGINEERING ADVANCEMENT AND PUBLIC SAFETY ACT” BY AMENDING SECTION 40‑22‑220, RELATING TO LICENSURE REQUIREMENTS FOR ENGINEERS, SO AS TO ALLOW QUALIFIED </w:t>
           </w:r>
           <w:r w:rsidR="007B2DE3">
             <w:t>nondegre</w:t>
           </w:r>
           <w:r w:rsidR="00E83108">
             <w:t>e</w:t>
           </w:r>
           <w:r w:rsidR="007B2DE3">
             <w:t>d</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> INDIVIDUALS TO BECOME LICENSED ENGINEERS THROUGH VERIFIED EXPERIENCE AND RIGOROUS NATIONAL EXAMINATIONS WHILE MAINTAINING THE HIGHEST STANDARDS OF PUBLIC PROTECTION.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_214edb66b" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_214edb66b" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="3061BA8D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="303E8EA3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_cf05cb203" w:id="2"/>
+      <w:bookmarkStart w:name="wa_cf05cb203" w:id="1"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that professional licensure can serve to protect the life, health, and property of South Carolina’s citizens through competency‑based regulation; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="6AF2CDC4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scbillwhereasclause"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="7FCCCE23" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scbillwhereasclause"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="wa_7cb3047ad" w:id="2"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that professional licensure can serve to protect the life, health, and property of South Carolina’s citizens through competency‑based regulation; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="6AF2CDC4" w14:textId="77777777">
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that qualified South Carolinians with substantial field and design experience often face employment barriers due solely to the absence of an academic credential, and that this Act provides a fair, regulated pathway for such individuals to obtain certification and employment opportunities through examination and oversight; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="6F0D1151" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="7FCCCE23" w14:textId="77777777">
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="635E5353" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_7cb3047ad" w:id="3"/>
+      <w:bookmarkStart w:name="wa_27cde5acc" w:id="3"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that qualified South Carolinians with substantial field and design experience often face employment barriers due solely to the absence of an academic credential, and that this Act provides a fair, regulated pathway for such individuals to obtain certification and employment opportunities through examination and oversight; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="6F0D1151" w14:textId="77777777">
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that the current degree‑only pathway to licensure restricts access for qualified, experienced professionals and contributes to workforce shortages in key infrastructure sectors; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="34AF7D95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="635E5353" w14:textId="77777777">
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="4B717C38" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_27cde5acc" w:id="4"/>
+      <w:bookmarkStart w:name="wa_584a4fe75" w:id="4"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that the current degree‑only pathway to licensure restricts access for qualified, experienced professionals and contributes to workforce shortages in key infrastructure sectors; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="34AF7D95" w14:textId="77777777">
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that passing the Fundamentals of Engineering (FE) and Principles and Practice of Engineering (PE) examinations remains the most objective measure of technical competence; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="5BB747EF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="4B717C38" w14:textId="77777777">
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="214F82A1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_584a4fe75" w:id="5"/>
+      <w:bookmarkStart w:name="wa_e67438b8c" w:id="5"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that passing the Fundamentals of Engineering (FE) and Principles and Practice of Engineering (PE) examinations remains the most objective measure of technical competence; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="5BB747EF" w14:textId="77777777">
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>finds  that</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a new Public Safety and Professional Ethics Examination will ensure that all licensure applicants demonstrate explicit understanding of their duty to safeguard the public; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="0253160F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="214F82A1" w14:textId="77777777">
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="4882006F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_e67438b8c" w:id="6"/>
+      <w:bookmarkStart w:name="wa_4e0c0e098" w:id="6"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds  that a new Public Safety and Professional Ethics Examination will ensure that all licensure applicants demonstrate explicit understanding of their duty to safeguard the public; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="0253160F" w14:textId="77777777">
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that the South Carolina Board of Registration for Professional Engineers and Surveyors shall continue to oversee applicant review, experience verification, and disciplinary enforcement; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="3E578B00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="4882006F" w14:textId="77777777">
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="003350DB" w:rsidP="003350DB" w:rsidRDefault="003350DB" w14:paraId="3F7C6654" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
-      <w:bookmarkStart w:name="wa_4e0c0e098" w:id="7"/>
-[...17 lines deleted...]
-      <w:bookmarkStart w:name="wa_4288febef" w:id="8"/>
+      <w:bookmarkStart w:name="wa_4288febef" w:id="7"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>W</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>hereas,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the South Carolina General Assembly finds that expanding licensure pathways while reinforcing safety and ethics al</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>hereas, the South Carolina General Assembly finds that expanding licensure pathways while reinforcing safety and ethics aligns with South Carolina’s values of fairness, opportunity, and responsible governance. Now, therefore,</w:t>
+        <w:t>igns with South Carolina’s values of fairness, opportunity, and responsible governance. Now, therefore,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003022BD" w:rsidP="0094541D" w:rsidRDefault="003022BD" w14:paraId="608B86EA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="226E6A80" w14:textId="4E1A430F">
+      <w:pPr>
+        <w:pStyle w:val="scenactingwords"/>
+      </w:pPr>
       <w:bookmarkStart w:name="ew_d8954cbe4" w:id="9"/>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="0094541D">
-        <w:t>Be it enacted by the General Assembly of the State of South Carolina:</w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="0094541D">
+        <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001164E5" w:rsidP="001164E5" w:rsidRDefault="001164E5" w14:paraId="00F87D02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001164E5" w:rsidP="00E557ED" w:rsidRDefault="001164E5" w14:paraId="57E0544C" w14:textId="23F71659">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_1_f822df10f" w:id="10"/>
       <w:bookmarkStart w:name="citing_act_a23f3f5fa" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00E557ED">
@@ -817,519 +963,650 @@
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="cs_T40C22N220_1c200c441" w:id="14"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t>ection 40‑22‑220.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220SA_lv1_4e24ae357" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">A) A person having the necessary qualifications prescribed in this chapter to entitle him to registration is eligible for licensure. A person must </w:t>
       </w:r>
       <w:r w:rsidR="0093588B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">pass the Public Safety and Professional Ethics Examination approved by the board, and </w:t>
-[...2 lines deleted...]
-        <w:t>be certified as an engineer‑in‑training as a prerequisite to licensure.</w:t>
+        <w:t xml:space="preserve">pass the Public Safety and Professional Ethics Examination approved by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0093588B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>board, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0093588B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">be certified as an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineer‑in‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>training as a prerequisite to licensure.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="4BE08E59" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220SB_lv1_5bffd9bfa" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>B) To be eligible for certification as an engineer‑in‑training, an applicant must be of good character and reputation and be able to communicate effectively in the English language. The minimum evidence satisfactory to the board that an applicant is qualified for certification as an engineer‑in‑training is:</w:t>
+        <w:t xml:space="preserve">B) To be eligible for certification as an engineer‑in‑training, an applicant must be of good character and reputation and be able to communicate effectively in the English language. The minimum evidence satisfactory to the board that an applicant is qualified for certification as an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineer‑in‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>training is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="00C1BAA3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S1_lv2_1196ddcb2" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>1) graduation from an EAC/ABET accredited engineering curriculum of four or more years and passing NCEES Fundamentals of Engineering examinations required by the board;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) graduation from an EAC/ABET accredited engineering curriculum of four or more years and passing NCEES Fundamentals of Engineering examinations required by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>board;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="2321AB93" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S2_lv2_47aac0ee8" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>2) graduation in a bachelor's degree program, completion of an engineering curriculum found to be substantially equivalent to an engineering curriculum accredited by EAC/ABET, and passing the NCEES Fundamentals of Engineering examination;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) graduation in a bachelor's degree program, completion of an engineering curriculum found to be substantially equivalent to an engineering curriculum accredited by EAC/ABET, and passing the NCEES Fundamentals of Engineering </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>examination;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="5DBFEE42" w14:textId="64311C46">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S3_lv2_e7bb15900" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>3) graduation in a bachelor's degree program, completion of an engineering curriculum found to meet the NCEES Engineering Education Standard, and passing the NCEES Fundamentals of Engineering examination;</w:t>
+        <w:t xml:space="preserve">3) graduation in a bachelor's degree program, completion of an engineering curriculum found to meet the NCEES Engineering Education Standard, and passing the NCEES Fundamentals of Engineering </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>examination;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">  or</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="272446BD" w14:textId="7A9A3C1D">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S4_lv2_15677d88b" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
-        <w:t>4) graduation in a TAC/ABET accredited engineering technology curriculum of four or more years from a school or college approved by the board as being in satisfactory standing, and passing the NCEES Fundamentals of Engineering examination required by the board</w:t>
+        <w:t xml:space="preserve">4) graduation in a TAC/ABET accredited engineering technology curriculum of four or more years from a school or college approved by the board as being in satisfactory </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>standing, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> passing the NCEES Fundamentals of Engineering examination required by the board</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0093588B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0093588B" w:rsidP="0093588B" w:rsidRDefault="0093588B" w14:paraId="27C593B9" w14:textId="73F71117">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S5_lv2_cee78ec06" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>5) in lieu of the degree requirements of this subsection, an applicant may be eligible upon presenting evidence satisfactory to the board that the applicant has completed eight (8) years of progressive engineering experience following graduation from high school, and passing the NCEES Fundamentals of Engineering examination.</w:t>
+        <w:t xml:space="preserve">5) in lieu of the degree requirements of this subsection, an applicant may be eligible upon presenting evidence satisfactory to the board that the applicant has completed eight (8) years of progressive engineering experience following graduation from high </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>school, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> passing the NCEES Fundamentals of Engineering examination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="35BA79E8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220SC_lv1_5c15f8ec8" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>C) To be eligible for licensure and registration as a professional engineer, an applicant must be of good character and reputation and be able to communicate effectively in the English language. When the evidence presented in the application does not appear conclusive to the board or does not warrant the issuing of a license, the applicant may be required to present further evidence for consideration by the board. The applicant also shall meet the requirements of the other pertinent sections of this chapter. The minimum evidence satisfactory to the board that an applicant is qualified for licensure as a professional engineer is:</w:t>
+        <w:t xml:space="preserve">C) To be eligible for licensure and registration as a professional engineer, an applicant must be of good character and reputation and be able to communicate effectively in the English language. When the evidence presented in the application does not appear conclusive to the board or does not warrant the issuing of a license, the applicant may be required to present further evidence for consideration by </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>the board. The applicant also shall meet the requirements of the other pertinent sections of this chapter. The minimum evidence satisfactory to the board that an applicant is qualified for licensure as a professional engineer is:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="4DE38A6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S1_lv2_21d3f4899" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>1)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sa_lv3_4554e5eda" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
-        <w:t>a) graduation in an EAC/ABET accredited engineering curriculum of four or more years from a school or college approved by the board as being in satisfactory standing;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) graduation in an EAC/ABET accredited engineering curriculum of four or more years from a school or college approved by the board as being in satisfactory </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>standing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="2D426CF0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sb_lv3_ff27b028f" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>b) a specific record after graduation of four or more years of progressive experience in engineering work, supervised by a licensed engineer and of a character satisfactory to the board, indicating that the applicant is competent to practice engineering;  and</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) a specific record after graduation of four or more years of progressive experience in engineering work, supervised by a licensed engineer and of a character satisfactory to the board, indicating that the applicant is competent to practice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineering;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="6859F7E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sc_lv3_f7aa561d2" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
-        <w:t>c) passing an NCEES examination required by the board;  or</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) passing an NCEES examination required by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>board;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="5E87FBAF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S2_lv2_e19641845" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t>2)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sa_lv3_7e7980a26" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
-        <w:t>a) graduation in a bachelor's degree program and completion of an engineering curriculum found to be substantially equivalent to an engineering curriculum accredited by EAC/ABET;</w:t>
-      </w:r>
+        <w:t>a) graduation in a bachelor's degree program and completion of an engineering curriculum found to be substantially equivalent to an engineering curriculum accredited by EAC/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ABET;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="21CF4D35" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sb_lv3_c5424c6f4" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>b) a specific record after graduation of four or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice engineering;  and</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) a specific record after graduation of four or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineering;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="28D19B8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sc_lv3_20c9a7f38" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:t>c) passing the NCEES examination required by the board;  or</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) passing the NCEES examination required by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>board;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="0C49845C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S3_lv2_8353352e6" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t>3)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sa_lv3_65cbdf060" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>a) graduation from a bachelor's degree program;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) graduation from a bachelor's degree </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>program;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="7B6774DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sb_lv3_3ab29d6ed" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
-        <w:t>b) completion of an engineering curriculum that meets the NCEES Engineering Education Standard;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) completion of an engineering curriculum that meets the NCEES Engineering Education </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Standard;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="4AFB525F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sc_lv3_27fd6b719" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>c) accrual of a specific record after graduation of four or more years of progressive experience in engineering work:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="2693EBBE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Si_lv4_4c3f08275" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) supervised by a licensed engineer or of a character satisfactory to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>board;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="13C79AB6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sii_lv4_47c56bc87" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>ii) indicating that the applicant is competent to practice engineering, and passing NCEES examinations required by the board;  or</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ii) indicating that the applicant is competent to practice engineering, and passing NCEES examinations required by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>board;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="6B8704EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S4_lv2_f78402f78" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>4) if not needed to satisfy education requirements, a:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="35D48C2E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sa_lv3_02223a7b7" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
-        <w:t>a) master's degree in engineering from a school or college approved by the board as being in satisfactory standing may count as one year of experience upon approval by the board;  and</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) master's degree in engineering from a school or college approved by the board as being in satisfactory standing may count as one year of experience upon approval by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>board;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="36128E43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sb_lv3_151588029" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t>b) doctoral degree in engineering from a school or college approved by the board as being in satisfactory standing may count as a maximum of two years of experience upon approval by the board.</w:t>
       </w:r>
@@ -1456,167 +1733,207 @@
         </w:rPr>
         <w:t>examinations required by the board.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="00E87A1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220SD_lv1_97325a397" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>D) The board shall admit the following individuals to an examination on the Principles and Practice of Engineering and must license a person who passes the exam as a professional engineer if he is otherwise qualified:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="71A12882" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S1_lv2_4d81c3140" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>1) an engineer‑in‑training with a bachelor's degree in engineering accredited by EAC/ABET and with a specific record after graduation of four or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice engineering;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineer‑in‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">training with a bachelor's degree in engineering accredited by EAC/ABET and with a specific record after graduation of four or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineering;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="4E9C071A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S2_lv2_6a259058a" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t>2) an engineer‑in‑training with:</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>) an engineer‑in‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>training with:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="52C949D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sa_lv3_378a5324c" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t>a) a bachelor's degree from a school or college approved by the board as being in satisfactory standing then earns a master's degree in engineering from a school or college that offers an EAC/ABET accredited undergraduate degree in the same field of study, and establishes a specific record after the master's degree of three or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice engineering;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="0F2264F8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sb_lv3_779a504de" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
-        <w:t>b) a master's degree in engineering from an EAC/M‑ABET accredited program, establishes a specific record after graduation of three or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice engineering;  or</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) a master's degree in engineering from an EAC/M‑ABET accredited program, establishes a specific record after graduation of three or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineering;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="358849D9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sc_lv3_18e785081" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>c) a non‑EAC/ABET bachelor's degree, evaluated and approved by the board's education consultant, and holding a Master of Engineering or Master of Science in Engineering from a school or college that offers an EAC/ABET accredited undergraduate degree in the same field of study and establishes a specific record after graduation of four or more years of progressive experience in engineering work supervised by a licensed engineer or progressive experience in engineering work of a character satisfactory to the board, indicating that the applicant is competent to practice engineering;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="4885D5CF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S3_lv2_0a6a47b3b" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
-        <w:t>3) an engineer‑in‑training with an earned doctoral degree in engineering acceptable to the board and with a specific record after the doctoral degree of two or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice engineering;  or</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineer‑in‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">training with an earned doctoral degree in engineering acceptable to the board and with a specific record after the doctoral degree of two or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>engineering;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003D530E" w:rsidRDefault="00ED0DB4" w14:paraId="51684715" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S4_lv2_dcdf3b935" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:t>4) a person who has earned a doctoral degree in engineering that is acceptable to the board and with a specific record after the doctoral degree of two or more years of progressive experience in engineering work supervised by a licensed engineer or of a character satisfactory to the board, indicating that the applicant is competent to practice engineering.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0093588B" w:rsidP="0093588B" w:rsidRDefault="0093588B" w14:paraId="127BE6A3" w14:textId="77777777">
       <w:pPr>
@@ -1861,121 +2178,178 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sb_lv3_45b7c1811" w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) performed under the responsible charge of a licensed </w:t>
+        <w:t xml:space="preserve">b) performed under the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>responsible charge</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a licensed </w:t>
       </w:r>
       <w:r w:rsidR="00464932">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">rofessional </w:t>
       </w:r>
       <w:r w:rsidR="00464932">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>ngineer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0093588B" w:rsidP="0093588B" w:rsidRDefault="0093588B" w14:paraId="6C550553" w14:textId="414CC6BE">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S3_lv2_7d3aacc8e" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>3) For purposes of this chapter, the term “progressive engineering experience” means that during the period of time in which an applicant has made a practical use of acquired knowledge, he has shown continuous improvement, growth</w:t>
+        <w:t xml:space="preserve">3) For purposes of this chapter, the term “progressive engineering experience” means that during the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which an applicant has made a practical use of acquired knowledge, he has shown continuous improvement, growth</w:t>
       </w:r>
       <w:r w:rsidR="00464932">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and development in the use of that knowledge as revealed in the complexity and technical detail of the work product or work record. The applicant must demonstrate that greater individual responsibility for the work product has been continuously assumed over that period of time.</w:t>
+        <w:t xml:space="preserve"> and development in the use of that knowledge as revealed in the complexity and technical detail of the work product or work record. The applicant must demonstrate that greater individual responsibility for the work product has been continuously assumed over that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0093588B" w:rsidP="0093588B" w:rsidRDefault="0093588B" w14:paraId="14BA24A9" w14:textId="3EAAE0A7">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220S4_lv2_add186c51" w:id="59"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
@@ -2143,128 +2517,158 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sa_lv3_ffbe0cc6b" w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a) graduate schooling or research in an approved engineering curriculum resulting in award of an advanced engineering degree, with a maximum allowance of two years of such experience;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) graduate schooling or research in an approved engineering curriculum resulting in award of an advanced engineering degree, with a maximum allowance of two years of such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>experience;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0093588B" w:rsidP="0093588B" w:rsidRDefault="0093588B" w14:paraId="0BA53116" w14:textId="403EACA7">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sb_lv3_4af683ce5" w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>b) progressive land surveying, with a maximum allowance of two years of such experience;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) progressive land surveying, with a maximum allowance of two years of such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>experience;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0093588B" w:rsidP="0093588B" w:rsidRDefault="0093588B" w14:paraId="3859EB0E" w14:textId="737B77CD">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T40C22N220Sc_lv3_8536f86ba" w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>c) teaching of engineering subjects at the university level in an approved engineerin</w:t>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>teaching of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engineering subjects at the university level in an approved engineerin</w:t>
       </w:r>
       <w:r w:rsidR="009B4956">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>g curriculum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>, with a maximum allowance of two years of such experience.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="287BC526" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="2F471873" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="66"/>
       <w:bookmarkStart w:name="eff_date_section" w:id="67"/>
@@ -2292,56 +2696,56 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00AD750D">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2721AF0C" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52453633" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -2374,175 +2778,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A26E333" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="4937539C" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="009A2076" w:rsidP="00D14995">
+      <w:p w14:paraId="4937539C" w14:textId="01056725" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="003D3C82" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="000A5366">
+              <w:t>[0706]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="000263FA">
+            <w:r w:rsidR="000A5366">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0551WAB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64C501AF" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="62020312" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2804,101 +3206,105 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012112"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00015F46"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="000263FA"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="000539EB"/>
+    <w:rsid w:val="00062AC7"/>
     <w:rsid w:val="00062FDB"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="000709C3"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
+    <w:rsid w:val="000A5366"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2CA6"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164E5"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00136B8A"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00160E2E"/>
     <w:rsid w:val="00166559"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00175984"/>
@@ -2913,129 +3319,134 @@
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="002271BE"/>
     <w:rsid w:val="00227D40"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="002318B8"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002521BE"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002729E1"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B0057"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B6DB0"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="003022BD"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003350DB"/>
     <w:rsid w:val="00335CFB"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00362D64"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
+    <w:rsid w:val="00380CF1"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00394CEB"/>
     <w:rsid w:val="003A5F1C"/>
+    <w:rsid w:val="003B3AF9"/>
     <w:rsid w:val="003C08BB"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C4F5F"/>
     <w:rsid w:val="003C5EF3"/>
     <w:rsid w:val="003C60AA"/>
+    <w:rsid w:val="003D3C82"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D530E"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="0040040A"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00442BEF"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00447BC7"/>
     <w:rsid w:val="00464932"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004967C3"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B753A"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D2C1C"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004D6842"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
+    <w:rsid w:val="0051061C"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00527566"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005963FA"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
@@ -3067,51 +3478,53 @@
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E1E73"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E47B0"/>
     <w:rsid w:val="006F004F"/>
     <w:rsid w:val="006F3256"/>
     <w:rsid w:val="0070346E"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00754331"/>
+    <w:rsid w:val="00763596"/>
     <w:rsid w:val="00774220"/>
+    <w:rsid w:val="00774658"/>
     <w:rsid w:val="007758C0"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="0079202D"/>
     <w:rsid w:val="007944DB"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B2DE3"/>
     <w:rsid w:val="007B3C84"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008360A2"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00865066"/>
@@ -3773,1360 +4186,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="002A0C38"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="002A0C38"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004967C3"/>
+    <w:rsid w:val="002A0C38"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -5153,51 +5568,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=706&amp;session=126&amp;summary=B" TargetMode="External" Id="R32181a1137a9404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/706_20251210.docx" TargetMode="External" Id="Rb401241ec21342e5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=706&amp;session=126&amp;summary=B" TargetMode="External" Id="R27de83b93d0544f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/706_20251210.docx" TargetMode="External" Id="R1ef89d7af7ec4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R227c5582d7e141cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R1258c0a1b1684877" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5224,113 +5639,112 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="00177DD6"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002729E1"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="003B3AF9"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="0040040A"/>
     <w:rsid w:val="00442BEF"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="0079202D"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CF65AF"/>
     <w:rsid w:val="00D6665C"/>
@@ -6079,75 +6493,127 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>aead045a-f2b8-4baf-85a4-2a520df06b76</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>0bfd9254-a6f1-42ee-bf88-30cc4d9b1858</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>30f809d5-6dbb-40c8-aae9-3237076d7979</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>13f15ec9-14de-4d5e-a530-7221ae09b272</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0706]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>706</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “ENGINEERING ADVANCEMENT AND PUBLIC SAFETY ACT” BY AMENDING SECTION 40‑22‑220, RELATING TO LICENSURE REQUIREMENTS FOR ENGINEERS, SO AS TO ALLOW QUALIFIED nondegreed INDIVIDUALS TO BECOME LICENSED ENGINEERS THROUGH VERIFIED EXPERIENCE AND RIGOROUS NATIONAL EXAMINATIONS WHILE MAINTAINING THE HIGHEST STANDARDS OF PUBLIC PROTECTION.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"fe92de91-1930-4503-a9f7-8ddca5114f97","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “Engineering Advancement and Public Safety Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_f822df10f"},{"SectionUUID":"a078dec8-1ae1-4d71-8316-ea242982a9dd","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T40C22N220_1c200c441","IsConstitutionSection":false,"Identity":"40-22-220","IsNew":false,"SubSections":[{"Level":1,"Identity":"T40C22N220SA","SubSectionBookmarkName":"ss_T40C22N220SA_lv1_4e24ae357","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C22N220SB","SubSectionBookmarkName":"ss_T40C22N220SB_lv1_5bffd9bfa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C22N220SC","SubSectionBookmarkName":"ss_T40C22N220SC_lv1_5c15f8ec8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C22N220SD","SubSectionBookmarkName":"ss_T40C22N220SD_lv1_97325a397","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S1","SubSectionBookmarkName":"ss_T40C22N220S1_lv2_1196ddcb2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S2","SubSectionBookmarkName":"ss_T40C22N220S2_lv2_47aac0ee8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S3","SubSectionBookmarkName":"ss_T40C22N220S3_lv2_e7bb15900","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S4","SubSectionBookmarkName":"ss_T40C22N220S4_lv2_15677d88b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S5","SubSectionBookmarkName":"ss_T40C22N220S5_lv2_cee78ec06","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S1","SubSectionBookmarkName":"ss_T40C22N220S1_lv2_21d3f4899","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_4554e5eda","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_ff27b028f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sc","SubSectionBookmarkName":"ss_T40C22N220Sc_lv3_f7aa561d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S2","SubSectionBookmarkName":"ss_T40C22N220S2_lv2_e19641845","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_7e7980a26","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_c5424c6f4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sc","SubSectionBookmarkName":"ss_T40C22N220Sc_lv3_20c9a7f38","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S3","SubSectionBookmarkName":"ss_T40C22N220S3_lv2_8353352e6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_65cbdf060","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_3ab29d6ed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sc","SubSectionBookmarkName":"ss_T40C22N220Sc_lv3_27fd6b719","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T40C22N220Si","SubSectionBookmarkName":"ss_T40C22N220Si_lv4_4c3f08275","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T40C22N220Sii","SubSectionBookmarkName":"ss_T40C22N220Sii_lv4_47c56bc87","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S4","SubSectionBookmarkName":"ss_T40C22N220S4_lv2_f78402f78","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_02223a7b7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_151588029","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S5","SubSectionBookmarkName":"ss_T40C22N220S5_lv2_9541e9cf7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_e2d647900","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_e3585e2d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S1","SubSectionBookmarkName":"ss_T40C22N220S1_lv2_4d81c3140","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S2","SubSectionBookmarkName":"ss_T40C22N220S2_lv2_6a259058a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_378a5324c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_779a504de","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sc","SubSectionBookmarkName":"ss_T40C22N220Sc_lv3_18e785081","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S3","SubSectionBookmarkName":"ss_T40C22N220S3_lv2_0a6a47b3b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S4","SubSectionBookmarkName":"ss_T40C22N220S4_lv2_dcdf3b935","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T40C22N220SE","SubSectionBookmarkName":"ss_T40C22N220SE_lv1_57775755e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S1","SubSectionBookmarkName":"ss_T40C22N220S1_lv2_5b8a7957b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_9fc38c6b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_0ff0a6ff6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S2","SubSectionBookmarkName":"ss_T40C22N220S2_lv2_02c58621e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_984fe5010","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_45b7c1811","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S3","SubSectionBookmarkName":"ss_T40C22N220S3_lv2_7d3aacc8e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S4","SubSectionBookmarkName":"ss_T40C22N220S4_lv2_add186c51","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_d591ccfe1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_3bb4b7756","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T40C22N220S5","SubSectionBookmarkName":"ss_T40C22N220S5_lv2_4f374eb86","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sa","SubSectionBookmarkName":"ss_T40C22N220Sa_lv3_ffbe0cc6b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sb","SubSectionBookmarkName":"ss_T40C22N220Sb_lv3_4af683ce5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T40C22N220Sc","SubSectionBookmarkName":"ss_T40C22N220Sc_lv3_8536f86ba","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Licensure requirements for engineers","TitleSoAsTo":"allow qualified individuals to become licensed as engineers through verified experience and rigorous national examinations without a college degree while maintaining the highest standards of public protection","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_7d35f25e4"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Engineering Advancement and Public Safety Act</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>andybeeson@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annarushton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6364,175 +6830,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>5</Pages>
   <Words>1812</Words>
   <Characters>10260</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>173</Lines>
   <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>11999</CharactersWithSpaces>