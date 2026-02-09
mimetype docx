--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -159,73 +158,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SMIN-0098MW26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Solicitation of Charitable Funds</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -345,68 +336,218 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
         <w:spacing w:after="0"/>
-        <w:jc w:val="left"/>
-      </w:pPr>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R88cb4f6b9d514450">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Labor, Commerce and Industry</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R94ada07e1b69475a">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/14/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rcdd60f13862b4090">
+      <w:hyperlink r:id="R40f35099868b47f9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +565,153 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rab228542f5a143a2">
+      <w:hyperlink r:id="Rb0206b055dae44ab">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R63a7aab58971400e">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/14/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Re3234085606344d5">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/21/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="26F88C37" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="2827E0B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="1CE491F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="07BF8CA4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="5A832AFF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="7515540C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -540,1281 +731,1287 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="40A3CF17" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="005459A4" w14:paraId="674C74ED" w14:textId="20E5FD5A">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="005459A4" w14:paraId="674C74ED" w14:textId="133909C6">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
-            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 33‑56‑50, RELATING TO ORGANIZATIONS EXEMPT FROM REGISTRATION PROVISIONS, ALTERNATE FILINGS, AND FUNDRAISING ACTIVITIES, SO AS TO INCREASE THRESHOLDS FOR CHARITIES REQUESTING EXEMPTIONS; BY AMENDING SECTION 33‑56‑70, RELATING TO THE REQUIREMENT THAT CONTRACTS WITH PROFESSIONAL SOLICITORS MUST BE IN WRITING, FILING REQUIREMENTS, JOINT FINANCIAL REPORTS FOR EACH CAMPAIGN, AND PENALTIES FOR NONCOMPLIANCE, SO AS TO LIMIT FILING REQUIREMENTS TO COMMERCIAL CON‑VENTURERS UNDER CERTAIN CONDITIONS; BY AMENDING SECTION 33‑56‑90, RELATING TO DISCLOSURES TO SOLICITED PARTIES, SO AS TO REQUIRE ANY ENTITY THAT SOLICITS FOR CHARITABLE ORGANIZATIONS TO DISCLOSE THE LEGAL NAME AND PURPOSE OF THE CHARITY FOR WHICH THEY ARE SOLICITING; BY AMENDING SECTION 33‑56‑110, RELATING TO THE REGISTRATION OF PROFESSIONAL SOLICITORS, FUND‑RAISING COUNSEL, OR COMMERCIAL CO‑VENTURERS, SO AS TO LIMIT REGISTRATION REQUIREMENTS FOR COMMERICAL CO‑VENTURERS SOLICITING MORE THAN TEN THOUSAND DOLLARS IN A SINGLE SOLICITATION CAMPAIGN; BY AMENDING SECTION 33‑56‑110, RELATING TO REGISTRATION OF PROFESSIONAL SOLICITORS, FUND‑RAISING COUNSEL, OR COMMERCIAL CO‑VENTURERS, SO AS TO PROVIDE THAT IF A COMMERCIAL CO‑VENTURER INTENDING TO BE EXEMPT FROM REGISTRATION WITH THE SECRETARY OF STATE COLLECTS, EARNS, OR RECEIVES CHARITABLE CONTRIBUTIONS IN EXCESS OF TEN THOUSAND DOLLARS DURING A SOLICITATION CAMPAIGN, THEN THE COMMERCIAL CO‑VENTURER SHALL REPORT TO THE SECRETARY OF STATE; AND BY AMENDING SECTION 33‑56‑120, RELATING TO PROHIBITED MISREPRESENTATIONS, SO AS TO PROHIBIT COMMERCIAL CO‑VENTURERS FROM USING REGISTRATION WITH THE SECRETARY OF STATE AS AN ENDORSEMENT BY THE STATE.</w:t>
+            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 33‑56‑50, RELATING TO ORGANIZATIONS EXEMPT FROM REGISTRATION PROVISIONS, ALTERNATE FILINGS, AND FUNDRAISING ACTIVITIES, SO AS TO INCREASE THRESHOLDS FOR CHARITIES REQUESTING EXEMPTIONS; BY AMENDING SECTION 33‑56‑70, RELATING TO THE REQUIREMENT THAT CONTRACTS WITH PROFESSIONAL SOLICITORS MUST BE IN WRITING, FILING REQUIREMENTS, JOINT FINANCIAL REPORTS FOR EACH CAMPAIGN, AND PENALTIES FOR NONCOMPLIANCE, SO AS TO LIMIT FILING REQUIREMENTS TO COMMERCIAL CO‑VENTURERS UNDER CERTAIN CONDITIONS; BY AMENDING SECTION 33‑56‑90, RELATING TO DISCLOSURES TO SOLICITED PARTIES, SO AS TO REQUIRE ANY ENTITY THAT SOLICITS FOR CHARITABLE ORGANIZATIONS TO DISCLOSE THE LEGAL NAME AND PURPOSE OF THE CHARITY FOR WHICH THEY ARE SOLICITING; BY AMENDING SECTION 33‑56‑110, RELATING TO THE REGISTRATION OF PROFESSIONAL SOLICITORS, FUNDRAISING COUNSEL, OR COMMERCIAL CO‑VENTURERS, SO AS TO LIMIT REGISTRATION REQUIREMENTS FOR COMMERC</w:t>
+          </w:r>
+          <w:r w:rsidR="001B2CE5">
+            <w:t>I</w:t>
+          </w:r>
+          <w:r>
+            <w:t>AL CO‑VENTURERS SOLICITING MORE THAN TEN THOUSAND DOLLARS IN A SINGLE SOLICITATION CAMPAIGN; BY AMENDING SECTION 33‑56‑110, RELATING TO REGISTRATION OF PROFESSIONAL SOLICITORS, FUND‑RAISING COUNSEL, OR COMMERCIAL CO‑VENTURERS, SO AS TO PROVIDE THAT IF A COMMERCIAL CO‑VENTURER INTENDING TO BE EXEMPT FROM REGISTRATION WITH THE SECRETARY OF STATE COLLECTS, EARNS, OR RECEIVES CHARITABLE CONTRIBUTIONS IN EXCESS OF TEN THOUSAND DOLLARS DURING A SOLICITATION CAMPAIGN, THEN THE COMMERCIAL CO‑VENTURER SHALL REPORT TO THE SECRETARY OF STATE; AND BY AMENDING SECTION 33‑56‑120, RELATING TO PROHIBITED MISREPRESENTATIONS, SO AS TO PROHIBIT COMMERCIAL CO‑VENTURERS FROM USING REGISTRATION WITH THE SECRETARY OF STATE AS AN ENDORSEMENT BY THE STATE.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_b3558a097" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_b3558a097" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="7B2EA48D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="476BAA1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_a58ff050e" w:id="2"/>
+      <w:bookmarkStart w:name="ew_a58ff050e" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E2A8D" w:rsidP="005E2A8D" w:rsidRDefault="005E2A8D" w14:paraId="0869DBCD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E2A8D" w:rsidP="005E2A8D" w:rsidRDefault="005E2A8D" w14:paraId="602202F7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_06d6ab9c0" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_06d6ab9c0" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_1b795c2f0" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_1b795c2f0" w:id="4"/>
+        <w:t>ection 33‑56‑50 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E619EE" w:rsidRDefault="00E619EE" w14:paraId="13D8A01D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E619EE" w:rsidRDefault="00E619EE" w14:paraId="78833EF7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T33C56N50_3f73bd2ad" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 33‑56‑50 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E619EE" w:rsidRDefault="00E619EE" w14:paraId="13D8A01D" w14:textId="77777777">
+        <w:t>ection 33‑56‑50.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50SA_lv1_6f3681b3a" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>A) The following are not required to file registration statements with the Secretary of State if their fundraising activities are not conducted by professional solicitors, professional fundraising counsel, or commercial coventurers:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="5E13800A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E619EE" w:rsidRDefault="00E619EE" w14:paraId="78833EF7" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50S1_lv2_938edcbd4" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t>1) an educational institution which solicits contributions from only its students and their families, alumni, faculty, friends, and other constituencies, trustees, corporations, foundations, and individuals who are interested in and supportive of the programs of the institution;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="2D23F8A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T33C56N50_3f73bd2ad" w:id="5"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C56N50SA_lv1_6f3681b3a" w:id="6"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50S2_lv2_b17576de5" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...17 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">2) a person requesting contributions for the relief of an individual specified by name at the time </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>of the solicitation when all of the contributions collected, without deductions of any kind, are turned over to the named beneficiary for his use, as long as the person soliciting the contributions is not a named beneficiary;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="580692D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C56N50S3_lv2_9a19834e8" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T33C56N50S3_lv2_9a19834e8" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t xml:space="preserve">3) a charitable organization which </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">does not </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">intend to </w:t>
+      </w:r>
+      <w:r>
+        <w:t>solicit</w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, collect, earn</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or receive </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>contributions from the public</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gross revenue </w:t>
+      </w:r>
+      <w:r>
+        <w:t>in excess of twenty</w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>‑five</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> thousand dollars </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">during </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>calendar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fiscal </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">year and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> has received a letter of tax exemption from the Internal Revenue Service, if all functions, including fundraising activities, of the organization exempted pursuant to this item are conducted by persons who are compensated no more than five hundred dollars in a year for their services and no part of their assets or income inures to the benefit of or is paid to an officer or a member. If the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>contributions raised from the public, whether or not the contributions are actually received by a charitable organization during any calendar year, are in excess of these amounts</w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gross revenue solicited, collected, earned, or received by the organization exceeds this amount</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>within thirty days after the date the contributions exceed these amounts,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the organization must register with and report to the Secretary of State as required by this chapter</w:t>
+      </w:r>
+      <w:r w:rsidR="00823BC1">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within thirty days after the date the gross revenue exceeds this amount</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="0F3BB466" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50S4_lv2_0aff7ed81" w:id="9"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t xml:space="preserve">3) a charitable organization which </w:t>
+        <w:t>4) an organization which solicits exclusively from its membership, including a utility cooperative;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="00845752" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50S5_lv2_ff7cbe48a" w:id="10"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>5) a veterans' organization which has a congressional charter;  and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="701682FC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50S6_lv2_813af7790" w:id="11"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t>6) the State, its political subdivisions, and an agency or a department of the State which are subject to the disclosure provisions of the Freedom of Information Act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="2AABDF1B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50SB_lv1_de9a7da53" w:id="12"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>B) The following are not required to file registration statements with the Secretary of State regardless of whether or not their fundraising activities are conducted by professional solicitors, professional fundraising counsel, or commercial coventurers:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="1E9AE0DC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50S1_lv2_a0bfe8243" w:id="13"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:t>1) a public school district located in the State and any public school teaching pre‑K through grade twelve located within the public school district. For purposes of this chapter, the term “public school” includes any student organization within the school that does not maintain separate financial accounts or a separate federal Employer's Identification Number (EIN) from the school and whose fundraising revenues are deposited in the school's student activity fund;  and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="36B1076D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N50S2_lv2_b4429d810" w:id="14"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:t xml:space="preserve">2) a charitable organization that does not </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t xml:space="preserve">(a) </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">does not </w:t>
+        <w:t xml:space="preserve">intend to </w:t>
+      </w:r>
+      <w:r>
+        <w:t>solicit</w:t>
+      </w:r>
+      <w:r w:rsidR="000674DD">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>, collect, earn,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or receive </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t xml:space="preserve">intend to </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00823BC1">
+        <w:t>contributions from the public</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000674DD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>, collect, earn</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> or receive </w:t>
+        <w:t xml:space="preserve">gross revenue </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in excess of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>contributions from the public</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00823BC1">
+        <w:t xml:space="preserve">seven </w:t>
+      </w:r>
+      <w:r w:rsidR="000674DD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">gross revenue </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00823BC1">
+        <w:t xml:space="preserve">ten </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">thousand </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">five hundred </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">dollars during a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">calendar </w:t>
+      </w:r>
+      <w:r w:rsidR="000674DD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>‑five</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> thousand dollars </w:t>
+        <w:t xml:space="preserve">fiscal </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">year. If the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>in</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00823BC1">
+        <w:t>contributions raised from the public, whether or not the contributions are actually received by a charitable organization during any calendar year, are in excess of these amounts</w:t>
+      </w:r>
+      <w:r w:rsidR="000674DD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">during </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">a </w:t>
+        <w:t xml:space="preserve"> gross revenue solicited, collected, earned or received by the organization exceeds this amount</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000674DD">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">then </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the organization shall register and report to the Secretary of State as required by this chapter within thirty days after the date </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>calendar</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00823BC1">
+        <w:t>the contributions exceed these amounts</w:t>
+      </w:r>
+      <w:r w:rsidR="000674DD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">fiscal </w:t>
-[...56 lines deleted...]
-    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="0F3BB466" w14:textId="77777777">
+        <w:t xml:space="preserve"> the gross revenue exceeds this amount</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="4076C095" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C56N50S4_lv2_0aff7ed81" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T33C56N50SC_lv1_8f327cd15" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="00845752" w14:textId="77777777">
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>C) A charitable organization claiming to be exempt from the registration provisions of this chapter and which solicits charitable contributions must submit annually to the Secretary of State, on forms prescribed by the Secretary of State, the name, address, and purpose of the organization and a statement setting forth the reason for the claim for exemption. If appropriate, the Secretary of State or his appropriate division shall issue a letter of exemption that may be exhibited to the public. A filing fee is not required of an exempt organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF3B21" w:rsidRDefault="00E619EE" w14:paraId="26C6E1C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C56N50S5_lv2_ff7cbe48a" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T33C56N50SD_lv1_95fa9ebc1" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...201 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>C) A charitable organization claiming to be exempt from the registration provisions of this chapter and which solicits charitable contributions must submit annually to the Secretary of State, on forms prescribed by the Secretary of State, the name, address, and purpose of the organization and a statement setting forth the reason for the claim for exemption. If appropriate, the Secretary of State or his appropriate division shall issue a letter of exemption that may be exhibited to the public. A filing fee is not required of an exempt organization.</w:t>
-[...11 lines deleted...]
-        <w:t>(</w:t>
+        <w:t>D) A professional solicitor, professional fundraising counsel, or commercial coventurer conducting fundraising activities on behalf of an exempt organization must comply with the registration and filing requirements of this chapter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00310058" w:rsidP="00310058" w:rsidRDefault="00310058" w14:paraId="36CF89D9" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00310058" w:rsidP="00310058" w:rsidRDefault="00310058" w14:paraId="52E8106A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_2_c14cbbaca" w:id="17"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>D) A professional solicitor, professional fundraising counsel, or commercial coventurer conducting fundraising activities on behalf of an exempt organization must comply with the registration and filing requirements of this chapter.</w:t>
-[...11 lines deleted...]
-      <w:bookmarkStart w:name="bs_num_2_c14cbbaca" w:id="18"/>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_74d1ab31f" w:id="18"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>ection 33‑56‑70(A)</w:t>
       </w:r>
       <w:r w:rsidR="00F012F0">
         <w:t>, (D) and (E)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E619EE" w:rsidRDefault="00E619EE" w14:paraId="2BCA9065" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E619EE" w:rsidRDefault="00E619EE" w14:paraId="15123D06" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="cs_T33C56N70_daf4038f2" w:id="20"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C56N70SA_lv1_74f379c7a" w:id="21"/>
+      <w:bookmarkStart w:name="cs_T33C56N70_daf4038f2" w:id="19"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N70SA_lv1_74f379c7a" w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
+        <w:t xml:space="preserve">A) A contract or agreement between any professional fundraising counsel, professional solicitor, or commercial co‑venturer </w:t>
+      </w:r>
+      <w:r w:rsidR="001611DC">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>required to register with the Secretary of State pursuant to Section 33‑56‑110</w:t>
+      </w:r>
+      <w:r w:rsidR="006D310B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and a charitable organization must be in writing and filed with the Secretary of State at least ten days before the professional fundraising counsel, professional solicitor, or commercial co‑venturer begins any solicitation activity or any other activity contemplated by the contract or agreement in this State. In addition, a professional solicitor or commercial co‑venturer shall attach a completed Notice of Solicitation form that complies with the requirements of this section to the contract or agreement filed with the Secretary of State.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B277D3" w:rsidRDefault="00B277D3" w14:paraId="77BBC9D8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B277D3" w:rsidRDefault="00B277D3" w14:paraId="7A3B6C49" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T33C56N70_5803590d3" w:id="21"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N70SD_lv1_a6388384f" w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001611DC">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t xml:space="preserve">D) Solicitations or services pursuant to a contract or agreement between a charitable organization and a professional solicitor, professional fundraising counsel, or commercial co‑venturer may not begin in this State until the contract or agreement has been filed with the Secretary of State and until both the charitable organization and the professional solicitor, professional fundraising counsel, or commercial co‑venturer are registered </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>properly</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> with the Secretary of State</w:t>
+      </w:r>
+      <w:r w:rsidR="006D310B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t xml:space="preserve"> as required pursuant to this chapter</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00812F33" w:rsidRDefault="00812F33" w14:paraId="54B6206F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812F33" w:rsidRDefault="00812F33" w14:paraId="6A071C29" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T33C56N70_94706bb6f" w:id="23"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N70SE_lv1_0b4fd36e1" w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t xml:space="preserve">E) Within ninety days after a solicitation campaign has been completed, or within ninety days after the anniversary of a solicitation campaign lasting more than one year, a professional solicitor or commercial co‑venturer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D310B" w:rsidR="006D310B">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>required to register with the Secretary of State pursuant to Section 33‑56‑110</w:t>
       </w:r>
       <w:r w:rsidR="006D310B">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>and a charitable organization must be in writing and filed with the Secretary of State at least ten days before the professional fundraising counsel, professional solicitor, or commercial co‑venturer begins any solicitation activity or any other activity contemplated by the contract or agreement in this State. In addition, a professional solicitor or commercial co‑venturer shall attach a completed Notice of Solicitation form that complies with the requirements of this section to the contract or agreement filed with the Secretary of State.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B277D3" w:rsidRDefault="00B277D3" w14:paraId="77BBC9D8" w14:textId="77777777">
+        <w:t>shall file with the Secretary of State a joint financial report for the campaign, including gross revenue, an itemization of expenses, and the amount paid to the charitable organization. This joint financial report must be completed on the form prescribed by the Secretary of State, signed by both an authorized official of the professional solicitor or commercial co‑venturer and an authorized official of the charitable organization, and certified to be true.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D310B" w:rsidP="006D310B" w:rsidRDefault="006D310B" w14:paraId="2DD048EE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D310B" w:rsidP="006D310B" w:rsidRDefault="006D310B" w14:paraId="2A8AABDA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_3_6b15feb5b" w:id="25"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_e3b213683" w:id="26"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t>ection 33‑56‑90 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F307B" w:rsidRDefault="009F307B" w14:paraId="24EF986C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B277D3" w:rsidRDefault="00B277D3" w14:paraId="7A3B6C49" w14:textId="77777777">
+    <w:p w:rsidR="006E3481" w:rsidRDefault="009F307B" w14:paraId="16B732FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
-      </w:pPr>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T33C56N90_0a1f41660" w:id="27"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>ection 33‑56‑90.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N90SA_lv1_4e70ee98a" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="006D310B">
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t xml:space="preserve">A) </w:t>
+      </w:r>
+      <w:r w:rsidR="006E3481">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as required pursuant to this chapter</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00812F33" w:rsidRDefault="00812F33" w14:paraId="54B6206F" w14:textId="77777777">
+        <w:t>At the initial time of solicitation, a charitable organization, professional solicitor, commercial con‑venturer, or other person engaging in the solicitation of charitable contributions must disclose the legal name and purpose of the charitable organization for which it is soliciting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F307B" w:rsidRDefault="006E3481" w14:paraId="0D2BDFE4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-[...10 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N90SB_lv1_511a02333" w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...77 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="29"/>
-      <w:r>
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidR="009F307B">
         <w:t>At the initial time of solicitation, a professional solicitor must disclose its status as a “professional” or “paid” solicitor. The professional solicitor also must disclose the registered true name of the professional fundraising organization for which it works and the registered true name, location, and purpose of the charitable organizations for which it is soliciting. Upon oral or written request of the solicited party, a professional solicitor also must disclose the percentage of gross receipts with which the professional solicitor is compensated including the amount the professional solicitor must be reimbursed as payment for fundraising costs. The professional solicitor also must disclose the guaranteed minimum percentage of gross receipts to be remitted or retained by the charitable organization excluding the amount which the charitable organization must pay for fundraising costs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EE576A" w:rsidRDefault="009F307B" w14:paraId="6738E858" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T33C56N90SC_lv1_b6f8ff2de" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T33C56N90SC_lv1_b6f8ff2de" w:id="30"/>
       <w:r w:rsidR="00EE64BD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidR="00EE64BD">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>C)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Upon oral or written request by the solicited party, the professional solicitor must deliver to the solicited party within fifteen business days of the request a:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE576A" w:rsidRDefault="009F307B" w14:paraId="0D3672DB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N90S1_lv2_8d02082c1" w:id="31"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidR="00EE64BD">
+      <w:r>
+        <w:t>1) financial statement of the charitable organization disclosing assets, liabilities, fund balances, revenue, and expenses for the preceding fiscal year. This financial statement must be the most recently submitted annual financial report pursuant to Section 33‑56‑60;  and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE576A" w:rsidRDefault="009F307B" w14:paraId="7CE0EAD6" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N90S2_lv2_28739ae02" w:id="32"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t>2) copy of the professional solicitor's or charitable organization's current registration certification from the Secretary of State.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE576A" w:rsidRDefault="009F307B" w14:paraId="5B9E052F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>(C)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N90SD_lv1_73c88bf59" w:id="33"/>
+      <w:r w:rsidR="005E6954">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>C)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00EE576A" w:rsidRDefault="009F307B" w14:paraId="0D3672DB" w14:textId="77777777">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidR="005E6954">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>D)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> A professional solicitor that fails to comply with the provisions of this section is liable for an administrative fine not to exceed two thousand dollars for each separate violation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EE576A" w:rsidRDefault="009F307B" w14:paraId="5839B636" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:tab/>
-[...36 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(C)</w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C56N90SD_lv1_73c88bf59" w:id="34"/>
+        <w:t>(D)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N90SE_lv1_9bb78a1c8" w:id="34"/>
       <w:r w:rsidR="005E6954">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidR="005E6954">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>D)</w:t>
-[...5 lines deleted...]
-    <w:p w:rsidR="00EE576A" w:rsidRDefault="009F307B" w14:paraId="5839B636" w14:textId="77777777">
+        <w:t>E)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> An offense committed in violation of this section is considered to have been committed at the place where the solicitation either was initiated or was received.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00391B85" w:rsidP="00391B85" w:rsidRDefault="00391B85" w14:paraId="3910232A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00391B85" w:rsidP="00391B85" w:rsidRDefault="00391B85" w14:paraId="3B21CB2A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_4_45562af17" w:id="35"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:t>ECTION 4.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_172c291ad" w:id="36"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:t>ection 33‑56‑110(A) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF4605" w:rsidRDefault="00FF4605" w14:paraId="1A7BD9FC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-      <w:r>
-        <w:tab/>
+    </w:p>
+    <w:p w:rsidR="00FF4605" w:rsidRDefault="00FF4605" w14:paraId="1C665637" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T33C56N110_637c6d1ca" w:id="37"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N110SA_lv1_fb9ed82d3" w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t>A) A person may not act as a professional solicitor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>(D)</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="005E6954">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35345">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> professional fundraising counsel, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or commercial co‑venturer </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">for a charitable organization subject to the provisions of this chapter without first having registered with the Secretary of State. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE64BD">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>If a person intends to solicit, collect, earn, or receive charitable contributions in excess of ten thousand dollars during a solicitation campaign, then the</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35345">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> person may not act as a commercial co‑venturer for a charitable organization subject to the provisions of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE64BD">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35345">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hapter without first registering with the Secretary of State. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Registration includes filing of a complete application and filing fee. An application for registration must be in writing under oath or affirmation in the form prescribed by the Secretary of State and accompanied by an annual fee of fifty dollars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16D33" w:rsidRDefault="00C16D33" w14:paraId="1D064244" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00812F33" w:rsidRDefault="00812F33" w14:paraId="1428ECB8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scdirectionallanguage"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_5_035d2922b" w:id="39"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>ECTION 5.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_f24377229" w:id="40"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:t>ection 33‑56‑110 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16D33" w:rsidRDefault="00C16D33" w14:paraId="010E034C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16D33" w:rsidRDefault="00C16D33" w14:paraId="11A133C8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="ns_T33C56N110_6f2a76b0f" w:id="41"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N110SJ_lv1_9670b87fa" w:id="42"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
-[...136 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="41"/>
-      <w:r>
-[...21 lines deleted...]
-      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t xml:space="preserve">J) </w:t>
       </w:r>
       <w:r w:rsidRPr="00E30A2B" w:rsidR="00E30A2B">
         <w:t>If a commercial co‑venturer intending to be exempt from registration with the Secretary of State collects, earns or receives charitable contributions in excess of ten thousand dollars during a solicitation campaign, then the commercial co‑venturer shall register and report to the Secretary of State as required by this chapter within thirty days after the date the contributions exceed this amount.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00120C0A" w:rsidRDefault="00120C0A" w14:paraId="54675A39" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0064239E" w:rsidP="0064239E" w:rsidRDefault="0064239E" w14:paraId="1BFD0F95" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_e001a78aa" w:id="44"/>
+      <w:bookmarkStart w:name="bs_num_6_e001a78aa" w:id="43"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:t>ECTION 6.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_c4e4b0d31" w:id="44"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>ECTION 6.</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>ection 33‑56‑120(B) of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C16D33" w:rsidRDefault="00C16D33" w14:paraId="564B768F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16D33" w:rsidRDefault="00C16D33" w14:paraId="281024F7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="cs_T33C56N120_04eeba512" w:id="45"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T33C56N120SB_lv1_121da0248" w:id="46"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t>ection 33‑56‑120(B) of the S.C. Code is amended to read:</w:t>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="ss_T33C56N120SB_lv1_121da0248" w:id="47"/>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-      <w:r>
         <w:t>B) A charitable organization, professional fundraising counsel, or professional solicitor</w:t>
       </w:r>
       <w:r w:rsidR="0001048E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>, or commercial co‑venturer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall not use or exploit the fact of registration </w:t>
       </w:r>
       <w:r w:rsidR="0001048E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">with the Secretary of State </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">so as to lead the public to believe that the registration in any way constitutes an endorsement or approval by the State. However, the use of the following statement is not considered a prohibited exploitation: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>“Registered with the Secretary of State as required by law”. Registration does not imply endorsement of a public solicitation for contributions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C16D33" w:rsidRDefault="00C16D33" w14:paraId="0E66E97B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="1D17CDAE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_7_lastsection" w:id="48"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="49"/>
+      <w:bookmarkStart w:name="bs_num_7_lastsection" w:id="47"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="48"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 7.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="353A5651" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="005D13DE">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5566859A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="59204F1E" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1895,125 +2092,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1AF0D7F0" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="15E66549" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0025374C" w:rsidP="00D14995">
+      <w:p w14:paraId="15E66549" w14:textId="65DDA8DF" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="004A2F99" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="003D26D6">
+              <w:t>[0715]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="005860C6">
+            <w:r w:rsidR="003D26D6">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SMIN-0098MW26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="130093A5" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="04289747" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2275,51 +2472,52 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2357,134 +2555,140 @@
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000E5824"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00120C0A"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00154406"/>
     <w:rsid w:val="001611DC"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="00186A77"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001A581D"/>
+    <w:rsid w:val="001B2CE5"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C1887"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C330C"/>
     <w:rsid w:val="001D417E"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="002178E6"/>
     <w:rsid w:val="0022454B"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="002642E8"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002650E6"/>
     <w:rsid w:val="00265EDF"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002E77F8"/>
     <w:rsid w:val="002F303E"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00310058"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
+    <w:rsid w:val="00352C15"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="00391B85"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
+    <w:rsid w:val="003D26D6"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F4FD7"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="004379BD"/>
     <w:rsid w:val="00445988"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00454E24"/>
     <w:rsid w:val="0046477F"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="0049144A"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00497DEF"/>
     <w:rsid w:val="00497E17"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B17FA"/>
     <w:rsid w:val="004B4B52"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C2D73"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004C7418"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E6A43"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00521203"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
@@ -2527,197 +2731,204 @@
     <w:rsid w:val="00613AC2"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00621FC2"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="0064239E"/>
     <w:rsid w:val="00645314"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661255"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="00666086"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="0068322E"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
+    <w:rsid w:val="006A4694"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D310B"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E3481"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="0074270F"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007909C7"/>
     <w:rsid w:val="00791466"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B3F23"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B52E7"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D129C"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D707F"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E30D1"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="0081089E"/>
     <w:rsid w:val="00812F33"/>
     <w:rsid w:val="00814D63"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00823BC1"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00841DC0"/>
     <w:rsid w:val="008625C1"/>
+    <w:rsid w:val="00866189"/>
     <w:rsid w:val="008752AE"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A15F7"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F34DD"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00907D08"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
+    <w:rsid w:val="009A6F9D"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C73CD"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009D518D"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F127B"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F307B"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A142B3"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A17508"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35345"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A45734"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
+    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD0348"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B24DE4"/>
     <w:rsid w:val="00B277D3"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B34EA8"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B4338B"/>
     <w:rsid w:val="00B437DF"/>
     <w:rsid w:val="00B52BD1"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
+    <w:rsid w:val="00B672F0"/>
     <w:rsid w:val="00B7592C"/>
+    <w:rsid w:val="00B7689F"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B9375E"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB0E6A"/>
     <w:rsid w:val="00BB3388"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD277E"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE1EDF"/>
     <w:rsid w:val="00BE2320"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C0064F"/>
     <w:rsid w:val="00C11BD2"/>
     <w:rsid w:val="00C151A2"/>
@@ -2741,50 +2952,51 @@
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D121C4"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D35492"/>
     <w:rsid w:val="00D507A7"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D7453A"/>
     <w:rsid w:val="00D772FB"/>
+    <w:rsid w:val="00D85F45"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF7563"/>
     <w:rsid w:val="00E024AA"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E14F73"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E26677"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E30A2B"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
@@ -3264,1360 +3476,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="004A2F99"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="004A2F99"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35492"/>
+    <w:rsid w:val="004A2F99"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4644,51 +4858,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=715&amp;session=126&amp;summary=B" TargetMode="External" Id="Rcdd60f13862b4090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/715_20251210.docx" TargetMode="External" Id="Rab228542f5a143a2" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=715&amp;session=126&amp;summary=B" TargetMode="External" Id="R40f35099868b47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/715_20251210.docx" TargetMode="External" Id="Rb0206b055dae44ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/715_20260114.docx" TargetMode="External" Id="R63a7aab58971400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/715_20260121.docx" TargetMode="External" Id="Re3234085606344d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R88cb4f6b9d514450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R94ada07e1b69475a" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4772,67 +4986,70 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
+    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C151A2"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F6307D"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -5563,128 +5780,67 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...55 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5901,128 +6057,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>2553f455-321e-49a4-a036-880d77ae1eb7</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>9efecdfd-199f-443f-905d-088152e9224a</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>fabf9c1f-b61b-4e26-aef4-317c31974282</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>5c3acaff-ea05-41c0-b40a-57efb4125075</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0715]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>715</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 33‑56‑50, RELATING TO ORGANIZATIONS EXEMPT FROM REGISTRATION PROVISIONS, ALTERNATE FILINGS, AND FUNDRAISING ACTIVITIES, SO AS TO INCREASE THRESHOLDS FOR CHARITIES REQUESTING EXEMPTIONS; BY AMENDING SECTION 33‑56‑70, RELATING TO THE REQUIREMENT THAT CONTRACTS WITH PROFESSIONAL SOLICITORS MUST BE IN WRITING, FILING REQUIREMENTS, JOINT FINANCIAL REPORTS FOR EACH CAMPAIGN, AND PENALTIES FOR NONCOMPLIANCE, SO AS TO LIMIT FILING REQUIREMENTS TO COMMERCIAL CO‑VENTURERS UNDER CERTAIN CONDITIONS; BY AMENDING SECTION 33‑56‑90, RELATING TO DISCLOSURES TO SOLICITED PARTIES, SO AS TO REQUIRE ANY ENTITY THAT SOLICITS FOR CHARITABLE ORGANIZATIONS TO DISCLOSE THE LEGAL NAME AND PURPOSE OF THE CHARITY FOR WHICH THEY ARE SOLICITING; BY AMENDING SECTION 33‑56‑110, RELATING TO THE REGISTRATION OF PROFESSIONAL SOLICITORS, FUNDRAISING COUNSEL, OR COMMERCIAL CO‑VENTURERS, SO AS TO LIMIT REGISTRATION REQUIREMENTS FOR COMMERCIAL CO‑VENTURERS SOLICITING MORE THAN TEN THOUSAND DOLLARS IN A SINGLE SOLICITATION CAMPAIGN; BY AMENDING SECTION 33‑56‑110, RELATING TO REGISTRATION OF PROFESSIONAL SOLICITORS, FUND‑RAISING COUNSEL, OR COMMERCIAL CO‑VENTURERS, SO AS TO PROVIDE THAT IF A COMMERCIAL CO‑VENTURER INTENDING TO BE EXEMPT FROM REGISTRATION WITH THE SECRETARY OF STATE COLLECTS, EARNS, OR RECEIVES CHARITABLE CONTRIBUTIONS IN EXCESS OF TEN THOUSAND DOLLARS DURING A SOLICITATION CAMPAIGN, THEN THE COMMERCIAL CO‑VENTURER SHALL REPORT TO THE SECRETARY OF STATE; AND BY AMENDING SECTION 33‑56‑120, RELATING TO PROHIBITED MISREPRESENTATIONS, SO AS TO PROHIBIT COMMERCIAL CO‑VENTURERS FROM USING REGISTRATION WITH THE SECRETARY OF STATE AS AN ENDORSEMENT BY THE STATE.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"f0907e1b-eba6-4a01-b28f-85e2fee908e9","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N50_3f73bd2ad","IsConstitutionSection":false,"Identity":"33-56-50","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N50SA","SubSectionBookmarkName":"ss_T33C56N50SA_lv1_6f3681b3a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N50SB","SubSectionBookmarkName":"ss_T33C56N50SB_lv1_de9a7da53","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N50SC","SubSectionBookmarkName":"ss_T33C56N50SC_lv1_8f327cd15","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N50SD","SubSectionBookmarkName":"ss_T33C56N50SD_lv1_95fa9ebc1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S1","SubSectionBookmarkName":"ss_T33C56N50S1_lv2_938edcbd4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S2","SubSectionBookmarkName":"ss_T33C56N50S2_lv2_b17576de5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S3","SubSectionBookmarkName":"ss_T33C56N50S3_lv2_9a19834e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S4","SubSectionBookmarkName":"ss_T33C56N50S4_lv2_0aff7ed81","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S5","SubSectionBookmarkName":"ss_T33C56N50S5_lv2_ff7cbe48a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S6","SubSectionBookmarkName":"ss_T33C56N50S6_lv2_813af7790","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S1","SubSectionBookmarkName":"ss_T33C56N50S1_lv2_a0bfe8243","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N50S2","SubSectionBookmarkName":"ss_T33C56N50S2_lv2_b4429d810","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Organizations exempt from registration provisions, alternate filings, and fundraising activities","TitleSoAsTo":"increase thresholds for charities requesting exemptions","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_06d6ab9c0"},{"SectionUUID":"19fa277d-fc13-420e-adf7-d2a10113e340","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N70_daf4038f2","IsConstitutionSection":false,"Identity":"33-56-70","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N70SA","SubSectionBookmarkName":"ss_T33C56N70SA_lv1_74f379c7a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Contracts with professional solicitors to be in writing, filing requirements, joint financial reports for each campaign, and penalties for noncompliance","TitleSoAsTo":"limit filing requirements to commercial con-venturers under certain conditions","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T33C56N70_5803590d3","IsConstitutionSection":false,"Identity":"33-56-70","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N70SD","SubSectionBookmarkName":"ss_T33C56N70SD_lv1_a6388384f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Contracts with professional solicitors to be in writing","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"cs_T33C56N70_94706bb6f","IsConstitutionSection":false,"Identity":"33-56-70","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N70SE","SubSectionBookmarkName":"ss_T33C56N70SE_lv1_0b4fd36e1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Contracts with professional solicitors to be in writing;  filing requirements;  joint financial report for each campaign;  penalty for noncompliance","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_c14cbbaca"},{"SectionUUID":"9e719a00-52ea-4d0e-a733-dbba626ba5e3","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N90_0a1f41660","IsConstitutionSection":false,"Identity":"33-56-90","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N90SA","SubSectionBookmarkName":"ss_T33C56N90SA_lv1_4e70ee98a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SC","SubSectionBookmarkName":"ss_T33C56N90SC_lv1_b6f8ff2de","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SD","SubSectionBookmarkName":"ss_T33C56N90SD_lv1_73c88bf59","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SE","SubSectionBookmarkName":"ss_T33C56N90SE_lv1_9bb78a1c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T33C56N90SB","SubSectionBookmarkName":"ss_T33C56N90SB_lv1_511a02333","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N90S1","SubSectionBookmarkName":"ss_T33C56N90S1_lv2_8d02082c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T33C56N90S2","SubSectionBookmarkName":"ss_T33C56N90S2_lv2_28739ae02","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Disclosures to solicited parties","TitleSoAsTo":"require any entity that solicits for charitable organizations to disclose the legal name and purpose of the charity for which they are soliciting ","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_6b15feb5b"},{"SectionUUID":"1cb33a85-8e2c-42bb-9fa6-770b7bd92722","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N110_637c6d1ca","IsConstitutionSection":false,"Identity":"33-56-110","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N110SA","SubSectionBookmarkName":"ss_T33C56N110SA_lv1_fb9ed82d3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"the Registration of professional solicitor, fund-raising counsel, or commercial co-venturer","TitleSoAsTo":"limit registration requirements for commerical co-venturers soliciting more than ten thousand dollars ina single solicitation campaign","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_45562af17"},{"SectionUUID":"024c204e-02bc-4568-829b-7bb23c311aa1","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T33C56N110_6f2a76b0f","IsConstitutionSection":false,"Identity":"33-56-110","IsNew":true,"SubSections":[{"Level":1,"Identity":"T33C56N110SJ","SubSectionBookmarkName":"ss_T33C56N110SJ_lv1_9670b87fa","IsNewSubSection":true,"SubSectionReplacement":""}],"TitleRelatedTo":"Registration of professional solicitor, fund-raising counsel, or commercial co-venturer","TitleSoAsTo":"provide that if a commercial co‑venturer intending to be exempt from registration with the Secretary of State collects, earns or receives charitable contributions in excess of ten thousand dollars during a solicitation campaign, then the commercial co‑venturer shall report to the Secretary of State","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_035d2922b"},{"SectionUUID":"82b8d261-8b03-4b17-820a-17866bfcee06","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T33C56N120_04eeba512","IsConstitutionSection":false,"Identity":"33-56-120","IsNew":false,"SubSections":[{"Level":1,"Identity":"T33C56N120SB","SubSectionBookmarkName":"ss_T33C56N120SB_lv1_121da0248","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Misrepresentations prohibited","TitleSoAsTo":"prohibit commercial co-venturers from using registration with the secretary of state as an endorsement by the state","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_e001a78aa"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":7,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Solicitation of Charitable Funds</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>melaniewiedel@scsenate.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>victoriachandler@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1926</Words>
-  <Characters>10965</Characters>
+  <Words>1923</Words>
+  <Characters>10966</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>179</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>176</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12847</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
@@ -6047,27 +6239,36 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>