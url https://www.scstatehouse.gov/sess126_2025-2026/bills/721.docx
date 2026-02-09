--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -159,51 +159,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0293HDB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the Senate Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0333e8f3adc64005">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R15d44819984a4cac">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rfa3a558d2136416a">
+      <w:hyperlink r:id="R4ab2f27daded4b67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +522,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R6fe2b5162f424258">
+      <w:hyperlink r:id="Rb75a5b95feca42d9">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="000931DA" w:rsidRDefault="00432135" w14:paraId="47642A99" w14:textId="5D3D8884">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="000931DA" w:rsidRDefault="00A73EFA" w14:paraId="7B72410E" w14:textId="1CAB22AC">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="000931DA" w:rsidRDefault="00A73EFA" w14:paraId="6AD935C9" w14:textId="6C5DD77B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="000931DA" w:rsidRDefault="00A73EFA" w14:paraId="51A98227" w14:textId="67206FF5">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="000931DA" w:rsidRDefault="00A73EFA" w14:paraId="3858851A" w14:textId="627407F5">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="000931DA" w:rsidRDefault="00A73EFA" w14:paraId="4E3DDE20" w14:textId="186228CF">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,1027 +646,1031 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00DD6233" w14:paraId="40FEFADA" w14:textId="024C0D00">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “LEGISLATIVE PERSONAL PRIVACY PROTECTION ACT” BY ADDING ARTICLE 9 TO CHAPTER 2, TITLE 30 SO AS TO PROVIDE A METHOD BY WHICH THE PERSONAL CONTACT INFORMATION OF CURRENT AND FORMER LEGISLATORS IN DISCLOSED RECORDS ON PUBLICLY AVAILABLE WEBSITES OF STATE OR LOCAL GOVERNMENTAL ENTITIES MAY BE RESTRICTED UPON REQUEST, TO PROVIDE FOR PETITIONS TO COURTS FOR COMPLIANCE WITH THIS ARTICLE, AND TO PREVENT LIABILITY FROM ACCRUING TO A STATE OR LOCAL GOVERNMENTAL EMPLOYEE.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_734955ae9" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_734955ae9" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="5BAAC1B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="7A934B75" w14:textId="6F4B79DE">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_34056e6b2" w:id="2"/>
+      <w:bookmarkStart w:name="ew_34056e6b2" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0070209D" w:rsidP="0070209D" w:rsidRDefault="0070209D" w14:paraId="6EB314E6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="0070209D" w14:paraId="29644DBC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_076e0b4cb" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_076e0b4cb" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_b0fbecd70" w:id="4"/>
+      <w:bookmarkStart w:name="dl_b0fbecd70" w:id="3"/>
       <w:r w:rsidR="00575384">
         <w:t>C</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00575384">
         <w:t>hapter 2, Title 30 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="0DB64791" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="00C1F3DE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_517ab4a6d" w:id="5"/>
+      <w:bookmarkStart w:name="up_517ab4a6d" w:id="4"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:t>rticle 9</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="639F7C28" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="002B6EA1" w14:paraId="6C7DFC3A" w14:textId="3440E588">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_bfddfdfb1" w:id="6"/>
+      <w:bookmarkStart w:name="up_bfddfdfb1" w:id="5"/>
       <w:r>
         <w:t>L</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>egislative Personal Privacy Protection Act</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="60499758" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="3416C91D" w14:textId="328CD763">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T30C2N900_efd8aa944" w:id="7"/>
+      <w:bookmarkStart w:name="ns_T30C2N900_efd8aa944" w:id="6"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>ection 30‑2‑900.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_939785e34" w:id="8"/>
+      <w:bookmarkStart w:name="up_939785e34" w:id="7"/>
       <w:r w:rsidR="002B6EA1">
         <w:t>F</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="002B6EA1">
         <w:t>or purposes of this article:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="00575384" w:rsidRDefault="002B6EA1" w14:paraId="488E7946" w14:textId="12D2B7C3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N900S1_lv1_c4d48fee2" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T30C2N900S1_lv1_c4d48fee2" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>1) “Personal contact information” means the home address, personal cellular telephone number, or tax map number, if applicable, of the eligible requesting party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="00575384" w:rsidRDefault="002B6EA1" w14:paraId="4C1C2F82" w14:textId="03D322A0">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T30C2N900S2_lv1_44b68c231" w:id="9"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="9"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t xml:space="preserve">2) “Eligible requesting party” means a current or former member of the </w:t>
       </w:r>
       <w:r w:rsidR="008B0FFE">
         <w:t>South Carolina General Assembly</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who has filed a formal request under the provisions of this article.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="00575384" w:rsidRDefault="002B6EA1" w14:paraId="592E6100" w14:textId="5BCAD3FE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N900S3_lv1_a3eb7386f" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T30C2N900S3_lv1_a3eb7386f" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>3) “Disclosed records” means records accessible by a database or image of an official record that are placed on a publicly available internet website maintained by or operated on behalf of a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency. Disclosed records for the purpose of this article do not include records available for purchase or through an account, by registration or subscription, from a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="2926DC8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="3DAA507E" w14:textId="1FDC666A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T30C2N910_1c6fd1a5a" w:id="12"/>
+      <w:bookmarkStart w:name="ns_T30C2N910_1c6fd1a5a" w:id="11"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t>ection 30‑2‑910.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SA_lv1_7fea2465c" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T30C2N910SA_lv1_7fea2465c" w:id="12"/>
       <w:r w:rsidRPr="002B6EA1" w:rsidR="002B6EA1">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="002B6EA1" w:rsidR="002B6EA1">
         <w:t>A) An eligible requesting party</w:t>
       </w:r>
       <w:r w:rsidR="004D6B7F">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EA1" w:rsidR="002B6EA1">
         <w:t>s personal contact information in a disclosed record shall be restricted on a publicly available internet website maintained by or operated on behalf of the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EA1" w:rsidR="002B6EA1">
         <w:t xml:space="preserve"> agency if</w:t>
       </w:r>
       <w:r w:rsidR="002B6EA1">
         <w:t xml:space="preserve"> the legislator</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EA1" w:rsidR="002B6EA1">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="27FD29EC" w14:textId="48EF1143">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S1_lv2_743dfc6d1" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S1_lv2_743dfc6d1" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t>1) notifies the individual state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency of the </w:t>
       </w:r>
       <w:r w:rsidR="001952F1">
         <w:t>legislator</w:t>
       </w:r>
       <w:r w:rsidR="004D6B7F">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s choice to restrict </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>public access to personal contact information in disclosed records by submission of the designated form and any supplemental information requested by the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="617D93C1" w14:textId="11D87EA1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_a840f3113" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_a840f3113" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">2) provides a notarized affidavit affirming the current or prior service as a </w:t>
       </w:r>
       <w:r w:rsidR="001952F1">
         <w:t>legislator</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="43D85D81" w14:textId="20865DDB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SB_lv1_b9c56839b" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T30C2N910SB_lv1_b9c56839b" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:t>B) A choice made under this article remains valid with the following exceptions:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="1EAFC32A" w14:textId="6C85DE55">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T30C2N910S1_lv2_87d362eec" w:id="16"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>1) the legislator rescinds in writing the request to restrict public access to or posting online of personal contact information and provides notice to the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="57DEDBCD" w14:textId="0D5F8CC9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_920effcec" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_920effcec" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t>2) the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agenc</w:t>
       </w:r>
       <w:r w:rsidR="00103D83">
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> disclose</w:t>
       </w:r>
       <w:r w:rsidR="00103D83">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> personal contact information related to violations of law or regulation, as permitted by law;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="5F21AAA0" w14:textId="41C780CB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S3_lv2_829b0582f" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S3_lv2_829b0582f" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>3) the legislator requests release of the legislator</w:t>
       </w:r>
       <w:r w:rsidR="004D6B7F">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s personal contact information from a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency for a specific purpose and for a limited time;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="53A39612" w14:textId="66B2DBEE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S4_lv2_1ad0315f6" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S4_lv2_1ad0315f6" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>4) the personal contact information is included in a collision report or uniform traffic ticket maintained and provided by the South Carolina Department of Motor Vehicles, as permitted by law;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="1A7B741E" w14:textId="2E5B3CB6">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T30C2N910S5_lv2_b433ad756" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
-        <w:t>4) the personal contact information is included in a collision report or uniform traffic ticket maintained and provided by the South Carolina Department of Motor Vehicles, as permitted by law;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="1A7B741E" w14:textId="2E5B3CB6">
+        <w:t>5) the personal contact information is included on a business filing or Uniform Commercial Code filing recorded with the South Carolina Secretary of State; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00575384" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="00E0329C" w14:textId="0EE70B0F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S5_lv2_b433ad756" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S6_lv2_ce6856c27" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>6) the eligible requesting party</w:t>
       </w:r>
       <w:r w:rsidR="004D6B7F">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s request to restrict information does not apply to a subsequent home address of the eligible requesting party. The eligible requesting party is responsible for notifying, through the designated form, each state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency of a subsequent home address, and any documents filed after the original request to restrict personal contact information including, but not limited to, changes to the mortgage on a property, or any change in personal contact information.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="00C3A63A" w14:textId="6924461C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SC_lv1_f92aa8709" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T30C2N910SC_lv1_f92aa8709" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>C)</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EA1">
         <w:t xml:space="preserve"> Personal contact information provided under the provisions of this article may be disclosed under subpoena, by order of the court, upon written consent of the eligible </w:t>
       </w:r>
       <w:r w:rsidR="001952F1">
         <w:t>legislator</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EA1">
         <w:t>, or to another government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EA1">
         <w:t xml:space="preserve"> agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="63681320" w14:textId="27F8FBB0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SD_lv1_8e13ca398" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T30C2N910SD_lv1_8e13ca398" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>D)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T30C2N910S1_lv2_64cdad2bc" w:id="24"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="24"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>1) Personal contact information restricted from disclosed records under this section must remain within the official records held or maintained by a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency, but may not be included in an index or displayed on an image of an official record on a publicly available internet website maintained or operated on behalf of a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="23BFC97C" w14:textId="77C4DF43">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_874e27cfd" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_874e27cfd" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>2) In the event that a home address or tax map number cannot be restricted from a disclosed record within an index or from being displayed on an image of an official record on a publicly available internet website maintained or operated on behalf of a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency, then the image of the official record shall not be displayed and the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency must restrict the home address or tax map number portion from the display within the index, regardless of the location within the index.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="3BD70BF4" w14:textId="0036BB56">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SE_lv1_6f0e66459" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T30C2N910SE_lv1_6f0e66459" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>E) Any personal contact information must be restricted, if requested by an eligible requesting party, from any disclosed record, including the designated form used to notify the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency and supplemental information requested by the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> agency, otherwise eligible to be released under any other provision of law. The provisions of this article must not be construed to prevent the disclosure of any other otherwise public information allowed by law.</w:t>
+        <w:t xml:space="preserve"> agency, otherwise eligible to be released under any other provision of law. The provisions of this article must not be </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>construed to prevent the disclosure of any other otherwise public information allowed by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="2F33B472" w14:textId="09FC4762">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SF_lv1_c79980946" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T30C2N910SF_lv1_c79980946" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>F) A governmental agency that restricts or withholds information under this article shall provide to a requestor a description of the restricted or withheld information and a citation to this article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="6D9E5606" w14:textId="1AA528CB">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T30C2N910SG_lv1_34f328a08" w:id="28"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
-        <w:t>F) A governmental agency that restricts or withholds information under this article shall provide to a requestor a description of the restricted or withheld information and a citation to this article.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="6D9E5606" w14:textId="1AA528CB">
+        <w:t>G) Personal contact information restricted pursuant to this article may be disclosed to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="1D4735F1" w14:textId="218102FB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SG_lv1_34f328a08" w:id="29"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T30C2N910S1_lv2_22333bfa0" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
-        <w:t>G) Personal contact information restricted pursuant to this article may be disclosed to:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="1D4735F1" w14:textId="218102FB">
+        <w:t>1) a title insurer or its affiliate;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="563DD82D" w14:textId="5C0E5769">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S1_lv2_22333bfa0" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_c9617159a" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
-        <w:t>1) a title insurer or its affiliate;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="563DD82D" w14:textId="5C0E5769">
+        <w:t>2) a title insurance agent or agency;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="649FE6E1" w14:textId="035C64E2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S2_lv2_c9617159a" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S3_lv2_3083250d1" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
-        <w:t>2) a title insurance agent or agency;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="649FE6E1" w14:textId="035C64E2">
+        <w:t>3) a personal representative of a deceased eligible requesting party;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="0E5D31E3" w14:textId="503A0537">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S3_lv2_3083250d1" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S4_lv2_187c3b0d7" w:id="32"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t>4) an attorney duly admitted to practice law in the State of South Carolina and in good standing with the South Carolina Bar</w:t>
       </w:r>
       <w:r w:rsidR="00103D83">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>or a person appointed in writing by said attorney to receive the restricted information on his behalf; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="0F0A9373" w14:textId="2B07A8BB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910S5_lv2_f74dd646a" w:id="34"/>
+      <w:bookmarkStart w:name="ss_T30C2N910S5_lv2_f74dd646a" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t>5) a professional engineer or professional surveyor, as defined under Section 40‑22‑20, or a person appointed in writing by said professional engineer or professional surveyor to receive the restricted information on his behalf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="3098550C" w14:textId="4755E6B4">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T30C2N910SH_lv1_6d3927f58" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="34"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>H) The restricted status of a home address contained in the official records within a county register of deeds is maintained only during the period when an eligible requesting party resides at the dwelling location. Upon the conveyance of real property that no longer constitutes an eligible request in the party</w:t>
       </w:r>
       <w:r w:rsidR="004D6B7F">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s home address, the eligible requesting party must submit the designated form to release the restriction on personal contact information, including the home address information, and a notarized affidavit affirming the designated form to the county register of deeds.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="7CD852CE" w14:textId="26770B86">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T30C2N910SI_lv1_055d17dab" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T30C2N910SI_lv1_055d17dab" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>I) Nothing in this article shall be construed to limit access to otherwise protected information in public records by applicable law including, but not limited to, the Driver</w:t>
       </w:r>
       <w:r w:rsidR="004D6B7F">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s Privacy Protection Act (18 U.S.C. Section 2721, et seq.) and the Fair Credit Reporting Act (15 U.S.C. Section 1681, et seq.).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B6EA1" w:rsidP="002B6EA1" w:rsidRDefault="002B6EA1" w14:paraId="41277F21" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00575384" w:rsidP="00575384" w:rsidRDefault="00575384" w14:paraId="533416CA" w14:textId="617F0251">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T30C2N920_cbb3b20ab" w:id="37"/>
+      <w:bookmarkStart w:name="ns_T30C2N920_cbb3b20ab" w:id="36"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>ection 30‑2‑920.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002B6EA1" w:rsidR="002B6EA1">
         <w:t>Any eligible requesting party may petition the court for an order directing compliance with this article. Liability may not accrue to a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EA1" w:rsidR="002B6EA1">
         <w:t xml:space="preserve"> employee or to his agents for claims or damages that arise from personal contact information on the public record.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB7A43" w:rsidP="00DB7A43" w:rsidRDefault="00DB7A43" w14:paraId="3E6498D1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006A430C" w:rsidP="006A430C" w:rsidRDefault="00DB7A43" w14:paraId="5B84F45E" w14:textId="5A02171F">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_c6c6ff583" w:id="38"/>
+      <w:bookmarkStart w:name="bs_num_2_c6c6ff583" w:id="37"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_467264d9f" w:id="39"/>
+      <w:bookmarkStart w:name="up_467264d9f" w:id="38"/>
       <w:r w:rsidR="006A430C">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="006A430C">
         <w:t>he Legislative Services Agency shall create the designated form for legislators to use to request a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidR="006A430C">
         <w:t xml:space="preserve"> agency restrict public access to personal contact information in disclosed records. The form shall include a disclaimer to inform the requesting party the request is specific to the state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r w:rsidR="006A430C">
         <w:t xml:space="preserve"> agency and will not be provided to other entities or apply to changes in personal contact information. The form must contain fields for the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006A430C" w:rsidP="006A430C" w:rsidRDefault="006A430C" w14:paraId="169F999C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_79e5204cd" w:id="40"/>
+      <w:bookmarkStart w:name="up_79e5204cd" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t>1) the requesting party’s personal information including, but not limited to, legal name, date of birth, home address, driver’s license information, personal email address, and where applicable, tax map numbers;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A430C" w:rsidP="006A430C" w:rsidRDefault="006A430C" w14:paraId="03D4B8E3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_af7b2d441" w:id="40"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>1) the requesting party’s personal information including, but not limited to, legal name, date of birth, home address, driver’s license information, personal email address, and where applicable, tax map numbers;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006A430C" w:rsidP="006A430C" w:rsidRDefault="006A430C" w14:paraId="03D4B8E3" w14:textId="77777777">
+        <w:t>2) the dates of service and status of service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A430C" w:rsidP="006A430C" w:rsidRDefault="006A430C" w14:paraId="12C58D52" w14:textId="02D71CC9">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_af7b2d441" w:id="41"/>
+      <w:bookmarkStart w:name="up_2abd736a9" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>3) the location of personal contact information in disclosed records by instrument number, book and page number of the copy or image, docket number, file number, vehicle identification number</w:t>
       </w:r>
       <w:r w:rsidR="00975076">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or title number; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB7A43" w:rsidP="006A430C" w:rsidRDefault="006A430C" w14:paraId="3146EDD3" w14:textId="17218CA8">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_fcdd6e108" w:id="43"/>
+      <w:bookmarkStart w:name="up_fcdd6e108" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>4) an exception section to notify a state or local government</w:t>
       </w:r>
       <w:r w:rsidR="0042656B">
         <w:t>al</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agency of rescission of the request to restrict personal contact information and to permit disclosure of personal contact information for a specific purpose and for a limited time.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="3D8F1FED" w14:textId="34476052">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="0E9393B4" w14:textId="3A662836">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="44"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="45"/>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="43"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="44"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="7389F665" w14:textId="5A5D8820">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1691,125 +1791,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5790F46A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="52B0398B" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="004A5335" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="1CDFA535" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00AF4B44" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="002F2ABB">
+              <w:t>[0721]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00DF6EDF">
+            <w:r w:rsidR="002F2ABB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0293HDB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EA84F7A" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2071,51 +2171,52 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -2181,66 +2282,68 @@
     <w:rsid w:val="001A35CF"/>
     <w:rsid w:val="001B68D5"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001C3EE1"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F74B8"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233719"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="002519A0"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="0026647B"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="0029212A"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B551C"/>
     <w:rsid w:val="002B6613"/>
     <w:rsid w:val="002B6EA1"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D0524"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D2790"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002F2ABB"/>
     <w:rsid w:val="002F2F14"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00327E5D"/>
     <w:rsid w:val="00334CD1"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="0034324F"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00355A26"/>
     <w:rsid w:val="00355E18"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00397CAB"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C754F"/>
     <w:rsid w:val="003D1E2A"/>
     <w:rsid w:val="003D4A3C"/>
@@ -2456,50 +2559,51 @@
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A54074"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC3B9F"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B05C85"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B41EEF"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B5690B"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B60EE8"/>
     <w:rsid w:val="00B63521"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B92355"/>
@@ -2508,50 +2612,51 @@
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB1E84"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD20DC"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE20EA"/>
     <w:rsid w:val="00BE42ED"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BE5CD6"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C035FE"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C32291"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
+    <w:rsid w:val="00C86C35"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D43B15"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
@@ -3056,1360 +3161,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00AF4B44"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00AF4B44"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B92355"/>
+    <w:rsid w:val="00AF4B44"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4423,51 +4530,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=721&amp;session=126&amp;summary=B" TargetMode="External" Id="Rfa3a558d2136416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/721_20251210.docx" TargetMode="External" Id="R6fe2b5162f424258" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=721&amp;session=126&amp;summary=B" TargetMode="External" Id="R4ab2f27daded4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/721_20251210.docx" TargetMode="External" Id="Rb75a5b95feca42d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R0333e8f3adc64005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R15d44819984a4cac" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4555,77 +4662,79 @@
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="000128A8"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D2790"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="00612DAA"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007A21F6"/>
     <w:rsid w:val="008C001A"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B41EEF"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BE42ED"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
+    <w:rsid w:val="00C86C35"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F668AE"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -5355,137 +5464,135 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>6c2b7664-2e89-4c98-9eea-87ed8337a32b</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-10-28T22:57:37.692296-04:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>a4784e43-32b7-4a52-9031-94036f88f9a9</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>7c92f348-2eb7-4754-8f82-97105b266ce6</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>a6b1d388-e64b-426f-8740-7421e94fc2f9</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0721]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>721</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “LEGISLATIVE PERSONAL PRIVACY PROTECTION ACT” BY ADDING ARTICLE 9 TO CHAPTER 2, TITLE 30 SO AS TO PROVIDE A METHOD BY WHICH THE PERSONAL CONTACT INFORMATION OF CURRENT AND FORMER LEGISLATORS IN DISCLOSED RECORDS ON PUBLICLY AVAILABLE WEBSITES OF STATE OR LOCAL GOVERNMENTAL ENTITIES MAY BE RESTRICTED UPON REQUEST, TO PROVIDE FOR PETITIONS TO COURTS FOR COMPLIANCE WITH THIS ARTICLE, AND TO PREVENT LIABILITY FROM ACCRUING TO A STATE OR LOCAL GOVERNMENTAL EMPLOYEE.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"98bbf916-36a2-4b44-9f59-7a59f7b8cc45","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T30C2N900_efd8aa944","IsConstitutionSection":false,"Identity":"30-2-900","IsNew":true,"SubSections":[{"Level":1,"Identity":"T30C2N900S1","SubSectionBookmarkName":"ss_T30C2N900S1_lv1_c4d48fee2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N900S2","SubSectionBookmarkName":"ss_T30C2N900S2_lv1_44b68c231","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N900S3","SubSectionBookmarkName":"ss_T30C2N900S3_lv1_a3eb7386f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T30C2N910_1c6fd1a5a","IsConstitutionSection":false,"Identity":"30-2-910","IsNew":true,"SubSections":[{"Level":1,"Identity":"T30C2N910SA","SubSectionBookmarkName":"ss_T30C2N910SA_lv1_7fea2465c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S1","SubSectionBookmarkName":"ss_T30C2N910S1_lv2_743dfc6d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S2","SubSectionBookmarkName":"ss_T30C2N910S2_lv2_a840f3113","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SB","SubSectionBookmarkName":"ss_T30C2N910SB_lv1_b9c56839b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S1","SubSectionBookmarkName":"ss_T30C2N910S1_lv2_87d362eec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S2","SubSectionBookmarkName":"ss_T30C2N910S2_lv2_920effcec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S3","SubSectionBookmarkName":"ss_T30C2N910S3_lv2_829b0582f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S4","SubSectionBookmarkName":"ss_T30C2N910S4_lv2_1ad0315f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S5","SubSectionBookmarkName":"ss_T30C2N910S5_lv2_b433ad756","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S6","SubSectionBookmarkName":"ss_T30C2N910S6_lv2_ce6856c27","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SC","SubSectionBookmarkName":"ss_T30C2N910SC_lv1_f92aa8709","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SD","SubSectionBookmarkName":"ss_T30C2N910SD_lv1_8e13ca398","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S1","SubSectionBookmarkName":"ss_T30C2N910S1_lv2_64cdad2bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S2","SubSectionBookmarkName":"ss_T30C2N910S2_lv2_874e27cfd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SE","SubSectionBookmarkName":"ss_T30C2N910SE_lv1_6f0e66459","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SF","SubSectionBookmarkName":"ss_T30C2N910SF_lv1_c79980946","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SG","SubSectionBookmarkName":"ss_T30C2N910SG_lv1_34f328a08","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S1","SubSectionBookmarkName":"ss_T30C2N910S1_lv2_22333bfa0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S2","SubSectionBookmarkName":"ss_T30C2N910S2_lv2_c9617159a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S3","SubSectionBookmarkName":"ss_T30C2N910S3_lv2_3083250d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S4","SubSectionBookmarkName":"ss_T30C2N910S4_lv2_187c3b0d7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T30C2N910S5","SubSectionBookmarkName":"ss_T30C2N910S5_lv2_f74dd646a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SH","SubSectionBookmarkName":"ss_T30C2N910SH_lv1_6d3927f58","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T30C2N910SI","SubSectionBookmarkName":"ss_T30C2N910SI_lv1_055d17dab","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"restrict personal contact information in a disclosed record from a publicly available internet website maintained by a state or local government agency","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T30C2N920_cbb3b20ab","IsConstitutionSection":false,"Identity":"30-2-920","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"provide for petitions to courts for compliance with this article and to prevent liability from accruing to a state or local government employee","Deleted":false,"IsStricken":false}],"TitleText":"by enacting the \"Legislative Personal Privacy Protection Act\" by adding article 9 to chapter 2, title 30 so as to provide a method by which the personal contact information of current and former legislators in disclosed records on publicly available websites of state or local governmental entities may be restricted upon request, to provide for petitions to courts for compliance with this article, and to prevent liability from accruing to a state or local governmental employee","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_076e0b4cb"},{"SectionUUID":"6354b732-1fc0-4a01-8ba7-0922fe748c93","SectionName":"New Blank SECTION","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_c6c6ff583"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Candidates, personal contact information</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>harrisonbrant@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5702,134 +5809,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7D0BECE-1A6C-40DF-9336-D989D89EBD06}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>7373</Characters>
+  <Pages>3</Pages>
+  <Words>943</Words>
+  <Characters>7790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>973</Lines>
+  <Paragraphs>970</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8679</CharactersWithSpaces>
+  <CharactersWithSpaces>7763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>