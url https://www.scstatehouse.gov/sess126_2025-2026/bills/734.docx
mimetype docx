--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -124,86 +124,86 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senator Kennedy</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Kennedy, Leber, Bright and Fernandez</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0416SA26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the Senate Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Finance</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -345,68 +345,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Finance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R35cc964eaff047eb">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 35</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R41553a5aff144257">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 35</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R20f4e2df3bcb408b">
+      <w:hyperlink r:id="R7e37f331b8a44e47">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +522,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R5aed079ab2b1427a">
+      <w:hyperlink r:id="Rbe326c7ddd804c54">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="005E5EFF" w:rsidRDefault="00432135" w14:paraId="6CFE184A" w14:textId="0FE8003B">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="005E5EFF" w:rsidRDefault="00A73EFA" w14:paraId="6AF6BEC0" w14:textId="525D9878">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="005E5EFF" w:rsidRDefault="00A73EFA" w14:paraId="1700ACEF" w14:textId="6BAF26E8">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="005E5EFF" w:rsidRDefault="00A73EFA" w14:paraId="0FF716EE" w14:textId="39748107">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="005E5EFF" w:rsidRDefault="00A73EFA" w14:paraId="15377497" w14:textId="4586AF00">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="005E5EFF" w:rsidRDefault="00A73EFA" w14:paraId="0B808D51" w14:textId="5AF47B73">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -550,132 +646,137 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="004B0FDC" w14:paraId="6A48F57F" w14:textId="409D44B0">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 9‑1‑110 SO AS TO PROVIDE THAT CERTAIN STATE RETIREMENT BENEFITS AND HEALTH BENEFITS MAY BE FORFEITED IF STATE EMPLOYEES ARE CONVICTED OF ANY CRIME INVOLVING CRIMINAL SEXUAL MISCONDUCT WITH A MINOR OR THE POSSESSION OR DISTRIBUTION OF CHILD SEXUAL ABUSE MATERIALS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_ba89b2371" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_ba89b2371" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="0BFF03CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="514169D9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_0014a899c" w:id="2"/>
+      <w:bookmarkStart w:name="ew_0014a899c" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002174FC" w:rsidRDefault="002174FC" w14:paraId="55868146" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="241A334C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_4b91b8f28" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_4b91b8f28" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_ffa15908d" w:id="3"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-      </w:r>
+        <w:t>rticle 1, Chapter 1, Title 9 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002174FC" w:rsidRDefault="002174FC" w14:paraId="1C2EAE6C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0006058F" w:rsidP="00F55F69" w:rsidRDefault="002174FC" w14:paraId="2CC80418" w14:textId="5BCCAA0D">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_ffa15908d" w:id="4"/>
-[...1 lines deleted...]
-        <w:t>A</w:t>
+      <w:bookmarkStart w:name="ns_T9C1N110_db01f4e2a" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>rticle 1, Chapter 1, Title 9 of the S.C. Code is amended by adding:</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>ection 9‑1‑110.</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T9C1N110_db01f4e2a" w:id="5"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T9C1N110SA_lv1_033893b95" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T9C1N110SA_lv1_033893b95" w:id="5"/>
       <w:r w:rsidR="00F55F69">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00F55F69">
         <w:t>A)</w:t>
       </w:r>
+      <w:bookmarkStart w:name="ss_T9C1N110S1_lv2_d5c384444" w:id="6"/>
       <w:r w:rsidR="0006058F">
-        <w:t xml:space="preserve">(1) </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="0006058F">
+        <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="00F55F69">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t>a state employee is</w:t>
       </w:r>
       <w:r w:rsidR="00F55F69">
         <w:t xml:space="preserve"> convicted of, pleads guilty or nolo contendere to any </w:t>
       </w:r>
       <w:r w:rsidR="00FA3AE9">
         <w:t xml:space="preserve">crime involving </w:t>
       </w:r>
       <w:r w:rsidR="00F55F69">
         <w:t xml:space="preserve">criminal sexual </w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t>mis</w:t>
       </w:r>
       <w:r w:rsidR="00F55F69">
         <w:t xml:space="preserve">conduct with a minor </w:t>
       </w:r>
@@ -691,234 +792,239 @@
       <w:r w:rsidRPr="00996179" w:rsidR="00996179">
         <w:t>child sexual abuse material</w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t xml:space="preserve">, including </w:t>
       </w:r>
       <w:r w:rsidRPr="00996179" w:rsidR="00996179">
         <w:t xml:space="preserve">child sexual abuse material </w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t>that is artificial intelligence generated,</w:t>
       </w:r>
       <w:r w:rsidR="00F55F69">
         <w:t xml:space="preserve"> then the </w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t>state employee</w:t>
       </w:r>
       <w:r w:rsidR="00F55F69">
         <w:t xml:space="preserve"> forfeits retirement benefits</w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t xml:space="preserve"> and health benefits</w:t>
       </w:r>
       <w:r w:rsidR="00F55F69">
-        <w:t xml:space="preserve"> attributable to the person’s state employment. If the provisions of this section are utilized, the applicable retirement system must refund the person’s employee contributions attributable to the person’s service.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> attributable to the person’s state employment. If the provisions of this section are utilized, the applicable </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="open_doc_here" w:id="7"/>
+      <w:r w:rsidR="00F55F69">
+        <w:t>retirement system must refund the person’s employee contributions attributable to the person’s service.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w:rsidR="00F55F69" w:rsidP="00F55F69" w:rsidRDefault="0006058F" w14:paraId="38A4FCFB" w14:textId="77471FDE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T9C1N110S2_lv2_d5c38c47b" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T9C1N110S2_lv2_d5c38c47b" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">2) A </w:t>
       </w:r>
       <w:r w:rsidR="008827DA">
         <w:t>state employee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> who has his retirement benefits</w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t xml:space="preserve"> or health benefits</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> forfeited pursuant to this section is entitled to receive twenty‑five percent of the lost benefit if he moves to a different state that does not </w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t xml:space="preserve">share a border with a state that </w:t>
       </w:r>
       <w:r>
         <w:t>border</w:t>
       </w:r>
       <w:r w:rsidR="00996179">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00FD55A3">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>tate of South Carolina</w:t>
       </w:r>
       <w:r w:rsidR="0054152A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F55F69" w:rsidP="00F55F69" w:rsidRDefault="00F55F69" w14:paraId="2C89EDD2" w14:textId="398918E5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T9C1N110SB_lv1_0edc0975b" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T9C1N110SB_lv1_0edc0975b" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00996179">
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:t>) For purposes of this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00996179" w:rsidP="00F55F69" w:rsidRDefault="00996179" w14:paraId="76E658E3" w14:textId="08267B59">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T9C1N110S1_lv2_37e4583cf" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T9C1N110S1_lv2_37e4583cf" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>1) “Health benefits” means any benefit received through an insurance program administered by the employee insurance program established pursuant to Article 5, Chapter 11, Title 1.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F55F69" w:rsidP="00F55F69" w:rsidRDefault="00F55F69" w14:paraId="2A0F4B87" w14:textId="52A4F7DC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T9C1N110S2_lv2_689d34410" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T9C1N110S2_lv2_689d34410" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00014AAF">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>) “Retirement benefits” means any benefit received by any retirement system administered pursuant to this title.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002174FC" w:rsidP="00F55F69" w:rsidRDefault="00F55F69" w14:paraId="45E62779" w14:textId="5D86047F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T9C1N110S3_lv2_157dd94ff" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T9C1N110S3_lv2_157dd94ff" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00014AAF">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>) “Retirement system” means any retirement system administered pursuant to this title.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F55F69" w:rsidP="00F55F69" w:rsidRDefault="00F55F69" w14:paraId="5C60C8DF" w14:textId="65DABD44">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T9C1N110S4_lv2_b239c3c08" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T9C1N110S4_lv2_b239c3c08" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00014AAF">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>) “State employee” means any individual employed by this State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002174FC" w:rsidRDefault="002174FC" w14:paraId="29851650" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="71B5CE3B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="13"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="14"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="14"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="15"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="66B59F19" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -1039,125 +1145,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="21DE7612" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1B665307" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00F7064C" w:rsidP="00D14995">
+      <w:p w14:paraId="1B665307" w14:textId="2D7F13F5" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="001C5EDF" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00F03572">
+              <w:t>[0734]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="000A3507">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0416SA26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="645D4C14" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="772B9A56" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1419,158 +1525,166 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="000128A8"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00014AAF"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00052506"/>
     <w:rsid w:val="0006058F"/>
+    <w:rsid w:val="00062E34"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00090EEC"/>
     <w:rsid w:val="000A3507"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C537F"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E333C"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F50D8"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00120E0B"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C5EDF"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F5F8B"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00204022"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
+    <w:rsid w:val="002151D7"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="002171D1"/>
     <w:rsid w:val="002174FC"/>
+    <w:rsid w:val="00221B0E"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="002312F3"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="0023771F"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00252363"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="00261C7D"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00263D3E"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00270C22"/>
+    <w:rsid w:val="00271974"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A5738"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C0AA8"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00330CB9"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="0035230E"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="003613F9"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373B7F"/>
@@ -1635,81 +1749,83 @@
     <w:rsid w:val="005316AA"/>
     <w:rsid w:val="005319FD"/>
     <w:rsid w:val="00532A42"/>
     <w:rsid w:val="0054152A"/>
     <w:rsid w:val="00544372"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="005568C8"/>
     <w:rsid w:val="005610AD"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00575763"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A4162"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
+    <w:rsid w:val="005C5B66"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D0AF1"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E5EFF"/>
     <w:rsid w:val="005F2C9A"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="006015CC"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690470"/>
     <w:rsid w:val="00690DBA"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006E41E7"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00717B2D"/>
     <w:rsid w:val="0072151B"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00731EFF"/>
     <w:rsid w:val="00732DDD"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00743188"/>
     <w:rsid w:val="007442ED"/>
     <w:rsid w:val="007749ED"/>
     <w:rsid w:val="00782BF8"/>
@@ -1732,52 +1848,54 @@
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00817CBA"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008430FC"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0086295C"/>
     <w:rsid w:val="00865697"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00882515"/>
     <w:rsid w:val="008827DA"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00890CFD"/>
     <w:rsid w:val="0089447C"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B3316"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C14DD"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C7188"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
+    <w:rsid w:val="00901A8F"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="0090784D"/>
+    <w:rsid w:val="00911380"/>
     <w:rsid w:val="00914908"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00920C9C"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="0094728C"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00967C95"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="00996179"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
@@ -1930,50 +2048,51 @@
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E72476"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EB6F7F"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EE76BF"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
+    <w:rsid w:val="00F03572"/>
     <w:rsid w:val="00F051C9"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F33BF5"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F46902"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F55F69"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
@@ -2402,1360 +2521,1360 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE76BF"/>
+    <w:rsid w:val="00693DB6"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -3769,51 +3888,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=734&amp;session=126&amp;summary=B" TargetMode="External" Id="R20f4e2df3bcb408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/734_20251210.docx" TargetMode="External" Id="R5aed079ab2b1427a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=734&amp;session=126&amp;summary=B" TargetMode="External" Id="R7e37f331b8a44e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/734_20251210.docx" TargetMode="External" Id="Rbe326c7ddd804c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R35cc964eaff047eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R41553a5aff144257" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -3903,50 +4022,51 @@
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="000128A8"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="00252363"/>
     <w:rsid w:val="00261C7D"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005A4162"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008430FC"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="0094728C"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BD5D8C"/>
     <w:rsid w:val="00BE42ED"/>
     <w:rsid w:val="00BF56C3"/>
@@ -5009,73 +5129,76 @@
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>cc47099a-c02d-4516-86f6-5ca0eefcd3f2</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
-  <T_BILL_DT_VERSION>2025-11-04T14:07:34.581432-05:00</T_BILL_DT_VERSION>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>e915402f-5564-4549-a222-6c3eb97d5846</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>2ad1160b-5167-4898-83c0-2bd58b623599</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>d08711f4-b55c-42ef-887a-c9acc7a62b3e</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0734]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>734</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 9‑1‑110 SO AS TO PROVIDE THAT CERTAIN STATE RETIREMENT BENEFITS AND HEALTH BENEFITS MAY BE FORFEITED IF STATE EMPLOYEES ARE CONVICTED OF ANY CRIME INVOLVING CRIMINAL SEXUAL MISCONDUCT WITH A MINOR OR THE POSSESSION OR DISTRIBUTION OF CHILD SEXUAL ABUSE MATERIALS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
-  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
-  <T_BILL_T_SECTIONS>[{"SectionUUID":"a1b50c18-1479-4012-8fc1-fce84d599712","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T9C1N110_db01f4e2a","IsConstitutionSection":false,"Identity":"9-1-110","IsNew":true,"SubSections":[{"Level":1,"Identity":"T9C1N110SA","SubSectionBookmarkName":"ss_T9C1N110SA_lv1_033893b95","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S2","SubSectionBookmarkName":"ss_T9C1N110S2_lv2_d5c38c47b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T9C1N110SB","SubSectionBookmarkName":"ss_T9C1N110SB_lv1_0edc0975b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S1","SubSectionBookmarkName":"ss_T9C1N110S1_lv2_37e4583cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S2","SubSectionBookmarkName":"ss_T9C1N110S2_lv2_689d34410","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S3","SubSectionBookmarkName":"ss_T9C1N110S3_lv2_157dd94ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S4","SubSectionBookmarkName":"ss_T9C1N110S4_lv2_b239c3c08","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide that certain state retirement benefits may be forfeited if state employees are convicted of criminal sexual conduct with a minor","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_4b91b8f28"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"a1b50c18-1479-4012-8fc1-fce84d599712","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T9C1N110_db01f4e2a","IsConstitutionSection":false,"Identity":"9-1-110","IsNew":true,"SubSections":[{"Level":1,"Identity":"T9C1N110SA","SubSectionBookmarkName":"ss_T9C1N110SA_lv1_033893b95","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S2","SubSectionBookmarkName":"ss_T9C1N110S2_lv2_d5c38c47b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T9C1N110SB","SubSectionBookmarkName":"ss_T9C1N110SB_lv1_0edc0975b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S1","SubSectionBookmarkName":"ss_T9C1N110S1_lv2_37e4583cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S2","SubSectionBookmarkName":"ss_T9C1N110S2_lv2_689d34410","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S3","SubSectionBookmarkName":"ss_T9C1N110S3_lv2_157dd94ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S4","SubSectionBookmarkName":"ss_T9C1N110S4_lv2_b239c3c08","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T9C1N110S1","SubSectionBookmarkName":"ss_T9C1N110S1_lv2_d5c384444","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide that certain state retirement benefits may be forfeited if state employees are convicted of criminal sexual conduct with a minor","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_4b91b8f28"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>State Benefits Forfeiture</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
@@ -5110,75 +5233,75 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>298</Words>
-  <Characters>1667</Characters>
+  <Words>307</Words>
+  <Characters>1658</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1945</CharactersWithSpaces>
+  <CharactersWithSpaces>1950</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>