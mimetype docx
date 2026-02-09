--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -123,108 +123,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senator Kennedy</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Kennedy, Bright, Fernandez and Leber</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SJ-0008PB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Sanctuary Jurisdictions and Release of Illegal Aliens</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -344,68 +336,192 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc12839173e514ff0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R80f066ee679943c5">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 36</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R515347c3dc514c33">
+      <w:hyperlink r:id="Re8962c14317b4cd3">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -423,57 +539,83 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rce93b15d9cae45f3">
+      <w:hyperlink r:id="R86103f03308948f0">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R3d28a59fa46d41f7">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/21/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
@@ -540,107 +682,119 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="07F48ED0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="003A2484" w14:paraId="4C177483" w14:textId="19CA950B">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="003A2484" w14:paraId="4C177483" w14:textId="2919A190">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 8‑31‑10 SO AS TO CREATE THE </w:t>
           </w:r>
           <w:r w:rsidR="0072157E">
             <w:t>“</w:t>
           </w:r>
           <w:r>
             <w:t>PROHIBITION OF SANCTUARY JURISDICTIONS ACT</w:t>
           </w:r>
           <w:r w:rsidR="0072157E">
             <w:t>”</w:t>
           </w:r>
           <w:r>
-            <w:t xml:space="preserve">; BY ADDING SECTION 8‑31‑20 SO AS TO PROVIDE THAT FUNDS APPROPRIATED BY THE STATE MUST NOT BE OBLIGATED OR EXPENDED FOR A COUNTY, MUNICIPALITY, CITY, PUBLIC SERVICE DISTRICT, SPECIAL PURPOSE DISTRICT, SPECIAL TAX DISTRICT, OR ANY TYPE OF POLITICAL SUBDIVISION DETERMINED BY A COURT OF COMPETENT JURISDICTION TO BE A SANCTUARY JURISDICTION; BY ADDING SECTION 8‑31‑30 SO AS TO AUTHORIZE THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PUBLISH THE IMMIGRATION COMPLIANCE REPORT AND FOR THE STATE TREASURER TO WITHOLD DISBURSEMENTS FROM THE LOCAL GOVERNMENT FUND TO ANY COUNTY OR MUNICIPALITY NOT CERTIFIED AS COMPLIANT IN THE REPORT; BY AMENDING SECTION 17‑15‑10, RELATING TO </w:t>
+            <w:t>; BY ADDING SECTION 8‑31‑20 SO AS TO PROVIDE THAT FUNDS APPROPRIATED BY THE STATE MUST NOT BE OBLIGATED OR EXPENDED FOR A COUNTY, MUNICIPALITY, CITY, PUBLIC SERVICE DISTRICT, SPECIAL PURPOSE DISTRICT, SPECIAL TAX DISTRICT, OR ANY TYPE OF POLITICAL SUBDIVISION DETERMINED BY A COURT OF COMPETENT JURISDICTION TO BE A SANCTUARY JURISDICTION; BY ADDING SECTION 8‑31‑30 SO AS TO AUTHORIZE THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PUBLISH THE IMMIGRATION COMPLIANCE REPORT AND FOR THE STATE TREASURER TO WITH</w:t>
+          </w:r>
+          <w:r w:rsidR="0041490D">
+            <w:t>H</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve">OLD DISBURSEMENTS FROM THE LOCAL GOVERNMENT FUND TO ANY COUNTY OR MUNICIPALITY NOT CERTIFIED AS COMPLIANT IN THE REPORT; BY AMENDING SECTION 17‑15‑10, RELATING TO </w:t>
           </w:r>
           <w:r w:rsidR="003E5543">
             <w:t xml:space="preserve">A </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">PERSON CHARGED WITH </w:t>
           </w:r>
           <w:r w:rsidR="003E5543">
             <w:t xml:space="preserve">A </w:t>
           </w:r>
           <w:r>
             <w:t>NONCAPITAL OFFENSE MAY BE RELEASED ON HIS OWN RECOGNIZANCE</w:t>
           </w:r>
           <w:r w:rsidR="0098425B">
             <w:t>,</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve"> SO AS TO PROVIDE THAT AN ILLEGAL ALIEN DETAINED BY A LOCAL OR STATE LAW ENFORCEMENT AGENCY NOT BE RELEASED INTO THE COMMUNITY, BUT HELD UNTIL TRANSFERRED TO THE UN</w:t>
           </w:r>
           <w:r w:rsidR="009522D0">
             <w:t>I</w:t>
           </w:r>
           <w:r>
             <w:t>TED STATES IMMIGRATION AND CUSTOMS ENFORCEMENT; AND BY AMENDING SECTION 17‑15‑30, RELATING TO MATTERS TO BE CONSIDERED IN DETERMINING CONDITIONS OF RELEASE</w:t>
           </w:r>
           <w:r w:rsidR="0098425B">
             <w:t>,</w:t>
           </w:r>
           <w:r w:rsidR="003E5543">
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">SO AS TO </w:t>
           </w:r>
           <w:r w:rsidR="003E5543">
             <w:t xml:space="preserve">PROVIDE </w:t>
           </w:r>
           <w:r>
-            <w:t>FOR AN ALIEN UNLAWFULLY PRESENT IN THE UNITED STATES THAT THE PROVISIONS OF 17‑15‑10(C) BE FOLLOWED.</w:t>
+            <w:t xml:space="preserve">FOR AN ALIEN UNLAWFULLY PRESENT IN THE UNITED STATES THAT THE PROVISIONS OF </w:t>
+          </w:r>
+          <w:r w:rsidR="0041490D">
+            <w:t xml:space="preserve">SECTION </w:t>
+          </w:r>
+          <w:r>
+            <w:t>17‑15‑10(C) BE FOLLOWED.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:name="at_4dcf056d2" w:displacedByCustomXml="prev" w:id="0"/>
     <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="3ADDB336" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="6630EE7D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:bookmarkStart w:name="ew_56afe2ea7" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD33C1" w:rsidRDefault="00AD33C1" w14:paraId="7E3A235F" w14:textId="77777777">
@@ -750,1185 +904,1357 @@
     </w:p>
     <w:p w:rsidR="00AD33C1" w:rsidRDefault="00AD33C1" w14:paraId="0D5B0403" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T8C31N20_ba0b95bd7" w:id="7"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>ection 8‑31‑20.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T8C31N20SA_lv1_9da692aa2" w:id="8"/>
       <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
-        <w:t>A)(1) As used in this chapter, the term “sanctuary jurisdiction” means a county, municipality, city, public service district, special purpose district, special tax district, or any type of political subdivision that has in effect or enacts an ordinance, policy, or practice that prohibits or restricts any government entity or official from:</w:t>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T8C31N20S1_lv2_561809999" w:id="9"/>
+      <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
+        <w:t>1) As used in this chapter, the term “sanctuary jurisdiction” means a county, municipality, city, public service district, special purpose district, special tax district, or any type of political subdivision that has in effect or enacts an ordinance, policy, or practice that prohibits or restricts any government entity or official from:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD33C1" w:rsidRDefault="003D7369" w14:paraId="77B59C10" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20Sa_lv2_561804fba" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T8C31N20Sa_lv3_561804fba" w:id="10"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="003D7369">
         <w:t xml:space="preserve">a) sending, receiving, maintaining, or exchanging with any federal, state, or local government </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:lastRenderedPageBreak/>
         <w:t>entity information regarding the citizenship or immigration status of any individual; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="0D30FBC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20Sb_lv2_c2a9b4f48" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T8C31N20Sb_lv3_c2a9b4f48" w:id="11"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>b) complying with a lawful request made by the Department of Homeland Security to comply</w:t>
       </w:r>
       <w:r w:rsidR="001F601F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:t>with a detainer for or</w:t>
       </w:r>
       <w:r w:rsidR="0040489B">
         <w:t xml:space="preserve"> notification</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:t xml:space="preserve"> about the release of an individual.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="2B373BB0" w14:textId="1D6E803D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20S2_lv3_7cdb4003a" w:id="11"/>
+      <w:bookmarkStart w:name="ss_T8C31N20S2_lv2_7cdb4003a" w:id="12"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="003D7369">
         <w:t xml:space="preserve">2) A </w:t>
       </w:r>
       <w:r w:rsidR="006100E3">
         <w:t xml:space="preserve">county, </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
-        <w:t>municipality, city, public service district, special purpose district, special tax district, or any type of political subdivision is not a sanctuary jurisdiction based solely on its having a policy not to:</w:t>
+        <w:t xml:space="preserve">municipality, city, public service district, special purpose district, special tax district, or any type of political subdivision is not a sanctuary jurisdiction based solely on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D7369">
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D7369">
+        <w:t xml:space="preserve"> having a policy not to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="00F98C3C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20Sa_lv2_f9a1745b7" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T8C31N20Sa_lv3_f9a1745b7" w:id="13"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>a) share information about the citizenship or immigration status</w:t>
       </w:r>
       <w:r w:rsidR="0040489B">
         <w:t xml:space="preserve"> of an individual</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:t>; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="00857D3E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20Sb_lv2_6a438664f" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T8C31N20Sb_lv3_6a438664f" w:id="14"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>b) comply with a Department of Homeland Security request</w:t>
       </w:r>
       <w:r w:rsidR="001F601F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:t>regarding an individual who comes forward as a victim or a witness to a criminal offense</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="1C2263C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20SB_lv1_cb39aa910" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T8C31N20SB_lv1_cb39aa910" w:id="15"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>B) Funds appropriated by the State must not be obligated or expended for a county, municipality, city, public service district, special purpose district, special tax district, or any type of political subdivision determined by a court of competent jurisdiction to be a sanctuary jurisdiction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="6E5AADBB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20SC_lv1_fa8774787" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T8C31N20SC_lv1_fa8774787" w:id="16"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="003D7369">
         <w:t xml:space="preserve">C) If a county, municipality, city, public service district, special purpose district, special tax district, or any type of political subdivision is determined by a court of competent jurisdiction to be a sanctuary jurisdiction, the court must direct that its State funding for the period it has been a sanctuary jurisdiction be returned to the State </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Treasurer </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:t>with a civil penalty of not less than five thousand dollars and not more than twenty‑five thousand dollars.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0040489B" w:rsidRDefault="0040489B" w14:paraId="27C7C7B9" w14:textId="29924C7F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N20SD_lv1_1db2d0edd" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T8C31N20SD_lv1_1db2d0edd" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve">D) For the period a court of competent jurisdiction determines that a county, municipality, city, public service district, </w:t>
       </w:r>
       <w:r w:rsidR="00313F6F">
         <w:t xml:space="preserve">special purpose district, </w:t>
       </w:r>
       <w:r>
         <w:t>special tax district, or any type of political subdivision is a sanctuary jurisdiction, that sanctuary jurisdiction shall have waived its immunity from civil liability in tort and is responsible for actual and punitive damages from any act committed by an unauthorized alien within the corporate limits of the sanctuary jurisdiction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="3645CBEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD33C1" w:rsidRDefault="00AD33C1" w14:paraId="2EACA354" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T8C31N30_267e295b7" w:id="17"/>
+      <w:bookmarkStart w:name="ns_T8C31N30_267e295b7" w:id="18"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>ection 8‑31‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N30SA_lv1_1268deb64" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T8C31N30SA_lv1_1268deb64" w:id="19"/>
       <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
         <w:t>A) From its appropriated funds, the South Carolina Law Enforcement Division</w:t>
       </w:r>
       <w:r w:rsidR="0040489B">
         <w:t xml:space="preserve"> (SLED)</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
         <w:t xml:space="preserve"> shall publish the Immigration Compliance Report. SLED may conduct investigations necessary to ensure the accuracy of information provided by counties and municipal governments within the report. Every agency of this State, and political subdivision thereof, shall provide documentation that SLED considers necessary for the publication of the report, which must contain a list of county and municipal governments that SLED has certified to be compliant with Sections 17‑13‑170(E) and 23‑3‑1100 as well as complian</w:t>
       </w:r>
       <w:r w:rsidR="0040489B">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369" w:rsidR="003D7369">
         <w:t xml:space="preserve"> with any federal laws related to the presence of an unlawful person in the United States in the previous fiscal year.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="3002A6C2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N30SB_lv1_b04f436b3" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T8C31N30SB_lv1_b04f436b3" w:id="20"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="003D7369">
         <w:t xml:space="preserve">B) The Immigration Compliance Report must be provided to the General Assembly, the Governor, and the State Treasurer </w:t>
       </w:r>
       <w:r w:rsidR="00CA01F0">
         <w:t xml:space="preserve">annually </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7369">
         <w:t>by December thirty‑first.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD33C1" w:rsidRDefault="003D7369" w14:paraId="70C420C3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7369">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T8C31N30SC_lv1_2c57aecda" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T8C31N30SC_lv1_2c57aecda" w:id="21"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="003D7369">
         <w:t>C) After the first publication of the Immigration Compliance Report, the State Treasurer shall withhold any remaining disbursement from the Local Government Fund to any county or municipality that is not certified as compliant in the report.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00091011" w:rsidP="00091011" w:rsidRDefault="00091011" w14:paraId="2F29D333" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00091011" w:rsidP="00091011" w:rsidRDefault="00091011" w14:paraId="729816D4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_ac26a470e" w:id="21"/>
+      <w:bookmarkStart w:name="bs_num_2_ac26a470e" w:id="22"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_61bd5f782" w:id="22"/>
+      <w:bookmarkStart w:name="dl_61bd5f782" w:id="23"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>ection 17‑15‑10 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D71D01" w:rsidRDefault="00D71D01" w14:paraId="4FB0B1E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D71D01" w:rsidRDefault="00D71D01" w14:paraId="48A60AE4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T17C15N10_94d9e24d6" w:id="23"/>
+      <w:bookmarkStart w:name="cs_T17C15N10_94d9e24d6" w:id="24"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>ection 17‑15‑10.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10SA_lv1_555c244e8" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T17C15N10SA_lv1_555c244e8" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00D71D01">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Except</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D71D01">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> as provided in subsection (C), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> person charged with a noncapital offense triable in either the magistrates, county or circuit court, shall, at his appearance before any of such courts, be ordered released pending trial on his own recognizance without surety in an amount specified by the court, unless the court determines in its discretion that such a release will not reasonably assure the appearance of the person as required, or unreasonable danger to the community or an individual will result. If such a determination is made by the court, it may impose any one or more of the following conditions of release:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA59A1" w:rsidRDefault="00D71D01" w14:paraId="24FC9F1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10S1_lv2_597d1ff2d" w:id="25"/>
+      <w:bookmarkStart w:name="ss_T17C15N10S1_lv2_597d1ff2d" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t xml:space="preserve">1) require the execution of an appearance bond in a specified amount with good and sufficient surety or sureties approved by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>court;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CA59A1" w:rsidRDefault="00D71D01" w14:paraId="0A706CDC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10S2_lv2_7f2baaa6d" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T17C15N10S2_lv2_7f2baaa6d" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t xml:space="preserve">2) place the person in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the custody</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of a designated person or organization agreeing to supervise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>him;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CA59A1" w:rsidRDefault="00D71D01" w14:paraId="160CE12E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10S3_lv2_6e74dbed2" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T17C15N10S3_lv2_6e74dbed2" w:id="28"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t xml:space="preserve">3) place restrictions on the travel, association, or place of abode of the person during the period of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>release;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CA59A1" w:rsidRDefault="00D71D01" w14:paraId="07277077" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10S4_lv2_ad6d8ad9a" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T17C15N10S4_lv2_ad6d8ad9a" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>4) impose any other conditions deemed reasonably necessary to assure appearance as required, including a condition that the person return to custody after specified hours.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA59A1" w:rsidRDefault="00D71D01" w14:paraId="0F12350A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10SB_lv1_7679115a0" w:id="29"/>
+      <w:bookmarkStart w:name="ss_T17C15N10SB_lv1_7679115a0" w:id="30"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>B) A person charged with the offense of burglary in the first degree pursuant to Section 16‑11‑311 may have his bond hearing for that charge in summary court unless the solicitor objects.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F73D64" w:rsidRDefault="00F73D64" w14:paraId="48896FC3" w14:textId="3BA2A3B1">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10SC_lv1_9733219c9" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T17C15N10SC_lv1_9733219c9" w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>C)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10S1_lv2_ede2dcd03" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T17C15N10S1_lv2_ede2dcd03" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73D64">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">Any illegal alien who is detained by a local or state law enforcement agency must </w:t>
       </w:r>
       <w:r w:rsidR="00D71D01">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>not be released</w:t>
       </w:r>
       <w:r w:rsidR="003A2484">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> into the community</w:t>
+        <w:t xml:space="preserve"> into the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A2484">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>community</w:t>
       </w:r>
       <w:r w:rsidR="00D71D01">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">, but must </w:t>
+        <w:t>, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D71D01">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73D64">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">be held by that agency until the illegal alien is </w:t>
       </w:r>
       <w:r w:rsidR="00D71D01">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>transferred</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73D64">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> into the custody of the United States Immigration and Customs Enforcement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F73D64" w:rsidRDefault="00F73D64" w14:paraId="5B916F58" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N10S2_lv2_ccfe345fd" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T17C15N10S2_lv2_ccfe345fd" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73D64">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">Illegal aliens </w:t>
       </w:r>
       <w:r w:rsidR="00D71D01">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">transferred from a local or state law enforcement agency </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73D64">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>to the United States Immigration and Customs Enforcement are not relieved of their obligation to pay court‑ordered restitution or other legal financial obligations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EB0780" w:rsidP="00EB0780" w:rsidRDefault="00EB0780" w14:paraId="75696532" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EB0780" w:rsidP="00EB0780" w:rsidRDefault="00EB0780" w14:paraId="675C3462" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_bd9727f48" w:id="33"/>
+      <w:bookmarkStart w:name="bs_num_3_bd9727f48" w:id="34"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_79565d285" w:id="34"/>
+      <w:bookmarkStart w:name="dl_79565d285" w:id="35"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>ection 17‑15‑30 of the S.C. Code is amended to read:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB4733" w:rsidRDefault="00DB4733" w14:paraId="5752924E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DB4733" w:rsidRDefault="00DB4733" w14:paraId="15C39A19" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T17C15N30_536c0c40d" w:id="35"/>
+      <w:bookmarkStart w:name="cs_T17C15N30_536c0c40d" w:id="36"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>ection 17‑15‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30SA_lv1_5a0766572" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T17C15N30SA_lv1_5a0766572" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...1 lines deleted...]
-        <w:t>A) In determining conditions of release that will reasonably assure appearance, or if release would constitute an unreasonable danger to the community or an individual, a court may, on the basis of the following information, consider the nature and circumstances of an offense charged and the charged person's:</w:t>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:t xml:space="preserve">A) In determining conditions of release that will reasonably </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>assure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> appearance, or if release would constitute an unreasonable danger to the community or an individual, a court may, on the basis of the following information, consider the nature and circumstances of an offense charged and the charged </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>person's</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="0BFB69CE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S1_lv2_8e02ea4c8" w:id="37"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S1_lv2_8e02ea4c8" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:t xml:space="preserve">1) family </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>ties;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="4716CA91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S2_lv2_b9a60695a" w:id="38"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S2_lv2_b9a60695a" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>employment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="5066087F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S3_lv2_99542186a" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S3_lv2_99542186a" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:t xml:space="preserve">3) financial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>resources;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="7560D895" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S4_lv2_5e43e3753" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S4_lv2_5e43e3753" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:t xml:space="preserve">4) character and mental </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>condition;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="1F61D447" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S5_lv2_6b9bfb31b" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S5_lv2_6b9bfb31b" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:t xml:space="preserve">5) length of residence in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>community;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="07195CEC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S6_lv2_3642612cf" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S6_lv2_3642612cf" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:t xml:space="preserve">6) record of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>convictions;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="730E74E4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S7_lv2_e4106efc1" w:id="43"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S7_lv2_e4106efc1" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:t>7) record of flight to avoid prosecution or failure to appear at other court proceedings.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="0CA740A6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30SB_lv1_b2e71b2f8" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T17C15N30SB_lv1_b2e71b2f8" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t>B) A court must consider:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="0767D07D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S1_lv2_77cb94f0e" w:id="45"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S1_lv2_77cb94f0e" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t xml:space="preserve">1) a person's criminal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>record;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="34B5F705" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S2_lv2_7fb08a894" w:id="46"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S2_lv2_7fb08a894" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t xml:space="preserve">2) any current charges pending against a person and any prior charges against a person at the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> release is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>requested;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="43D249B7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S3_lv2_a7a63539c" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S3_lv2_a7a63539c" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:t xml:space="preserve">3) all incident reports generated as a result of an offense </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>charged;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="7562D595" w14:textId="2A9D6CF8">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S4_lv2_c3c1cfbee" w:id="48"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S4_lv2_c3c1cfbee" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t xml:space="preserve">4) whether a person is an alien unlawfully present in the United States, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>poses</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve"> a substantial flight risk due to this status</w:t>
       </w:r>
       <w:r w:rsidR="00F25E32">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> follow </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F25E32">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F25E32">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003307AE">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>the requirements of Section 17‑15‑10(C)</w:t>
+        <w:t>the requirements of Section 17‑15‑10(C</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003307AE">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="6BA8A8BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S5_lv2_91735c44b" w:id="49"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S5_lv2_91735c44b" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:t xml:space="preserve">5) whether the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>charged person</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> appears in the state gang database maintained at the State Law Enforcement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Division;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="405E655A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S6_lv2_8a0a379b2" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S6_lv2_8a0a379b2" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
       <w:r>
         <w:t>6) whether a person is currently out on bond for another offense.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="00630FEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30SC_lv1_71988ee65" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T17C15N30SC_lv1_71988ee65" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>C)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S1_lv2_7d5ddcea2" w:id="52"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S1_lv2_7d5ddcea2" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>1) Prior to or at the time of a hearing, the arresting law enforcement agency must provide the court with the following information:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="7366D5F4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30Sa_lv3_aeb4e106d" w:id="53"/>
+      <w:bookmarkStart w:name="ss_T17C15N30Sa_lv3_aeb4e106d" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:t xml:space="preserve">a) a person's criminal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>record;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="4B2AF032" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30Sb_lv3_979f24d9c" w:id="54"/>
+      <w:bookmarkStart w:name="ss_T17C15N30Sb_lv3_979f24d9c" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:t xml:space="preserve">b) any charges pending against a person at the time release is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>requested;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="494D8E72" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30Sc_lv3_66de7b635" w:id="55"/>
+      <w:bookmarkStart w:name="ss_T17C15N30Sc_lv3_66de7b635" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
-[...2 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:t xml:space="preserve">c) all incident reports generated as a result of the offense </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>charged;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="3F5E94EA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30Sd_lv3_c38213e33" w:id="56"/>
+      <w:bookmarkStart w:name="ss_T17C15N30Sd_lv3_c38213e33" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:t>d) any other information that will assist the court in determining conditions of release to include, but not be limited to, notification of any existing bonds for another offense.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="2A83A542" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30S2_lv2_c1110c79e" w:id="57"/>
+      <w:bookmarkStart w:name="ss_T17C15N30S2_lv2_c1110c79e" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>2) The arresting law enforcement agency shall inform the court if any of the information is not available at the time of the hearing and the reason the information is not available.  Failure on the part of the law enforcement agency to provide the court with the information does not constitute grounds for the postponement or delay of the person's hearing.  Notwithstanding the provisions of this item, when a person is charged with a violation of Chapter 25, Title 16, the bond hearing may not proceed without the person's criminal record and incident report or the presence of the arresting officer.  The bond hearing for a violation of Chapter 25, Title 16 must occur within twenty‑four hours after the arrest.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C6714F" w:rsidRDefault="00DB4733" w14:paraId="17679D0F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C15N30SD_lv1_d03e5813c" w:id="58"/>
+      <w:bookmarkStart w:name="ss_T17C15N30SD_lv1_d03e5813c" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:t>D) A court hearing these matters has contempt powers to enforce the provisions of this section.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003D7369" w:rsidRDefault="003D7369" w14:paraId="7D01183F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="2E0C13E3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="59"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="60"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="60"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="61"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="2063ADA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
@@ -2047,125 +2373,125 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A8711E0" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="16316CE7" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00041B59" w:rsidP="00D14995">
+      <w:p w14:paraId="16316CE7" w14:textId="2D6265E2" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0041490D" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00B017D7">
+              <w:t>[0735]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00A02011">
+            <w:r w:rsidR="009A2ACD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SJ-0008PB26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B690A7C" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5061377D" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2427,211 +2753,223 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="0000060A"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="000110C3"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="0001251A"/>
     <w:rsid w:val="00012912"/>
+    <w:rsid w:val="00012A8B"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00026F15"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00041B59"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
+    <w:rsid w:val="0008750E"/>
     <w:rsid w:val="00091011"/>
+    <w:rsid w:val="00097098"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B0796"/>
     <w:rsid w:val="000B2DCF"/>
+    <w:rsid w:val="000B3B65"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D6F73"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F4B01"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00136CD2"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00166028"/>
+    <w:rsid w:val="001711A9"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="0019382B"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B46E4"/>
     <w:rsid w:val="001B6DA2"/>
+    <w:rsid w:val="001C085C"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001D5B44"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="001F601F"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="0022313A"/>
     <w:rsid w:val="00224765"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00235A03"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00255D16"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="002650A6"/>
     <w:rsid w:val="00271CBE"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B3E86"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002F19A4"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00313F6F"/>
     <w:rsid w:val="00314E50"/>
     <w:rsid w:val="003307AE"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
+    <w:rsid w:val="00343ECA"/>
     <w:rsid w:val="00347A19"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="003626CD"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="00375250"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
+    <w:rsid w:val="00384FE2"/>
+    <w:rsid w:val="00397C54"/>
     <w:rsid w:val="003A2484"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D039B"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003D7369"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E1FED"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E5543"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F5E91"/>
     <w:rsid w:val="00400716"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="0040489B"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="00413954"/>
     <w:rsid w:val="004141B8"/>
+    <w:rsid w:val="0041490D"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00430C5D"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00434D4F"/>
     <w:rsid w:val="00435D9A"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="0045354C"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="0047666A"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004966E2"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
@@ -2639,50 +2977,51 @@
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E3567"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="00531659"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552251"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00552E72"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00563114"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00566391"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="00586BE1"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="0059611F"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C2307"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C2AB9"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D11F6"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E19CE"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="006100E3"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00614EA8"/>
     <w:rsid w:val="00615593"/>
@@ -2701,204 +3040,216 @@
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00673F8B"/>
     <w:rsid w:val="0067708A"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E2F8D"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F1571"/>
     <w:rsid w:val="006F1F90"/>
     <w:rsid w:val="006F460E"/>
+    <w:rsid w:val="00707928"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="007207E8"/>
     <w:rsid w:val="0072157E"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00723D4B"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00732FB1"/>
     <w:rsid w:val="00737F19"/>
+    <w:rsid w:val="007448BE"/>
     <w:rsid w:val="0076169D"/>
+    <w:rsid w:val="00762E3F"/>
     <w:rsid w:val="007702E6"/>
     <w:rsid w:val="00772299"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007A0032"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A4126"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B5641"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E416B"/>
     <w:rsid w:val="007F5044"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00811D30"/>
     <w:rsid w:val="00816D52"/>
+    <w:rsid w:val="00820DFD"/>
     <w:rsid w:val="00823EA5"/>
     <w:rsid w:val="00825577"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00854B2E"/>
     <w:rsid w:val="008625C1"/>
+    <w:rsid w:val="008673C5"/>
     <w:rsid w:val="00874878"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="00877721"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008940F3"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B14BC"/>
     <w:rsid w:val="008B290C"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D0E2B"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
+    <w:rsid w:val="00907540"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="009522D0"/>
     <w:rsid w:val="00953958"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00961D91"/>
     <w:rsid w:val="009647CD"/>
     <w:rsid w:val="0096529D"/>
+    <w:rsid w:val="009672AA"/>
     <w:rsid w:val="0097187B"/>
     <w:rsid w:val="00973748"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="0098425B"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="00993289"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
+    <w:rsid w:val="009A2ACD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E0E7E"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009F2AB1"/>
+    <w:rsid w:val="009F37EB"/>
     <w:rsid w:val="009F4EF5"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A02011"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A134E5"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A3730E"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A41B9E"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A57269"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A6199E"/>
     <w:rsid w:val="00A648CB"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A758BC"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
+    <w:rsid w:val="00A97E9E"/>
     <w:rsid w:val="00AA4D74"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD33C1"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
+    <w:rsid w:val="00B017D7"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B203B1"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B4304D"/>
     <w:rsid w:val="00B4423A"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
+    <w:rsid w:val="00B90CE4"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC00E9"/>
     <w:rsid w:val="00BC3CF1"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD6346"/>
     <w:rsid w:val="00BD72B5"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF1DA8"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00BF63E5"/>
     <w:rsid w:val="00C0175A"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C24C08"/>
     <w:rsid w:val="00C3617E"/>
     <w:rsid w:val="00C41D91"/>
@@ -2907,120 +3258,123 @@
     <w:rsid w:val="00C55FD5"/>
     <w:rsid w:val="00C6714F"/>
     <w:rsid w:val="00C700BA"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72100"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C86C35"/>
     <w:rsid w:val="00C906CF"/>
     <w:rsid w:val="00C93C6E"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA01F0"/>
     <w:rsid w:val="00CA51A6"/>
     <w:rsid w:val="00CA59A1"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC383F"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
+    <w:rsid w:val="00CD5CA9"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D16C89"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D46504"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D71D01"/>
     <w:rsid w:val="00D73476"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D81A9E"/>
     <w:rsid w:val="00D91B8D"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA2C8D"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB196D"/>
     <w:rsid w:val="00DB4733"/>
     <w:rsid w:val="00DC37D5"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD1B60"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF5AB8"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E35E9B"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E37BCA"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
+    <w:rsid w:val="00E614BD"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E7540F"/>
     <w:rsid w:val="00E76ECA"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA0171"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB0780"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB3134"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
+    <w:rsid w:val="00EC6486"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F12325"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F14E87"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F25E32"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F435F8"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
@@ -3456,1362 +3810,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00041B59"/>
+    <w:rsid w:val="00097098"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4906,51 +5260,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=735&amp;session=126&amp;summary=B" TargetMode="External" Id="R515347c3dc514c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/735_20251210.docx" TargetMode="External" Id="Rce93b15d9cae45f3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=735&amp;session=126&amp;summary=B" TargetMode="External" Id="Re8962c14317b4cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/735_20251210.docx" TargetMode="External" Id="R86103f03308948f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/735_20260121.docx" TargetMode="External" Id="R3d28a59fa46d41f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Rc12839173e514ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R80f066ee679943c5" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -5034,53 +5388,55 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00375250"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00435D9A"/>
     <w:rsid w:val="004966E2"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006525A0"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006F1571"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="009E0E7E"/>
     <w:rsid w:val="00A41B9E"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C700BA"/>
@@ -5837,67 +6193,115 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>8f21cb4d-8daf-451a-aa49-410ba58700ce</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>46e9db49-da4f-4c02-8484-fdbfa59f8546</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>b4e21307-9e55-40db-a64d-992a1fabd1db</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>d08711f4-b55c-42ef-887a-c9acc7a62b3e</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0735]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>735</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 8‑31‑10 SO AS TO CREATE THE “PROHIBITION OF SANCTUARY JURISDICTIONS ACT”; BY ADDING SECTION 8‑31‑20 SO AS TO PROVIDE THAT FUNDS APPROPRIATED BY THE STATE MUST NOT BE OBLIGATED OR EXPENDED FOR A COUNTY, MUNICIPALITY, CITY, PUBLIC SERVICE DISTRICT, SPECIAL PURPOSE DISTRICT, SPECIAL TAX DISTRICT, OR ANY TYPE OF POLITICAL SUBDIVISION DETERMINED BY A COURT OF COMPETENT JURISDICTION TO BE A SANCTUARY JURISDICTION; BY ADDING SECTION 8‑31‑30 SO AS TO AUTHORIZE THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PUBLISH THE IMMIGRATION COMPLIANCE REPORT AND FOR THE STATE TREASURER TO WITHHOLD DISBURSEMENTS FROM THE LOCAL GOVERNMENT FUND TO ANY COUNTY OR MUNICIPALITY NOT CERTIFIED AS COMPLIANT IN THE REPORT; BY AMENDING SECTION 17‑15‑10, RELATING TO A PERSON CHARGED WITH A NONCAPITAL OFFENSE MAY BE RELEASED ON HIS OWN RECOGNIZANCE, SO AS TO PROVIDE THAT AN ILLEGAL ALIEN DETAINED BY A LOCAL OR STATE LAW ENFORCEMENT AGENCY NOT BE RELEASED INTO THE COMMUNITY, BUT HELD UNTIL TRANSFERRED TO THE UNITED STATES IMMIGRATION AND CUSTOMS ENFORCEMENT; AND BY AMENDING SECTION 17‑15‑30, RELATING TO MATTERS TO BE CONSIDERED IN DETERMINING CONDITIONS OF RELEASE, SO AS TO PROVIDE FOR AN ALIEN UNLAWFULLY PRESENT IN THE UNITED STATES THAT THE PROVISIONS OF SECTION 17‑15‑10(C) BE FOLLOWED.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"fb49eb57-fb63-4789-ae89-33f14f6308e8","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T8C31N10_a32e18007","IsConstitutionSection":false,"Identity":"8-31-10","IsNew":true,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"create the prohibition of sanctuary jurisdictions act","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T8C31N20_ba0b95bd7","IsConstitutionSection":false,"Identity":"8-31-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T8C31N20SA","SubSectionBookmarkName":"ss_T8C31N20SA_lv1_9da692aa2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C31N20SB","SubSectionBookmarkName":"ss_T8C31N20SB_lv1_cb39aa910","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C31N20SC","SubSectionBookmarkName":"ss_T8C31N20SC_lv1_fa8774787","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C31N20SD","SubSectionBookmarkName":"ss_T8C31N20SD_lv1_1db2d0edd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C31N20S1","SubSectionBookmarkName":"ss_T8C31N20S1_lv2_561809999","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T8C31N20Sa","SubSectionBookmarkName":"ss_T8C31N20Sa_lv3_561804fba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T8C31N20Sb","SubSectionBookmarkName":"ss_T8C31N20Sb_lv3_c2a9b4f48","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T8C31N20S2","SubSectionBookmarkName":"ss_T8C31N20S2_lv2_7cdb4003a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T8C31N20Sa","SubSectionBookmarkName":"ss_T8C31N20Sa_lv3_f9a1745b7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T8C31N20Sb","SubSectionBookmarkName":"ss_T8C31N20Sb_lv3_6a438664f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":" to PROVIDE THAT FUNDS APPROPRIATED BY THE STATE MUST NOT BE OBLIGATED OR EXPENDED FOR A COUNTY, MUNICIPALITY, CITY, PUBLIC SERVICE DISTRICT, SPECIAL PURPOSE DISTRICT, SPECIAL TAX DISTRICT, OR ANY TYPE OF POLITICAL SUBDIVISION DETERMINED BY A COURT OF COMPETENT JURISDICTION TO BE A SANCTUARY JURISDICTION","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T8C31N30_267e295b7","IsConstitutionSection":false,"Identity":"8-31-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T8C31N30SA","SubSectionBookmarkName":"ss_T8C31N30SA_lv1_1268deb64","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C31N30SB","SubSectionBookmarkName":"ss_T8C31N30SB_lv1_b04f436b3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T8C31N30SC","SubSectionBookmarkName":"ss_T8C31N30SC_lv1_2c57aecda","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"AUTHORIZE THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PUBLISH THE IMMIGRATION COMPLIANCE REPORT AND FOR THE STATE TREASURER TO WITHOLD DISBURSEMENTS FROM THE LOCAL GOVERNMENT FUND TO ANY COUNTY OR MUNICIPALITY NOT CERTIFIED AS COMPLIANT IN THE REPORT","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_3e77030ca"},{"SectionUUID":"a9a4bbbc-3274-40a9-a16a-1291e172388f","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T17C15N10_94d9e24d6","IsConstitutionSection":false,"Identity":"17-15-10","IsNew":false,"SubSections":[{"Level":1,"Identity":"T17C15N10SA","SubSectionBookmarkName":"ss_T17C15N10SA_lv1_555c244e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C15N10SB","SubSectionBookmarkName":"ss_T17C15N10SB_lv1_7679115a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N10S1","SubSectionBookmarkName":"ss_T17C15N10S1_lv2_597d1ff2d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N10S2","SubSectionBookmarkName":"ss_T17C15N10S2_lv2_7f2baaa6d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N10S3","SubSectionBookmarkName":"ss_T17C15N10S3_lv2_6e74dbed2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N10S4","SubSectionBookmarkName":"ss_T17C15N10S4_lv2_ad6d8ad9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C15N10SC","SubSectionBookmarkName":"ss_T17C15N10SC_lv1_9733219c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N10S1","SubSectionBookmarkName":"ss_T17C15N10S1_lv2_ede2dcd03","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N10S2","SubSectionBookmarkName":"ss_T17C15N10S2_lv2_ccfe345fd","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Person charged with noncapital offense may be released on his own recognizance;  conditions of release;  bond hearing for burglary charges","TitleSoAsTo":"provide that an illegal alien detained by a local or state law enforcement agency not be released into the community, but held until transferred to the unted states immigration and customs enforcement","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_ac26a470e"},{"SectionUUID":"da0902a9-2a77-41c4-aa4c-fac2f0ed2e4b","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T17C15N30_536c0c40d","IsConstitutionSection":false,"Identity":"17-15-30","IsNew":false,"SubSections":[{"Level":1,"Identity":"T17C15N30SA","SubSectionBookmarkName":"ss_T17C15N30SA_lv1_5a0766572","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C15N30SB","SubSectionBookmarkName":"ss_T17C15N30SB_lv1_b2e71b2f8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C15N30SC","SubSectionBookmarkName":"ss_T17C15N30SC_lv1_71988ee65","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C15N30SD","SubSectionBookmarkName":"ss_T17C15N30SD_lv1_d03e5813c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S1","SubSectionBookmarkName":"ss_T17C15N30S1_lv2_8e02ea4c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S2","SubSectionBookmarkName":"ss_T17C15N30S2_lv2_b9a60695a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S3","SubSectionBookmarkName":"ss_T17C15N30S3_lv2_99542186a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S4","SubSectionBookmarkName":"ss_T17C15N30S4_lv2_5e43e3753","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S5","SubSectionBookmarkName":"ss_T17C15N30S5_lv2_6b9bfb31b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S6","SubSectionBookmarkName":"ss_T17C15N30S6_lv2_3642612cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S7","SubSectionBookmarkName":"ss_T17C15N30S7_lv2_e4106efc1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S1","SubSectionBookmarkName":"ss_T17C15N30S1_lv2_77cb94f0e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S2","SubSectionBookmarkName":"ss_T17C15N30S2_lv2_7fb08a894","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S3","SubSectionBookmarkName":"ss_T17C15N30S3_lv2_a7a63539c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S4","SubSectionBookmarkName":"ss_T17C15N30S4_lv2_c3c1cfbee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S5","SubSectionBookmarkName":"ss_T17C15N30S5_lv2_91735c44b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S6","SubSectionBookmarkName":"ss_T17C15N30S6_lv2_8a0a379b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S1","SubSectionBookmarkName":"ss_T17C15N30S1_lv2_7d5ddcea2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C15N30Sa","SubSectionBookmarkName":"ss_T17C15N30Sa_lv3_aeb4e106d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C15N30Sb","SubSectionBookmarkName":"ss_T17C15N30Sb_lv3_979f24d9c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C15N30Sc","SubSectionBookmarkName":"ss_T17C15N30Sc_lv3_66de7b635","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C15N30Sd","SubSectionBookmarkName":"ss_T17C15N30Sd_lv3_c38213e33","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C15N30S2","SubSectionBookmarkName":"ss_T17C15N30S2_lv2_c1110c79e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Matters to be considered in determining conditions of release;  contempt","TitleSoAsTo":"for an alien unlawfully present in the united states that the provisions of 17-15-10(C) be followed","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_bd9727f48"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Sanctuary Jurisdictions and Release of Illegal Aliens</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>paulabenson@scsenate.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>maxinehenry@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -6114,181 +6518,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8311</Characters>
+  <Pages>4</Pages>
+  <Words>1548</Words>
+  <Characters>8205</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>169</Lines>
-  <Paragraphs>63</Paragraphs>
+  <Lines>149</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9787</CharactersWithSpaces>
+  <CharactersWithSpaces>9783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>