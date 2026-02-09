--- v0 (2025-12-15)
+++ v1 (2026-02-09)
@@ -1,49 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -124,100 +125,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senator Zell</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Zell, Stubbs, Grooms and Blackmon</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Companion/Similar bill(s): 3048</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SR-0444KM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prefiled in the Senate on December 10, 2025</w:t>
+        <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Currently residing in the Senate Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -359,68 +360,166 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>12/10/2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R562b085d0f1f4bcc">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 42</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/13/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Judiciary</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R8026ac86d59249fe">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 42</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rab32880c2a994c0e">
+      <w:hyperlink r:id="Rf9b777a9adfe4ac2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -438,103 +537,101 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R672b8ea69d574e83">
+      <w:hyperlink r:id="R74e921d99e9f470f">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>12/10/2025</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="77AF8B20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="24794AAE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="5C32B905" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="20F0DD6B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="536B1B3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="4F00533D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -564,964 +661,1180 @@
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00FF4522" w14:paraId="5C89EAE8" w14:textId="797B2593">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 17‑5‑130, RELATING TO CORONER QUALIFICATIONS, SO AS TO REVISE CORONER QUALIFICATIONS AND REQUIRE A FINGERPRINT AND BACKGROUND CHECK OF CORONERS BEFORE THE GENERAL ELECTION.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_60641b2e0" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_60641b2e0" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="3205BC4B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="2115664F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_0dc706f5f" w:id="2"/>
+      <w:bookmarkStart w:name="ew_0dc706f5f" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E298C" w:rsidP="002E298C" w:rsidRDefault="002E298C" w14:paraId="4D02AF1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E298C" w:rsidP="002E298C" w:rsidRDefault="002E298C" w14:paraId="7B046071" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_dab443eb4" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_dab443eb4" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_d1ea1e2b0" w:id="3"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkStart w:name="dl_d1ea1e2b0" w:id="4"/>
+        <w:t>ection 17‑5‑130 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E550EF" w:rsidRDefault="00E550EF" w14:paraId="71F4D3BF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E550EF" w:rsidRDefault="00E550EF" w14:paraId="586C3A99" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="cs_T17C5N130_9f40792ef" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>ection 17‑5‑130 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E550EF" w:rsidRDefault="00E550EF" w14:paraId="71F4D3BF" w14:textId="77777777">
+        <w:t>ection 17‑5‑130.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130SA_lv1_8fe9e5ccc" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130S_lv2_e435daaaa" w:id="6"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:t xml:space="preserve">1) A coroner in this State shall have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the following qualifications, the person shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="4B10F54B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00E550EF" w:rsidRDefault="00E550EF" w14:paraId="586C3A99" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sa_lv3_e435d1b5d" w:id="7"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve">a) be a citizen of the United </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>States;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="649F25CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T17C5N130_9f40792ef" w:id="5"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T17C5N130SA_lv1_8fe9e5ccc" w:id="6"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sb_lv3_100b0f84e" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="4B10F54B" w14:textId="77777777">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t xml:space="preserve">b) be a resident of the county in which the person seeks the office of coroner for at least one year before qualifying for the election to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>office;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="4879DDFF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sa_lv2_e435d1b5d" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sc_lv3_8c80397a4" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="649F25CC" w14:textId="77777777">
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t xml:space="preserve">c) be a registered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>voter;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="06466624" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sb_lv2_100b0f84e" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sd_lv3_776c992e6" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="4879DDFF" w14:textId="77777777">
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t xml:space="preserve">d) have attained the age of twenty‑one years before the date of qualifying for election to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>office;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="55C93923" w14:textId="2D779BEA">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sc_lv2_8c80397a4" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Se_lv3_f31cec9a0" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...42 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>e) have obtained a high school diploma or its recognized equivalent by the State Department of Education;</w:t>
+        <w:t xml:space="preserve">e) have obtained a high school diploma or its recognized equivalent by the State Department of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Education;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">  and</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="23A1C730" w14:textId="2E167EE8">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sf_lv2_b8bd3b283" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sf_lv3_b8bd3b283" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>f) have not been convicted of a felony offense or an offense involving moral turpitude contrary to the laws of this State, another state, or the United States</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EB26B0">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF4522" w:rsidRDefault="00FF4522" w14:paraId="6185E2A5" w14:textId="0ADD592E">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sg_lv2_2b8fe739f" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sg_lv3_2b8fe739f" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">g) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF4522">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>be fingerprinted and have the State Law Enforcement Division (SLED) make a search of local, state, and federal fingerprint files for any criminal record. Fingerprints are to be taken under the direction of any law enforcement agency and must be made available to SLED</w:t>
+        <w:t xml:space="preserve">be fingerprinted and have the State Law Enforcement Division (SLED) make a search </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF4522">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FF4522">
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> local, state, and federal fingerprint files for any criminal record. Fingerprints are to be taken under the direction of any law enforcement agency and must be made available to SLED</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF4522">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>at the time the candidate files to seek the office. The results of the records search are to be filed by the candidate with the county executive committee of the person's political party. A person seeking nomination by petition must file the records search with the county election commission in the county of his residence.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="10633D41" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130S2_lv3_24887ef83" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T17C5N130S2_lv2_24887ef83" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>2) In addition to the requirements of subsection (A)(1), a coroner in this State shall have at least one of the following qualifications, the person shall:</w:t>
+        <w:t xml:space="preserve">2) In addition to the requirements of subsection (A)(1), a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>coroner</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in this State shall have at least one of the following qualifications, the person shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="4A319EA9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sa_lv2_0d9fbad3b" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sa_lv3_0d9fbad3b" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">a) have at least three years of experience in death investigation with a law enforcement agency, </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>coroner, or medical examiner agency;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">coroner, or medical examiner </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>agency;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="6CA08E23" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sb_lv2_43b51cd08" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sb_lv3_43b51cd08" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>b) have a two‑year associate degree and two years of experience in death investigation with a law enforcement agency, coroner, or medical examiner agency;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) have a two‑year associate degree and two years of experience in death investigation with a law enforcement agency, coroner, or medical examiner </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>agency;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="6679BF43" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sc_lv2_23b72da05" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sc_lv3_23b72da05" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>c) have a four‑year baccalaureate degree and one year of experience in death investigation with a law enforcement agency, coroner, or medical examiner agency;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) have a four‑year baccalaureate degree and one year of experience in death investigation with a law enforcement agency, coroner, or medical examiner </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>agency;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="67AB5291" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Sd_lv2_5b5d13306" w:id="18"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Sd_lv3_5b5d13306" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>d) be a law enforcement officer, as defined by Section 23‑23‑10(E)(1), who is certified by the South Carolina Law Enforcement Training Council with a minimum of two years of experience;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) be a law enforcement officer, as defined by Section 23‑23‑10(E)(1), who is certified by the South Carolina Law Enforcement Training Council with a minimum of two years of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>experience;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="328B6DBA" w14:textId="3CA4B403">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T17C5N130Se_lv2_8b5874361" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T17C5N130Se_lv3_8b5874361" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:t>e) have completed a recognized forensic science degree or certification program or be enrolled in a recognized forensic science degree</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or certification program to be completed within one year of being elected to the office of coroner</w:t>
-[...304 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> or certification program to be completed within one year of being elected to the office of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>, or information regarding the person's enrollment in a recognized forensic science degree or certification program, if applicable</w:t>
+        <w:t>coroner</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="29FD4560" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sf_lv3_f77c73dbf" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t xml:space="preserve">f) be a medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>doctor;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="745B2E51" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sg_lv3_463be5b1a" w:id="21"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t xml:space="preserve">g) have a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>bachelor of science</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> degree in nursing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="690CCD56" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130SB_lv1_e2576807f" w:id="22"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130S1_lv2_3bea522d8" w:id="23"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t xml:space="preserve">1) A person who offers his candidacy for the office of coroner, no later than the close of filing, shall file </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a sworn affidavit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> with the county executive committee of the person's political party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="2B2E5C72" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130S2_lv2_53bf4df7b" w:id="24"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t>2) The county executive committee of a political party with whom a person has filed his affidavit must file a copy of the affidavit with the appropriate county election commission by noon on the tenth day following the deadline for filing affidavits by candidates. If the tenth day falls on a Saturday, Sunday, or holiday, the affidavit must be filed by noon the following day.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="2C9D5316" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130S3_lv2_44638a6a2" w:id="25"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:t xml:space="preserve">3) A person who seeks nomination by petition for the office of coroner, no later than the close of filing, shall file </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a sworn affidavit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> with the county election commission in the county of his residence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="2A894C62" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130S4_lv2_0b66b3302" w:id="26"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:t>4) The affidavit required by the provisions of this subsection must contain the following information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="704419D3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sa_lv3_7157be01a" w:id="27"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t xml:space="preserve">a) the person's date and place of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>birth;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="7F9FA5C4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sb_lv3_c977a45d8" w:id="28"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:t xml:space="preserve">b) the person's </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>citizenship;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="2AA7429F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sc_lv3_28265f381" w:id="29"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:t xml:space="preserve">c) the county the person is a resident of, and how long the person has been a resident of that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>county;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="6DB38F52" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sd_lv3_2ead3fead" w:id="30"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:t xml:space="preserve">d) whether the person is a registered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>voter;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="1C8E3A85" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Se_lv3_bf44948c0" w:id="31"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t xml:space="preserve">e) the date the person obtained a high school diploma or its recognized equivalent by the State Department of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Education;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="1767D25E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sf_lv3_7283c5bfa" w:id="32"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:t xml:space="preserve">f) whether the person has been convicted of a felony offense or an offense involving moral turpitude contrary to the laws of this State, another state, or the United </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>States;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="04FE0FA8" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sg_lv3_ecb9f7794" w:id="33"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:t xml:space="preserve">g) the date the person obtained an associate or baccalaureate degree, if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>applicable;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="21AB59A7" w14:textId="0A1BDBD9">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T17C5N130Sh_lv3_9d9c5724d" w:id="34"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>h) the date the person completed a recognized forensic science degree or certification program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or information regarding the person's enrollment in a recognized forensic science degree or certification program, if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
       </w:r>
       <w:r>
         <w:t>;  and</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="459B294B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130Si_lv3_6f3bf37f4" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
-      <w:r>
-        <w:t>i) the number of years of experience the person has as a death investigator, certified law enforcement officer, or licensed private investigator, if applicable.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) the number of years of experience the person has as a death investigator, certified law </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>enforcement officer, or licensed private investigator, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="6C8C02FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130SC_lv1_89613fdf0" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>C) Each person serving as coroner in the person's first term is required to complete a basic training session to be determined by the South Carolina Criminal Justice Academy. This basic training session must be completed no later than the end of the calendar year following the person's election as coroner. A person appointed to fill the unexpired term in the office of coroner shall complete a basic training session to be determined by the South Carolina Criminal Justice Academy within one calendar year of the date of appointment. This section must not be construed to require an individual to repeat the basic training session if the person has successfully completed the session prior to the person's election or appointment as coroner. A coroner who is unable to attend this training session when offered because of an emergency or extenuating circumstances, within one year from the date the disability or cause terminates, shall complete the standard basic training session required of coroners. A coroner who does not fulfill the obligations of this subsection is subject to suspension by the Governor until the coroner completes the training session.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="525B1DC4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130SD_lv1_537ad9789" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
-        <w:t>D) A person holding the office of coroner or deputy coroner who was elected, appointed, or employed prior to January 1, 1994, and who has served continuously since that time shall attend a minimum of sixteen hours training annually as may be selected by the South Carolina Law Enforcement Training Council on or before December 31, 1995. Each year, all coroners and deputy coroners shall complete a minimum of sixteen hours training annually as selected by the council. Certification or records of attendance or training must be maintained as directed by the council.</w:t>
+        <w:t xml:space="preserve">D) A person holding the office of coroner or deputy coroner who was elected, appointed, or employed prior to January 1, 1994, and who has served continuously since that time shall attend a minimum of sixteen hours training annually as may be selected by the South Carolina Law Enforcement Training Council on or before December 31, 1995. Each year, all coroners and deputy coroners shall complete a minimum of sixteen </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>hours</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> training annually as selected by the council. Certification or records of attendance or training must be maintained as directed by the council.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="0C91C63E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130SE_lv1_1948c597b" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>E)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130S1_lv2_34f9cd1d4" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
-        <w:t>1) The basis for the minimum annual requirement of in‑service training is the calendar year. A coroner who satisfactorily completes the basic training session in accordance with the provisions of subsection (C) is excused from the minimum annual training requirements of subsection (D) for the calendar year in which the basic training session is completed.</w:t>
+        <w:t xml:space="preserve">1) The basis for the minimum annual requirement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>of in‑service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> training is the calendar year. A coroner who satisfactorily completes the basic training session in accordance with the provisions of subsection (C) is excused from the minimum annual training requirements of subsection (D) for the calendar year in which the basic training session is completed.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="4F6EEA6D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130S2_lv2_37fbceb51" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
-        <w:t>2) The Board of Directors of the South Carolina Coroners Association, in its discretion, may grant a waiver of the requirements of the annual in‑service training upon presentation of evidence by a coroner that he was unable to complete the training due to an emergency or extenuating circumstances.</w:t>
+        <w:t xml:space="preserve">2) The Board of Directors of the South Carolina Coroners Association, in its discretion, may grant a waiver of the requirements of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>annual in‑service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> training upon presentation of evidence by a coroner that he was unable to complete the training due to an emergency or extenuating circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="6D243063" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130S3_lv2_d493c7a2a" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
-        <w:t>3) A coroner who fails to complete the minimum annual in‑service training required by this section may be suspended from office, without pay, by the Governor for ninety days. The Governor may continue to suspend a coroner until the coroner completes the annual minimum in‑service training required in this section. The Governor shall appoint, at the time of the coroner's suspension, a qualified person to perform as acting coroner during the suspension.</w:t>
+        <w:t xml:space="preserve">3) A coroner who fails to complete the minimum </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>annual in‑service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> training required by this section may be suspended from office, without pay, by the Governor for ninety days. The Governor may continue to suspend a coroner until the coroner completes the annual minimum in‑service training required in this section. The Governor shall appoint, at the time of the coroner's suspension, a qualified person to perform as acting coroner during the suspension.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="2061292C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130SF_lv1_8399fbcac" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t>F) A coroner in office on the effective date of this section is exempt from the provisions of this section except for the provisions of subsection (D).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="4A754357" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130SG_lv1_d38e1ffed" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>G)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130S1_lv2_8c80ea16e" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>1) The Director of the South Carolina Criminal Justice Academy shall appoint a Coroners Training Advisory Committee to assist in the determination of training requirements for coroners and deputy coroners and to determine those forensic science degree and certification programs that qualify as ‘recognized’ pursuant to the requirements of this section. Also, the committee shall assist in determining annual training requirements as set forth in this section. The committee must consist of no fewer than five coroners and at least one physician trained in forensic pathology as recommended by the South Carolina Coroners Association. The members of the committee shall serve without compensation.</w:t>
+        <w:t xml:space="preserve">1) The Director of the South Carolina Criminal Justice Academy shall appoint a Coroners Training Advisory Committee to assist in the determination of training requirements for coroners and deputy coroners and to determine those forensic science degree and certification programs that qualify </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>as ‘recognized’ pursuant to the requirements of this section. Also, the committee shall assist in determining annual training requirements as set forth in this section. The committee must consist of no fewer than five coroners and at least one physician trained in forensic pathology as recommended by the South Carolina Coroners Association. The members of the committee shall serve without compensation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="0FA54FF4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130S2_lv2_78b0bd026" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
-        <w:t>2) The Coroners Training Advisory Committee shall govern the qualifications of all coroners, deputy coroners, and candidates for coroner as set forth in this section. Also, the committee must certify all coroners. The committee may require a coroner or a deputy coroner to appear before it for performance review. Failure to appear before the committee or failure to follow state law relating to the performance of official duties may result in sanctioning in the form of a private or public reprimand. Also, the committee may recommend suspension to the Governor and loss of funding to the county council. A person may appeal an action of the committee pursuant to the provisions of Chapter 23, Title 1. The committee may hire an administrative assistant if it is determined necessary.</w:t>
+        <w:t xml:space="preserve">2) The Coroners Training Advisory Committee shall govern the qualifications of all coroners, deputy coroners, and candidates for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>coroner</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as set forth in this section. Also, the committee must certify all coroners. The committee may require a coroner or a deputy coroner to appear before it for performance review. Failure to appear before the committee or failure to follow state law relating to the performance of official duties may result in sanctioning in the form of a private or public reprimand. Also, the committee may recommend suspension to the Governor and loss of funding to the county council. A person may appeal an action of the committee pursuant to the provisions of Chapter 23, Title 1. The committee may hire an administrative assistant if it is determined necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF4005" w:rsidRDefault="00E550EF" w14:paraId="53F8F3F8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T17C5N130SH_lv1_972e99ff5" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r>
         <w:t>H) Expenses of all training authorized or required by this section must be paid by the county the coroner or deputy coroner serves, and the South Carolina Law Enforcement Training Council is authorized to set and collect fees for this training.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="10B45101" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="70945A05" w14:textId="77777777">
       <w:pPr>
@@ -1635,174 +1948,186 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D46CE7E" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="4EB3B5DF" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00742F40" w:rsidP="00D14995">
+      <w:p w14:paraId="4EB3B5DF" w14:textId="6C3BA43A" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00950ED5" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="005B0B42">
+              <w:t>[0753]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="005D7092">
-[...4 lines deleted...]
-            </w:r>
+            <w:del w:id="49" w:author="Jason Bundrick" w:date="2025-12-19T14:40:00Z" w16du:dateUtc="2025-12-19T19:40:00Z">
+              <w:r w:rsidR="005B0B42" w:rsidDel="00417C0E">
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:delText xml:space="preserve"> </w:delText>
+              </w:r>
+            </w:del>
+            <w:ins w:id="50" w:author="Jason Bundrick" w:date="2025-12-19T14:40:00Z" w16du:dateUtc="2025-12-19T19:40:00Z">
+              <w:r w:rsidR="00417C0E">
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:t xml:space="preserve">  </w:t>
+              </w:r>
+            </w:ins>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6895640C" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="24A4F681" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -2061,287 +2386,317 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="582616213">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Jason Bundrick">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::JasonBundrick@scstatehouse.gov::7e18d8ba-c125-46b9-8357-8e24b0a82c5d"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
+    <w:rsid w:val="0001688A"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="00061D36"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="000669D3"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="000726CD"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="00084246"/>
     <w:rsid w:val="000959E6"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="001164F9"/>
     <w:rsid w:val="0011719C"/>
     <w:rsid w:val="00140049"/>
     <w:rsid w:val="00145889"/>
     <w:rsid w:val="00171601"/>
     <w:rsid w:val="001730EB"/>
     <w:rsid w:val="00173276"/>
     <w:rsid w:val="00176122"/>
     <w:rsid w:val="0019025B"/>
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
+    <w:rsid w:val="001C26AF"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
+    <w:rsid w:val="00261AF5"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
+    <w:rsid w:val="00292164"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E298C"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002F3A37"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="0031678F"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
+    <w:rsid w:val="003456AF"/>
+    <w:rsid w:val="0034608E"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00370E0C"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00386E25"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C2253"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E3C5F"/>
     <w:rsid w:val="003E52BE"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
+    <w:rsid w:val="00417C0E"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="004219BA"/>
     <w:rsid w:val="00424A5F"/>
     <w:rsid w:val="00431906"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
+    <w:rsid w:val="00473508"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
+    <w:rsid w:val="00481D7A"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
     <w:rsid w:val="00492288"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="004A4C46"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
+    <w:rsid w:val="004D404D"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="004F1E70"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00511629"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
+    <w:rsid w:val="00547B7E"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
+    <w:rsid w:val="005713D4"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="00586BB2"/>
     <w:rsid w:val="005922FD"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A3BCB"/>
     <w:rsid w:val="005A5377"/>
+    <w:rsid w:val="005B0B42"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D7092"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="006021FF"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006120A6"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640851"/>
     <w:rsid w:val="00640C87"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
+    <w:rsid w:val="00695AEB"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006A70EA"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D0428"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F558F"/>
+    <w:rsid w:val="00702A85"/>
     <w:rsid w:val="00711AA9"/>
+    <w:rsid w:val="0071548F"/>
     <w:rsid w:val="007173F8"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00757CAE"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="007952CA"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="008057C7"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00826FA2"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
@@ -2349,127 +2704,138 @@
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B0028"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E4BBE"/>
     <w:rsid w:val="008E4E20"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008F6B38"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00906EE4"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
+    <w:rsid w:val="00950ED5"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
+    <w:rsid w:val="009776C8"/>
     <w:rsid w:val="0098095F"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
+    <w:rsid w:val="009C2139"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E4CA0"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A03BA0"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
+    <w:rsid w:val="00A231D2"/>
     <w:rsid w:val="00A234DE"/>
+    <w:rsid w:val="00A24AFE"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
+    <w:rsid w:val="00A46BFB"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A73EFA"/>
+    <w:rsid w:val="00A75CD5"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB241B"/>
     <w:rsid w:val="00AB73BF"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
+    <w:rsid w:val="00AD04C0"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
+    <w:rsid w:val="00AD5D36"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B6224F"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B9667D"/>
     <w:rsid w:val="00BB0725"/>
+    <w:rsid w:val="00BB3511"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C43625"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C6191A"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73194"/>
     <w:rsid w:val="00C73B6B"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C77543"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB2673"/>
@@ -2506,76 +2872,81 @@
     <w:rsid w:val="00DD1C15"/>
     <w:rsid w:val="00DD5FD2"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF7C01"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E550EF"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
+    <w:rsid w:val="00E75872"/>
+    <w:rsid w:val="00E82DC1"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E96A68"/>
     <w:rsid w:val="00EA2574"/>
+    <w:rsid w:val="00EA25BD"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB26B0"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED175C"/>
     <w:rsid w:val="00ED452E"/>
+    <w:rsid w:val="00ED7390"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
+    <w:rsid w:val="00F24244"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
     <w:rsid w:val="00FA4DB1"/>
     <w:rsid w:val="00FB3F2A"/>
     <w:rsid w:val="00FC3593"/>
     <w:rsid w:val="00FD117D"/>
     <w:rsid w:val="00FD5CF4"/>
     <w:rsid w:val="00FD72E3"/>
     <w:rsid w:val="00FE06FC"/>
     <w:rsid w:val="00FE4755"/>
     <w:rsid w:val="00FF0315"/>
@@ -2989,1360 +3360,1360 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007952CA"/>
+    <w:rsid w:val="00AC0D56"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4369,51 +4740,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=753&amp;session=126&amp;summary=B" TargetMode="External" Id="Rab32880c2a994c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/753_20251210.docx" TargetMode="External" Id="R672b8ea69d574e83" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=753&amp;session=126&amp;summary=B" TargetMode="External" Id="Rf9b777a9adfe4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/753_20251210.docx" TargetMode="External" Id="R74e921d99e9f470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R562b085d0f1f4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R8026ac86d59249fe" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4440,108 +4811,111 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="00061D36"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
+    <w:rsid w:val="00274EC7"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="00386E25"/>
     <w:rsid w:val="003E3C5F"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004A4C46"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="006D0428"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
@@ -5295,124 +5669,67 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...55 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5629,147 +5946,207 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <Inventorysheet xmlns="a9eb553d-555c-4d73-a4bc-69af1940fa43" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>c405837b-77d2-47dd-8799-78858303dfc9</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>True</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
+  <T_BILL_D_PREFILEDATE>2025-12-10</T_BILL_D_PREFILEDATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>b8eadefc-6e07-4b4b-ad89-8bcc5b6432d8</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>1da4af4c-56b2-48b0-93ce-797ff43a5d82</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>32b9fa67-0b31-4b5b-8134-31d61dde9c22</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0753]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>753</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 17‑5‑130, RELATING TO CORONER QUALIFICATIONS, SO AS TO REVISE CORONER QUALIFICATIONS AND REQUIRE A FINGERPRINT AND BACKGROUND CHECK OF CORONERS BEFORE THE GENERAL ELECTION.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"3e5d0965-c232-4b9a-aaef-2e652e8b802c","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T17C5N130_9f40792ef","IsConstitutionSection":false,"Identity":"17-5-130","IsNew":false,"SubSections":[{"Level":1,"Identity":"T17C5N130SA","SubSectionBookmarkName":"ss_T17C5N130SA_lv1_8fe9e5ccc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C5N130SB","SubSectionBookmarkName":"ss_T17C5N130SB_lv1_e2576807f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C5N130SC","SubSectionBookmarkName":"ss_T17C5N130SC_lv1_89613fdf0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C5N130SD","SubSectionBookmarkName":"ss_T17C5N130SD_lv1_537ad9789","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C5N130SE","SubSectionBookmarkName":"ss_T17C5N130SE_lv1_1948c597b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C5N130SF","SubSectionBookmarkName":"ss_T17C5N130SF_lv1_8399fbcac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C5N130SG","SubSectionBookmarkName":"ss_T17C5N130SG_lv1_d38e1ffed","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T17C5N130SH","SubSectionBookmarkName":"ss_T17C5N130SH_lv1_972e99ff5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S1","SubSectionBookmarkName":"ss_T17C5N130S1_lv2_3bea522d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S2","SubSectionBookmarkName":"ss_T17C5N130S2_lv2_53bf4df7b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S3","SubSectionBookmarkName":"ss_T17C5N130S3_lv2_44638a6a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S4","SubSectionBookmarkName":"ss_T17C5N130S4_lv2_0b66b3302","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sa","SubSectionBookmarkName":"ss_T17C5N130Sa_lv3_7157be01a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sb","SubSectionBookmarkName":"ss_T17C5N130Sb_lv3_c977a45d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sc","SubSectionBookmarkName":"ss_T17C5N130Sc_lv3_28265f381","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sd","SubSectionBookmarkName":"ss_T17C5N130Sd_lv3_2ead3fead","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Se","SubSectionBookmarkName":"ss_T17C5N130Se_lv3_bf44948c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sf","SubSectionBookmarkName":"ss_T17C5N130Sf_lv3_7283c5bfa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sg","SubSectionBookmarkName":"ss_T17C5N130Sg_lv3_ecb9f7794","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sh","SubSectionBookmarkName":"ss_T17C5N130Sh_lv3_9d9c5724d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Si","SubSectionBookmarkName":"ss_T17C5N130Si_lv3_6f3bf37f4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S1","SubSectionBookmarkName":"ss_T17C5N130S1_lv2_34f9cd1d4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S2","SubSectionBookmarkName":"ss_T17C5N130S2_lv2_37fbceb51","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S3","SubSectionBookmarkName":"ss_T17C5N130S3_lv2_d493c7a2a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S1","SubSectionBookmarkName":"ss_T17C5N130S1_lv2_8c80ea16e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S2","SubSectionBookmarkName":"ss_T17C5N130S2_lv2_78b0bd026","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S","SubSectionBookmarkName":"ss_T17C5N130S_lv2_e435daaaa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sa","SubSectionBookmarkName":"ss_T17C5N130Sa_lv3_e435d1b5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sb","SubSectionBookmarkName":"ss_T17C5N130Sb_lv3_100b0f84e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sc","SubSectionBookmarkName":"ss_T17C5N130Sc_lv3_8c80397a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sd","SubSectionBookmarkName":"ss_T17C5N130Sd_lv3_776c992e6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Se","SubSectionBookmarkName":"ss_T17C5N130Se_lv3_f31cec9a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sf","SubSectionBookmarkName":"ss_T17C5N130Sf_lv3_b8bd3b283","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sg","SubSectionBookmarkName":"ss_T17C5N130Sg_lv3_2b8fe739f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T17C5N130S2","SubSectionBookmarkName":"ss_T17C5N130S2_lv2_24887ef83","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sa","SubSectionBookmarkName":"ss_T17C5N130Sa_lv3_0d9fbad3b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sb","SubSectionBookmarkName":"ss_T17C5N130Sb_lv3_43b51cd08","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sc","SubSectionBookmarkName":"ss_T17C5N130Sc_lv3_23b72da05","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sd","SubSectionBookmarkName":"ss_T17C5N130Sd_lv3_5b5d13306","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Se","SubSectionBookmarkName":"ss_T17C5N130Se_lv3_8b5874361","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sf","SubSectionBookmarkName":"ss_T17C5N130Sf_lv3_f77c73dbf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T17C5N130Sg","SubSectionBookmarkName":"ss_T17C5N130Sg_lv3_463be5b1a","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Coroner qualifications","TitleSoAsTo":"REVISE CORONER QUALIFICATIONS AND REQUIRE A FINGERPRINT AND BACKGROUND CHECK OF CORONERS BEFORE THE GENERAL ELECTION","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_dab443eb4"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Coroner Qualifications</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>kenmoffitt@scsenate.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annabishop@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5A202DD-6F67-447C-8E9C-F8E8153AC206}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
+    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>8045</Characters>
+  <Pages>4</Pages>
+  <Words>1541</Words>
+  <Characters>7958</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>134</Lines>
-  <Paragraphs>54</Paragraphs>
+  <Lines>131</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9553</CharactersWithSpaces>
+  <CharactersWithSpaces>9548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>